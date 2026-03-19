--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 9.10 Natural Gas Prices</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Price, Wellhead</t>
   </si>
   <si>
     <t>Natural Gas Price, Citygate</t>
   </si>
   <si>
     <t>Natural Gas Price, Delivered to Consumers, Residential</t>
   </si>
   <si>
     <t>Percentage of Residential Sector Consumption for Which Price Data Are Available</t>
   </si>
   <si>
     <t>Natural Gas Price, Delivered to Consumers, Commercial</t>
   </si>
   <si>
     <t>Percentage of Commercial Sector Consumption for Which Price Data Are Available</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z610"/>
+  <dimension ref="A1:Z611"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A610"/>
+      <selection activeCell="A13" sqref="A13:A611"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="84.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="84.551" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -22056,1329 +22056,1367 @@
       </c>
       <c r="I576">
         <v>13.4</v>
       </c>
       <c r="J576" t="s">
         <v>19</v>
       </c>
       <c r="K576">
         <v>9.46</v>
       </c>
       <c r="L576">
         <v>96.1</v>
       </c>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" s="6">
         <v>44927.0</v>
       </c>
       <c r="B577" t="s">
         <v>19</v>
       </c>
       <c r="C577">
         <v>9.12</v>
       </c>
       <c r="D577">
-        <v>15.44</v>
+        <v>15.56</v>
       </c>
       <c r="E577">
         <v>96.9</v>
       </c>
       <c r="F577">
-        <v>12.6</v>
+        <v>12.56</v>
       </c>
       <c r="G577">
-        <v>70.2</v>
+        <v>70.1</v>
       </c>
       <c r="H577">
-        <v>7.18</v>
+        <v>7.2</v>
       </c>
       <c r="I577">
         <v>13.8</v>
       </c>
       <c r="J577" t="s">
         <v>19</v>
       </c>
       <c r="K577">
         <v>7.48</v>
       </c>
       <c r="L577">
         <v>95.8</v>
       </c>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" s="6">
         <v>44958.0</v>
       </c>
       <c r="B578" t="s">
         <v>19</v>
       </c>
       <c r="C578">
         <v>6.57</v>
       </c>
       <c r="D578">
-        <v>15.18</v>
+        <v>15.15</v>
       </c>
       <c r="E578">
         <v>96.9</v>
       </c>
       <c r="F578">
-        <v>12.14</v>
+        <v>12.11</v>
       </c>
       <c r="G578">
-        <v>69.7</v>
+        <v>69.6</v>
       </c>
       <c r="H578">
-        <v>5.95</v>
+        <v>5.94</v>
       </c>
       <c r="I578">
         <v>13.9</v>
       </c>
       <c r="J578" t="s">
         <v>19</v>
       </c>
       <c r="K578">
         <v>4.63</v>
       </c>
       <c r="L578">
         <v>95.5</v>
       </c>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" s="6">
         <v>44986.0</v>
       </c>
       <c r="B579" t="s">
         <v>19</v>
       </c>
       <c r="C579">
         <v>5.11</v>
       </c>
       <c r="D579">
-        <v>13.9</v>
+        <v>13.88</v>
       </c>
       <c r="E579">
         <v>96.9</v>
       </c>
       <c r="F579">
-        <v>11.07</v>
+        <v>11.05</v>
       </c>
       <c r="G579">
-        <v>68.8</v>
+        <v>68.7</v>
       </c>
       <c r="H579">
         <v>5</v>
       </c>
       <c r="I579">
         <v>13.5</v>
       </c>
       <c r="J579" t="s">
         <v>19</v>
       </c>
       <c r="K579">
         <v>3.53</v>
       </c>
       <c r="L579">
         <v>95.3</v>
       </c>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" s="6">
         <v>45017.0</v>
       </c>
       <c r="B580" t="s">
         <v>19</v>
       </c>
       <c r="C580">
         <v>4.31</v>
       </c>
       <c r="D580">
-        <v>14.56</v>
+        <v>14.54</v>
       </c>
       <c r="E580">
         <v>96.5</v>
       </c>
       <c r="F580">
-        <v>10.54</v>
+        <v>10.51</v>
       </c>
       <c r="G580">
-        <v>65.2</v>
+        <v>65.1</v>
       </c>
       <c r="H580">
-        <v>4.04</v>
+        <v>4.03</v>
       </c>
       <c r="I580">
         <v>13.1</v>
       </c>
       <c r="J580" t="s">
         <v>19</v>
       </c>
       <c r="K580">
         <v>2.82</v>
       </c>
       <c r="L580">
         <v>96</v>
       </c>
     </row>
     <row r="581" spans="1:26">
       <c r="A581" s="6">
         <v>45047.0</v>
       </c>
       <c r="B581" t="s">
         <v>19</v>
       </c>
       <c r="C581">
         <v>4.01</v>
       </c>
       <c r="D581">
-        <v>16.89</v>
+        <v>16.86</v>
       </c>
       <c r="E581">
         <v>96.2</v>
       </c>
       <c r="F581">
-        <v>10.58</v>
+        <v>10.56</v>
       </c>
       <c r="G581">
-        <v>60.8</v>
+        <v>60.7</v>
       </c>
       <c r="H581">
         <v>3.54</v>
       </c>
       <c r="I581">
         <v>13.2</v>
       </c>
       <c r="J581" t="s">
         <v>19</v>
       </c>
       <c r="K581">
         <v>2.64</v>
       </c>
       <c r="L581">
         <v>96.9</v>
       </c>
     </row>
     <row r="582" spans="1:26">
       <c r="A582" s="6">
         <v>45078.0</v>
       </c>
       <c r="B582" t="s">
         <v>19</v>
       </c>
       <c r="C582">
         <v>4.54</v>
       </c>
       <c r="D582">
-        <v>20.33</v>
+        <v>20.31</v>
       </c>
       <c r="E582">
         <v>96.6</v>
       </c>
       <c r="F582">
-        <v>10.82</v>
+        <v>10.81</v>
       </c>
       <c r="G582">
-        <v>57.6</v>
+        <v>57.5</v>
       </c>
       <c r="H582">
-        <v>3.52</v>
+        <v>3.53</v>
       </c>
       <c r="I582">
         <v>12.6</v>
       </c>
       <c r="J582" t="s">
         <v>19</v>
       </c>
       <c r="K582">
         <v>2.69</v>
       </c>
       <c r="L582">
         <v>96.3</v>
       </c>
     </row>
     <row r="583" spans="1:26">
       <c r="A583" s="6">
         <v>45108.0</v>
       </c>
       <c r="B583" t="s">
         <v>19</v>
       </c>
       <c r="C583">
         <v>4.82</v>
       </c>
       <c r="D583">
-        <v>22.22</v>
+        <v>22.18</v>
       </c>
       <c r="E583">
         <v>96.8</v>
       </c>
       <c r="F583">
-        <v>10.99</v>
+        <v>10.98</v>
       </c>
       <c r="G583">
-        <v>55.7</v>
+        <v>55.6</v>
       </c>
       <c r="H583">
         <v>3.84</v>
       </c>
       <c r="I583">
-        <v>12.7</v>
+        <v>12.8</v>
       </c>
       <c r="J583" t="s">
         <v>19</v>
       </c>
       <c r="K583">
         <v>3.11</v>
       </c>
       <c r="L583">
         <v>95.8</v>
       </c>
     </row>
     <row r="584" spans="1:26">
       <c r="A584" s="6">
         <v>45139.0</v>
       </c>
       <c r="B584" t="s">
         <v>19</v>
       </c>
       <c r="C584">
         <v>4.86</v>
       </c>
       <c r="D584">
-        <v>23.44</v>
+        <v>23.41</v>
       </c>
       <c r="E584">
         <v>96.6</v>
       </c>
       <c r="F584">
-        <v>11.21</v>
+        <v>11.19</v>
       </c>
       <c r="G584">
-        <v>55</v>
+        <v>54.9</v>
       </c>
       <c r="H584">
-        <v>3.8</v>
+        <v>3.79</v>
       </c>
       <c r="I584">
         <v>13.2</v>
       </c>
       <c r="J584" t="s">
         <v>19</v>
       </c>
       <c r="K584">
         <v>3.05</v>
       </c>
       <c r="L584">
         <v>96</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="A585" s="6">
         <v>45170.0</v>
       </c>
       <c r="B585" t="s">
         <v>19</v>
       </c>
       <c r="C585">
         <v>4.9</v>
       </c>
       <c r="D585">
-        <v>22.06</v>
+        <v>22.05</v>
       </c>
       <c r="E585">
-        <v>96.8</v>
+        <v>96.7</v>
       </c>
       <c r="F585">
-        <v>11.01</v>
+        <v>11</v>
       </c>
       <c r="G585">
-        <v>56</v>
+        <v>55.9</v>
       </c>
       <c r="H585">
-        <v>3.81</v>
+        <v>3.84</v>
       </c>
       <c r="I585">
         <v>12.6</v>
       </c>
       <c r="J585" t="s">
         <v>19</v>
       </c>
       <c r="K585">
         <v>2.97</v>
       </c>
       <c r="L585">
         <v>96.3</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" s="6">
         <v>45200.0</v>
       </c>
       <c r="B586" t="s">
         <v>19</v>
       </c>
       <c r="C586">
         <v>4.11</v>
       </c>
       <c r="D586">
-        <v>16.86</v>
+        <v>16.85</v>
       </c>
       <c r="E586">
         <v>97.3</v>
       </c>
       <c r="F586">
-        <v>10.19</v>
+        <v>10.18</v>
       </c>
       <c r="G586">
-        <v>61.2</v>
+        <v>61.1</v>
       </c>
       <c r="H586">
-        <v>4.05</v>
+        <v>4.06</v>
       </c>
       <c r="I586">
         <v>13.2</v>
       </c>
       <c r="J586" t="s">
         <v>19</v>
       </c>
       <c r="K586">
         <v>3.02</v>
       </c>
       <c r="L586">
         <v>96.6</v>
       </c>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" s="6">
         <v>45231.0</v>
       </c>
       <c r="B587" t="s">
         <v>19</v>
       </c>
       <c r="C587">
         <v>4.37</v>
       </c>
       <c r="D587">
-        <v>13.49</v>
+        <v>13.47</v>
       </c>
       <c r="E587">
         <v>97.1</v>
       </c>
       <c r="F587">
-        <v>9.77</v>
+        <v>9.76</v>
       </c>
       <c r="G587">
-        <v>66.2</v>
+        <v>66.1</v>
       </c>
       <c r="H587">
         <v>4.35</v>
       </c>
       <c r="I587">
         <v>13.9</v>
       </c>
       <c r="J587" t="s">
         <v>19</v>
       </c>
       <c r="K587">
         <v>3.53</v>
       </c>
       <c r="L587">
         <v>96.2</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" s="6">
         <v>45261.0</v>
       </c>
       <c r="B588" t="s">
         <v>19</v>
       </c>
       <c r="C588">
         <v>4.44</v>
       </c>
       <c r="D588">
-        <v>13.05</v>
+        <v>13.03</v>
       </c>
       <c r="E588">
         <v>97.2</v>
       </c>
       <c r="F588">
-        <v>9.93</v>
+        <v>9.91</v>
       </c>
       <c r="G588">
-        <v>68.9</v>
+        <v>68.8</v>
       </c>
       <c r="H588">
         <v>4.48</v>
       </c>
       <c r="I588">
         <v>13.9</v>
       </c>
       <c r="J588" t="s">
         <v>19</v>
       </c>
       <c r="K588">
         <v>3.43</v>
       </c>
       <c r="L588">
         <v>96.3</v>
       </c>
     </row>
     <row r="589" spans="1:26">
       <c r="A589" s="6">
         <v>45292.0</v>
       </c>
       <c r="B589" t="s">
         <v>19</v>
       </c>
       <c r="C589">
-        <v>4.78</v>
+        <v>4.77</v>
       </c>
       <c r="D589">
-        <v>11.81</v>
+        <v>11.89</v>
       </c>
       <c r="E589">
-        <v>96.7</v>
+        <v>96.9</v>
       </c>
       <c r="F589">
-        <v>9.52</v>
+        <v>9.5</v>
       </c>
       <c r="G589">
-        <v>70.9</v>
+        <v>71.1</v>
       </c>
       <c r="H589">
-        <v>5.05</v>
+        <v>5.24</v>
       </c>
       <c r="I589">
-        <v>14.1</v>
+        <v>13.9</v>
       </c>
       <c r="J589" t="s">
         <v>19</v>
       </c>
       <c r="K589">
         <v>5.13</v>
       </c>
       <c r="L589">
         <v>95.8</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" s="6">
         <v>45323.0</v>
       </c>
       <c r="B590" t="s">
         <v>19</v>
       </c>
       <c r="C590">
         <v>4.52</v>
       </c>
       <c r="D590">
-        <v>13.17</v>
+        <v>13.14</v>
       </c>
       <c r="E590">
         <v>97.1</v>
       </c>
       <c r="F590">
-        <v>10.08</v>
+        <v>10.03</v>
       </c>
       <c r="G590">
         <v>69.2</v>
       </c>
       <c r="H590">
-        <v>4.8</v>
+        <v>4.97</v>
       </c>
       <c r="I590">
-        <v>14.4</v>
+        <v>14.1</v>
       </c>
       <c r="J590" t="s">
         <v>19</v>
       </c>
       <c r="K590">
         <v>3.03</v>
       </c>
       <c r="L590">
         <v>96.2</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" s="6">
         <v>45352.0</v>
       </c>
       <c r="B591" t="s">
         <v>19</v>
       </c>
       <c r="C591">
-        <v>4</v>
+        <v>3.99</v>
       </c>
       <c r="D591">
-        <v>13.76</v>
+        <v>13.66</v>
       </c>
       <c r="E591">
         <v>97</v>
       </c>
       <c r="F591">
-        <v>10.07</v>
+        <v>9.99</v>
       </c>
       <c r="G591">
         <v>67.8</v>
       </c>
       <c r="H591">
-        <v>3.76</v>
+        <v>3.9</v>
       </c>
       <c r="I591">
-        <v>14.3</v>
+        <v>14</v>
       </c>
       <c r="J591" t="s">
         <v>19</v>
       </c>
       <c r="K591">
         <v>2.29</v>
       </c>
       <c r="L591">
         <v>96.3</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" s="6">
         <v>45383.0</v>
       </c>
       <c r="B592" t="s">
         <v>19</v>
       </c>
       <c r="C592">
-        <v>3.38</v>
+        <v>3.36</v>
       </c>
       <c r="D592">
-        <v>14.44</v>
+        <v>14.32</v>
       </c>
       <c r="E592">
         <v>96.6</v>
       </c>
       <c r="F592">
-        <v>10.01</v>
+        <v>9.93</v>
       </c>
       <c r="G592">
         <v>63.7</v>
       </c>
       <c r="H592">
-        <v>3.35</v>
+        <v>3.48</v>
       </c>
       <c r="I592">
-        <v>13.8</v>
+        <v>13.5</v>
       </c>
       <c r="J592" t="s">
         <v>19</v>
       </c>
       <c r="K592">
         <v>2.12</v>
       </c>
       <c r="L592">
         <v>95.5</v>
       </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" s="6">
         <v>45413.0</v>
       </c>
       <c r="B593" t="s">
         <v>19</v>
       </c>
       <c r="C593">
         <v>3.68</v>
       </c>
       <c r="D593">
-        <v>17.83</v>
+        <v>17.67</v>
       </c>
       <c r="E593">
         <v>96.6</v>
       </c>
       <c r="F593">
-        <v>10.44</v>
+        <v>10.35</v>
       </c>
       <c r="G593">
-        <v>58.4</v>
+        <v>58.8</v>
       </c>
       <c r="H593">
-        <v>3.18</v>
+        <v>3.31</v>
       </c>
       <c r="I593">
-        <v>13.7</v>
+        <v>13.4</v>
       </c>
       <c r="J593" t="s">
         <v>19</v>
       </c>
       <c r="K593">
         <v>2.38</v>
       </c>
       <c r="L593">
         <v>96.1</v>
       </c>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" s="6">
         <v>45444.0</v>
       </c>
       <c r="B594" t="s">
         <v>19</v>
       </c>
       <c r="C594">
-        <v>4.29</v>
+        <v>4.22</v>
       </c>
       <c r="D594">
-        <v>20.93</v>
+        <v>20.72</v>
       </c>
       <c r="E594">
         <v>96.9</v>
       </c>
       <c r="F594">
-        <v>10.81</v>
+        <v>10.7</v>
       </c>
       <c r="G594">
-        <v>56.1</v>
+        <v>56.6</v>
       </c>
       <c r="H594">
-        <v>3.7</v>
+        <v>3.85</v>
       </c>
       <c r="I594">
-        <v>13.2</v>
+        <v>12.9</v>
       </c>
       <c r="J594" t="s">
         <v>19</v>
       </c>
       <c r="K594">
         <v>2.78</v>
       </c>
       <c r="L594">
         <v>96.3</v>
       </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" s="6">
         <v>45474.0</v>
       </c>
       <c r="B595" t="s">
         <v>19</v>
       </c>
       <c r="C595">
-        <v>4.53</v>
+        <v>4.47</v>
       </c>
       <c r="D595">
-        <v>23</v>
+        <v>22.78</v>
       </c>
       <c r="E595">
         <v>96.9</v>
       </c>
       <c r="F595">
-        <v>11.2</v>
+        <v>11.08</v>
       </c>
       <c r="G595">
-        <v>53.6</v>
+        <v>53.7</v>
       </c>
       <c r="H595">
-        <v>3.61</v>
+        <v>3.74</v>
       </c>
       <c r="I595">
-        <v>13.6</v>
+        <v>13.4</v>
       </c>
       <c r="J595" t="s">
         <v>19</v>
       </c>
       <c r="K595">
         <v>2.6</v>
       </c>
       <c r="L595">
         <v>95.9</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" s="6">
         <v>45505.0</v>
       </c>
       <c r="B596" t="s">
         <v>19</v>
       </c>
       <c r="C596">
-        <v>4.14</v>
+        <v>4.17</v>
       </c>
       <c r="D596">
-        <v>23.47</v>
+        <v>23.22</v>
       </c>
       <c r="E596">
         <v>96.8</v>
       </c>
       <c r="F596">
-        <v>10.86</v>
+        <v>10.75</v>
       </c>
       <c r="G596">
-        <v>54</v>
+        <v>54.1</v>
       </c>
       <c r="H596">
-        <v>3.1</v>
+        <v>3.22</v>
       </c>
       <c r="I596">
-        <v>13.7</v>
+        <v>13.6</v>
       </c>
       <c r="J596" t="s">
         <v>19</v>
       </c>
       <c r="K596">
         <v>2.34</v>
       </c>
       <c r="L596">
         <v>95.2</v>
       </c>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" s="6">
         <v>45536.0</v>
       </c>
       <c r="B597" t="s">
         <v>19</v>
       </c>
       <c r="C597">
-        <v>4.21</v>
+        <v>4.16</v>
       </c>
       <c r="D597">
-        <v>22.71</v>
+        <v>22.46</v>
       </c>
       <c r="E597">
         <v>97</v>
       </c>
       <c r="F597">
-        <v>10.92</v>
+        <v>10.78</v>
       </c>
       <c r="G597">
-        <v>53</v>
+        <v>53.1</v>
       </c>
       <c r="H597">
-        <v>3.28</v>
+        <v>3.4</v>
       </c>
       <c r="I597">
-        <v>13.4</v>
+        <v>13.2</v>
       </c>
       <c r="J597" t="s">
         <v>19</v>
       </c>
       <c r="K597">
         <v>2.45</v>
       </c>
       <c r="L597">
         <v>96.5</v>
       </c>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" s="6">
         <v>45566.0</v>
       </c>
       <c r="B598" t="s">
         <v>19</v>
       </c>
       <c r="C598">
-        <v>4.08</v>
+        <v>4.1</v>
       </c>
       <c r="D598">
-        <v>18.63</v>
+        <v>18.38</v>
       </c>
       <c r="E598">
         <v>97.1</v>
       </c>
       <c r="F598">
-        <v>10.52</v>
+        <v>10.43</v>
       </c>
       <c r="G598">
         <v>57.9</v>
       </c>
       <c r="H598">
-        <v>3.81</v>
+        <v>3.94</v>
       </c>
       <c r="I598">
-        <v>13.3</v>
+        <v>13.1</v>
       </c>
       <c r="J598" t="s">
         <v>19</v>
       </c>
       <c r="K598">
         <v>2.7</v>
       </c>
       <c r="L598">
         <v>96.4</v>
       </c>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" s="6">
         <v>45597.0</v>
       </c>
       <c r="B599" t="s">
         <v>19</v>
       </c>
       <c r="C599">
-        <v>3.99</v>
+        <v>4.01</v>
       </c>
       <c r="D599">
-        <v>14.91</v>
+        <v>14.79</v>
       </c>
       <c r="E599">
         <v>97.3</v>
       </c>
       <c r="F599">
-        <v>10.21</v>
+        <v>10.1</v>
       </c>
       <c r="G599">
         <v>63.2</v>
       </c>
       <c r="H599">
-        <v>3.92</v>
+        <v>4.04</v>
       </c>
       <c r="I599">
-        <v>13.7</v>
+        <v>13.5</v>
       </c>
       <c r="J599" t="s">
         <v>19</v>
       </c>
       <c r="K599">
         <v>2.75</v>
       </c>
       <c r="L599">
         <v>96.9</v>
       </c>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" s="6">
         <v>45627.0</v>
       </c>
       <c r="B600" t="s">
         <v>19</v>
       </c>
       <c r="C600">
         <v>4.4</v>
       </c>
       <c r="D600">
-        <v>12.98</v>
+        <v>12.85</v>
       </c>
       <c r="E600">
         <v>97.2</v>
       </c>
       <c r="F600">
-        <v>9.93</v>
+        <v>9.82</v>
       </c>
       <c r="G600">
-        <v>68.2</v>
+        <v>68.3</v>
       </c>
       <c r="H600">
-        <v>5.05</v>
+        <v>5.21</v>
       </c>
       <c r="I600">
-        <v>14.3</v>
+        <v>14.1</v>
       </c>
       <c r="J600" t="s">
         <v>19</v>
       </c>
       <c r="K600">
         <v>4.03</v>
       </c>
       <c r="L600">
         <v>95.6</v>
       </c>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" s="6">
         <v>45658.0</v>
       </c>
       <c r="B601" t="s">
         <v>19</v>
       </c>
       <c r="C601">
         <v>4.86</v>
       </c>
       <c r="D601">
-        <v>12.42</v>
+        <v>12.44</v>
       </c>
       <c r="E601">
         <v>97.1</v>
       </c>
       <c r="F601">
-        <v>9.83</v>
+        <v>9.88</v>
       </c>
       <c r="G601">
-        <v>71</v>
+        <v>70.6</v>
       </c>
       <c r="H601">
-        <v>5.84</v>
+        <v>6.03</v>
       </c>
       <c r="I601">
-        <v>14.3</v>
+        <v>13.8</v>
       </c>
       <c r="J601" t="s">
         <v>19</v>
       </c>
       <c r="K601">
         <v>6.21</v>
       </c>
       <c r="L601">
         <v>87.7</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" s="6">
         <v>45689.0</v>
       </c>
       <c r="B602" t="s">
         <v>19</v>
       </c>
       <c r="C602">
         <v>4.84</v>
       </c>
       <c r="D602">
-        <v>12.95</v>
+        <v>12.97</v>
       </c>
       <c r="E602">
         <v>96.7</v>
       </c>
       <c r="F602">
-        <v>10.28</v>
+        <v>10.32</v>
       </c>
       <c r="G602">
-        <v>70.4</v>
+        <v>70.3</v>
       </c>
       <c r="H602">
-        <v>5.73</v>
+        <v>5.92</v>
       </c>
       <c r="I602">
-        <v>14.5</v>
+        <v>14.1</v>
       </c>
       <c r="J602" t="s">
         <v>19</v>
       </c>
       <c r="K602">
         <v>5.06</v>
       </c>
       <c r="L602">
         <v>88</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" s="6">
         <v>45717.0</v>
       </c>
       <c r="B603" t="s">
         <v>19</v>
       </c>
       <c r="C603">
-        <v>4.88</v>
+        <v>4.87</v>
       </c>
       <c r="D603">
-        <v>14.61</v>
+        <v>14.62</v>
       </c>
       <c r="E603">
         <v>97.1</v>
       </c>
       <c r="F603">
-        <v>11.08</v>
+        <v>11.12</v>
       </c>
       <c r="G603">
-        <v>67.5</v>
+        <v>67.3</v>
       </c>
       <c r="H603">
-        <v>5.48</v>
+        <v>5.67</v>
       </c>
       <c r="I603">
-        <v>14.7</v>
+        <v>14.3</v>
       </c>
       <c r="J603" t="s">
         <v>19</v>
       </c>
       <c r="K603">
         <v>4.35</v>
       </c>
       <c r="L603">
         <v>88.3</v>
       </c>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" s="6">
         <v>45748.0</v>
       </c>
       <c r="B604" t="s">
         <v>19</v>
       </c>
       <c r="C604">
-        <v>4.5</v>
+        <v>4.51</v>
       </c>
       <c r="D604">
-        <v>16.09</v>
+        <v>16.17</v>
       </c>
       <c r="E604">
         <v>96.9</v>
       </c>
       <c r="F604">
-        <v>11.46</v>
+        <v>11.48</v>
       </c>
       <c r="G604">
-        <v>63.8</v>
+        <v>63.6</v>
       </c>
       <c r="H604">
-        <v>5.08</v>
+        <v>5.31</v>
       </c>
       <c r="I604">
-        <v>13.7</v>
+        <v>13.4</v>
       </c>
       <c r="J604" t="s">
         <v>19</v>
       </c>
       <c r="K604">
         <v>3.72</v>
       </c>
       <c r="L604">
         <v>86.3</v>
       </c>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" s="6">
         <v>45778.0</v>
       </c>
       <c r="B605" t="s">
         <v>19</v>
       </c>
       <c r="C605">
         <v>4.62</v>
       </c>
       <c r="D605">
-        <v>19.27</v>
+        <v>19.24</v>
       </c>
       <c r="E605">
         <v>96.7</v>
       </c>
       <c r="F605">
-        <v>11.83</v>
+        <v>11.8</v>
       </c>
       <c r="G605">
-        <v>58.8</v>
+        <v>58.7</v>
       </c>
       <c r="H605">
-        <v>4.49</v>
+        <v>4.69</v>
       </c>
       <c r="I605">
-        <v>13.1</v>
+        <v>12.8</v>
       </c>
       <c r="J605" t="s">
         <v>19</v>
       </c>
       <c r="K605">
         <v>3.39</v>
       </c>
       <c r="L605">
         <v>89.1</v>
       </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" s="6">
         <v>45809.0</v>
       </c>
       <c r="B606" t="s">
         <v>19</v>
       </c>
       <c r="C606">
-        <v>4.81</v>
+        <v>4.85</v>
       </c>
       <c r="D606">
-        <v>23.23</v>
+        <v>23.26</v>
       </c>
       <c r="E606">
         <v>96.8</v>
       </c>
       <c r="F606">
-        <v>12.13</v>
+        <v>12.17</v>
       </c>
       <c r="G606">
-        <v>55.2</v>
+        <v>55</v>
       </c>
       <c r="H606">
-        <v>4.46</v>
+        <v>4.65</v>
       </c>
       <c r="I606">
-        <v>13.6</v>
+        <v>13.2</v>
       </c>
       <c r="J606" t="s">
         <v>19</v>
       </c>
       <c r="K606">
         <v>3.45</v>
       </c>
       <c r="L606">
         <v>86.4</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" s="6">
         <v>45839.0</v>
       </c>
       <c r="B607" t="s">
         <v>19</v>
       </c>
       <c r="C607">
-        <v>5.16</v>
+        <v>5.18</v>
       </c>
       <c r="D607">
         <v>25.41</v>
       </c>
       <c r="E607">
         <v>97</v>
       </c>
       <c r="F607">
-        <v>12.71</v>
+        <v>12.65</v>
       </c>
       <c r="G607">
-        <v>53.4</v>
+        <v>53.8</v>
       </c>
       <c r="H607">
-        <v>4.41</v>
+        <v>4.63</v>
       </c>
       <c r="I607">
-        <v>13.7</v>
+        <v>13.2</v>
       </c>
       <c r="J607" t="s">
         <v>19</v>
       </c>
       <c r="K607">
         <v>3.66</v>
       </c>
       <c r="L607">
         <v>84.9</v>
       </c>
     </row>
     <row r="608" spans="1:26">
       <c r="A608" s="6">
         <v>45870.0</v>
       </c>
       <c r="B608" t="s">
         <v>19</v>
       </c>
       <c r="C608">
-        <v>5.18</v>
+        <v>5.15</v>
       </c>
       <c r="D608">
-        <v>26.13</v>
+        <v>26.25</v>
       </c>
       <c r="E608">
         <v>97</v>
       </c>
       <c r="F608">
-        <v>12.32</v>
+        <v>12.42</v>
       </c>
       <c r="G608">
-        <v>53</v>
+        <v>53.1</v>
       </c>
       <c r="H608">
-        <v>4.26</v>
+        <v>4.46</v>
       </c>
       <c r="I608">
-        <v>13.6</v>
+        <v>13.3</v>
       </c>
       <c r="J608" t="s">
         <v>19</v>
       </c>
       <c r="K608">
         <v>3.28</v>
       </c>
       <c r="L608">
         <v>87</v>
       </c>
     </row>
     <row r="609" spans="1:26">
       <c r="A609" s="6">
         <v>45901.0</v>
       </c>
       <c r="B609" t="s">
         <v>19</v>
       </c>
       <c r="C609">
-        <v>5.11</v>
+        <v>5.07</v>
       </c>
       <c r="D609">
-        <v>24.56</v>
+        <v>24.71</v>
       </c>
       <c r="E609">
         <v>97.2</v>
       </c>
       <c r="F609">
-        <v>12.19</v>
+        <v>12.13</v>
       </c>
       <c r="G609">
-        <v>53.1</v>
+        <v>53.8</v>
       </c>
       <c r="H609">
-        <v>4.21</v>
+        <v>4.41</v>
       </c>
       <c r="I609">
-        <v>13.2</v>
+        <v>12.8</v>
       </c>
       <c r="J609" t="s">
         <v>19</v>
       </c>
       <c r="K609">
         <v>3.14</v>
       </c>
       <c r="L609">
         <v>87</v>
       </c>
     </row>
     <row r="610" spans="1:26">
       <c r="A610" s="6">
         <v>45931.0</v>
       </c>
       <c r="B610" t="s">
         <v>19</v>
       </c>
       <c r="C610">
-        <v>4.5</v>
+        <v>4.34</v>
       </c>
       <c r="D610">
-        <v>19.61</v>
+        <v>19.31</v>
       </c>
       <c r="E610">
         <v>97.4</v>
       </c>
       <c r="F610">
-        <v>11.23</v>
+        <v>11.29</v>
       </c>
       <c r="G610">
-        <v>57.6</v>
+        <v>58.4</v>
       </c>
       <c r="H610">
-        <v>4.37</v>
+        <v>4.55</v>
       </c>
       <c r="I610">
-        <v>13.2</v>
+        <v>12.9</v>
       </c>
       <c r="J610" t="s">
         <v>19</v>
       </c>
       <c r="K610">
         <v>3.19</v>
       </c>
       <c r="L610">
         <v>87.7</v>
+      </c>
+    </row>
+    <row r="611" spans="1:26">
+      <c r="A611" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B611" t="s">
+        <v>19</v>
+      </c>
+      <c r="C611">
+        <v>4.74</v>
+      </c>
+      <c r="D611">
+        <v>14.87</v>
+      </c>
+      <c r="E611">
+        <v>97.4</v>
+      </c>
+      <c r="F611">
+        <v>10.58</v>
+      </c>
+      <c r="G611">
+        <v>64.4</v>
+      </c>
+      <c r="H611">
+        <v>5.28</v>
+      </c>
+      <c r="I611">
+        <v>13.3</v>
+      </c>
+      <c r="J611" t="s">
+        <v>19</v>
+      </c>
+      <c r="K611">
+        <v>4.04</v>
+      </c>
+      <c r="L611">
+        <v>87.9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -26311,104 +26349,104 @@
       </c>
       <c r="I86">
         <v>13.4</v>
       </c>
       <c r="J86" t="s">
         <v>19</v>
       </c>
       <c r="K86">
         <v>7.51</v>
       </c>
       <c r="L86">
         <v>96.1</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87">
         <v>5.56</v>
       </c>
       <c r="D87">
-        <v>15.39</v>
+        <v>15.4</v>
       </c>
       <c r="E87">
         <v>96.9</v>
       </c>
       <c r="F87">
-        <v>11.07</v>
+        <v>11.04</v>
       </c>
       <c r="G87">
-        <v>65.4</v>
+        <v>65.3</v>
       </c>
       <c r="H87">
         <v>4.53</v>
       </c>
       <c r="I87">
         <v>13.3</v>
       </c>
       <c r="J87" t="s">
         <v>19</v>
       </c>
       <c r="K87">
         <v>3.5</v>
       </c>
       <c r="L87">
         <v>96.1</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88" t="s">
         <v>19</v>
       </c>
       <c r="C88">
-        <v>4.26</v>
+        <v>4.25</v>
       </c>
       <c r="D88">
-        <v>14.59</v>
+        <v>14.5</v>
       </c>
       <c r="E88">
-        <v>96.9</v>
+        <v>97</v>
       </c>
       <c r="F88">
-        <v>10.14</v>
+        <v>10.07</v>
       </c>
       <c r="G88">
-        <v>64.1</v>
+        <v>64.3</v>
       </c>
       <c r="H88">
-        <v>3.93</v>
+        <v>4.07</v>
       </c>
       <c r="I88">
-        <v>13.8</v>
+        <v>13.6</v>
       </c>
       <c r="J88" t="s">
         <v>19</v>
       </c>
       <c r="K88">
         <v>2.87</v>
       </c>
       <c r="L88">
         <v>96</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>