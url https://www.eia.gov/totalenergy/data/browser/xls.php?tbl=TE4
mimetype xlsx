--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table E4. Renewable Energy Production and Consumption by Source, Fossil Fuel Equivalency Approach</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood Energy Production</t>
   </si>
   <si>
     <t>Biofuels Production</t>
   </si>
   <si>
     <t>Biomass Energy Production</t>
   </si>
   <si>
     <t>Renewable Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Conventional Hydro Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Geothermal Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="125.826" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28399,87 +28399,131 @@
       </c>
       <c r="I643">
         <v>274.158</v>
       </c>
       <c r="J643">
         <v>165.445</v>
       </c>
       <c r="K643">
         <v>30.475</v>
       </c>
       <c r="L643">
         <v>221.779</v>
       </c>
       <c r="M643">
         <v>417.699</v>
       </c>
       <c r="N643">
         <v>1257.765</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>176.573</v>
+        <v>176.777</v>
       </c>
       <c r="C644">
         <v>239.462</v>
       </c>
       <c r="D644">
-        <v>446.075</v>
+        <v>446.279</v>
       </c>
       <c r="E644">
-        <v>1228.411</v>
+        <v>1228.615</v>
       </c>
       <c r="F644">
         <v>172.191</v>
       </c>
       <c r="G644">
         <v>17.016</v>
       </c>
       <c r="H644">
         <v>357.911</v>
       </c>
       <c r="I644">
         <v>235.218</v>
       </c>
       <c r="J644">
         <v>164.548</v>
       </c>
       <c r="K644">
         <v>30.039</v>
       </c>
       <c r="L644">
-        <v>220.604</v>
+        <v>219.977</v>
       </c>
       <c r="M644">
-        <v>415.191</v>
+        <v>414.564</v>
       </c>
       <c r="N644">
-        <v>1197.528</v>
+        <v>1196.901</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>171.429</v>
+      </c>
+      <c r="C645">
+        <v>234.938</v>
+      </c>
+      <c r="D645">
+        <v>435.735</v>
+      </c>
+      <c r="E645">
+        <v>1124.667</v>
+      </c>
+      <c r="F645">
+        <v>132.026</v>
+      </c>
+      <c r="G645">
+        <v>16.28</v>
+      </c>
+      <c r="H645">
+        <v>319.355</v>
+      </c>
+      <c r="I645">
+        <v>221.272</v>
+      </c>
+      <c r="J645">
+        <v>159.455</v>
+      </c>
+      <c r="K645">
+        <v>29.368</v>
+      </c>
+      <c r="L645">
+        <v>209.65</v>
+      </c>
+      <c r="M645">
+        <v>398.473</v>
+      </c>
+      <c r="N645">
+        <v>1087.406</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>