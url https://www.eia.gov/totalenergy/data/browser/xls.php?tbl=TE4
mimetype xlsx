--- v1 (2026-01-18)
+++ v2 (2026-03-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table E4. Renewable Energy Production and Consumption by Source, Fossil Fuel Equivalency Approach</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood Energy Production</t>
   </si>
   <si>
     <t>Biofuels Production</t>
   </si>
   <si>
     <t>Biomass Energy Production</t>
   </si>
   <si>
     <t>Renewable Energy Production, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Conventional Hydro Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
   <si>
     <t>Geothermal Energy Consumption, Fossil Fuel Equivalent</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="125.826" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28094,436 +28094,524 @@
       </c>
       <c r="J636">
         <v>167.125</v>
       </c>
       <c r="K636">
         <v>33.047</v>
       </c>
       <c r="L636">
         <v>236.014</v>
       </c>
       <c r="M636">
         <v>436.186</v>
       </c>
       <c r="N636">
         <v>1117.788</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>176.556</v>
       </c>
       <c r="C637">
-        <v>234.912</v>
+        <v>232.931</v>
       </c>
       <c r="D637">
-        <v>444.383</v>
+        <v>442.401</v>
       </c>
       <c r="E637">
-        <v>1205.146</v>
+        <v>1203.165</v>
       </c>
       <c r="F637">
         <v>184.655</v>
       </c>
       <c r="G637">
         <v>17.364</v>
       </c>
       <c r="H637">
         <v>182.943</v>
       </c>
       <c r="I637">
         <v>375.802</v>
       </c>
       <c r="J637">
         <v>164.262</v>
       </c>
       <c r="K637">
         <v>32.914</v>
       </c>
       <c r="L637">
-        <v>210.481</v>
+        <v>208.5</v>
       </c>
       <c r="M637">
-        <v>407.658</v>
+        <v>405.677</v>
       </c>
       <c r="N637">
-        <v>1168.421</v>
+        <v>1166.44</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>159.45</v>
       </c>
       <c r="C638">
-        <v>214</v>
+        <v>212.207</v>
       </c>
       <c r="D638">
-        <v>403.385</v>
+        <v>401.592</v>
       </c>
       <c r="E638">
-        <v>1122.037</v>
+        <v>1120.245</v>
       </c>
       <c r="F638">
         <v>168.386</v>
       </c>
       <c r="G638">
         <v>15.658</v>
       </c>
       <c r="H638">
         <v>195.472</v>
       </c>
       <c r="I638">
         <v>339.137</v>
       </c>
       <c r="J638">
         <v>147.519</v>
       </c>
       <c r="K638">
         <v>29.936</v>
       </c>
       <c r="L638">
-        <v>200.515</v>
+        <v>198.723</v>
       </c>
       <c r="M638">
-        <v>377.97</v>
+        <v>376.178</v>
       </c>
       <c r="N638">
-        <v>1096.622</v>
+        <v>1094.83</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>175.592</v>
       </c>
       <c r="C639">
-        <v>233.74</v>
+        <v>231.811</v>
       </c>
       <c r="D639">
-        <v>442.05</v>
+        <v>440.121</v>
       </c>
       <c r="E639">
-        <v>1362.336</v>
+        <v>1360.406</v>
       </c>
       <c r="F639">
         <v>193.487</v>
       </c>
       <c r="G639">
         <v>17.351</v>
       </c>
       <c r="H639">
         <v>273.369</v>
       </c>
       <c r="I639">
         <v>436.078</v>
       </c>
       <c r="J639">
         <v>162.767</v>
       </c>
       <c r="K639">
         <v>32.718</v>
       </c>
       <c r="L639">
-        <v>215.833</v>
+        <v>213.903</v>
       </c>
       <c r="M639">
-        <v>411.318</v>
+        <v>409.388</v>
       </c>
       <c r="N639">
-        <v>1331.603</v>
+        <v>1329.674</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>161.489</v>
       </c>
       <c r="C640">
-        <v>220.259</v>
+        <v>218.45</v>
       </c>
       <c r="D640">
-        <v>412.69</v>
+        <v>410.882</v>
       </c>
       <c r="E640">
-        <v>1332.415</v>
+        <v>1330.606</v>
       </c>
       <c r="F640">
         <v>196.813</v>
       </c>
       <c r="G640">
         <v>16.475</v>
       </c>
       <c r="H640">
         <v>311.015</v>
       </c>
       <c r="I640">
         <v>395.422</v>
       </c>
       <c r="J640">
         <v>150.092</v>
       </c>
       <c r="K640">
         <v>30.942</v>
       </c>
       <c r="L640">
-        <v>213.366</v>
+        <v>211.557</v>
       </c>
       <c r="M640">
-        <v>394.401</v>
+        <v>392.592</v>
       </c>
       <c r="N640">
-        <v>1314.125</v>
+        <v>1312.316</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>169.743</v>
       </c>
       <c r="C641">
-        <v>235.449</v>
+        <v>233.556</v>
       </c>
       <c r="D641">
-        <v>435.814</v>
+        <v>433.921</v>
       </c>
       <c r="E641">
-        <v>1321.438</v>
+        <v>1319.545</v>
       </c>
       <c r="F641">
         <v>209.896</v>
       </c>
       <c r="G641">
         <v>16.192</v>
       </c>
       <c r="H641">
         <v>341.731</v>
       </c>
       <c r="I641">
         <v>317.805</v>
       </c>
       <c r="J641">
         <v>157.938</v>
       </c>
       <c r="K641">
         <v>30.622</v>
       </c>
       <c r="L641">
-        <v>213.82</v>
+        <v>211.926</v>
       </c>
       <c r="M641">
-        <v>402.38</v>
+        <v>400.486</v>
       </c>
       <c r="N641">
-        <v>1288.004</v>
+        <v>1286.11</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>169.184</v>
       </c>
       <c r="C642">
-        <v>236.866</v>
+        <v>234.958</v>
       </c>
       <c r="D642">
-        <v>435.904</v>
+        <v>433.996</v>
       </c>
       <c r="E642">
-        <v>1312.489</v>
+        <v>1310.581</v>
       </c>
       <c r="F642">
         <v>190.964</v>
       </c>
       <c r="G642">
         <v>16.228</v>
       </c>
       <c r="H642">
         <v>361.008</v>
       </c>
       <c r="I642">
         <v>308.385</v>
       </c>
       <c r="J642">
         <v>157.958</v>
       </c>
       <c r="K642">
         <v>29.854</v>
       </c>
       <c r="L642">
-        <v>211.051</v>
+        <v>209.144</v>
       </c>
       <c r="M642">
-        <v>398.864</v>
+        <v>396.956</v>
       </c>
       <c r="N642">
-        <v>1275.449</v>
+        <v>1273.541</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>179.234</v>
       </c>
       <c r="C643">
-        <v>244.771</v>
+        <v>242.796</v>
       </c>
       <c r="D643">
-        <v>454.48</v>
+        <v>452.506</v>
       </c>
       <c r="E643">
-        <v>1294.547</v>
+        <v>1292.572</v>
       </c>
       <c r="F643">
         <v>172.204</v>
       </c>
       <c r="G643">
         <v>16.466</v>
       </c>
       <c r="H643">
         <v>377.238</v>
       </c>
       <c r="I643">
         <v>274.158</v>
       </c>
       <c r="J643">
         <v>165.445</v>
       </c>
       <c r="K643">
         <v>30.475</v>
       </c>
       <c r="L643">
-        <v>221.779</v>
+        <v>219.804</v>
       </c>
       <c r="M643">
-        <v>417.699</v>
+        <v>415.724</v>
       </c>
       <c r="N643">
-        <v>1257.765</v>
+        <v>1255.791</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>176.777</v>
       </c>
       <c r="C644">
-        <v>239.462</v>
+        <v>237.485</v>
       </c>
       <c r="D644">
-        <v>446.279</v>
+        <v>444.302</v>
       </c>
       <c r="E644">
-        <v>1228.615</v>
+        <v>1226.639</v>
       </c>
       <c r="F644">
         <v>172.191</v>
       </c>
       <c r="G644">
         <v>17.016</v>
       </c>
       <c r="H644">
         <v>357.911</v>
       </c>
       <c r="I644">
         <v>235.218</v>
       </c>
       <c r="J644">
         <v>164.548</v>
       </c>
       <c r="K644">
         <v>30.039</v>
       </c>
       <c r="L644">
-        <v>219.977</v>
+        <v>218</v>
       </c>
       <c r="M644">
-        <v>414.564</v>
+        <v>412.588</v>
       </c>
       <c r="N644">
-        <v>1196.901</v>
+        <v>1194.924</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>171.429</v>
+        <v>171.371</v>
       </c>
       <c r="C645">
-        <v>234.938</v>
+        <v>233.08</v>
       </c>
       <c r="D645">
-        <v>435.735</v>
+        <v>433.819</v>
       </c>
       <c r="E645">
-        <v>1124.667</v>
+        <v>1122.751</v>
       </c>
       <c r="F645">
         <v>132.026</v>
       </c>
       <c r="G645">
         <v>16.28</v>
       </c>
       <c r="H645">
         <v>319.355</v>
       </c>
       <c r="I645">
         <v>221.272</v>
       </c>
       <c r="J645">
         <v>159.455</v>
       </c>
       <c r="K645">
         <v>29.368</v>
       </c>
       <c r="L645">
-        <v>209.65</v>
+        <v>210.717</v>
       </c>
       <c r="M645">
-        <v>398.473</v>
+        <v>399.54</v>
       </c>
       <c r="N645">
-        <v>1087.406</v>
+        <v>1088.472</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>169.99</v>
+      </c>
+      <c r="C646">
+        <v>247.793</v>
+      </c>
+      <c r="D646">
+        <v>448.987</v>
+      </c>
+      <c r="E646">
+        <v>1229.508</v>
+      </c>
+      <c r="F646">
+        <v>142.576</v>
+      </c>
+      <c r="G646">
+        <v>16.311</v>
+      </c>
+      <c r="H646">
+        <v>280.914</v>
+      </c>
+      <c r="I646">
+        <v>340.719</v>
+      </c>
+      <c r="J646">
+        <v>157.9</v>
+      </c>
+      <c r="K646">
+        <v>31.204</v>
+      </c>
+      <c r="L646">
+        <v>226.332</v>
+      </c>
+      <c r="M646">
+        <v>415.436</v>
+      </c>
+      <c r="N646">
+        <v>1195.956</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>167.623</v>
+      </c>
+      <c r="C647">
+        <v>242.625</v>
+      </c>
+      <c r="D647">
+        <v>441.564</v>
+      </c>
+      <c r="E647">
+        <v>1184.442</v>
+      </c>
+      <c r="F647">
+        <v>158.695</v>
+      </c>
+      <c r="G647">
+        <v>16.104</v>
+      </c>
+      <c r="H647">
+        <v>215.232</v>
+      </c>
+      <c r="I647">
+        <v>352.847</v>
+      </c>
+      <c r="J647">
+        <v>155.595</v>
+      </c>
+      <c r="K647">
+        <v>31.316</v>
+      </c>
+      <c r="L647">
+        <v>212.319</v>
+      </c>
+      <c r="M647">
+        <v>399.231</v>
+      </c>
+      <c r="N647">
+        <v>1142.109</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>