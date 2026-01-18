--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Table E2. Primary Energy Production by Source, Fossil Fuel Equivalency Approach </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Natural Gas Production</t>
   </si>
   <si>
     <t>Crude Oil Production</t>
   </si>
   <si>
     <t>Natural Gas Plant Liquids Production</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.975" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.853" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27038,1448 +27038,1492 @@
       </c>
       <c r="J612">
         <v>96.199</v>
       </c>
       <c r="K612">
         <v>340.883</v>
       </c>
       <c r="L612">
         <v>439.099</v>
       </c>
       <c r="M612">
         <v>1074.68</v>
       </c>
       <c r="N612">
         <v>8720.263</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>1036.902</v>
       </c>
       <c r="C613">
-        <v>3277.325</v>
+        <v>3264.249</v>
       </c>
       <c r="D613">
         <v>2229.196</v>
       </c>
       <c r="E613">
         <v>669.49</v>
       </c>
       <c r="F613">
-        <v>7212.914</v>
+        <v>7199.838</v>
       </c>
       <c r="G613">
         <v>740.734</v>
       </c>
       <c r="H613">
         <v>196.369</v>
       </c>
       <c r="I613">
         <v>17.648</v>
       </c>
       <c r="J613">
         <v>105.22</v>
       </c>
       <c r="K613">
         <v>331.029</v>
       </c>
       <c r="L613">
         <v>436.791</v>
       </c>
       <c r="M613">
         <v>1087.057</v>
       </c>
       <c r="N613">
-        <v>9040.704</v>
+        <v>9027.628</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>930.993</v>
       </c>
       <c r="C614">
-        <v>2952.576</v>
+        <v>2940.796</v>
       </c>
       <c r="D614">
         <v>2010.412</v>
       </c>
       <c r="E614">
         <v>612.365</v>
       </c>
       <c r="F614">
-        <v>6506.346</v>
+        <v>6494.566</v>
       </c>
       <c r="G614">
         <v>635.553</v>
       </c>
       <c r="H614">
         <v>172.265</v>
       </c>
       <c r="I614">
         <v>16.104</v>
       </c>
       <c r="J614">
         <v>123.055</v>
       </c>
       <c r="K614">
         <v>357.491</v>
       </c>
       <c r="L614">
         <v>392.663</v>
       </c>
       <c r="M614">
         <v>1061.578</v>
       </c>
       <c r="N614">
-        <v>8203.477</v>
+        <v>8191.697</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>1057.804</v>
       </c>
       <c r="C615">
-        <v>3314.816</v>
+        <v>3301.591</v>
       </c>
       <c r="D615">
         <v>2269.238</v>
       </c>
       <c r="E615">
         <v>703.896</v>
       </c>
       <c r="F615">
-        <v>7345.754</v>
+        <v>7332.529</v>
       </c>
       <c r="G615">
         <v>656.599</v>
       </c>
       <c r="H615">
         <v>184.09</v>
       </c>
       <c r="I615">
         <v>17.836</v>
       </c>
       <c r="J615">
         <v>162.384</v>
       </c>
       <c r="K615">
         <v>376.128</v>
       </c>
       <c r="L615">
         <v>439.248</v>
       </c>
       <c r="M615">
         <v>1179.686</v>
       </c>
       <c r="N615">
-        <v>9182.04</v>
+        <v>9168.814</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>954.996</v>
       </c>
       <c r="C616">
-        <v>3179.476</v>
+        <v>3166.791</v>
       </c>
       <c r="D616">
         <v>2173.34</v>
       </c>
       <c r="E616">
         <v>691.273</v>
       </c>
       <c r="F616">
-        <v>6999.084</v>
+        <v>6986.399</v>
       </c>
       <c r="G616">
         <v>592.236</v>
       </c>
       <c r="H616">
         <v>171.043</v>
       </c>
       <c r="I616">
         <v>16.917</v>
       </c>
       <c r="J616">
         <v>193.965</v>
       </c>
       <c r="K616">
         <v>368.894</v>
       </c>
       <c r="L616">
         <v>407.991</v>
       </c>
       <c r="M616">
         <v>1158.811</v>
       </c>
       <c r="N616">
-        <v>8750.131</v>
+        <v>8737.445</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>978.943</v>
       </c>
       <c r="C617">
-        <v>3323.863</v>
+        <v>3310.601</v>
       </c>
       <c r="D617">
         <v>2245.449</v>
       </c>
       <c r="E617">
         <v>712.476</v>
       </c>
       <c r="F617">
-        <v>7260.731</v>
+        <v>7247.469</v>
       </c>
       <c r="G617">
         <v>639.194</v>
       </c>
       <c r="H617">
         <v>238.631</v>
       </c>
       <c r="I617">
         <v>17.003</v>
       </c>
       <c r="J617">
         <v>220.724</v>
       </c>
       <c r="K617">
         <v>278.121</v>
       </c>
       <c r="L617">
         <v>438.492</v>
       </c>
       <c r="M617">
         <v>1192.97</v>
       </c>
       <c r="N617">
-        <v>9092.895</v>
+        <v>9079.633</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>959.167</v>
       </c>
       <c r="C618">
-        <v>3204.951</v>
+        <v>3192.164</v>
       </c>
       <c r="D618">
         <v>2182.363</v>
       </c>
       <c r="E618">
         <v>687.29</v>
       </c>
       <c r="F618">
-        <v>7033.771</v>
+        <v>7020.984</v>
       </c>
       <c r="G618">
         <v>677.49</v>
       </c>
       <c r="H618">
         <v>186.168</v>
       </c>
       <c r="I618">
         <v>16.381</v>
       </c>
       <c r="J618">
         <v>224.186</v>
       </c>
       <c r="K618">
         <v>237.73</v>
       </c>
       <c r="L618">
         <v>431.448</v>
       </c>
       <c r="M618">
         <v>1095.913</v>
       </c>
       <c r="N618">
-        <v>8807.175</v>
+        <v>8794.387</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>949.697</v>
       </c>
       <c r="C619">
-        <v>3318.831</v>
+        <v>3305.589</v>
       </c>
       <c r="D619">
         <v>2277.229</v>
       </c>
       <c r="E619">
         <v>720.992</v>
       </c>
       <c r="F619">
-        <v>7266.749</v>
+        <v>7253.507</v>
       </c>
       <c r="G619">
         <v>730.465</v>
       </c>
       <c r="H619">
         <v>189.668</v>
       </c>
       <c r="I619">
         <v>16.578</v>
       </c>
       <c r="J619">
         <v>236.326</v>
       </c>
       <c r="K619">
         <v>241.679</v>
       </c>
       <c r="L619">
         <v>440.978</v>
       </c>
       <c r="M619">
         <v>1125.229</v>
       </c>
       <c r="N619">
-        <v>9122.443</v>
+        <v>9109.201</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>1030.31</v>
       </c>
       <c r="C620">
-        <v>3341.985</v>
+        <v>3328.651</v>
       </c>
       <c r="D620">
         <v>2292.517</v>
       </c>
       <c r="E620">
         <v>734.863</v>
       </c>
       <c r="F620">
-        <v>7399.674</v>
+        <v>7386.34</v>
       </c>
       <c r="G620">
         <v>728.965</v>
       </c>
       <c r="H620">
         <v>183.759</v>
       </c>
       <c r="I620">
         <v>16.327</v>
       </c>
       <c r="J620">
         <v>224.343</v>
       </c>
       <c r="K620">
         <v>245.042</v>
       </c>
       <c r="L620">
         <v>444.676</v>
       </c>
       <c r="M620">
         <v>1114.147</v>
       </c>
       <c r="N620">
-        <v>9242.786</v>
+        <v>9229.452</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>986.431</v>
       </c>
       <c r="C621">
-        <v>3238.012</v>
+        <v>3225.093</v>
       </c>
       <c r="D621">
         <v>2249.079</v>
       </c>
       <c r="E621">
         <v>728.81</v>
       </c>
       <c r="F621">
-        <v>7202.332</v>
+        <v>7189.413</v>
       </c>
       <c r="G621">
         <v>685.23</v>
       </c>
       <c r="H621">
         <v>145.983</v>
       </c>
       <c r="I621">
         <v>16.564</v>
       </c>
       <c r="J621">
         <v>197.155</v>
       </c>
       <c r="K621">
         <v>244.689</v>
       </c>
       <c r="L621">
         <v>430.249</v>
       </c>
       <c r="M621">
         <v>1034.641</v>
       </c>
       <c r="N621">
-        <v>8922.203</v>
+        <v>8909.284</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>966.891</v>
       </c>
       <c r="C622">
-        <v>3342.041</v>
+        <v>3328.707</v>
       </c>
       <c r="D622">
         <v>2330.294</v>
       </c>
       <c r="E622">
         <v>754.146</v>
       </c>
       <c r="F622">
-        <v>7393.373</v>
+        <v>7380.039</v>
       </c>
       <c r="G622">
         <v>642.125</v>
       </c>
       <c r="H622">
         <v>135.254</v>
       </c>
       <c r="I622">
         <v>17.647</v>
       </c>
       <c r="J622">
         <v>179.523</v>
       </c>
       <c r="K622">
         <v>310.851</v>
       </c>
       <c r="L622">
         <v>436.25</v>
       </c>
       <c r="M622">
         <v>1079.525</v>
       </c>
       <c r="N622">
-        <v>9115.023</v>
+        <v>9101.689</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>966.671</v>
       </c>
       <c r="C623">
-        <v>3280.485</v>
+        <v>3267.396</v>
       </c>
       <c r="D623">
         <v>2272.582</v>
       </c>
       <c r="E623">
         <v>727.459</v>
       </c>
       <c r="F623">
-        <v>7247.198</v>
+        <v>7234.109</v>
       </c>
       <c r="G623">
         <v>650.717</v>
       </c>
       <c r="H623">
         <v>146.932</v>
       </c>
       <c r="I623">
         <v>17.643</v>
       </c>
       <c r="J623">
         <v>137.016</v>
       </c>
       <c r="K623">
         <v>314.524</v>
       </c>
       <c r="L623">
         <v>435.762</v>
       </c>
       <c r="M623">
         <v>1051.876</v>
       </c>
       <c r="N623">
-        <v>8949.79</v>
+        <v>8936.702</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>931.683</v>
       </c>
       <c r="C624">
-        <v>3389.824</v>
+        <v>3376.299</v>
       </c>
       <c r="D624">
         <v>2345.042</v>
       </c>
       <c r="E624">
         <v>736.825</v>
       </c>
       <c r="F624">
-        <v>7403.374</v>
+        <v>7389.849</v>
       </c>
       <c r="G624">
         <v>719.666</v>
       </c>
       <c r="H624">
         <v>164.209</v>
       </c>
       <c r="I624">
         <v>18.102</v>
       </c>
       <c r="J624">
         <v>121.29</v>
       </c>
       <c r="K624">
         <v>328.271</v>
       </c>
       <c r="L624">
         <v>468.477</v>
       </c>
       <c r="M624">
         <v>1100.348</v>
       </c>
       <c r="N624">
-        <v>9223.388</v>
+        <v>9209.863</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>911.718</v>
+        <v>910.652</v>
       </c>
       <c r="C625">
-        <v>3324.969</v>
+        <v>3321.3</v>
       </c>
       <c r="D625">
         <v>2207.543</v>
       </c>
       <c r="E625">
         <v>681.001</v>
       </c>
       <c r="F625">
-        <v>7125.231</v>
+        <v>7120.496</v>
       </c>
       <c r="G625">
         <v>721.4</v>
       </c>
       <c r="H625">
         <v>185.73</v>
       </c>
       <c r="I625">
         <v>17.433</v>
       </c>
       <c r="J625">
         <v>126.922</v>
       </c>
       <c r="K625">
         <v>299.793</v>
       </c>
       <c r="L625">
         <v>434.799</v>
       </c>
       <c r="M625">
         <v>1064.676</v>
       </c>
       <c r="N625">
-        <v>8911.307</v>
+        <v>8906.572</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>910.916</v>
+        <v>909.851</v>
       </c>
       <c r="C626">
-        <v>3184.797</v>
+        <v>3181.282</v>
       </c>
       <c r="D626">
         <v>2166.019</v>
       </c>
       <c r="E626">
         <v>695.968</v>
       </c>
       <c r="F626">
-        <v>6957.699</v>
+        <v>6953.119</v>
       </c>
       <c r="G626">
         <v>674.449</v>
       </c>
       <c r="H626">
         <v>179.193</v>
       </c>
       <c r="I626">
         <v>16.257</v>
       </c>
       <c r="J626">
         <v>158.181</v>
       </c>
       <c r="K626">
         <v>353.138</v>
       </c>
       <c r="L626">
         <v>426.28</v>
       </c>
       <c r="M626">
         <v>1133.05</v>
       </c>
       <c r="N626">
-        <v>8765.198</v>
+        <v>8760.618</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>866.561</v>
+        <v>865.549</v>
       </c>
       <c r="C627">
-        <v>3298.212</v>
+        <v>3294.573</v>
       </c>
       <c r="D627">
         <v>2326.23</v>
       </c>
       <c r="E627">
         <v>772.025</v>
       </c>
       <c r="F627">
-        <v>7263.028</v>
+        <v>7258.376</v>
       </c>
       <c r="G627">
         <v>661.52</v>
       </c>
       <c r="H627">
         <v>201.316</v>
       </c>
       <c r="I627">
         <v>17.093</v>
       </c>
       <c r="J627">
         <v>204.711</v>
       </c>
       <c r="K627">
         <v>388.643</v>
       </c>
       <c r="L627">
         <v>449.238</v>
       </c>
       <c r="M627">
         <v>1261</v>
       </c>
       <c r="N627">
-        <v>9185.548</v>
+        <v>9180.896</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>740.435</v>
+        <v>740.55</v>
       </c>
       <c r="C628">
-        <v>3163.356</v>
+        <v>3159.865</v>
       </c>
       <c r="D628">
         <v>2272.273</v>
       </c>
       <c r="E628">
         <v>759.924</v>
       </c>
       <c r="F628">
-        <v>6935.988</v>
+        <v>6932.612</v>
       </c>
       <c r="G628">
         <v>600.91</v>
       </c>
       <c r="H628">
         <v>180.231</v>
       </c>
       <c r="I628">
         <v>16.232</v>
       </c>
       <c r="J628">
         <v>239.244</v>
       </c>
       <c r="K628">
         <v>405.761</v>
       </c>
       <c r="L628">
         <v>421.256</v>
       </c>
       <c r="M628">
         <v>1262.724</v>
       </c>
       <c r="N628">
-        <v>8799.622</v>
+        <v>8796.246</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>813.492</v>
+        <v>813.618</v>
       </c>
       <c r="C629">
-        <v>3262.965</v>
+        <v>3259.365</v>
       </c>
       <c r="D629">
         <v>2337.828</v>
       </c>
       <c r="E629">
         <v>791.951</v>
       </c>
       <c r="F629">
-        <v>7206.236</v>
+        <v>7202.762</v>
       </c>
       <c r="G629">
         <v>678.513</v>
       </c>
       <c r="H629">
         <v>210.92</v>
       </c>
       <c r="I629">
         <v>16.118</v>
       </c>
       <c r="J629">
         <v>272.845</v>
       </c>
       <c r="K629">
         <v>338.266</v>
       </c>
       <c r="L629">
         <v>436.085</v>
       </c>
       <c r="M629">
         <v>1274.234</v>
       </c>
       <c r="N629">
-        <v>9158.982</v>
+        <v>9155.508</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>889.503</v>
+        <v>889.642</v>
       </c>
       <c r="C630">
-        <v>3197.174</v>
+        <v>3193.646</v>
       </c>
       <c r="D630">
         <v>2261.659</v>
       </c>
       <c r="E630">
         <v>764.293</v>
       </c>
       <c r="F630">
-        <v>7112.629</v>
+        <v>7109.241</v>
       </c>
       <c r="G630">
         <v>712.131</v>
       </c>
       <c r="H630">
         <v>192.991</v>
       </c>
       <c r="I630">
         <v>15.562</v>
       </c>
       <c r="J630">
         <v>290.964</v>
       </c>
       <c r="K630">
         <v>333.145</v>
       </c>
       <c r="L630">
         <v>438.369</v>
       </c>
       <c r="M630">
         <v>1271.032</v>
       </c>
       <c r="N630">
-        <v>9095.792</v>
+        <v>9092.403</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>897.71</v>
+        <v>897.434</v>
       </c>
       <c r="C631">
-        <v>3347.105</v>
+        <v>3343.412</v>
       </c>
       <c r="D631">
         <v>2330.097</v>
       </c>
       <c r="E631">
         <v>777.478</v>
       </c>
       <c r="F631">
-        <v>7352.39</v>
+        <v>7348.421</v>
       </c>
       <c r="G631">
         <v>729.451</v>
       </c>
       <c r="H631">
         <v>184.266</v>
       </c>
       <c r="I631">
         <v>15.87</v>
       </c>
       <c r="J631">
         <v>293.297</v>
       </c>
       <c r="K631">
         <v>243.899</v>
       </c>
       <c r="L631">
         <v>457.471</v>
       </c>
       <c r="M631">
         <v>1194.803</v>
       </c>
       <c r="N631">
-        <v>9276.644</v>
+        <v>9272.676</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>971.934</v>
+        <v>971.635</v>
       </c>
       <c r="C632">
-        <v>3312.745</v>
+        <v>3309.09</v>
       </c>
       <c r="D632">
         <v>2365.064</v>
       </c>
       <c r="E632">
         <v>791.854</v>
       </c>
       <c r="F632">
-        <v>7441.598</v>
+        <v>7437.643</v>
       </c>
       <c r="G632">
         <v>728.507</v>
       </c>
       <c r="H632">
         <v>176.567</v>
       </c>
       <c r="I632">
         <v>15.954</v>
       </c>
       <c r="J632">
         <v>288.531</v>
       </c>
       <c r="K632">
         <v>252.389</v>
       </c>
       <c r="L632">
         <v>458.855</v>
       </c>
       <c r="M632">
         <v>1192.295</v>
       </c>
       <c r="N632">
-        <v>9362.4</v>
+        <v>9358.445</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>942.144</v>
+        <v>941.853</v>
       </c>
       <c r="C633">
-        <v>3166.996</v>
+        <v>3163.502</v>
       </c>
       <c r="D633">
         <v>2247.824</v>
       </c>
       <c r="E633">
         <v>776.551</v>
       </c>
       <c r="F633">
-        <v>7133.515</v>
+        <v>7129.729</v>
       </c>
       <c r="G633">
         <v>654.363</v>
       </c>
       <c r="H633">
         <v>137.108</v>
       </c>
       <c r="I633">
         <v>15.558</v>
       </c>
       <c r="J633">
         <v>247.418</v>
       </c>
       <c r="K633">
         <v>251.431</v>
       </c>
       <c r="L633">
         <v>435.823</v>
       </c>
       <c r="M633">
         <v>1087.337</v>
       </c>
       <c r="N633">
-        <v>8875.216</v>
+        <v>8871.43</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>912.836</v>
+        <v>912.047</v>
       </c>
       <c r="C634">
-        <v>3307.502</v>
+        <v>3303.852</v>
       </c>
       <c r="D634">
         <v>2386.122</v>
       </c>
       <c r="E634">
         <v>817.956</v>
       </c>
       <c r="F634">
-        <v>7424.415</v>
+        <v>7419.977</v>
       </c>
       <c r="G634">
         <v>613.77</v>
       </c>
       <c r="H634">
         <v>132.29</v>
       </c>
       <c r="I634">
         <v>16.245</v>
       </c>
       <c r="J634">
         <v>234.029</v>
       </c>
       <c r="K634">
         <v>341.16</v>
       </c>
       <c r="L634">
         <v>442.432</v>
       </c>
       <c r="M634">
         <v>1166.156</v>
       </c>
       <c r="N634">
-        <v>9204.341</v>
+        <v>9199.903</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>844.408</v>
+        <v>843.679</v>
       </c>
       <c r="C635">
-        <v>3204.11</v>
+        <v>3200.574</v>
       </c>
       <c r="D635">
         <v>2286.266</v>
       </c>
       <c r="E635">
         <v>792.57</v>
       </c>
       <c r="F635">
-        <v>7127.354</v>
+        <v>7123.09</v>
       </c>
       <c r="G635">
         <v>646.464</v>
       </c>
       <c r="H635">
         <v>144.106</v>
       </c>
       <c r="I635">
         <v>16.558</v>
       </c>
       <c r="J635">
         <v>169.841</v>
       </c>
       <c r="K635">
         <v>345.827</v>
       </c>
       <c r="L635">
         <v>452.505</v>
       </c>
       <c r="M635">
         <v>1128.837</v>
       </c>
       <c r="N635">
-        <v>8902.655</v>
+        <v>8898.391</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>883.002</v>
+        <v>882.242</v>
       </c>
       <c r="C636">
-        <v>3394.039</v>
+        <v>3390.294</v>
       </c>
       <c r="D636">
         <v>2369.784</v>
       </c>
       <c r="E636">
         <v>799.071</v>
       </c>
       <c r="F636">
-        <v>7445.897</v>
+        <v>7441.391</v>
       </c>
       <c r="G636">
         <v>743.543</v>
       </c>
       <c r="H636">
         <v>168.317</v>
       </c>
       <c r="I636">
         <v>17.384</v>
       </c>
       <c r="J636">
         <v>155.293</v>
       </c>
       <c r="K636">
         <v>340.608</v>
       </c>
       <c r="L636">
         <v>466.293</v>
       </c>
       <c r="M636">
         <v>1147.895</v>
       </c>
       <c r="N636">
-        <v>9337.335</v>
+        <v>9332.829</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>927.126</v>
+        <v>925.87</v>
       </c>
       <c r="C637">
         <v>3355.259</v>
       </c>
       <c r="D637">
         <v>2317.423</v>
       </c>
       <c r="E637">
         <v>744.206</v>
       </c>
       <c r="F637">
-        <v>7344.014</v>
+        <v>7342.758</v>
       </c>
       <c r="G637">
         <v>749.17</v>
       </c>
       <c r="H637">
         <v>184.655</v>
       </c>
       <c r="I637">
         <v>17.364</v>
       </c>
       <c r="J637">
         <v>182.943</v>
       </c>
       <c r="K637">
         <v>375.802</v>
       </c>
       <c r="L637">
         <v>444.383</v>
       </c>
       <c r="M637">
         <v>1205.146</v>
       </c>
       <c r="N637">
-        <v>9298.33</v>
+        <v>9297.074</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>823.224</v>
+        <v>822.112</v>
       </c>
       <c r="C638">
         <v>3047.738</v>
       </c>
       <c r="D638">
         <v>2108.954</v>
       </c>
       <c r="E638">
         <v>695.409</v>
       </c>
       <c r="F638">
-        <v>6675.326</v>
+        <v>6674.214</v>
       </c>
       <c r="G638">
         <v>645.675</v>
       </c>
       <c r="H638">
         <v>168.386</v>
       </c>
       <c r="I638">
         <v>15.658</v>
       </c>
       <c r="J638">
         <v>195.472</v>
       </c>
       <c r="K638">
         <v>339.137</v>
       </c>
       <c r="L638">
         <v>403.385</v>
       </c>
       <c r="M638">
         <v>1122.037</v>
       </c>
       <c r="N638">
-        <v>8443.038</v>
+        <v>8441.926</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>988.532</v>
+        <v>987.194</v>
       </c>
       <c r="C639">
         <v>3454.192</v>
       </c>
       <c r="D639">
         <v>2372.55</v>
       </c>
       <c r="E639">
         <v>812.392</v>
       </c>
       <c r="F639">
-        <v>7627.666</v>
+        <v>7626.328</v>
       </c>
       <c r="G639">
         <v>652.235</v>
       </c>
       <c r="H639">
         <v>193.487</v>
       </c>
       <c r="I639">
         <v>17.351</v>
       </c>
       <c r="J639">
         <v>273.369</v>
       </c>
       <c r="K639">
         <v>436.078</v>
       </c>
       <c r="L639">
         <v>442.05</v>
       </c>
       <c r="M639">
         <v>1362.336</v>
       </c>
       <c r="N639">
-        <v>9642.237</v>
+        <v>9640.899</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>867.487</v>
+        <v>866.315</v>
       </c>
       <c r="C640">
         <v>3329.685</v>
       </c>
       <c r="D640">
         <v>2298.176</v>
       </c>
       <c r="E640">
         <v>789.747</v>
       </c>
       <c r="F640">
-        <v>7285.095</v>
+        <v>7283.922</v>
       </c>
       <c r="G640">
         <v>604.572</v>
       </c>
       <c r="H640">
         <v>196.813</v>
       </c>
       <c r="I640">
         <v>16.475</v>
       </c>
       <c r="J640">
         <v>311.015</v>
       </c>
       <c r="K640">
         <v>395.422</v>
       </c>
       <c r="L640">
         <v>412.69</v>
       </c>
       <c r="M640">
         <v>1332.415</v>
       </c>
       <c r="N640">
-        <v>9222.081</v>
+        <v>9220.908</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>911.734</v>
+        <v>910.501</v>
       </c>
       <c r="C641">
         <v>3428.022</v>
       </c>
       <c r="D641">
         <v>2371.423</v>
       </c>
       <c r="E641">
         <v>828.772</v>
       </c>
       <c r="F641">
-        <v>7539.951</v>
+        <v>7538.718</v>
       </c>
       <c r="G641">
         <v>648.978</v>
       </c>
       <c r="H641">
         <v>209.896</v>
       </c>
       <c r="I641">
         <v>16.192</v>
       </c>
       <c r="J641">
         <v>341.731</v>
       </c>
       <c r="K641">
         <v>317.805</v>
       </c>
       <c r="L641">
         <v>435.814</v>
       </c>
       <c r="M641">
         <v>1321.438</v>
       </c>
       <c r="N641">
-        <v>9510.367</v>
+        <v>9509.135</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>875.39</v>
+        <v>874.208</v>
       </c>
       <c r="C642">
         <v>3345.734</v>
       </c>
       <c r="D642">
         <v>2322.901</v>
       </c>
       <c r="E642">
         <v>803.325</v>
       </c>
       <c r="F642">
-        <v>7347.351</v>
+        <v>7346.168</v>
       </c>
       <c r="G642">
         <v>691.559</v>
       </c>
       <c r="H642">
         <v>190.964</v>
       </c>
       <c r="I642">
         <v>16.228</v>
       </c>
       <c r="J642">
         <v>361.008</v>
       </c>
       <c r="K642">
         <v>308.385</v>
       </c>
       <c r="L642">
         <v>435.904</v>
       </c>
       <c r="M642">
         <v>1312.489</v>
       </c>
       <c r="N642">
-        <v>9351.399</v>
+        <v>9350.216</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>968.398</v>
+        <v>967.084</v>
       </c>
       <c r="C643">
-        <v>3488.021</v>
+        <v>3478.623</v>
       </c>
       <c r="D643">
-        <v>2417.448</v>
+        <v>2417.402</v>
       </c>
       <c r="E643">
         <v>840.379</v>
       </c>
       <c r="F643">
-        <v>7714.246</v>
+        <v>7703.488</v>
       </c>
       <c r="G643">
         <v>739.169</v>
       </c>
       <c r="H643">
         <v>172.204</v>
       </c>
       <c r="I643">
         <v>16.466</v>
       </c>
       <c r="J643">
         <v>377.238</v>
       </c>
       <c r="K643">
         <v>274.158</v>
       </c>
       <c r="L643">
         <v>454.48</v>
       </c>
       <c r="M643">
         <v>1294.547</v>
       </c>
       <c r="N643">
-        <v>9747.962</v>
+        <v>9737.204</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>1002.988</v>
+        <v>1001.626</v>
       </c>
       <c r="C644">
-        <v>3507.068</v>
+        <v>3497.692</v>
       </c>
       <c r="D644">
-        <v>2432.672</v>
+        <v>2433.697</v>
       </c>
       <c r="E644">
         <v>855.407</v>
       </c>
       <c r="F644">
-        <v>7798.135</v>
+        <v>7788.422</v>
       </c>
       <c r="G644">
         <v>738.374</v>
       </c>
       <c r="H644">
         <v>172.191</v>
       </c>
       <c r="I644">
         <v>17.016</v>
       </c>
       <c r="J644">
         <v>357.911</v>
       </c>
       <c r="K644">
         <v>235.218</v>
       </c>
       <c r="L644">
-        <v>446.075</v>
+        <v>446.279</v>
       </c>
       <c r="M644">
-        <v>1228.411</v>
+        <v>1228.615</v>
       </c>
       <c r="N644">
-        <v>9764.92</v>
+        <v>9755.411</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>936.378</v>
+      </c>
+      <c r="C645">
+        <v>3367.637</v>
+      </c>
+      <c r="D645">
+        <v>2362.829</v>
+      </c>
+      <c r="E645">
+        <v>847.414</v>
+      </c>
+      <c r="F645">
+        <v>7514.258</v>
+      </c>
+      <c r="G645">
+        <v>683.576</v>
+      </c>
+      <c r="H645">
+        <v>132.026</v>
+      </c>
+      <c r="I645">
+        <v>16.28</v>
+      </c>
+      <c r="J645">
+        <v>319.355</v>
+      </c>
+      <c r="K645">
+        <v>221.272</v>
+      </c>
+      <c r="L645">
+        <v>435.735</v>
+      </c>
+      <c r="M645">
+        <v>1124.667</v>
+      </c>
+      <c r="N645">
+        <v>9322.501</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31867,128 +31911,128 @@
       </c>
       <c r="J86">
         <v>1871.601</v>
       </c>
       <c r="K86">
         <v>3827.463</v>
       </c>
       <c r="L86">
         <v>5196.669</v>
       </c>
       <c r="M86">
         <v>13346.459</v>
       </c>
       <c r="N86">
         <v>103657.366</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>11750.487</v>
       </c>
       <c r="C87">
-        <v>39164.186</v>
+        <v>39007.926</v>
       </c>
       <c r="D87">
         <v>26876.742</v>
       </c>
       <c r="E87">
         <v>8479.886</v>
       </c>
       <c r="F87">
-        <v>86271.301</v>
+        <v>86115.041</v>
       </c>
       <c r="G87">
         <v>8098.974</v>
       </c>
       <c r="H87">
         <v>2114.37</v>
       </c>
       <c r="I87">
         <v>204.751</v>
       </c>
       <c r="J87">
         <v>2125.186</v>
       </c>
       <c r="K87">
         <v>3634.45</v>
       </c>
       <c r="L87">
         <v>5203.024</v>
       </c>
       <c r="M87">
         <v>13281.781</v>
       </c>
       <c r="N87">
-        <v>107652.056</v>
+        <v>107495.796</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>10584.658</v>
+        <v>10578.753</v>
       </c>
       <c r="C88">
-        <v>39163.97</v>
+        <v>39120.753</v>
       </c>
       <c r="D88">
         <v>27556.71</v>
       </c>
       <c r="E88">
         <v>9220.642</v>
       </c>
       <c r="F88">
-        <v>86525.98</v>
+        <v>86476.858</v>
       </c>
       <c r="G88">
         <v>8165.019</v>
       </c>
       <c r="H88">
         <v>2093.035</v>
       </c>
       <c r="I88">
         <v>196.263</v>
       </c>
       <c r="J88">
         <v>2681.275</v>
       </c>
       <c r="K88">
         <v>3894.06</v>
       </c>
       <c r="L88">
         <v>5319.406</v>
       </c>
       <c r="M88">
         <v>14184.04</v>
       </c>
       <c r="N88">
-        <v>108875.04</v>
+        <v>108825.918</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>