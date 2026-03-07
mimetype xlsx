--- v1 (2026-01-18)
+++ v2 (2026-03-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Table E2. Primary Energy Production by Source, Fossil Fuel Equivalency Approach </t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Natural Gas Production</t>
   </si>
   <si>
     <t>Crude Oil Production</t>
   </si>
   <si>
     <t>Natural Gas Plant Liquids Production</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.975" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="16.853" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27038,1492 +27038,1580 @@
       </c>
       <c r="J612">
         <v>96.199</v>
       </c>
       <c r="K612">
         <v>340.883</v>
       </c>
       <c r="L612">
         <v>439.099</v>
       </c>
       <c r="M612">
         <v>1074.68</v>
       </c>
       <c r="N612">
         <v>8720.263</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>1036.902</v>
       </c>
       <c r="C613">
-        <v>3264.249</v>
+        <v>3277.516</v>
       </c>
       <c r="D613">
         <v>2229.196</v>
       </c>
       <c r="E613">
         <v>669.49</v>
       </c>
       <c r="F613">
-        <v>7199.838</v>
+        <v>7213.105</v>
       </c>
       <c r="G613">
         <v>740.734</v>
       </c>
       <c r="H613">
         <v>196.369</v>
       </c>
       <c r="I613">
         <v>17.648</v>
       </c>
       <c r="J613">
         <v>105.22</v>
       </c>
       <c r="K613">
         <v>331.029</v>
       </c>
       <c r="L613">
         <v>436.791</v>
       </c>
       <c r="M613">
         <v>1087.057</v>
       </c>
       <c r="N613">
-        <v>9027.628</v>
+        <v>9040.896</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>930.993</v>
       </c>
       <c r="C614">
-        <v>2940.796</v>
+        <v>2948.659</v>
       </c>
       <c r="D614">
         <v>2010.412</v>
       </c>
       <c r="E614">
         <v>612.365</v>
       </c>
       <c r="F614">
-        <v>6494.566</v>
+        <v>6502.429</v>
       </c>
       <c r="G614">
         <v>635.553</v>
       </c>
       <c r="H614">
         <v>172.265</v>
       </c>
       <c r="I614">
         <v>16.104</v>
       </c>
       <c r="J614">
         <v>123.055</v>
       </c>
       <c r="K614">
         <v>357.491</v>
       </c>
       <c r="L614">
         <v>392.663</v>
       </c>
       <c r="M614">
         <v>1061.578</v>
       </c>
       <c r="N614">
-        <v>8191.697</v>
+        <v>8199.56</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>1057.804</v>
       </c>
       <c r="C615">
-        <v>3301.591</v>
+        <v>3311.39</v>
       </c>
       <c r="D615">
         <v>2269.238</v>
       </c>
       <c r="E615">
         <v>703.896</v>
       </c>
       <c r="F615">
-        <v>7332.529</v>
+        <v>7342.328</v>
       </c>
       <c r="G615">
         <v>656.599</v>
       </c>
       <c r="H615">
         <v>184.09</v>
       </c>
       <c r="I615">
         <v>17.836</v>
       </c>
       <c r="J615">
         <v>162.384</v>
       </c>
       <c r="K615">
         <v>376.128</v>
       </c>
       <c r="L615">
         <v>439.248</v>
       </c>
       <c r="M615">
         <v>1179.686</v>
       </c>
       <c r="N615">
-        <v>9168.814</v>
+        <v>9178.614</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>954.996</v>
       </c>
       <c r="C616">
-        <v>3166.791</v>
+        <v>3178.008</v>
       </c>
       <c r="D616">
         <v>2173.34</v>
       </c>
       <c r="E616">
         <v>691.273</v>
       </c>
       <c r="F616">
-        <v>6986.399</v>
+        <v>6997.616</v>
       </c>
       <c r="G616">
         <v>592.236</v>
       </c>
       <c r="H616">
         <v>171.043</v>
       </c>
       <c r="I616">
         <v>16.917</v>
       </c>
       <c r="J616">
         <v>193.965</v>
       </c>
       <c r="K616">
         <v>368.894</v>
       </c>
       <c r="L616">
         <v>407.991</v>
       </c>
       <c r="M616">
         <v>1158.811</v>
       </c>
       <c r="N616">
-        <v>8737.445</v>
+        <v>8748.662</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>978.943</v>
       </c>
       <c r="C617">
-        <v>3310.601</v>
+        <v>3311.3</v>
       </c>
       <c r="D617">
         <v>2245.449</v>
       </c>
       <c r="E617">
         <v>712.476</v>
       </c>
       <c r="F617">
-        <v>7247.469</v>
+        <v>7248.167</v>
       </c>
       <c r="G617">
         <v>639.194</v>
       </c>
       <c r="H617">
         <v>238.631</v>
       </c>
       <c r="I617">
         <v>17.003</v>
       </c>
       <c r="J617">
         <v>220.724</v>
       </c>
       <c r="K617">
         <v>278.121</v>
       </c>
       <c r="L617">
         <v>438.492</v>
       </c>
       <c r="M617">
         <v>1192.97</v>
       </c>
       <c r="N617">
-        <v>9079.633</v>
+        <v>9080.331</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>959.167</v>
       </c>
       <c r="C618">
-        <v>3192.164</v>
+        <v>3167.194</v>
       </c>
       <c r="D618">
         <v>2182.363</v>
       </c>
       <c r="E618">
         <v>687.29</v>
       </c>
       <c r="F618">
-        <v>7020.984</v>
+        <v>6996.014</v>
       </c>
       <c r="G618">
         <v>677.49</v>
       </c>
       <c r="H618">
         <v>186.168</v>
       </c>
       <c r="I618">
         <v>16.381</v>
       </c>
       <c r="J618">
         <v>224.186</v>
       </c>
       <c r="K618">
         <v>237.73</v>
       </c>
       <c r="L618">
         <v>431.448</v>
       </c>
       <c r="M618">
         <v>1095.913</v>
       </c>
       <c r="N618">
-        <v>8794.387</v>
+        <v>8769.417</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>949.697</v>
       </c>
       <c r="C619">
-        <v>3305.589</v>
+        <v>3297.73</v>
       </c>
       <c r="D619">
         <v>2277.229</v>
       </c>
       <c r="E619">
         <v>720.992</v>
       </c>
       <c r="F619">
-        <v>7253.507</v>
+        <v>7245.648</v>
       </c>
       <c r="G619">
         <v>730.465</v>
       </c>
       <c r="H619">
         <v>189.668</v>
       </c>
       <c r="I619">
         <v>16.578</v>
       </c>
       <c r="J619">
         <v>236.326</v>
       </c>
       <c r="K619">
         <v>241.679</v>
       </c>
       <c r="L619">
         <v>440.978</v>
       </c>
       <c r="M619">
         <v>1125.229</v>
       </c>
       <c r="N619">
-        <v>9109.201</v>
+        <v>9101.342</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>1030.31</v>
       </c>
       <c r="C620">
-        <v>3328.651</v>
+        <v>3317.788</v>
       </c>
       <c r="D620">
         <v>2292.517</v>
       </c>
       <c r="E620">
         <v>734.863</v>
       </c>
       <c r="F620">
-        <v>7386.34</v>
+        <v>7375.478</v>
       </c>
       <c r="G620">
         <v>728.965</v>
       </c>
       <c r="H620">
         <v>183.759</v>
       </c>
       <c r="I620">
         <v>16.327</v>
       </c>
       <c r="J620">
         <v>224.343</v>
       </c>
       <c r="K620">
         <v>245.042</v>
       </c>
       <c r="L620">
         <v>444.676</v>
       </c>
       <c r="M620">
         <v>1114.147</v>
       </c>
       <c r="N620">
-        <v>9229.452</v>
+        <v>9218.59</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>986.431</v>
       </c>
       <c r="C621">
-        <v>3225.093</v>
+        <v>3217.263</v>
       </c>
       <c r="D621">
         <v>2249.079</v>
       </c>
       <c r="E621">
         <v>728.81</v>
       </c>
       <c r="F621">
-        <v>7189.413</v>
+        <v>7181.583</v>
       </c>
       <c r="G621">
         <v>685.23</v>
       </c>
       <c r="H621">
         <v>145.983</v>
       </c>
       <c r="I621">
         <v>16.564</v>
       </c>
       <c r="J621">
         <v>197.155</v>
       </c>
       <c r="K621">
         <v>244.689</v>
       </c>
       <c r="L621">
         <v>430.249</v>
       </c>
       <c r="M621">
         <v>1034.641</v>
       </c>
       <c r="N621">
-        <v>8909.284</v>
+        <v>8901.454</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>966.891</v>
       </c>
       <c r="C622">
-        <v>3328.707</v>
+        <v>3327.948</v>
       </c>
       <c r="D622">
         <v>2330.294</v>
       </c>
       <c r="E622">
         <v>754.146</v>
       </c>
       <c r="F622">
-        <v>7380.039</v>
+        <v>7379.28</v>
       </c>
       <c r="G622">
         <v>642.125</v>
       </c>
       <c r="H622">
         <v>135.254</v>
       </c>
       <c r="I622">
         <v>17.647</v>
       </c>
       <c r="J622">
         <v>179.523</v>
       </c>
       <c r="K622">
         <v>310.851</v>
       </c>
       <c r="L622">
         <v>436.25</v>
       </c>
       <c r="M622">
         <v>1079.525</v>
       </c>
       <c r="N622">
-        <v>9101.689</v>
+        <v>9100.93</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>966.671</v>
       </c>
       <c r="C623">
-        <v>3267.396</v>
+        <v>3269.767</v>
       </c>
       <c r="D623">
         <v>2272.582</v>
       </c>
       <c r="E623">
         <v>727.459</v>
       </c>
       <c r="F623">
-        <v>7234.109</v>
+        <v>7236.48</v>
       </c>
       <c r="G623">
         <v>650.717</v>
       </c>
       <c r="H623">
         <v>146.932</v>
       </c>
       <c r="I623">
         <v>17.643</v>
       </c>
       <c r="J623">
         <v>137.016</v>
       </c>
       <c r="K623">
         <v>314.524</v>
       </c>
       <c r="L623">
         <v>435.762</v>
       </c>
       <c r="M623">
         <v>1051.876</v>
       </c>
       <c r="N623">
-        <v>8936.702</v>
+        <v>8939.072</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>931.683</v>
       </c>
       <c r="C624">
-        <v>3376.299</v>
+        <v>3383.362</v>
       </c>
       <c r="D624">
         <v>2345.042</v>
       </c>
       <c r="E624">
         <v>736.825</v>
       </c>
       <c r="F624">
-        <v>7389.849</v>
+        <v>7396.912</v>
       </c>
       <c r="G624">
         <v>719.666</v>
       </c>
       <c r="H624">
         <v>164.209</v>
       </c>
       <c r="I624">
         <v>18.102</v>
       </c>
       <c r="J624">
         <v>121.29</v>
       </c>
       <c r="K624">
         <v>328.271</v>
       </c>
       <c r="L624">
         <v>468.477</v>
       </c>
       <c r="M624">
         <v>1100.348</v>
       </c>
       <c r="N624">
-        <v>9209.863</v>
+        <v>9216.927</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>910.652</v>
       </c>
       <c r="C625">
-        <v>3321.3</v>
+        <v>3271.432</v>
       </c>
       <c r="D625">
         <v>2207.543</v>
       </c>
       <c r="E625">
         <v>681.001</v>
       </c>
       <c r="F625">
-        <v>7120.496</v>
+        <v>7070.628</v>
       </c>
       <c r="G625">
         <v>721.4</v>
       </c>
       <c r="H625">
         <v>185.73</v>
       </c>
       <c r="I625">
         <v>17.433</v>
       </c>
       <c r="J625">
         <v>126.922</v>
       </c>
       <c r="K625">
         <v>299.793</v>
       </c>
       <c r="L625">
         <v>434.799</v>
       </c>
       <c r="M625">
         <v>1064.676</v>
       </c>
       <c r="N625">
-        <v>8906.572</v>
+        <v>8856.704</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>909.851</v>
       </c>
       <c r="C626">
-        <v>3181.282</v>
+        <v>3144.699</v>
       </c>
       <c r="D626">
         <v>2166.019</v>
       </c>
       <c r="E626">
         <v>695.968</v>
       </c>
       <c r="F626">
-        <v>6953.119</v>
+        <v>6916.536</v>
       </c>
       <c r="G626">
         <v>674.449</v>
       </c>
       <c r="H626">
         <v>179.193</v>
       </c>
       <c r="I626">
         <v>16.257</v>
       </c>
       <c r="J626">
         <v>158.181</v>
       </c>
       <c r="K626">
         <v>353.138</v>
       </c>
       <c r="L626">
         <v>426.28</v>
       </c>
       <c r="M626">
         <v>1133.05</v>
       </c>
       <c r="N626">
-        <v>8760.618</v>
+        <v>8724.035</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>865.549</v>
       </c>
       <c r="C627">
-        <v>3294.573</v>
+        <v>3288.953</v>
       </c>
       <c r="D627">
         <v>2326.23</v>
       </c>
       <c r="E627">
         <v>772.025</v>
       </c>
       <c r="F627">
-        <v>7258.376</v>
+        <v>7252.757</v>
       </c>
       <c r="G627">
         <v>661.52</v>
       </c>
       <c r="H627">
         <v>201.316</v>
       </c>
       <c r="I627">
         <v>17.093</v>
       </c>
       <c r="J627">
         <v>204.711</v>
       </c>
       <c r="K627">
         <v>388.643</v>
       </c>
       <c r="L627">
         <v>449.238</v>
       </c>
       <c r="M627">
         <v>1261</v>
       </c>
       <c r="N627">
-        <v>9180.896</v>
+        <v>9175.276</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>740.55</v>
       </c>
       <c r="C628">
-        <v>3159.865</v>
+        <v>3153.094</v>
       </c>
       <c r="D628">
         <v>2272.273</v>
       </c>
       <c r="E628">
         <v>759.924</v>
       </c>
       <c r="F628">
-        <v>6932.612</v>
+        <v>6925.841</v>
       </c>
       <c r="G628">
         <v>600.91</v>
       </c>
       <c r="H628">
         <v>180.231</v>
       </c>
       <c r="I628">
         <v>16.232</v>
       </c>
       <c r="J628">
         <v>239.244</v>
       </c>
       <c r="K628">
         <v>405.761</v>
       </c>
       <c r="L628">
         <v>421.256</v>
       </c>
       <c r="M628">
         <v>1262.724</v>
       </c>
       <c r="N628">
-        <v>8796.246</v>
+        <v>8789.475</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>813.618</v>
       </c>
       <c r="C629">
-        <v>3259.365</v>
+        <v>3263.218</v>
       </c>
       <c r="D629">
         <v>2337.828</v>
       </c>
       <c r="E629">
         <v>791.951</v>
       </c>
       <c r="F629">
-        <v>7202.762</v>
+        <v>7206.615</v>
       </c>
       <c r="G629">
         <v>678.513</v>
       </c>
       <c r="H629">
         <v>210.92</v>
       </c>
       <c r="I629">
         <v>16.118</v>
       </c>
       <c r="J629">
         <v>272.845</v>
       </c>
       <c r="K629">
         <v>338.266</v>
       </c>
       <c r="L629">
         <v>436.085</v>
       </c>
       <c r="M629">
         <v>1274.234</v>
       </c>
       <c r="N629">
-        <v>9155.508</v>
+        <v>9159.362</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>889.642</v>
       </c>
       <c r="C630">
-        <v>3193.646</v>
+        <v>3195.901</v>
       </c>
       <c r="D630">
         <v>2261.659</v>
       </c>
       <c r="E630">
         <v>764.293</v>
       </c>
       <c r="F630">
-        <v>7109.241</v>
+        <v>7111.495</v>
       </c>
       <c r="G630">
         <v>712.131</v>
       </c>
       <c r="H630">
         <v>192.991</v>
       </c>
       <c r="I630">
         <v>15.562</v>
       </c>
       <c r="J630">
         <v>290.964</v>
       </c>
       <c r="K630">
         <v>333.145</v>
       </c>
       <c r="L630">
         <v>438.369</v>
       </c>
       <c r="M630">
         <v>1271.032</v>
       </c>
       <c r="N630">
-        <v>9092.403</v>
+        <v>9094.658</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>897.434</v>
       </c>
       <c r="C631">
-        <v>3343.412</v>
+        <v>3344.361</v>
       </c>
       <c r="D631">
         <v>2330.097</v>
       </c>
       <c r="E631">
         <v>777.478</v>
       </c>
       <c r="F631">
-        <v>7348.421</v>
+        <v>7349.371</v>
       </c>
       <c r="G631">
         <v>729.451</v>
       </c>
       <c r="H631">
         <v>184.266</v>
       </c>
       <c r="I631">
         <v>15.87</v>
       </c>
       <c r="J631">
         <v>293.297</v>
       </c>
       <c r="K631">
         <v>243.899</v>
       </c>
       <c r="L631">
         <v>457.471</v>
       </c>
       <c r="M631">
         <v>1194.803</v>
       </c>
       <c r="N631">
-        <v>9272.676</v>
+        <v>9273.625</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>971.635</v>
       </c>
       <c r="C632">
-        <v>3309.09</v>
+        <v>3313.237</v>
       </c>
       <c r="D632">
         <v>2365.064</v>
       </c>
       <c r="E632">
         <v>791.854</v>
       </c>
       <c r="F632">
-        <v>7437.643</v>
+        <v>7441.791</v>
       </c>
       <c r="G632">
         <v>728.507</v>
       </c>
       <c r="H632">
         <v>176.567</v>
       </c>
       <c r="I632">
         <v>15.954</v>
       </c>
       <c r="J632">
         <v>288.531</v>
       </c>
       <c r="K632">
         <v>252.389</v>
       </c>
       <c r="L632">
         <v>458.855</v>
       </c>
       <c r="M632">
         <v>1192.295</v>
       </c>
       <c r="N632">
-        <v>9358.445</v>
+        <v>9362.592</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>941.853</v>
       </c>
       <c r="C633">
-        <v>3163.502</v>
+        <v>3183.889</v>
       </c>
       <c r="D633">
         <v>2247.824</v>
       </c>
       <c r="E633">
         <v>776.551</v>
       </c>
       <c r="F633">
-        <v>7129.729</v>
+        <v>7150.117</v>
       </c>
       <c r="G633">
         <v>654.363</v>
       </c>
       <c r="H633">
         <v>137.108</v>
       </c>
       <c r="I633">
         <v>15.558</v>
       </c>
       <c r="J633">
         <v>247.418</v>
       </c>
       <c r="K633">
         <v>251.431</v>
       </c>
       <c r="L633">
         <v>435.823</v>
       </c>
       <c r="M633">
         <v>1087.337</v>
       </c>
       <c r="N633">
-        <v>8871.43</v>
+        <v>8891.817</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>912.047</v>
       </c>
       <c r="C634">
-        <v>3303.852</v>
+        <v>3335.861</v>
       </c>
       <c r="D634">
         <v>2386.122</v>
       </c>
       <c r="E634">
         <v>817.956</v>
       </c>
       <c r="F634">
-        <v>7419.977</v>
+        <v>7451.986</v>
       </c>
       <c r="G634">
         <v>613.77</v>
       </c>
       <c r="H634">
         <v>132.29</v>
       </c>
       <c r="I634">
         <v>16.245</v>
       </c>
       <c r="J634">
         <v>234.029</v>
       </c>
       <c r="K634">
         <v>341.16</v>
       </c>
       <c r="L634">
         <v>442.432</v>
       </c>
       <c r="M634">
         <v>1166.156</v>
       </c>
       <c r="N634">
-        <v>9199.903</v>
+        <v>9231.912</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>843.679</v>
       </c>
       <c r="C635">
-        <v>3200.574</v>
+        <v>3228.775</v>
       </c>
       <c r="D635">
         <v>2286.266</v>
       </c>
       <c r="E635">
         <v>792.57</v>
       </c>
       <c r="F635">
-        <v>7123.09</v>
+        <v>7151.291</v>
       </c>
       <c r="G635">
         <v>646.464</v>
       </c>
       <c r="H635">
         <v>144.106</v>
       </c>
       <c r="I635">
         <v>16.558</v>
       </c>
       <c r="J635">
         <v>169.841</v>
       </c>
       <c r="K635">
         <v>345.827</v>
       </c>
       <c r="L635">
         <v>452.505</v>
       </c>
       <c r="M635">
         <v>1128.837</v>
       </c>
       <c r="N635">
-        <v>8898.391</v>
+        <v>8926.592</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>882.242</v>
       </c>
       <c r="C636">
-        <v>3390.294</v>
+        <v>3397.334</v>
       </c>
       <c r="D636">
         <v>2369.784</v>
       </c>
       <c r="E636">
         <v>799.071</v>
       </c>
       <c r="F636">
-        <v>7441.391</v>
+        <v>7448.431</v>
       </c>
       <c r="G636">
         <v>743.543</v>
       </c>
       <c r="H636">
         <v>168.317</v>
       </c>
       <c r="I636">
         <v>17.384</v>
       </c>
       <c r="J636">
         <v>155.293</v>
       </c>
       <c r="K636">
         <v>340.608</v>
       </c>
       <c r="L636">
         <v>466.293</v>
       </c>
       <c r="M636">
         <v>1147.895</v>
       </c>
       <c r="N636">
-        <v>9332.829</v>
+        <v>9339.869</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>925.87</v>
       </c>
       <c r="C637">
         <v>3355.259</v>
       </c>
       <c r="D637">
         <v>2317.423</v>
       </c>
       <c r="E637">
         <v>744.206</v>
       </c>
       <c r="F637">
         <v>7342.758</v>
       </c>
       <c r="G637">
         <v>749.17</v>
       </c>
       <c r="H637">
         <v>184.655</v>
       </c>
       <c r="I637">
         <v>17.364</v>
       </c>
       <c r="J637">
         <v>182.943</v>
       </c>
       <c r="K637">
         <v>375.802</v>
       </c>
       <c r="L637">
-        <v>444.383</v>
+        <v>442.401</v>
       </c>
       <c r="M637">
-        <v>1205.146</v>
+        <v>1203.165</v>
       </c>
       <c r="N637">
-        <v>9297.074</v>
+        <v>9295.093</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>822.112</v>
       </c>
       <c r="C638">
         <v>3047.738</v>
       </c>
       <c r="D638">
         <v>2108.954</v>
       </c>
       <c r="E638">
         <v>695.409</v>
       </c>
       <c r="F638">
         <v>6674.214</v>
       </c>
       <c r="G638">
         <v>645.675</v>
       </c>
       <c r="H638">
         <v>168.386</v>
       </c>
       <c r="I638">
         <v>15.658</v>
       </c>
       <c r="J638">
         <v>195.472</v>
       </c>
       <c r="K638">
         <v>339.137</v>
       </c>
       <c r="L638">
-        <v>403.385</v>
+        <v>401.592</v>
       </c>
       <c r="M638">
-        <v>1122.037</v>
+        <v>1120.245</v>
       </c>
       <c r="N638">
-        <v>8441.926</v>
+        <v>8440.134</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>987.194</v>
       </c>
       <c r="C639">
         <v>3454.192</v>
       </c>
       <c r="D639">
         <v>2372.55</v>
       </c>
       <c r="E639">
         <v>812.392</v>
       </c>
       <c r="F639">
         <v>7626.328</v>
       </c>
       <c r="G639">
         <v>652.235</v>
       </c>
       <c r="H639">
         <v>193.487</v>
       </c>
       <c r="I639">
         <v>17.351</v>
       </c>
       <c r="J639">
         <v>273.369</v>
       </c>
       <c r="K639">
         <v>436.078</v>
       </c>
       <c r="L639">
-        <v>442.05</v>
+        <v>440.121</v>
       </c>
       <c r="M639">
-        <v>1362.336</v>
+        <v>1360.406</v>
       </c>
       <c r="N639">
-        <v>9640.899</v>
+        <v>9638.97</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>866.315</v>
       </c>
       <c r="C640">
         <v>3329.685</v>
       </c>
       <c r="D640">
         <v>2298.176</v>
       </c>
       <c r="E640">
         <v>789.747</v>
       </c>
       <c r="F640">
         <v>7283.922</v>
       </c>
       <c r="G640">
         <v>604.572</v>
       </c>
       <c r="H640">
         <v>196.813</v>
       </c>
       <c r="I640">
         <v>16.475</v>
       </c>
       <c r="J640">
         <v>311.015</v>
       </c>
       <c r="K640">
         <v>395.422</v>
       </c>
       <c r="L640">
-        <v>412.69</v>
+        <v>410.882</v>
       </c>
       <c r="M640">
-        <v>1332.415</v>
+        <v>1330.606</v>
       </c>
       <c r="N640">
-        <v>9220.908</v>
+        <v>9219.1</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>910.501</v>
       </c>
       <c r="C641">
         <v>3428.022</v>
       </c>
       <c r="D641">
         <v>2371.423</v>
       </c>
       <c r="E641">
         <v>828.772</v>
       </c>
       <c r="F641">
         <v>7538.718</v>
       </c>
       <c r="G641">
         <v>648.978</v>
       </c>
       <c r="H641">
         <v>209.896</v>
       </c>
       <c r="I641">
         <v>16.192</v>
       </c>
       <c r="J641">
         <v>341.731</v>
       </c>
       <c r="K641">
         <v>317.805</v>
       </c>
       <c r="L641">
-        <v>435.814</v>
+        <v>433.921</v>
       </c>
       <c r="M641">
-        <v>1321.438</v>
+        <v>1319.545</v>
       </c>
       <c r="N641">
-        <v>9509.135</v>
+        <v>9507.241</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>874.208</v>
       </c>
       <c r="C642">
         <v>3345.734</v>
       </c>
       <c r="D642">
         <v>2322.901</v>
       </c>
       <c r="E642">
         <v>803.325</v>
       </c>
       <c r="F642">
         <v>7346.168</v>
       </c>
       <c r="G642">
         <v>691.559</v>
       </c>
       <c r="H642">
         <v>190.964</v>
       </c>
       <c r="I642">
         <v>16.228</v>
       </c>
       <c r="J642">
         <v>361.008</v>
       </c>
       <c r="K642">
         <v>308.385</v>
       </c>
       <c r="L642">
-        <v>435.904</v>
+        <v>433.996</v>
       </c>
       <c r="M642">
-        <v>1312.489</v>
+        <v>1310.581</v>
       </c>
       <c r="N642">
-        <v>9350.216</v>
+        <v>9348.308</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>967.084</v>
+        <v>970.887</v>
       </c>
       <c r="C643">
         <v>3478.623</v>
       </c>
       <c r="D643">
         <v>2417.402</v>
       </c>
       <c r="E643">
         <v>840.379</v>
       </c>
       <c r="F643">
-        <v>7703.488</v>
+        <v>7707.292</v>
       </c>
       <c r="G643">
         <v>739.169</v>
       </c>
       <c r="H643">
         <v>172.204</v>
       </c>
       <c r="I643">
         <v>16.466</v>
       </c>
       <c r="J643">
         <v>377.238</v>
       </c>
       <c r="K643">
         <v>274.158</v>
       </c>
       <c r="L643">
-        <v>454.48</v>
+        <v>452.506</v>
       </c>
       <c r="M643">
-        <v>1294.547</v>
+        <v>1292.572</v>
       </c>
       <c r="N643">
-        <v>9737.204</v>
+        <v>9739.033</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>1001.626</v>
+        <v>1005.537</v>
       </c>
       <c r="C644">
-        <v>3497.692</v>
+        <v>3496.033</v>
       </c>
       <c r="D644">
-        <v>2433.697</v>
+        <v>2435.539</v>
       </c>
       <c r="E644">
         <v>855.407</v>
       </c>
       <c r="F644">
-        <v>7788.422</v>
+        <v>7792.517</v>
       </c>
       <c r="G644">
         <v>738.374</v>
       </c>
       <c r="H644">
         <v>172.191</v>
       </c>
       <c r="I644">
         <v>17.016</v>
       </c>
       <c r="J644">
         <v>357.911</v>
       </c>
       <c r="K644">
         <v>235.218</v>
       </c>
       <c r="L644">
-        <v>446.279</v>
+        <v>444.302</v>
       </c>
       <c r="M644">
-        <v>1228.615</v>
+        <v>1226.639</v>
       </c>
       <c r="N644">
-        <v>9755.411</v>
+        <v>9757.529</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>936.378</v>
+        <v>937.897</v>
       </c>
       <c r="C645">
-        <v>3367.637</v>
+        <v>3370.303</v>
       </c>
       <c r="D645">
-        <v>2362.829</v>
+        <v>2360.051</v>
       </c>
       <c r="E645">
         <v>847.414</v>
       </c>
       <c r="F645">
-        <v>7514.258</v>
+        <v>7515.665</v>
       </c>
       <c r="G645">
         <v>683.576</v>
       </c>
       <c r="H645">
         <v>132.026</v>
       </c>
       <c r="I645">
         <v>16.28</v>
       </c>
       <c r="J645">
         <v>319.355</v>
       </c>
       <c r="K645">
         <v>221.272</v>
       </c>
       <c r="L645">
-        <v>435.735</v>
+        <v>433.819</v>
       </c>
       <c r="M645">
-        <v>1124.667</v>
+        <v>1122.751</v>
       </c>
       <c r="N645">
-        <v>9322.501</v>
+        <v>9321.992</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>922.086</v>
+      </c>
+      <c r="C646">
+        <v>3449.308</v>
+      </c>
+      <c r="D646">
+        <v>2445.024</v>
+      </c>
+      <c r="E646">
+        <v>864.989</v>
+      </c>
+      <c r="F646">
+        <v>7681.406</v>
+      </c>
+      <c r="G646">
+        <v>618.458</v>
+      </c>
+      <c r="H646">
+        <v>142.576</v>
+      </c>
+      <c r="I646">
+        <v>16.311</v>
+      </c>
+      <c r="J646">
+        <v>280.914</v>
+      </c>
+      <c r="K646">
+        <v>340.719</v>
+      </c>
+      <c r="L646">
+        <v>448.987</v>
+      </c>
+      <c r="M646">
+        <v>1229.508</v>
+      </c>
+      <c r="N646">
+        <v>9529.372</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>883.829</v>
+      </c>
+      <c r="C647">
+        <v>3425.454</v>
+      </c>
+      <c r="D647">
+        <v>2352.156</v>
+      </c>
+      <c r="E647">
+        <v>842.522</v>
+      </c>
+      <c r="F647">
+        <v>7503.962</v>
+      </c>
+      <c r="G647">
+        <v>666.361</v>
+      </c>
+      <c r="H647">
+        <v>158.695</v>
+      </c>
+      <c r="I647">
+        <v>16.104</v>
+      </c>
+      <c r="J647">
+        <v>215.232</v>
+      </c>
+      <c r="K647">
+        <v>352.847</v>
+      </c>
+      <c r="L647">
+        <v>441.564</v>
+      </c>
+      <c r="M647">
+        <v>1184.442</v>
+      </c>
+      <c r="N647">
+        <v>9354.765</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31911,104 +31999,104 @@
       </c>
       <c r="J86">
         <v>1871.601</v>
       </c>
       <c r="K86">
         <v>3827.463</v>
       </c>
       <c r="L86">
         <v>5196.669</v>
       </c>
       <c r="M86">
         <v>13346.459</v>
       </c>
       <c r="N86">
         <v>103657.366</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>11750.487</v>
       </c>
       <c r="C87">
-        <v>39007.926</v>
+        <v>39007.925</v>
       </c>
       <c r="D87">
         <v>26876.742</v>
       </c>
       <c r="E87">
         <v>8479.886</v>
       </c>
       <c r="F87">
-        <v>86115.041</v>
+        <v>86115.04</v>
       </c>
       <c r="G87">
         <v>8098.974</v>
       </c>
       <c r="H87">
         <v>2114.37</v>
       </c>
       <c r="I87">
         <v>204.751</v>
       </c>
       <c r="J87">
         <v>2125.186</v>
       </c>
       <c r="K87">
         <v>3634.45</v>
       </c>
       <c r="L87">
         <v>5203.024</v>
       </c>
       <c r="M87">
         <v>13281.781</v>
       </c>
       <c r="N87">
         <v>107495.796</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>10578.753</v>
       </c>
       <c r="C88">
-        <v>39120.753</v>
+        <v>39120.754</v>
       </c>
       <c r="D88">
         <v>27556.71</v>
       </c>
       <c r="E88">
         <v>9220.642</v>
       </c>
       <c r="F88">
-        <v>86476.858</v>
+        <v>86476.859</v>
       </c>
       <c r="G88">
         <v>8165.019</v>
       </c>
       <c r="H88">
         <v>2093.035</v>
       </c>
       <c r="I88">
         <v>196.263</v>
       </c>
       <c r="J88">
         <v>2681.275</v>
       </c>
       <c r="K88">
         <v>3894.06</v>
       </c>
       <c r="L88">
         <v>5319.406</v>
       </c>
       <c r="M88">
         <v>14184.04</v>
       </c>
       <c r="N88">
         <v>108825.918</v>
       </c>