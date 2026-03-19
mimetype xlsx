--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table A2 Approximate Heat Content of  Petroleum Production, Imports, and Exports</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Crude Oil Production Heat Content</t>
   </si>
   <si>
     <t>Natural Gas Plant Liquids Production Heat Content</t>
   </si>
   <si>
     <t>Crude Oil Imports Heat Content</t>
   </si>
   <si>
     <t>Motor Gasoline Imports Heat Content</t>
   </si>
   <si>
     <t>Petroleum Products Imports Heat Content</t>
   </si>
   <si>
     <t>Crude Oil and Petroleum Products Imports Heat Content</t>
   </si>
@@ -463,54 +463,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z89"/>
+  <dimension ref="A1:Z90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A89"/>
+      <selection activeCell="A13" sqref="A13:A90"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="103.975" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -3276,50 +3276,61 @@
         <v>3.578</v>
       </c>
       <c r="D89">
         <v>6.062</v>
       </c>
       <c r="E89">
         <v>5.222</v>
       </c>
       <c r="F89">
         <v>5.455</v>
       </c>
       <c r="G89">
         <v>5.929</v>
       </c>
       <c r="H89">
         <v>5.719</v>
       </c>
       <c r="I89">
         <v>5.222</v>
       </c>
       <c r="J89">
         <v>4.804</v>
       </c>
       <c r="K89">
         <v>5.154</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26">
+      <c r="A90" s="6">
+        <v>2026</v>
+      </c>
+      <c r="E90">
+        <v>5.222</v>
+      </c>
+      <c r="I90">
+        <v>5.222</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>