--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 11.5 Carbon Dioxide Emissions From Energy Consumption: Transportation Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Aviation Gasoline Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil, Excluding Biodiesel, Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Jet Fuel Transportation Sector CO2 Emissions</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.545" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25225,1352 +25225,1393 @@
       </c>
       <c r="I612">
         <v>84.359</v>
       </c>
       <c r="J612">
         <v>2.839</v>
       </c>
       <c r="K612">
         <v>144.152</v>
       </c>
       <c r="L612">
         <v>0.241</v>
       </c>
       <c r="M612">
         <v>151.972</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>7.328</v>
+        <v>10.082</v>
       </c>
       <c r="D613">
         <v>0.062</v>
       </c>
       <c r="E613">
         <v>34.464</v>
       </c>
       <c r="F613">
         <v>0.063</v>
       </c>
       <c r="G613">
         <v>19.396</v>
       </c>
       <c r="H613">
         <v>0.415</v>
       </c>
       <c r="I613">
         <v>81.574</v>
       </c>
       <c r="J613">
         <v>3.352</v>
       </c>
       <c r="K613">
         <v>139.326</v>
       </c>
       <c r="L613">
         <v>0.21</v>
       </c>
       <c r="M613">
-        <v>146.864</v>
+        <v>149.618</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>6.538</v>
+        <v>8.994</v>
       </c>
       <c r="D614">
         <v>0.103</v>
       </c>
       <c r="E614">
         <v>31.411</v>
       </c>
       <c r="F614">
         <v>0.057</v>
       </c>
       <c r="G614">
         <v>17.383</v>
       </c>
       <c r="H614">
         <v>0.369</v>
       </c>
       <c r="I614">
         <v>77.61</v>
       </c>
       <c r="J614">
         <v>4.166</v>
       </c>
       <c r="K614">
         <v>131.098</v>
       </c>
       <c r="L614">
         <v>0.187</v>
       </c>
       <c r="M614">
-        <v>137.823</v>
+        <v>140.278</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
-        <v>6.663</v>
+        <v>9.156</v>
       </c>
       <c r="D615">
         <v>0.133</v>
       </c>
       <c r="E615">
         <v>37.586</v>
       </c>
       <c r="F615">
         <v>0.063</v>
       </c>
       <c r="G615">
         <v>20.479</v>
       </c>
       <c r="H615">
         <v>0.216</v>
       </c>
       <c r="I615">
         <v>89.481</v>
       </c>
       <c r="J615">
         <v>2.699</v>
       </c>
       <c r="K615">
         <v>150.656</v>
       </c>
       <c r="L615">
         <v>0.196</v>
       </c>
       <c r="M615">
-        <v>157.516</v>
+        <v>160.009</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
-        <v>5.336</v>
+        <v>7.312</v>
       </c>
       <c r="D616">
         <v>0.099</v>
       </c>
       <c r="E616">
         <v>37.369</v>
       </c>
       <c r="F616">
         <v>0.061</v>
       </c>
       <c r="G616">
         <v>19.73</v>
       </c>
       <c r="H616">
         <v>0.282</v>
       </c>
       <c r="I616">
         <v>85.481</v>
       </c>
       <c r="J616">
         <v>1.935</v>
       </c>
       <c r="K616">
         <v>144.956</v>
       </c>
       <c r="L616">
         <v>0.164</v>
       </c>
       <c r="M616">
-        <v>150.456</v>
+        <v>152.432</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
-        <v>5.089</v>
+        <v>6.963</v>
       </c>
       <c r="D617">
         <v>0.151</v>
       </c>
       <c r="E617">
         <v>39.618</v>
       </c>
       <c r="F617">
         <v>0.063</v>
       </c>
       <c r="G617">
         <v>21.199</v>
       </c>
       <c r="H617">
         <v>0.349</v>
       </c>
       <c r="I617">
         <v>89.491</v>
       </c>
       <c r="J617">
         <v>2.582</v>
       </c>
       <c r="K617">
         <v>153.452</v>
       </c>
       <c r="L617">
         <v>0.179</v>
       </c>
       <c r="M617">
-        <v>158.72</v>
+        <v>160.595</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
-        <v>5.202</v>
+        <v>7.125</v>
       </c>
       <c r="D618">
         <v>0.15</v>
       </c>
       <c r="E618">
         <v>39.578</v>
       </c>
       <c r="F618">
         <v>0.061</v>
       </c>
       <c r="G618">
         <v>21.569</v>
       </c>
       <c r="H618">
         <v>0.331</v>
       </c>
       <c r="I618">
         <v>89.311</v>
       </c>
       <c r="J618">
         <v>3.278</v>
       </c>
       <c r="K618">
         <v>154.278</v>
       </c>
       <c r="L618">
         <v>0.222</v>
       </c>
       <c r="M618">
-        <v>159.701</v>
+        <v>161.624</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>5.874</v>
+        <v>8.057</v>
       </c>
       <c r="D619">
         <v>0.154</v>
       </c>
       <c r="E619">
         <v>39.904</v>
       </c>
       <c r="F619">
         <v>0.063</v>
       </c>
       <c r="G619">
         <v>22.257</v>
       </c>
       <c r="H619">
         <v>0.339</v>
       </c>
       <c r="I619">
         <v>88.562</v>
       </c>
       <c r="J619">
         <v>3.037</v>
       </c>
       <c r="K619">
         <v>154.315</v>
       </c>
       <c r="L619">
         <v>0.26</v>
       </c>
       <c r="M619">
-        <v>160.449</v>
+        <v>162.632</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
-        <v>5.885</v>
+        <v>8.073</v>
       </c>
       <c r="D620">
         <v>0.162</v>
       </c>
       <c r="E620">
         <v>42.248</v>
       </c>
       <c r="F620">
         <v>0.063</v>
       </c>
       <c r="G620">
         <v>21.679</v>
       </c>
       <c r="H620">
         <v>0.293</v>
       </c>
       <c r="I620">
         <v>90.994</v>
       </c>
       <c r="J620">
         <v>4.027</v>
       </c>
       <c r="K620">
         <v>159.465</v>
       </c>
       <c r="L620">
         <v>0.237</v>
       </c>
       <c r="M620">
-        <v>165.588</v>
+        <v>167.775</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
-        <v>5.226</v>
+        <v>7.158</v>
       </c>
       <c r="D621">
         <v>0.075</v>
       </c>
       <c r="E621">
         <v>38.293</v>
       </c>
       <c r="F621">
         <v>0.061</v>
       </c>
       <c r="G621">
         <v>20.782</v>
       </c>
       <c r="H621">
         <v>0.256</v>
       </c>
       <c r="I621">
         <v>84.408</v>
       </c>
       <c r="J621">
         <v>2.497</v>
       </c>
       <c r="K621">
         <v>146.372</v>
       </c>
       <c r="L621">
         <v>0.242</v>
       </c>
       <c r="M621">
-        <v>151.84</v>
+        <v>153.772</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
-        <v>5.368</v>
+        <v>7.352</v>
       </c>
       <c r="D622">
         <v>0.179</v>
       </c>
       <c r="E622">
         <v>40.085</v>
       </c>
       <c r="F622">
         <v>0.063</v>
       </c>
       <c r="G622">
         <v>21.547</v>
       </c>
       <c r="H622">
         <v>0.35</v>
       </c>
       <c r="I622">
         <v>89.506</v>
       </c>
       <c r="J622">
         <v>3.247</v>
       </c>
       <c r="K622">
         <v>154.978</v>
       </c>
       <c r="L622">
         <v>0.202</v>
       </c>
       <c r="M622">
-        <v>160.548</v>
+        <v>162.532</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
-        <v>6.223</v>
+        <v>8.547</v>
       </c>
       <c r="D623">
         <v>0.103</v>
       </c>
       <c r="E623">
         <v>36.862</v>
       </c>
       <c r="F623">
         <v>0.061</v>
       </c>
       <c r="G623">
         <v>19.947</v>
       </c>
       <c r="H623">
         <v>0.18</v>
       </c>
       <c r="I623">
         <v>84.856</v>
       </c>
       <c r="J623">
         <v>4.376</v>
       </c>
       <c r="K623">
         <v>146.384</v>
       </c>
       <c r="L623">
         <v>0.2</v>
       </c>
       <c r="M623">
-        <v>152.807</v>
+        <v>155.131</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
-        <v>6.992</v>
+        <v>9.614</v>
       </c>
       <c r="D624">
         <v>0.093</v>
       </c>
       <c r="E624">
         <v>35.537</v>
       </c>
       <c r="F624">
         <v>0.063</v>
       </c>
       <c r="G624">
         <v>21.18</v>
       </c>
       <c r="H624">
         <v>0.139</v>
       </c>
       <c r="I624">
         <v>86.729</v>
       </c>
       <c r="J624">
         <v>4.08</v>
       </c>
       <c r="K624">
         <v>147.822</v>
       </c>
       <c r="L624">
         <v>0.206</v>
       </c>
       <c r="M624">
-        <v>155.02</v>
+        <v>157.642</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
-        <v>8.07</v>
+        <v>11.218</v>
       </c>
       <c r="D625">
         <v>0.077</v>
       </c>
       <c r="E625">
         <v>33.404</v>
       </c>
       <c r="F625">
         <v>0.064</v>
       </c>
       <c r="G625">
         <v>19.453</v>
       </c>
       <c r="H625">
         <v>0.308</v>
       </c>
       <c r="I625">
         <v>81.882</v>
       </c>
       <c r="J625">
         <v>3.297</v>
       </c>
       <c r="K625">
         <v>138.484</v>
       </c>
       <c r="L625">
         <v>0.25</v>
       </c>
       <c r="M625">
-        <v>146.805</v>
+        <v>149.953</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
-        <v>6.462</v>
+        <v>8.976</v>
       </c>
       <c r="D626">
         <v>0.147</v>
       </c>
       <c r="E626">
         <v>31.326</v>
       </c>
       <c r="F626">
         <v>0.06</v>
       </c>
       <c r="G626">
         <v>18.433</v>
       </c>
       <c r="H626">
         <v>0.242</v>
       </c>
       <c r="I626">
         <v>79.719</v>
       </c>
       <c r="J626">
         <v>3.407</v>
       </c>
       <c r="K626">
         <v>133.334</v>
       </c>
       <c r="L626">
         <v>0.174</v>
       </c>
       <c r="M626">
-        <v>139.97</v>
+        <v>142.484</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
-        <v>6.123</v>
+        <v>8.5</v>
       </c>
       <c r="D627">
         <v>0.098</v>
       </c>
       <c r="E627">
         <v>35.183</v>
       </c>
       <c r="F627">
         <v>0.064</v>
       </c>
       <c r="G627">
         <v>20.962</v>
       </c>
       <c r="H627">
         <v>0.275</v>
       </c>
       <c r="I627">
         <v>88.165</v>
       </c>
       <c r="J627">
         <v>3.753</v>
       </c>
       <c r="K627">
         <v>148.5</v>
       </c>
       <c r="L627">
         <v>0.183</v>
       </c>
       <c r="M627">
-        <v>154.806</v>
+        <v>157.183</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
-        <v>5.277</v>
+        <v>7.32</v>
       </c>
       <c r="D628">
         <v>0.145</v>
       </c>
       <c r="E628">
         <v>36.276</v>
       </c>
       <c r="F628">
         <v>0.062</v>
       </c>
       <c r="G628">
         <v>20.619</v>
       </c>
       <c r="H628">
         <v>0.36</v>
       </c>
       <c r="I628">
         <v>84.915</v>
       </c>
       <c r="J628">
         <v>3.934</v>
       </c>
       <c r="K628">
         <v>146.309</v>
       </c>
       <c r="L628">
         <v>0.163</v>
       </c>
       <c r="M628">
-        <v>151.75</v>
+        <v>153.792</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
-        <v>5.158</v>
+        <v>7.152</v>
       </c>
       <c r="D629">
         <v>0.125</v>
       </c>
       <c r="E629">
         <v>38.346</v>
       </c>
       <c r="F629">
         <v>0.064</v>
       </c>
       <c r="G629">
         <v>22.112</v>
       </c>
       <c r="H629">
         <v>0.284</v>
       </c>
       <c r="I629">
         <v>92.492</v>
       </c>
       <c r="J629">
         <v>3.639</v>
       </c>
       <c r="K629">
         <v>157.061</v>
       </c>
       <c r="L629">
         <v>0.2</v>
       </c>
       <c r="M629">
-        <v>162.419</v>
+        <v>164.413</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
-        <v>5.337</v>
+        <v>7.403</v>
       </c>
       <c r="D630">
         <v>0.18</v>
       </c>
       <c r="E630">
         <v>37.573</v>
       </c>
       <c r="F630">
         <v>0.062</v>
       </c>
       <c r="G630">
         <v>21.778</v>
       </c>
       <c r="H630">
         <v>0.319</v>
       </c>
       <c r="I630">
         <v>87.857</v>
       </c>
       <c r="J630">
         <v>3.529</v>
       </c>
       <c r="K630">
         <v>151.298</v>
       </c>
       <c r="L630">
         <v>0.209</v>
       </c>
       <c r="M630">
-        <v>156.844</v>
+        <v>158.91</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
-        <v>6.003</v>
+        <v>8.332</v>
       </c>
       <c r="D631">
         <v>0.178</v>
       </c>
       <c r="E631">
         <v>39.667</v>
       </c>
       <c r="F631">
         <v>0.064</v>
       </c>
       <c r="G631">
         <v>22.883</v>
       </c>
       <c r="H631">
         <v>0.294</v>
       </c>
       <c r="I631">
         <v>91.824</v>
       </c>
       <c r="J631">
         <v>3.61</v>
       </c>
       <c r="K631">
         <v>158.52</v>
       </c>
       <c r="L631">
-        <v>0.254</v>
+        <v>0.255</v>
       </c>
       <c r="M631">
-        <v>164.778</v>
+        <v>167.107</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
-        <v>5.96</v>
+        <v>8.272</v>
       </c>
       <c r="D632">
         <v>0.147</v>
       </c>
       <c r="E632">
         <v>40.84</v>
       </c>
       <c r="F632">
         <v>0.064</v>
       </c>
       <c r="G632">
         <v>22.649</v>
       </c>
       <c r="H632">
         <v>0.355</v>
       </c>
       <c r="I632">
         <v>91.335</v>
       </c>
       <c r="J632">
         <v>3.518</v>
       </c>
       <c r="K632">
         <v>158.907</v>
       </c>
       <c r="L632">
-        <v>0.243</v>
+        <v>0.244</v>
       </c>
       <c r="M632">
-        <v>165.111</v>
+        <v>167.423</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
-        <v>5.308</v>
+        <v>7.362</v>
       </c>
       <c r="D633">
         <v>0.152</v>
       </c>
       <c r="E633">
         <v>36.933</v>
       </c>
       <c r="F633">
         <v>0.062</v>
       </c>
       <c r="G633">
         <v>20.597</v>
       </c>
       <c r="H633">
         <v>0.285</v>
       </c>
       <c r="I633">
         <v>85.768</v>
       </c>
       <c r="J633">
         <v>2.553</v>
       </c>
       <c r="K633">
         <v>146.35</v>
       </c>
       <c r="L633">
         <v>0.205</v>
       </c>
       <c r="M633">
-        <v>151.862</v>
+        <v>153.917</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
-        <v>5.355</v>
+        <v>7.427</v>
       </c>
       <c r="D634">
         <v>0.135</v>
       </c>
       <c r="E634">
         <v>39.789</v>
       </c>
       <c r="F634">
         <v>0.064</v>
       </c>
       <c r="G634">
         <v>21.731</v>
       </c>
       <c r="H634">
         <v>0.266</v>
       </c>
       <c r="I634">
         <v>89.212</v>
       </c>
       <c r="J634">
         <v>3.902</v>
       </c>
       <c r="K634">
         <v>155.099</v>
       </c>
       <c r="L634">
-        <v>0.195</v>
+        <v>0.196</v>
       </c>
       <c r="M634">
-        <v>160.65</v>
+        <v>162.722</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
-        <v>5.924</v>
+        <v>8.223</v>
       </c>
       <c r="D635">
         <v>0.115</v>
       </c>
       <c r="E635">
         <v>35.072</v>
       </c>
       <c r="F635">
         <v>0.062</v>
       </c>
       <c r="G635">
         <v>20.505</v>
       </c>
       <c r="H635">
         <v>0.177</v>
       </c>
       <c r="I635">
         <v>84.135</v>
       </c>
       <c r="J635">
         <v>3.683</v>
       </c>
       <c r="K635">
         <v>143.748</v>
       </c>
       <c r="L635">
         <v>0.193</v>
       </c>
       <c r="M635">
-        <v>149.865</v>
+        <v>152.164</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
-        <v>7.302</v>
+        <v>10.146</v>
       </c>
       <c r="D636">
         <v>0.078</v>
       </c>
       <c r="E636">
         <v>35.399</v>
       </c>
       <c r="F636">
         <v>0.064</v>
       </c>
       <c r="G636">
         <v>21.633</v>
       </c>
       <c r="H636">
         <v>0.179</v>
       </c>
       <c r="I636">
         <v>86.511</v>
       </c>
       <c r="J636">
         <v>3.688</v>
       </c>
       <c r="K636">
         <v>147.553</v>
       </c>
       <c r="L636">
         <v>0.225</v>
       </c>
       <c r="M636">
-        <v>155.08</v>
+        <v>157.924</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
-        <v>8.483</v>
+        <v>8.474</v>
       </c>
       <c r="D637">
         <v>0.088</v>
       </c>
       <c r="E637">
-        <v>34.315</v>
+        <v>34.265</v>
       </c>
       <c r="F637">
         <v>0.064</v>
       </c>
       <c r="G637">
         <v>20.571</v>
       </c>
       <c r="H637">
         <v>0.245</v>
       </c>
       <c r="I637">
         <v>83.585</v>
       </c>
       <c r="J637">
-        <v>4.171</v>
+        <v>4.17</v>
       </c>
       <c r="K637">
-        <v>143.038</v>
+        <v>142.987</v>
       </c>
       <c r="L637">
         <v>0.279</v>
       </c>
       <c r="M637">
-        <v>151.8</v>
+        <v>151.74</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
-        <v>7.032</v>
+        <v>7.02</v>
       </c>
       <c r="D638">
         <v>0.128</v>
       </c>
       <c r="E638">
-        <v>31.254</v>
+        <v>31.207</v>
       </c>
       <c r="F638">
         <v>0.058</v>
       </c>
       <c r="G638">
         <v>17.645</v>
       </c>
       <c r="H638">
         <v>0.185</v>
       </c>
       <c r="I638">
         <v>77.233</v>
       </c>
       <c r="J638">
-        <v>3.471</v>
+        <v>3.47</v>
       </c>
       <c r="K638">
-        <v>129.974</v>
+        <v>129.926</v>
       </c>
       <c r="L638">
         <v>0.221</v>
       </c>
       <c r="M638">
-        <v>137.226</v>
+        <v>137.166</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
-        <v>6.024</v>
+        <v>6.04</v>
       </c>
       <c r="D639">
         <v>0.11</v>
       </c>
       <c r="E639">
-        <v>36.471</v>
+        <v>36.417</v>
       </c>
       <c r="F639">
         <v>0.064</v>
       </c>
       <c r="G639">
         <v>20.778</v>
       </c>
       <c r="H639">
         <v>0.258</v>
       </c>
       <c r="I639">
         <v>86.447</v>
       </c>
       <c r="J639">
-        <v>3.664</v>
+        <v>3.663</v>
       </c>
       <c r="K639">
-        <v>147.793</v>
+        <v>147.738</v>
       </c>
       <c r="L639">
         <v>0.201</v>
       </c>
       <c r="M639">
-        <v>154.018</v>
+        <v>153.979</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
-        <v>5.241</v>
+        <v>5.235</v>
       </c>
       <c r="D640">
         <v>0.136</v>
       </c>
       <c r="E640">
-        <v>37.241</v>
+        <v>37.185</v>
       </c>
       <c r="F640">
         <v>0.062</v>
       </c>
       <c r="G640">
         <v>21.676</v>
       </c>
       <c r="H640">
         <v>0.336</v>
       </c>
       <c r="I640">
         <v>84.805</v>
       </c>
       <c r="J640">
-        <v>3.532</v>
+        <v>3.531</v>
       </c>
       <c r="K640">
-        <v>147.787</v>
+        <v>147.73</v>
       </c>
       <c r="L640">
         <v>0.18</v>
       </c>
       <c r="M640">
-        <v>153.208</v>
+        <v>153.146</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0</v>
       </c>
       <c r="C641">
-        <v>5.094</v>
+        <v>5.095</v>
       </c>
       <c r="D641">
         <v>0.142</v>
       </c>
       <c r="E641">
-        <v>38.954</v>
+        <v>38.895</v>
       </c>
       <c r="F641">
         <v>0.064</v>
       </c>
       <c r="G641">
         <v>22.39</v>
       </c>
       <c r="H641">
         <v>0.33</v>
       </c>
       <c r="I641">
         <v>89.463</v>
       </c>
       <c r="J641">
-        <v>2.412</v>
+        <v>2.411</v>
       </c>
       <c r="K641">
-        <v>153.754</v>
+        <v>153.694</v>
       </c>
       <c r="L641">
         <v>0.186</v>
       </c>
       <c r="M641">
-        <v>159.034</v>
+        <v>158.975</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0</v>
       </c>
       <c r="C642">
-        <v>5.312</v>
+        <v>5.313</v>
       </c>
       <c r="D642">
         <v>0.133</v>
       </c>
       <c r="E642">
-        <v>39.482</v>
+        <v>39.422</v>
       </c>
       <c r="F642">
         <v>0.062</v>
       </c>
       <c r="G642">
         <v>22.692</v>
       </c>
       <c r="H642">
         <v>0.291</v>
       </c>
       <c r="I642">
         <v>88.245</v>
       </c>
       <c r="J642">
-        <v>3.498</v>
+        <v>3.497</v>
       </c>
       <c r="K642">
-        <v>154.403</v>
+        <v>154.342</v>
       </c>
       <c r="L642">
         <v>0.25</v>
       </c>
       <c r="M642">
-        <v>159.965</v>
+        <v>159.905</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0</v>
       </c>
       <c r="C643">
-        <v>5.974</v>
+        <v>5.953</v>
       </c>
       <c r="D643">
         <v>0.18</v>
       </c>
       <c r="E643">
-        <v>40.709</v>
+        <v>40.646</v>
       </c>
       <c r="F643">
         <v>0.064</v>
       </c>
       <c r="G643">
         <v>23.421</v>
       </c>
       <c r="H643">
         <v>0.39</v>
       </c>
       <c r="I643">
         <v>90.125</v>
       </c>
       <c r="J643">
-        <v>4.293</v>
+        <v>4.292</v>
       </c>
       <c r="K643">
-        <v>159.182</v>
+        <v>159.118</v>
       </c>
       <c r="L643">
-        <v>0.244</v>
+        <v>0.245</v>
       </c>
       <c r="M643">
-        <v>165.4</v>
+        <v>165.315</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0</v>
       </c>
       <c r="C644">
-        <v>5.787</v>
+        <v>5.794</v>
       </c>
       <c r="D644">
         <v>0.145</v>
       </c>
       <c r="E644">
-        <v>40.514</v>
+        <v>40.784</v>
       </c>
       <c r="F644">
         <v>0.064</v>
       </c>
       <c r="G644">
-        <v>23.263</v>
+        <v>23.091</v>
       </c>
       <c r="H644">
-        <v>0.366</v>
+        <v>0.359</v>
       </c>
       <c r="I644">
-        <v>90.689</v>
+        <v>90.976</v>
       </c>
       <c r="J644">
-        <v>3.002</v>
+        <v>3.205</v>
       </c>
       <c r="K644">
-        <v>158.043</v>
+        <v>158.623</v>
       </c>
       <c r="L644">
         <v>0.239</v>
       </c>
       <c r="M644">
-        <v>164.069</v>
+        <v>164.656</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0</v>
+      </c>
+      <c r="C645">
+        <v>5.327</v>
+      </c>
+      <c r="D645">
+        <v>0.146</v>
+      </c>
+      <c r="E645">
+        <v>37.663</v>
+      </c>
+      <c r="F645">
+        <v>0.062</v>
+      </c>
+      <c r="G645">
+        <v>21.015</v>
+      </c>
+      <c r="H645">
+        <v>0.367</v>
+      </c>
+      <c r="I645">
+        <v>85.592</v>
+      </c>
+      <c r="J645">
+        <v>4.354</v>
+      </c>
+      <c r="K645">
+        <v>149.199</v>
+      </c>
+      <c r="L645">
+        <v>0.221</v>
+      </c>
+      <c r="M645">
+        <v>154.747</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28745,122 +28786,122 @@
       </c>
       <c r="I62">
         <v>1018.014</v>
       </c>
       <c r="J62">
         <v>47.313</v>
       </c>
       <c r="K62">
         <v>1770</v>
       </c>
       <c r="L62">
         <v>2.585</v>
       </c>
       <c r="M62">
         <v>1844.921</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
-        <v>71.724</v>
+        <v>98.433</v>
       </c>
       <c r="D63">
         <v>1.464</v>
       </c>
       <c r="E63">
         <v>452.956</v>
       </c>
       <c r="F63">
         <v>0.738</v>
       </c>
       <c r="G63">
         <v>247.148</v>
       </c>
       <c r="H63">
         <v>3.519</v>
       </c>
       <c r="I63">
         <v>1038.002</v>
       </c>
       <c r="J63">
         <v>39.275</v>
       </c>
       <c r="K63">
         <v>1783.101</v>
       </c>
       <c r="L63">
-        <v>2.518</v>
+        <v>2.519</v>
       </c>
       <c r="M63">
-        <v>1857.342</v>
+        <v>1884.053</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64">
-        <v>72.28</v>
+        <v>100.331</v>
       </c>
       <c r="D64">
         <v>1.575</v>
       </c>
       <c r="E64">
         <v>439.807</v>
       </c>
       <c r="F64">
         <v>0.751</v>
       </c>
       <c r="G64">
         <v>253.355</v>
       </c>
       <c r="H64">
         <v>3.345</v>
       </c>
       <c r="I64">
         <v>1043.817</v>
       </c>
       <c r="J64">
         <v>42.514</v>
       </c>
       <c r="K64">
         <v>1785.164</v>
       </c>
       <c r="L64">
-        <v>2.506</v>
+        <v>2.508</v>
       </c>
       <c r="M64">
-        <v>1859.95</v>
+        <v>1888.004</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>