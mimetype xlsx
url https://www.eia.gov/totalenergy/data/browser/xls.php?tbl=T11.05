--- v1 (2026-01-18)
+++ v2 (2026-03-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 11.5 Carbon Dioxide Emissions From Energy Consumption: Transportation Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Aviation Gasoline Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil, Excluding Biodiesel, Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Transportation Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Jet Fuel Transportation Sector CO2 Emissions</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.545" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -25225,1393 +25225,1475 @@
       </c>
       <c r="I612">
         <v>84.359</v>
       </c>
       <c r="J612">
         <v>2.839</v>
       </c>
       <c r="K612">
         <v>144.152</v>
       </c>
       <c r="L612">
         <v>0.241</v>
       </c>
       <c r="M612">
         <v>151.972</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>10.082</v>
+        <v>7.335</v>
       </c>
       <c r="D613">
         <v>0.062</v>
       </c>
       <c r="E613">
         <v>34.464</v>
       </c>
       <c r="F613">
         <v>0.063</v>
       </c>
       <c r="G613">
         <v>19.396</v>
       </c>
       <c r="H613">
         <v>0.415</v>
       </c>
       <c r="I613">
         <v>81.574</v>
       </c>
       <c r="J613">
         <v>3.352</v>
       </c>
       <c r="K613">
         <v>139.326</v>
       </c>
       <c r="L613">
         <v>0.21</v>
       </c>
       <c r="M613">
-        <v>149.618</v>
+        <v>146.872</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>8.994</v>
+        <v>6.541</v>
       </c>
       <c r="D614">
         <v>0.103</v>
       </c>
       <c r="E614">
         <v>31.411</v>
       </c>
       <c r="F614">
         <v>0.057</v>
       </c>
       <c r="G614">
         <v>17.383</v>
       </c>
       <c r="H614">
         <v>0.369</v>
       </c>
       <c r="I614">
         <v>77.61</v>
       </c>
       <c r="J614">
         <v>4.166</v>
       </c>
       <c r="K614">
         <v>131.098</v>
       </c>
       <c r="L614">
         <v>0.187</v>
       </c>
       <c r="M614">
-        <v>140.278</v>
+        <v>137.826</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
-        <v>9.156</v>
+        <v>6.685</v>
       </c>
       <c r="D615">
         <v>0.133</v>
       </c>
       <c r="E615">
         <v>37.586</v>
       </c>
       <c r="F615">
         <v>0.063</v>
       </c>
       <c r="G615">
         <v>20.479</v>
       </c>
       <c r="H615">
         <v>0.216</v>
       </c>
       <c r="I615">
         <v>89.481</v>
       </c>
       <c r="J615">
         <v>2.699</v>
       </c>
       <c r="K615">
         <v>150.656</v>
       </c>
       <c r="L615">
         <v>0.196</v>
       </c>
       <c r="M615">
-        <v>160.009</v>
+        <v>157.538</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
-        <v>7.312</v>
+        <v>5.331</v>
       </c>
       <c r="D616">
         <v>0.099</v>
       </c>
       <c r="E616">
         <v>37.369</v>
       </c>
       <c r="F616">
         <v>0.061</v>
       </c>
       <c r="G616">
         <v>19.73</v>
       </c>
       <c r="H616">
         <v>0.282</v>
       </c>
       <c r="I616">
         <v>85.481</v>
       </c>
       <c r="J616">
         <v>1.935</v>
       </c>
       <c r="K616">
         <v>144.956</v>
       </c>
       <c r="L616">
         <v>0.164</v>
       </c>
       <c r="M616">
-        <v>152.432</v>
+        <v>150.451</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
-        <v>6.963</v>
+        <v>5.081</v>
       </c>
       <c r="D617">
         <v>0.151</v>
       </c>
       <c r="E617">
         <v>39.618</v>
       </c>
       <c r="F617">
         <v>0.063</v>
       </c>
       <c r="G617">
         <v>21.199</v>
       </c>
       <c r="H617">
         <v>0.349</v>
       </c>
       <c r="I617">
         <v>89.491</v>
       </c>
       <c r="J617">
         <v>2.582</v>
       </c>
       <c r="K617">
         <v>153.452</v>
       </c>
       <c r="L617">
         <v>0.179</v>
       </c>
       <c r="M617">
-        <v>160.595</v>
+        <v>158.712</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
-        <v>7.125</v>
+        <v>5.212</v>
       </c>
       <c r="D618">
         <v>0.15</v>
       </c>
       <c r="E618">
         <v>39.578</v>
       </c>
       <c r="F618">
         <v>0.061</v>
       </c>
       <c r="G618">
         <v>21.569</v>
       </c>
       <c r="H618">
         <v>0.331</v>
       </c>
       <c r="I618">
         <v>89.311</v>
       </c>
       <c r="J618">
         <v>3.278</v>
       </c>
       <c r="K618">
         <v>154.278</v>
       </c>
       <c r="L618">
         <v>0.222</v>
       </c>
       <c r="M618">
-        <v>161.624</v>
+        <v>159.711</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>8.057</v>
+        <v>5.891</v>
       </c>
       <c r="D619">
         <v>0.154</v>
       </c>
       <c r="E619">
         <v>39.904</v>
       </c>
       <c r="F619">
         <v>0.063</v>
       </c>
       <c r="G619">
         <v>22.257</v>
       </c>
       <c r="H619">
         <v>0.339</v>
       </c>
       <c r="I619">
         <v>88.562</v>
       </c>
       <c r="J619">
         <v>3.037</v>
       </c>
       <c r="K619">
         <v>154.315</v>
       </c>
       <c r="L619">
         <v>0.26</v>
       </c>
       <c r="M619">
-        <v>162.632</v>
+        <v>160.466</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
-        <v>8.073</v>
+        <v>5.913</v>
       </c>
       <c r="D620">
         <v>0.162</v>
       </c>
       <c r="E620">
         <v>42.248</v>
       </c>
       <c r="F620">
         <v>0.063</v>
       </c>
       <c r="G620">
         <v>21.679</v>
       </c>
       <c r="H620">
         <v>0.293</v>
       </c>
       <c r="I620">
         <v>90.994</v>
       </c>
       <c r="J620">
         <v>4.027</v>
       </c>
       <c r="K620">
         <v>159.465</v>
       </c>
       <c r="L620">
         <v>0.237</v>
       </c>
       <c r="M620">
-        <v>167.775</v>
+        <v>165.615</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
-        <v>7.158</v>
+        <v>5.251</v>
       </c>
       <c r="D621">
         <v>0.075</v>
       </c>
       <c r="E621">
         <v>38.293</v>
       </c>
       <c r="F621">
         <v>0.061</v>
       </c>
       <c r="G621">
         <v>20.782</v>
       </c>
       <c r="H621">
         <v>0.256</v>
       </c>
       <c r="I621">
         <v>84.408</v>
       </c>
       <c r="J621">
         <v>2.497</v>
       </c>
       <c r="K621">
         <v>146.372</v>
       </c>
       <c r="L621">
         <v>0.242</v>
       </c>
       <c r="M621">
-        <v>153.772</v>
+        <v>151.866</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
-        <v>7.352</v>
+        <v>5.374</v>
       </c>
       <c r="D622">
         <v>0.179</v>
       </c>
       <c r="E622">
         <v>40.085</v>
       </c>
       <c r="F622">
         <v>0.063</v>
       </c>
       <c r="G622">
         <v>21.547</v>
       </c>
       <c r="H622">
         <v>0.35</v>
       </c>
       <c r="I622">
         <v>89.506</v>
       </c>
       <c r="J622">
         <v>3.247</v>
       </c>
       <c r="K622">
         <v>154.978</v>
       </c>
       <c r="L622">
         <v>0.202</v>
       </c>
       <c r="M622">
-        <v>162.532</v>
+        <v>160.554</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
-        <v>8.547</v>
+        <v>6.229</v>
       </c>
       <c r="D623">
         <v>0.103</v>
       </c>
       <c r="E623">
         <v>36.862</v>
       </c>
       <c r="F623">
         <v>0.061</v>
       </c>
       <c r="G623">
         <v>19.947</v>
       </c>
       <c r="H623">
         <v>0.18</v>
       </c>
       <c r="I623">
         <v>84.856</v>
       </c>
       <c r="J623">
         <v>4.376</v>
       </c>
       <c r="K623">
         <v>146.384</v>
       </c>
       <c r="L623">
         <v>0.2</v>
       </c>
       <c r="M623">
-        <v>155.131</v>
+        <v>152.813</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
-        <v>9.614</v>
+        <v>7.022</v>
       </c>
       <c r="D624">
         <v>0.093</v>
       </c>
       <c r="E624">
         <v>35.537</v>
       </c>
       <c r="F624">
         <v>0.063</v>
       </c>
       <c r="G624">
         <v>21.18</v>
       </c>
       <c r="H624">
         <v>0.139</v>
       </c>
       <c r="I624">
         <v>86.729</v>
       </c>
       <c r="J624">
         <v>4.08</v>
       </c>
       <c r="K624">
         <v>147.822</v>
       </c>
       <c r="L624">
         <v>0.206</v>
       </c>
       <c r="M624">
-        <v>157.642</v>
+        <v>155.05</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
-        <v>11.218</v>
+        <v>8.353</v>
       </c>
       <c r="D625">
         <v>0.077</v>
       </c>
       <c r="E625">
         <v>33.404</v>
       </c>
       <c r="F625">
         <v>0.064</v>
       </c>
       <c r="G625">
         <v>19.453</v>
       </c>
       <c r="H625">
         <v>0.308</v>
       </c>
       <c r="I625">
         <v>81.882</v>
       </c>
       <c r="J625">
         <v>3.297</v>
       </c>
       <c r="K625">
         <v>138.484</v>
       </c>
       <c r="L625">
-        <v>0.25</v>
+        <v>0.251</v>
       </c>
       <c r="M625">
-        <v>149.953</v>
+        <v>147.088</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
-        <v>8.976</v>
+        <v>6.619</v>
       </c>
       <c r="D626">
         <v>0.147</v>
       </c>
       <c r="E626">
         <v>31.326</v>
       </c>
       <c r="F626">
         <v>0.06</v>
       </c>
       <c r="G626">
         <v>18.433</v>
       </c>
       <c r="H626">
         <v>0.242</v>
       </c>
       <c r="I626">
         <v>79.719</v>
       </c>
       <c r="J626">
         <v>3.407</v>
       </c>
       <c r="K626">
         <v>133.334</v>
       </c>
       <c r="L626">
         <v>0.174</v>
       </c>
       <c r="M626">
-        <v>142.484</v>
+        <v>140.127</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
-        <v>8.5</v>
+        <v>6.239</v>
       </c>
       <c r="D627">
         <v>0.098</v>
       </c>
       <c r="E627">
         <v>35.183</v>
       </c>
       <c r="F627">
         <v>0.064</v>
       </c>
       <c r="G627">
         <v>20.962</v>
       </c>
       <c r="H627">
         <v>0.275</v>
       </c>
       <c r="I627">
         <v>88.165</v>
       </c>
       <c r="J627">
         <v>3.753</v>
       </c>
       <c r="K627">
         <v>148.5</v>
       </c>
       <c r="L627">
         <v>0.183</v>
       </c>
       <c r="M627">
-        <v>157.183</v>
+        <v>154.922</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
-        <v>7.32</v>
+        <v>5.352</v>
       </c>
       <c r="D628">
         <v>0.145</v>
       </c>
       <c r="E628">
         <v>36.276</v>
       </c>
       <c r="F628">
         <v>0.062</v>
       </c>
       <c r="G628">
         <v>20.619</v>
       </c>
       <c r="H628">
         <v>0.36</v>
       </c>
       <c r="I628">
         <v>84.915</v>
       </c>
       <c r="J628">
         <v>3.934</v>
       </c>
       <c r="K628">
         <v>146.309</v>
       </c>
       <c r="L628">
         <v>0.163</v>
       </c>
       <c r="M628">
-        <v>153.792</v>
+        <v>151.825</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
-        <v>7.152</v>
+        <v>5.202</v>
       </c>
       <c r="D629">
         <v>0.125</v>
       </c>
       <c r="E629">
         <v>38.346</v>
       </c>
       <c r="F629">
         <v>0.064</v>
       </c>
       <c r="G629">
         <v>22.112</v>
       </c>
       <c r="H629">
         <v>0.284</v>
       </c>
       <c r="I629">
         <v>92.492</v>
       </c>
       <c r="J629">
         <v>3.639</v>
       </c>
       <c r="K629">
         <v>157.061</v>
       </c>
       <c r="L629">
         <v>0.2</v>
       </c>
       <c r="M629">
-        <v>164.413</v>
+        <v>162.463</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
-        <v>7.403</v>
+        <v>5.432</v>
       </c>
       <c r="D630">
         <v>0.18</v>
       </c>
       <c r="E630">
         <v>37.573</v>
       </c>
       <c r="F630">
         <v>0.062</v>
       </c>
       <c r="G630">
         <v>21.778</v>
       </c>
       <c r="H630">
         <v>0.319</v>
       </c>
       <c r="I630">
         <v>87.857</v>
       </c>
       <c r="J630">
         <v>3.529</v>
       </c>
       <c r="K630">
         <v>151.298</v>
       </c>
       <c r="L630">
         <v>0.209</v>
       </c>
       <c r="M630">
-        <v>158.91</v>
+        <v>156.939</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
-        <v>8.332</v>
+        <v>6.12</v>
       </c>
       <c r="D631">
         <v>0.178</v>
       </c>
       <c r="E631">
         <v>39.667</v>
       </c>
       <c r="F631">
         <v>0.064</v>
       </c>
       <c r="G631">
         <v>22.883</v>
       </c>
       <c r="H631">
         <v>0.294</v>
       </c>
       <c r="I631">
         <v>91.824</v>
       </c>
       <c r="J631">
         <v>3.61</v>
       </c>
       <c r="K631">
         <v>158.52</v>
       </c>
       <c r="L631">
         <v>0.255</v>
       </c>
       <c r="M631">
-        <v>167.107</v>
+        <v>164.894</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
-        <v>8.272</v>
+        <v>6.08</v>
       </c>
       <c r="D632">
         <v>0.147</v>
       </c>
       <c r="E632">
         <v>40.84</v>
       </c>
       <c r="F632">
         <v>0.064</v>
       </c>
       <c r="G632">
         <v>22.649</v>
       </c>
       <c r="H632">
         <v>0.355</v>
       </c>
       <c r="I632">
         <v>91.335</v>
       </c>
       <c r="J632">
         <v>3.518</v>
       </c>
       <c r="K632">
         <v>158.907</v>
       </c>
       <c r="L632">
         <v>0.244</v>
       </c>
       <c r="M632">
-        <v>167.423</v>
+        <v>165.231</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
-        <v>7.362</v>
+        <v>5.392</v>
       </c>
       <c r="D633">
         <v>0.152</v>
       </c>
       <c r="E633">
         <v>36.933</v>
       </c>
       <c r="F633">
         <v>0.062</v>
       </c>
       <c r="G633">
         <v>20.597</v>
       </c>
       <c r="H633">
         <v>0.285</v>
       </c>
       <c r="I633">
         <v>85.768</v>
       </c>
       <c r="J633">
         <v>2.553</v>
       </c>
       <c r="K633">
         <v>146.35</v>
       </c>
       <c r="L633">
         <v>0.205</v>
       </c>
       <c r="M633">
-        <v>153.917</v>
+        <v>151.947</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
-        <v>7.427</v>
+        <v>5.402</v>
       </c>
       <c r="D634">
         <v>0.135</v>
       </c>
       <c r="E634">
         <v>39.789</v>
       </c>
       <c r="F634">
         <v>0.064</v>
       </c>
       <c r="G634">
         <v>21.731</v>
       </c>
       <c r="H634">
         <v>0.266</v>
       </c>
       <c r="I634">
         <v>89.212</v>
       </c>
       <c r="J634">
         <v>3.902</v>
       </c>
       <c r="K634">
         <v>155.099</v>
       </c>
       <c r="L634">
         <v>0.196</v>
       </c>
       <c r="M634">
-        <v>162.722</v>
+        <v>160.697</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
-        <v>8.223</v>
+        <v>6.03</v>
       </c>
       <c r="D635">
         <v>0.115</v>
       </c>
       <c r="E635">
         <v>35.072</v>
       </c>
       <c r="F635">
         <v>0.062</v>
       </c>
       <c r="G635">
         <v>20.505</v>
       </c>
       <c r="H635">
         <v>0.177</v>
       </c>
       <c r="I635">
         <v>84.135</v>
       </c>
       <c r="J635">
         <v>3.683</v>
       </c>
       <c r="K635">
         <v>143.748</v>
       </c>
       <c r="L635">
         <v>0.193</v>
       </c>
       <c r="M635">
-        <v>152.164</v>
+        <v>149.971</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
-        <v>10.146</v>
+        <v>7.516</v>
       </c>
       <c r="D636">
         <v>0.078</v>
       </c>
       <c r="E636">
         <v>35.399</v>
       </c>
       <c r="F636">
         <v>0.064</v>
       </c>
       <c r="G636">
         <v>21.633</v>
       </c>
       <c r="H636">
         <v>0.179</v>
       </c>
       <c r="I636">
         <v>86.511</v>
       </c>
       <c r="J636">
         <v>3.688</v>
       </c>
       <c r="K636">
         <v>147.553</v>
       </c>
       <c r="L636">
         <v>0.225</v>
       </c>
       <c r="M636">
-        <v>157.924</v>
+        <v>155.294</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
-        <v>8.474</v>
+        <v>8.582</v>
       </c>
       <c r="D637">
         <v>0.088</v>
       </c>
       <c r="E637">
-        <v>34.265</v>
+        <v>34.522</v>
       </c>
       <c r="F637">
         <v>0.064</v>
       </c>
       <c r="G637">
         <v>20.571</v>
       </c>
       <c r="H637">
         <v>0.245</v>
       </c>
       <c r="I637">
         <v>83.585</v>
       </c>
       <c r="J637">
-        <v>4.17</v>
+        <v>4.166</v>
       </c>
       <c r="K637">
-        <v>142.987</v>
+        <v>143.241</v>
       </c>
       <c r="L637">
         <v>0.279</v>
       </c>
       <c r="M637">
-        <v>151.74</v>
+        <v>152.101</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
-        <v>7.02</v>
+        <v>7.101</v>
       </c>
       <c r="D638">
         <v>0.128</v>
       </c>
       <c r="E638">
-        <v>31.207</v>
+        <v>31.475</v>
       </c>
       <c r="F638">
         <v>0.058</v>
       </c>
       <c r="G638">
         <v>17.645</v>
       </c>
       <c r="H638">
         <v>0.185</v>
       </c>
       <c r="I638">
         <v>77.233</v>
       </c>
       <c r="J638">
-        <v>3.47</v>
+        <v>3.467</v>
       </c>
       <c r="K638">
-        <v>129.926</v>
+        <v>130.19</v>
       </c>
       <c r="L638">
         <v>0.221</v>
       </c>
       <c r="M638">
-        <v>137.166</v>
+        <v>137.512</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
-        <v>6.04</v>
+        <v>6.095</v>
       </c>
       <c r="D639">
         <v>0.11</v>
       </c>
       <c r="E639">
-        <v>36.417</v>
+        <v>36.663</v>
       </c>
       <c r="F639">
         <v>0.064</v>
       </c>
       <c r="G639">
         <v>20.778</v>
       </c>
       <c r="H639">
         <v>0.258</v>
       </c>
       <c r="I639">
         <v>86.447</v>
       </c>
       <c r="J639">
-        <v>3.663</v>
+        <v>3.659</v>
       </c>
       <c r="K639">
-        <v>147.738</v>
+        <v>147.98</v>
       </c>
       <c r="L639">
         <v>0.201</v>
       </c>
       <c r="M639">
-        <v>153.979</v>
+        <v>154.276</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0</v>
       </c>
       <c r="C640">
-        <v>5.235</v>
+        <v>5.292</v>
       </c>
       <c r="D640">
         <v>0.136</v>
       </c>
       <c r="E640">
-        <v>37.185</v>
+        <v>37.397</v>
       </c>
       <c r="F640">
         <v>0.062</v>
       </c>
       <c r="G640">
         <v>21.676</v>
       </c>
       <c r="H640">
         <v>0.336</v>
       </c>
       <c r="I640">
         <v>84.805</v>
       </c>
       <c r="J640">
-        <v>3.531</v>
+        <v>3.528</v>
       </c>
       <c r="K640">
-        <v>147.73</v>
+        <v>147.94</v>
       </c>
       <c r="L640">
         <v>0.18</v>
       </c>
       <c r="M640">
-        <v>153.146</v>
+        <v>153.412</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0</v>
       </c>
       <c r="C641">
-        <v>5.095</v>
+        <v>5.152</v>
       </c>
       <c r="D641">
         <v>0.142</v>
       </c>
       <c r="E641">
-        <v>38.895</v>
+        <v>39.107</v>
       </c>
       <c r="F641">
         <v>0.064</v>
       </c>
       <c r="G641">
         <v>22.39</v>
       </c>
       <c r="H641">
         <v>0.33</v>
       </c>
       <c r="I641">
         <v>89.463</v>
       </c>
       <c r="J641">
-        <v>2.411</v>
+        <v>2.409</v>
       </c>
       <c r="K641">
-        <v>153.694</v>
+        <v>153.904</v>
       </c>
       <c r="L641">
-        <v>0.186</v>
+        <v>0.187</v>
       </c>
       <c r="M641">
-        <v>158.975</v>
+        <v>159.242</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0</v>
       </c>
       <c r="C642">
-        <v>5.313</v>
+        <v>5.374</v>
       </c>
       <c r="D642">
         <v>0.133</v>
       </c>
       <c r="E642">
-        <v>39.422</v>
+        <v>39.626</v>
       </c>
       <c r="F642">
         <v>0.062</v>
       </c>
       <c r="G642">
         <v>22.692</v>
       </c>
       <c r="H642">
         <v>0.291</v>
       </c>
       <c r="I642">
         <v>88.245</v>
       </c>
       <c r="J642">
-        <v>3.497</v>
+        <v>3.494</v>
       </c>
       <c r="K642">
-        <v>154.342</v>
+        <v>154.543</v>
       </c>
       <c r="L642">
         <v>0.25</v>
       </c>
       <c r="M642">
-        <v>159.905</v>
+        <v>160.167</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0</v>
       </c>
       <c r="C643">
-        <v>5.953</v>
+        <v>6.035</v>
       </c>
       <c r="D643">
         <v>0.18</v>
       </c>
       <c r="E643">
-        <v>40.646</v>
+        <v>40.842</v>
       </c>
       <c r="F643">
         <v>0.064</v>
       </c>
       <c r="G643">
         <v>23.421</v>
       </c>
       <c r="H643">
         <v>0.39</v>
       </c>
       <c r="I643">
         <v>90.125</v>
       </c>
       <c r="J643">
-        <v>4.292</v>
+        <v>4.289</v>
       </c>
       <c r="K643">
-        <v>159.118</v>
+        <v>159.31</v>
       </c>
       <c r="L643">
         <v>0.245</v>
       </c>
       <c r="M643">
-        <v>165.315</v>
+        <v>165.59</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0</v>
       </c>
       <c r="C644">
-        <v>5.794</v>
+        <v>5.863</v>
       </c>
       <c r="D644">
         <v>0.145</v>
       </c>
       <c r="E644">
-        <v>40.784</v>
+        <v>40.976</v>
       </c>
       <c r="F644">
         <v>0.064</v>
       </c>
       <c r="G644">
         <v>23.091</v>
       </c>
       <c r="H644">
         <v>0.359</v>
       </c>
       <c r="I644">
         <v>90.976</v>
       </c>
       <c r="J644">
-        <v>3.205</v>
+        <v>3.202</v>
       </c>
       <c r="K644">
-        <v>158.623</v>
+        <v>158.813</v>
       </c>
       <c r="L644">
         <v>0.239</v>
       </c>
       <c r="M644">
-        <v>164.656</v>
+        <v>164.915</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>0</v>
       </c>
       <c r="C645">
-        <v>5.327</v>
+        <v>5.397</v>
       </c>
       <c r="D645">
         <v>0.146</v>
       </c>
       <c r="E645">
-        <v>37.663</v>
+        <v>38.429</v>
       </c>
       <c r="F645">
         <v>0.062</v>
       </c>
       <c r="G645">
-        <v>21.015</v>
+        <v>20.436</v>
       </c>
       <c r="H645">
-        <v>0.367</v>
+        <v>0.408</v>
       </c>
       <c r="I645">
-        <v>85.592</v>
+        <v>85.589</v>
       </c>
       <c r="J645">
-        <v>4.354</v>
+        <v>4.509</v>
       </c>
       <c r="K645">
-        <v>149.199</v>
+        <v>149.578</v>
       </c>
       <c r="L645">
         <v>0.221</v>
       </c>
       <c r="M645">
-        <v>154.747</v>
+        <v>155.195</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0</v>
+      </c>
+      <c r="C646">
+        <v>5.439</v>
+      </c>
+      <c r="D646">
+        <v>0.163</v>
+      </c>
+      <c r="E646">
+        <v>40.129</v>
+      </c>
+      <c r="F646">
+        <v>0.064</v>
+      </c>
+      <c r="G646">
+        <v>22.669</v>
+      </c>
+      <c r="H646">
+        <v>0.345</v>
+      </c>
+      <c r="I646">
+        <v>87.288</v>
+      </c>
+      <c r="J646">
+        <v>3.833</v>
+      </c>
+      <c r="K646">
+        <v>154.491</v>
+      </c>
+      <c r="L646">
+        <v>0.21</v>
+      </c>
+      <c r="M646">
+        <v>160.14</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0</v>
+      </c>
+      <c r="C647">
+        <v>6.133</v>
+      </c>
+      <c r="D647">
+        <v>0.13</v>
+      </c>
+      <c r="E647">
+        <v>36.139</v>
+      </c>
+      <c r="F647">
+        <v>0.062</v>
+      </c>
+      <c r="G647">
+        <v>20.569</v>
+      </c>
+      <c r="H647">
+        <v>0.356</v>
+      </c>
+      <c r="I647">
+        <v>82.779</v>
+      </c>
+      <c r="J647">
+        <v>4.321</v>
+      </c>
+      <c r="K647">
+        <v>144.355</v>
+      </c>
+      <c r="L647">
+        <v>0.203</v>
+      </c>
+      <c r="M647">
+        <v>150.691</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28786,122 +28868,122 @@
       </c>
       <c r="I62">
         <v>1018.014</v>
       </c>
       <c r="J62">
         <v>47.313</v>
       </c>
       <c r="K62">
         <v>1770</v>
       </c>
       <c r="L62">
         <v>2.585</v>
       </c>
       <c r="M62">
         <v>1844.921</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
-        <v>98.433</v>
+        <v>71.865</v>
       </c>
       <c r="D63">
         <v>1.464</v>
       </c>
       <c r="E63">
         <v>452.956</v>
       </c>
       <c r="F63">
         <v>0.738</v>
       </c>
       <c r="G63">
         <v>247.148</v>
       </c>
       <c r="H63">
         <v>3.519</v>
       </c>
       <c r="I63">
         <v>1038.002</v>
       </c>
       <c r="J63">
         <v>39.275</v>
       </c>
       <c r="K63">
         <v>1783.101</v>
       </c>
       <c r="L63">
         <v>2.519</v>
       </c>
       <c r="M63">
-        <v>1884.053</v>
+        <v>1857.485</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64">
-        <v>100.331</v>
+        <v>73.738</v>
       </c>
       <c r="D64">
         <v>1.575</v>
       </c>
       <c r="E64">
         <v>439.807</v>
       </c>
       <c r="F64">
         <v>0.751</v>
       </c>
       <c r="G64">
         <v>253.355</v>
       </c>
       <c r="H64">
         <v>3.345</v>
       </c>
       <c r="I64">
         <v>1043.817</v>
       </c>
       <c r="J64">
         <v>42.514</v>
       </c>
       <c r="K64">
         <v>1785.164</v>
       </c>
       <c r="L64">
         <v>2.508</v>
       </c>
       <c r="M64">
-        <v>1888.004</v>
+        <v>1861.411</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>