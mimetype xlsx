--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 11.4 Carbon Dioxide Emissions From Energy Consumption: Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Coal Coke Net Imports CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Industrial Sector CO2 Emissions</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -28854,1441 +28854,1488 @@
       </c>
       <c r="N612">
         <v>33.326</v>
       </c>
       <c r="O612">
         <v>112.306</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>7.601</v>
       </c>
       <c r="C613">
         <v>-0.365</v>
       </c>
       <c r="D613">
         <v>49.573</v>
       </c>
       <c r="E613">
         <v>8.872</v>
       </c>
       <c r="F613">
-        <v>4.361</v>
+        <v>4.359</v>
       </c>
       <c r="G613">
         <v>0.073</v>
       </c>
       <c r="H613">
         <v>0.388</v>
       </c>
       <c r="I613">
         <v>1.421</v>
       </c>
       <c r="J613">
         <v>1.923</v>
       </c>
       <c r="K613">
         <v>0.282</v>
       </c>
       <c r="L613">
         <v>8.857</v>
       </c>
       <c r="M613">
-        <v>26.177</v>
+        <v>26.176</v>
       </c>
       <c r="N613">
         <v>29.198</v>
       </c>
       <c r="O613">
-        <v>112.184</v>
+        <v>112.183</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>7.401</v>
       </c>
       <c r="C614">
         <v>-0.245</v>
       </c>
       <c r="D614">
         <v>45.399</v>
       </c>
       <c r="E614">
         <v>6.043</v>
       </c>
       <c r="F614">
-        <v>3.698</v>
+        <v>3.697</v>
       </c>
       <c r="G614">
         <v>0.045</v>
       </c>
       <c r="H614">
         <v>0.345</v>
       </c>
       <c r="I614">
         <v>1.352</v>
       </c>
       <c r="J614">
         <v>3.679</v>
       </c>
       <c r="K614">
         <v>0.33</v>
       </c>
       <c r="L614">
         <v>7.747</v>
       </c>
       <c r="M614">
-        <v>23.239</v>
+        <v>23.237</v>
       </c>
       <c r="N614">
         <v>25.445</v>
       </c>
       <c r="O614">
-        <v>101.239</v>
+        <v>101.237</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>7.746</v>
       </c>
       <c r="C615">
         <v>-0.231</v>
       </c>
       <c r="D615">
         <v>49.001</v>
       </c>
       <c r="E615">
         <v>9.171</v>
       </c>
       <c r="F615">
-        <v>3.374</v>
+        <v>3.372</v>
       </c>
       <c r="G615">
         <v>0.01</v>
       </c>
       <c r="H615">
         <v>0.202</v>
       </c>
       <c r="I615">
         <v>1.559</v>
       </c>
       <c r="J615">
         <v>5.101</v>
       </c>
       <c r="K615">
         <v>0.216</v>
       </c>
       <c r="L615">
         <v>9.114</v>
       </c>
       <c r="M615">
-        <v>28.746</v>
+        <v>28.745</v>
       </c>
       <c r="N615">
         <v>28.184</v>
       </c>
       <c r="O615">
-        <v>113.447</v>
+        <v>113.445</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>6.898</v>
       </c>
       <c r="C616">
         <v>-0.172</v>
       </c>
       <c r="D616">
         <v>45.896</v>
       </c>
       <c r="E616">
         <v>7.027</v>
       </c>
       <c r="F616">
-        <v>4.009</v>
+        <v>4.008</v>
       </c>
       <c r="G616">
         <v>0.025</v>
       </c>
       <c r="H616">
         <v>0.263</v>
       </c>
       <c r="I616">
         <v>1.49</v>
       </c>
       <c r="J616">
         <v>5.559</v>
       </c>
       <c r="K616">
         <v>0.208</v>
       </c>
       <c r="L616">
         <v>9.249</v>
       </c>
       <c r="M616">
-        <v>27.829</v>
+        <v>27.828</v>
       </c>
       <c r="N616">
         <v>25.548</v>
       </c>
       <c r="O616">
-        <v>106</v>
+        <v>105.998</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>6.982</v>
       </c>
       <c r="C617">
         <v>-0.32</v>
       </c>
       <c r="D617">
         <v>45.009</v>
       </c>
       <c r="E617">
         <v>7.409</v>
       </c>
       <c r="F617">
-        <v>4.174</v>
+        <v>4.172</v>
       </c>
       <c r="G617">
         <v>0.038</v>
       </c>
       <c r="H617">
         <v>0.326</v>
       </c>
       <c r="I617">
         <v>1.559</v>
       </c>
       <c r="J617">
         <v>3.872</v>
       </c>
       <c r="K617">
         <v>0.17</v>
       </c>
       <c r="L617">
         <v>9.767</v>
       </c>
       <c r="M617">
-        <v>27.315</v>
+        <v>27.313</v>
       </c>
       <c r="N617">
         <v>28.734</v>
       </c>
       <c r="O617">
-        <v>107.72</v>
+        <v>107.718</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>6.93</v>
       </c>
       <c r="C618">
         <v>-0.268</v>
       </c>
       <c r="D618">
         <v>43.348</v>
       </c>
       <c r="E618">
         <v>7.084</v>
       </c>
       <c r="F618">
-        <v>4.486</v>
+        <v>4.484</v>
       </c>
       <c r="G618">
         <v>0.013</v>
       </c>
       <c r="H618">
         <v>0.309</v>
       </c>
       <c r="I618">
         <v>1.556</v>
       </c>
       <c r="J618">
         <v>3.317</v>
       </c>
       <c r="K618">
         <v>0.205</v>
       </c>
       <c r="L618">
         <v>9.46</v>
       </c>
       <c r="M618">
-        <v>26.43</v>
+        <v>26.428</v>
       </c>
       <c r="N618">
         <v>33.049</v>
       </c>
       <c r="O618">
-        <v>109.489</v>
+        <v>109.488</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>6.821</v>
       </c>
       <c r="C619">
         <v>-0.369</v>
       </c>
       <c r="D619">
         <v>44.418</v>
       </c>
       <c r="E619">
         <v>4.395</v>
       </c>
       <c r="F619">
-        <v>5.176</v>
+        <v>5.174</v>
       </c>
       <c r="G619">
         <v>0.033</v>
       </c>
       <c r="H619">
         <v>0.317</v>
       </c>
       <c r="I619">
         <v>1.543</v>
       </c>
       <c r="J619">
         <v>1.483</v>
       </c>
       <c r="K619">
         <v>0.197</v>
       </c>
       <c r="L619">
         <v>10.151</v>
       </c>
       <c r="M619">
-        <v>23.295</v>
+        <v>23.294</v>
       </c>
       <c r="N619">
         <v>37.911</v>
       </c>
       <c r="O619">
-        <v>112.077</v>
+        <v>112.075</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>6.852</v>
       </c>
       <c r="C620">
         <v>-0.291</v>
       </c>
       <c r="D620">
         <v>45.373</v>
       </c>
       <c r="E620">
         <v>8.363</v>
       </c>
       <c r="F620">
-        <v>4.854</v>
+        <v>4.853</v>
       </c>
       <c r="G620">
         <v>0.002</v>
       </c>
       <c r="H620">
         <v>0.274</v>
       </c>
       <c r="I620">
         <v>1.586</v>
       </c>
       <c r="J620">
         <v>5.164</v>
       </c>
       <c r="K620">
         <v>0.264</v>
       </c>
       <c r="L620">
         <v>9.739</v>
       </c>
       <c r="M620">
-        <v>30.245</v>
+        <v>30.243</v>
       </c>
       <c r="N620">
         <v>37.763</v>
       </c>
       <c r="O620">
-        <v>119.941</v>
+        <v>119.94</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>6.743</v>
       </c>
       <c r="C621">
         <v>-0.443</v>
       </c>
       <c r="D621">
         <v>44.184</v>
       </c>
       <c r="E621">
         <v>6.953</v>
       </c>
       <c r="F621">
-        <v>4.719</v>
+        <v>4.718</v>
       </c>
       <c r="G621">
         <v>0.028</v>
       </c>
       <c r="H621">
         <v>0.239</v>
       </c>
       <c r="I621">
         <v>1.471</v>
       </c>
       <c r="J621">
         <v>6.582</v>
       </c>
       <c r="K621">
         <v>0.182</v>
       </c>
       <c r="L621">
         <v>9.128</v>
       </c>
       <c r="M621">
-        <v>29.302</v>
+        <v>29.3</v>
       </c>
       <c r="N621">
         <v>32.119</v>
       </c>
       <c r="O621">
-        <v>111.905</v>
+        <v>111.903</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>6.779</v>
       </c>
       <c r="C622">
         <v>-0.191</v>
       </c>
       <c r="D622">
         <v>46.531</v>
       </c>
       <c r="E622">
         <v>8.366</v>
       </c>
       <c r="F622">
-        <v>5.144</v>
+        <v>5.143</v>
       </c>
       <c r="G622">
         <v>0.003</v>
       </c>
       <c r="H622">
         <v>0.327</v>
       </c>
       <c r="I622">
         <v>1.56</v>
       </c>
       <c r="J622">
         <v>4.521</v>
       </c>
       <c r="K622">
         <v>0.213</v>
       </c>
       <c r="L622">
         <v>8.609</v>
       </c>
       <c r="M622">
-        <v>28.742</v>
+        <v>28.741</v>
       </c>
       <c r="N622">
         <v>30.74</v>
       </c>
       <c r="O622">
-        <v>112.602</v>
+        <v>112.6</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>7.057</v>
       </c>
       <c r="C623">
         <v>-0.249</v>
       </c>
       <c r="D623">
         <v>48.023</v>
       </c>
       <c r="E623">
         <v>7.897</v>
       </c>
       <c r="F623">
-        <v>4.886</v>
+        <v>4.885</v>
       </c>
       <c r="G623">
         <v>0.003</v>
       </c>
       <c r="H623">
         <v>0.168</v>
       </c>
       <c r="I623">
         <v>1.479</v>
       </c>
       <c r="J623">
         <v>7.543</v>
       </c>
       <c r="K623">
         <v>0.293</v>
       </c>
       <c r="L623">
         <v>8.843</v>
       </c>
       <c r="M623">
-        <v>31.111</v>
+        <v>31.109</v>
       </c>
       <c r="N623">
         <v>29.84</v>
       </c>
       <c r="O623">
-        <v>115.78</v>
+        <v>115.779</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>6.867</v>
       </c>
       <c r="C624">
         <v>-0.543</v>
       </c>
       <c r="D624">
         <v>50.881</v>
       </c>
       <c r="E624">
         <v>4.995</v>
       </c>
       <c r="F624">
-        <v>5.114</v>
+        <v>5.113</v>
       </c>
       <c r="G624">
         <v>0.049</v>
       </c>
       <c r="H624">
         <v>0.13</v>
       </c>
       <c r="I624">
         <v>1.511</v>
       </c>
       <c r="J624">
         <v>2.733</v>
       </c>
       <c r="K624">
         <v>0.291</v>
       </c>
       <c r="L624">
         <v>9.143</v>
       </c>
       <c r="M624">
-        <v>23.966</v>
+        <v>23.965</v>
       </c>
       <c r="N624">
         <v>29.988</v>
       </c>
       <c r="O624">
-        <v>111.159</v>
+        <v>111.158</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>6.809</v>
       </c>
       <c r="C625">
         <v>-0.084</v>
       </c>
       <c r="D625">
         <v>51.399</v>
       </c>
       <c r="E625">
         <v>8.429</v>
       </c>
       <c r="F625">
-        <v>4.769</v>
+        <v>4.767</v>
       </c>
       <c r="G625">
         <v>0.04</v>
       </c>
       <c r="H625">
         <v>0.288</v>
       </c>
       <c r="I625">
         <v>1.427</v>
       </c>
       <c r="J625">
         <v>3.913</v>
       </c>
       <c r="K625">
         <v>0.3</v>
       </c>
       <c r="L625">
         <v>8.788</v>
       </c>
       <c r="M625">
-        <v>27.955</v>
+        <v>27.952</v>
       </c>
       <c r="N625">
         <v>33.695</v>
       </c>
       <c r="O625">
-        <v>119.774</v>
+        <v>119.772</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>6.839</v>
       </c>
       <c r="C626">
         <v>-0.177</v>
       </c>
       <c r="D626">
         <v>46.528</v>
       </c>
       <c r="E626">
         <v>7.207</v>
       </c>
       <c r="F626">
-        <v>4.134</v>
+        <v>4.131</v>
       </c>
       <c r="G626">
         <v>0.02</v>
       </c>
       <c r="H626">
         <v>0.226</v>
       </c>
       <c r="I626">
         <v>1.389</v>
       </c>
       <c r="J626">
         <v>2.231</v>
       </c>
       <c r="K626">
         <v>0.238</v>
       </c>
       <c r="L626">
         <v>7.978</v>
       </c>
       <c r="M626">
-        <v>23.422</v>
+        <v>23.42</v>
       </c>
       <c r="N626">
         <v>25.341</v>
       </c>
       <c r="O626">
-        <v>101.953</v>
+        <v>101.951</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>6.994</v>
       </c>
       <c r="C627">
         <v>-0.464</v>
       </c>
       <c r="D627">
         <v>48.479</v>
       </c>
       <c r="E627">
         <v>6.397</v>
       </c>
       <c r="F627">
-        <v>4.242</v>
+        <v>4.24</v>
       </c>
       <c r="G627">
         <v>0.021</v>
       </c>
       <c r="H627">
         <v>0.257</v>
       </c>
       <c r="I627">
         <v>1.536</v>
       </c>
       <c r="J627">
         <v>2.695</v>
       </c>
       <c r="K627">
         <v>0.265</v>
       </c>
       <c r="L627">
         <v>8.804</v>
       </c>
       <c r="M627">
-        <v>24.218</v>
+        <v>24.216</v>
       </c>
       <c r="N627">
         <v>25.703</v>
       </c>
       <c r="O627">
-        <v>104.93</v>
+        <v>104.928</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>6.521</v>
       </c>
       <c r="C628">
         <v>-0.505</v>
       </c>
       <c r="D628">
         <v>45.611</v>
       </c>
       <c r="E628">
         <v>7.003</v>
       </c>
       <c r="F628">
-        <v>4.031</v>
+        <v>4.028</v>
       </c>
       <c r="G628">
         <v>0.031</v>
       </c>
       <c r="H628">
         <v>0.336</v>
       </c>
       <c r="I628">
         <v>1.48</v>
       </c>
       <c r="J628">
         <v>5.994</v>
       </c>
       <c r="K628">
         <v>0.277</v>
       </c>
       <c r="L628">
         <v>8.654</v>
       </c>
       <c r="M628">
-        <v>27.806</v>
+        <v>27.803</v>
       </c>
       <c r="N628">
         <v>25.306</v>
       </c>
       <c r="O628">
-        <v>104.74</v>
+        <v>104.737</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>6.703</v>
       </c>
       <c r="C629">
         <v>-0.279</v>
       </c>
       <c r="D629">
         <v>45.159</v>
       </c>
       <c r="E629">
         <v>6.907</v>
       </c>
       <c r="F629">
-        <v>4.775</v>
+        <v>4.773</v>
       </c>
       <c r="G629">
         <v>0.031</v>
       </c>
       <c r="H629">
         <v>0.265</v>
       </c>
       <c r="I629">
         <v>1.612</v>
       </c>
       <c r="J629">
         <v>5.65</v>
       </c>
       <c r="K629">
         <v>0.266</v>
       </c>
       <c r="L629">
         <v>9.566</v>
       </c>
       <c r="M629">
-        <v>29.073</v>
+        <v>29.071</v>
       </c>
       <c r="N629">
         <v>29.688</v>
       </c>
       <c r="O629">
-        <v>110.344</v>
+        <v>110.342</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>6.586</v>
       </c>
       <c r="C630">
         <v>-0.549</v>
       </c>
       <c r="D630">
         <v>43.516</v>
       </c>
       <c r="E630">
         <v>5.262</v>
       </c>
       <c r="F630">
-        <v>4.752</v>
+        <v>4.75</v>
       </c>
       <c r="G630">
         <v>0.022</v>
       </c>
       <c r="H630">
         <v>0.298</v>
       </c>
       <c r="I630">
         <v>1.531</v>
       </c>
       <c r="J630">
         <v>3.319</v>
       </c>
       <c r="K630">
         <v>0.261</v>
       </c>
       <c r="L630">
         <v>9.364</v>
       </c>
       <c r="M630">
-        <v>24.808</v>
+        <v>24.806</v>
       </c>
       <c r="N630">
         <v>32.779</v>
       </c>
       <c r="O630">
-        <v>107.141</v>
+        <v>107.139</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>6.764</v>
       </c>
       <c r="C631">
         <v>-0.178</v>
       </c>
       <c r="D631">
         <v>45.359</v>
       </c>
       <c r="E631">
         <v>6.104</v>
       </c>
       <c r="F631">
-        <v>4.654</v>
+        <v>4.652</v>
       </c>
       <c r="G631">
         <v>0.004</v>
       </c>
       <c r="H631">
         <v>0.275</v>
       </c>
       <c r="I631">
         <v>1.6</v>
       </c>
       <c r="J631">
         <v>5.81</v>
       </c>
       <c r="K631">
         <v>0.237</v>
       </c>
       <c r="L631">
         <v>9.404</v>
       </c>
       <c r="M631">
-        <v>28.088</v>
+        <v>28.086</v>
       </c>
       <c r="N631">
         <v>37.008</v>
       </c>
       <c r="O631">
-        <v>117.041</v>
+        <v>117.039</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>6.833</v>
       </c>
       <c r="C632">
         <v>-0.462</v>
       </c>
       <c r="D632">
         <v>45.944</v>
       </c>
       <c r="E632">
         <v>7.722</v>
       </c>
       <c r="F632">
-        <v>5.158</v>
+        <v>5.156</v>
       </c>
       <c r="G632">
         <v>0</v>
       </c>
       <c r="H632">
         <v>0.331</v>
       </c>
       <c r="I632">
         <v>1.592</v>
       </c>
       <c r="J632">
         <v>3.752</v>
       </c>
       <c r="K632">
         <v>0.241</v>
       </c>
       <c r="L632">
         <v>9.525</v>
       </c>
       <c r="M632">
-        <v>28.32</v>
+        <v>28.318</v>
       </c>
       <c r="N632">
         <v>36.792</v>
       </c>
       <c r="O632">
-        <v>117.427</v>
+        <v>117.425</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>6.588</v>
       </c>
       <c r="C633">
         <v>-0.372</v>
       </c>
       <c r="D633">
         <v>44.061</v>
       </c>
       <c r="E633">
         <v>6.278</v>
       </c>
       <c r="F633">
-        <v>5.359</v>
+        <v>5.358</v>
       </c>
       <c r="G633">
         <v>0</v>
       </c>
       <c r="H633">
         <v>0.267</v>
       </c>
       <c r="I633">
         <v>1.495</v>
       </c>
       <c r="J633">
         <v>3.555</v>
       </c>
       <c r="K633">
         <v>0.187</v>
       </c>
       <c r="L633">
         <v>8.72</v>
       </c>
       <c r="M633">
-        <v>25.86</v>
+        <v>25.859</v>
       </c>
       <c r="N633">
         <v>32.15</v>
       </c>
       <c r="O633">
-        <v>108.287</v>
+        <v>108.286</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>7.143</v>
       </c>
       <c r="C634">
         <v>-0.442</v>
       </c>
       <c r="D634">
         <v>45.689</v>
       </c>
       <c r="E634">
         <v>9.711</v>
       </c>
       <c r="F634">
-        <v>5.659</v>
+        <v>5.658</v>
       </c>
       <c r="G634">
         <v>0.003</v>
       </c>
       <c r="H634">
         <v>0.249</v>
       </c>
       <c r="I634">
         <v>1.555</v>
       </c>
       <c r="J634">
         <v>3.537</v>
       </c>
       <c r="K634">
         <v>0.261</v>
       </c>
       <c r="L634">
         <v>8.86</v>
       </c>
       <c r="M634">
-        <v>29.834</v>
+        <v>29.832</v>
       </c>
       <c r="N634">
         <v>30.614</v>
       </c>
       <c r="O634">
-        <v>112.837</v>
+        <v>112.835</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>7.075</v>
       </c>
       <c r="C635">
         <v>-0.298</v>
       </c>
       <c r="D635">
         <v>47.027</v>
       </c>
       <c r="E635">
         <v>6.42</v>
       </c>
       <c r="F635">
-        <v>4.669</v>
+        <v>4.668</v>
       </c>
       <c r="G635">
         <v>0.024</v>
       </c>
       <c r="H635">
         <v>0.165</v>
       </c>
       <c r="I635">
         <v>1.466</v>
       </c>
       <c r="J635">
         <v>3.614</v>
       </c>
       <c r="K635">
         <v>0.265</v>
       </c>
       <c r="L635">
         <v>8.727</v>
       </c>
       <c r="M635">
-        <v>25.35</v>
+        <v>25.349</v>
       </c>
       <c r="N635">
         <v>29.264</v>
       </c>
       <c r="O635">
-        <v>108.418</v>
+        <v>108.417</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>7.322</v>
       </c>
       <c r="C636">
         <v>-0.421</v>
       </c>
       <c r="D636">
         <v>51.435</v>
       </c>
       <c r="E636">
         <v>6.528</v>
       </c>
       <c r="F636">
-        <v>5.266</v>
+        <v>5.264</v>
       </c>
       <c r="G636">
         <v>0.032</v>
       </c>
       <c r="H636">
         <v>0.167</v>
       </c>
       <c r="I636">
         <v>1.507</v>
       </c>
       <c r="J636">
         <v>2.221</v>
       </c>
       <c r="K636">
         <v>0.285</v>
       </c>
       <c r="L636">
         <v>8.754</v>
       </c>
       <c r="M636">
-        <v>24.76</v>
+        <v>24.757</v>
       </c>
       <c r="N636">
         <v>31.431</v>
       </c>
       <c r="O636">
-        <v>114.528</v>
+        <v>114.525</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>6.748</v>
       </c>
       <c r="C637">
         <v>-0.128</v>
       </c>
       <c r="D637">
         <v>53.016</v>
       </c>
       <c r="E637">
-        <v>8.947</v>
+        <v>8.997</v>
       </c>
       <c r="F637">
-        <v>5.14</v>
+        <v>5.137</v>
       </c>
       <c r="G637">
         <v>0.065</v>
       </c>
       <c r="H637">
         <v>0.229</v>
       </c>
       <c r="I637">
         <v>1.456</v>
       </c>
       <c r="J637">
         <v>5.743</v>
       </c>
       <c r="K637">
-        <v>0.309</v>
+        <v>0.315</v>
       </c>
       <c r="L637">
         <v>8.744</v>
       </c>
       <c r="M637">
-        <v>30.633</v>
+        <v>30.686</v>
       </c>
       <c r="N637">
         <v>34.483</v>
       </c>
       <c r="O637">
-        <v>124.753</v>
+        <v>124.805</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>6.464</v>
       </c>
       <c r="C638">
         <v>-0.15</v>
       </c>
       <c r="D638">
         <v>47.191</v>
       </c>
       <c r="E638">
-        <v>5.857</v>
+        <v>5.904</v>
       </c>
       <c r="F638">
-        <v>4.314</v>
+        <v>4.31</v>
       </c>
       <c r="G638">
         <v>0.06</v>
       </c>
       <c r="H638">
         <v>0.173</v>
       </c>
       <c r="I638">
         <v>1.346</v>
       </c>
       <c r="J638">
         <v>1.854</v>
       </c>
       <c r="K638">
-        <v>0.258</v>
+        <v>0.263</v>
       </c>
       <c r="L638">
         <v>7.844</v>
       </c>
       <c r="M638">
-        <v>21.705</v>
+        <v>21.753</v>
       </c>
       <c r="N638">
         <v>28.81</v>
       </c>
       <c r="O638">
-        <v>104.02</v>
+        <v>104.068</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>6.793</v>
       </c>
       <c r="C639">
         <v>-0.135</v>
       </c>
       <c r="D639">
         <v>49.014</v>
       </c>
       <c r="E639">
-        <v>7.221</v>
+        <v>7.275</v>
       </c>
       <c r="F639">
-        <v>4.349</v>
+        <v>4.346</v>
       </c>
       <c r="G639">
         <v>0.042</v>
       </c>
       <c r="H639">
         <v>0.241</v>
       </c>
       <c r="I639">
         <v>1.506</v>
       </c>
       <c r="J639">
         <v>3.048</v>
       </c>
       <c r="K639">
-        <v>0.261</v>
+        <v>0.267</v>
       </c>
       <c r="L639">
         <v>8.711</v>
       </c>
       <c r="M639">
-        <v>25.38</v>
+        <v>25.436</v>
       </c>
       <c r="N639">
         <v>26.527</v>
       </c>
       <c r="O639">
-        <v>107.579</v>
+        <v>107.636</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>6.165</v>
       </c>
       <c r="C640">
         <v>-0.25</v>
       </c>
       <c r="D640">
         <v>46</v>
       </c>
       <c r="E640">
-        <v>7.017</v>
+        <v>7.072</v>
       </c>
       <c r="F640">
-        <v>4.068</v>
+        <v>4.066</v>
       </c>
       <c r="G640">
         <v>0.016</v>
       </c>
       <c r="H640">
         <v>0.314</v>
       </c>
       <c r="I640">
         <v>1.478</v>
       </c>
       <c r="J640">
         <v>4.387</v>
       </c>
       <c r="K640">
-        <v>0.244</v>
+        <v>0.249</v>
       </c>
       <c r="L640">
         <v>8.484</v>
       </c>
       <c r="M640">
-        <v>26.008</v>
+        <v>26.066</v>
       </c>
       <c r="N640">
         <v>26.946</v>
       </c>
       <c r="O640">
-        <v>104.87</v>
+        <v>104.928</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>5.903</v>
       </c>
       <c r="C641">
         <v>-0.313</v>
       </c>
       <c r="D641">
-        <v>46.091</v>
+        <v>46.066</v>
       </c>
       <c r="E641">
-        <v>6.346</v>
+        <v>6.406</v>
       </c>
       <c r="F641">
-        <v>4.466</v>
+        <v>4.464</v>
       </c>
       <c r="G641">
         <v>0.017</v>
       </c>
       <c r="H641">
         <v>0.309</v>
       </c>
       <c r="I641">
         <v>1.559</v>
       </c>
       <c r="J641">
         <v>5.685</v>
       </c>
       <c r="K641">
-        <v>0.189</v>
+        <v>0.193</v>
       </c>
       <c r="L641">
         <v>9.243</v>
       </c>
       <c r="M641">
-        <v>27.814</v>
+        <v>27.874</v>
       </c>
       <c r="N641">
-        <v>29.356</v>
+        <v>29.357</v>
       </c>
       <c r="O641">
-        <v>108.851</v>
+        <v>108.886</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>6.029</v>
       </c>
       <c r="C642">
         <v>-0.304</v>
       </c>
       <c r="D642">
-        <v>43.9</v>
+        <v>43.88</v>
       </c>
       <c r="E642">
-        <v>6.884</v>
+        <v>6.944</v>
       </c>
       <c r="F642">
-        <v>4.9</v>
+        <v>4.898</v>
       </c>
       <c r="G642">
         <v>0.017</v>
       </c>
       <c r="H642">
         <v>0.271</v>
       </c>
       <c r="I642">
         <v>1.538</v>
       </c>
       <c r="J642">
         <v>3.989</v>
       </c>
       <c r="K642">
-        <v>0.244</v>
+        <v>0.249</v>
       </c>
       <c r="L642">
         <v>9.285</v>
       </c>
       <c r="M642">
-        <v>27.129</v>
+        <v>27.191</v>
       </c>
       <c r="N642">
-        <v>33.979</v>
+        <v>33.973</v>
       </c>
       <c r="O642">
-        <v>110.732</v>
+        <v>110.769</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>5.975</v>
+      </c>
+      <c r="C643">
+        <v>-0.24</v>
+      </c>
+      <c r="D643">
+        <v>45.41</v>
+      </c>
+      <c r="E643">
+        <v>6.258</v>
+      </c>
+      <c r="F643">
+        <v>5.265</v>
+      </c>
+      <c r="G643">
+        <v>0.006</v>
+      </c>
+      <c r="H643">
+        <v>0.364</v>
+      </c>
+      <c r="I643">
+        <v>1.57</v>
+      </c>
+      <c r="J643">
+        <v>4.685</v>
+      </c>
+      <c r="K643">
+        <v>0.284</v>
+      </c>
+      <c r="L643">
+        <v>9.608</v>
+      </c>
+      <c r="M643">
+        <v>28.042</v>
+      </c>
+      <c r="N643">
+        <v>38.529</v>
+      </c>
+      <c r="O643">
+        <v>117.716</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -32786,125 +32833,125 @@
       </c>
       <c r="N62">
         <v>399.78</v>
       </c>
       <c r="O62">
         <v>1364.1</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>84.677</v>
       </c>
       <c r="C63">
         <v>-3.687</v>
       </c>
       <c r="D63">
         <v>557.657</v>
       </c>
       <c r="E63">
         <v>86.575</v>
       </c>
       <c r="F63">
-        <v>53.994</v>
+        <v>53.976</v>
       </c>
       <c r="G63">
         <v>0.32</v>
       </c>
       <c r="H63">
         <v>3.288</v>
       </c>
       <c r="I63">
         <v>18.087</v>
       </c>
       <c r="J63">
         <v>51.475</v>
       </c>
       <c r="K63">
         <v>2.851</v>
       </c>
       <c r="L63">
         <v>109.806</v>
       </c>
       <c r="M63">
-        <v>326.398</v>
+        <v>326.379</v>
       </c>
       <c r="N63">
         <v>370.181</v>
       </c>
       <c r="O63">
-        <v>1335.226</v>
+        <v>1335.208</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>82.176</v>
       </c>
       <c r="C64">
         <v>-4.231</v>
       </c>
       <c r="D64">
         <v>560.219</v>
       </c>
       <c r="E64">
         <v>83.967</v>
       </c>
       <c r="F64">
-        <v>57.469</v>
+        <v>57.444</v>
       </c>
       <c r="G64">
         <v>0.229</v>
       </c>
       <c r="H64">
         <v>3.126</v>
       </c>
       <c r="I64">
         <v>18.189</v>
       </c>
       <c r="J64">
         <v>46.291</v>
       </c>
       <c r="K64">
         <v>3.082</v>
       </c>
       <c r="L64">
         <v>107.143</v>
       </c>
       <c r="M64">
-        <v>319.495</v>
+        <v>319.47</v>
       </c>
       <c r="N64">
         <v>371.843</v>
       </c>
       <c r="O64">
-        <v>1329.501</v>
+        <v>1329.476</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>