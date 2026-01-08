--- v1 (2025-11-19)
+++ v2 (2026-01-08)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 11.4 Carbon Dioxide Emissions From Energy Consumption: Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Coal Coke Net Imports CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Industrial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Industrial Sector CO2 Emissions</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -28848,1494 +28848,1588 @@
       </c>
       <c r="L612">
         <v>9.062</v>
       </c>
       <c r="M612">
         <v>23.188</v>
       </c>
       <c r="N612">
         <v>33.326</v>
       </c>
       <c r="O612">
         <v>112.306</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>7.601</v>
       </c>
       <c r="C613">
         <v>-0.365</v>
       </c>
       <c r="D613">
-        <v>49.573</v>
+        <v>49.465</v>
       </c>
       <c r="E613">
         <v>8.872</v>
       </c>
       <c r="F613">
         <v>4.359</v>
       </c>
       <c r="G613">
         <v>0.073</v>
       </c>
       <c r="H613">
         <v>0.388</v>
       </c>
       <c r="I613">
         <v>1.421</v>
       </c>
       <c r="J613">
         <v>1.923</v>
       </c>
       <c r="K613">
         <v>0.282</v>
       </c>
       <c r="L613">
         <v>8.857</v>
       </c>
       <c r="M613">
         <v>26.176</v>
       </c>
       <c r="N613">
-        <v>29.198</v>
+        <v>29.209</v>
       </c>
       <c r="O613">
-        <v>112.183</v>
+        <v>112.086</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>7.401</v>
       </c>
       <c r="C614">
         <v>-0.245</v>
       </c>
       <c r="D614">
-        <v>45.399</v>
+        <v>45.303</v>
       </c>
       <c r="E614">
         <v>6.043</v>
       </c>
       <c r="F614">
         <v>3.697</v>
       </c>
       <c r="G614">
         <v>0.045</v>
       </c>
       <c r="H614">
         <v>0.345</v>
       </c>
       <c r="I614">
         <v>1.352</v>
       </c>
       <c r="J614">
         <v>3.679</v>
       </c>
       <c r="K614">
         <v>0.33</v>
       </c>
       <c r="L614">
         <v>7.747</v>
       </c>
       <c r="M614">
         <v>23.237</v>
       </c>
       <c r="N614">
-        <v>25.445</v>
+        <v>25.456</v>
       </c>
       <c r="O614">
-        <v>101.237</v>
+        <v>101.152</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>7.746</v>
       </c>
       <c r="C615">
         <v>-0.231</v>
       </c>
       <c r="D615">
-        <v>49.001</v>
+        <v>48.895</v>
       </c>
       <c r="E615">
         <v>9.171</v>
       </c>
       <c r="F615">
         <v>3.372</v>
       </c>
       <c r="G615">
         <v>0.01</v>
       </c>
       <c r="H615">
         <v>0.202</v>
       </c>
       <c r="I615">
         <v>1.559</v>
       </c>
       <c r="J615">
         <v>5.101</v>
       </c>
       <c r="K615">
         <v>0.216</v>
       </c>
       <c r="L615">
         <v>9.114</v>
       </c>
       <c r="M615">
         <v>28.745</v>
       </c>
       <c r="N615">
-        <v>28.184</v>
+        <v>28.197</v>
       </c>
       <c r="O615">
-        <v>113.445</v>
+        <v>113.352</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>6.898</v>
       </c>
       <c r="C616">
         <v>-0.172</v>
       </c>
       <c r="D616">
-        <v>45.896</v>
+        <v>45.801</v>
       </c>
       <c r="E616">
         <v>7.027</v>
       </c>
       <c r="F616">
         <v>4.008</v>
       </c>
       <c r="G616">
         <v>0.025</v>
       </c>
       <c r="H616">
         <v>0.263</v>
       </c>
       <c r="I616">
         <v>1.49</v>
       </c>
       <c r="J616">
         <v>5.559</v>
       </c>
       <c r="K616">
         <v>0.208</v>
       </c>
       <c r="L616">
         <v>9.249</v>
       </c>
       <c r="M616">
         <v>27.828</v>
       </c>
       <c r="N616">
-        <v>25.548</v>
+        <v>25.563</v>
       </c>
       <c r="O616">
-        <v>105.998</v>
+        <v>105.918</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>6.982</v>
       </c>
       <c r="C617">
         <v>-0.32</v>
       </c>
       <c r="D617">
-        <v>45.009</v>
+        <v>44.91</v>
       </c>
       <c r="E617">
         <v>7.409</v>
       </c>
       <c r="F617">
         <v>4.172</v>
       </c>
       <c r="G617">
         <v>0.038</v>
       </c>
       <c r="H617">
         <v>0.326</v>
       </c>
       <c r="I617">
         <v>1.559</v>
       </c>
       <c r="J617">
         <v>3.872</v>
       </c>
       <c r="K617">
         <v>0.17</v>
       </c>
       <c r="L617">
         <v>9.767</v>
       </c>
       <c r="M617">
         <v>27.313</v>
       </c>
       <c r="N617">
-        <v>28.734</v>
+        <v>28.753</v>
       </c>
       <c r="O617">
-        <v>107.718</v>
+        <v>107.639</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>6.93</v>
       </c>
       <c r="C618">
         <v>-0.268</v>
       </c>
       <c r="D618">
-        <v>43.348</v>
+        <v>43.25</v>
       </c>
       <c r="E618">
         <v>7.084</v>
       </c>
       <c r="F618">
         <v>4.484</v>
       </c>
       <c r="G618">
         <v>0.013</v>
       </c>
       <c r="H618">
         <v>0.309</v>
       </c>
       <c r="I618">
         <v>1.556</v>
       </c>
       <c r="J618">
         <v>3.317</v>
       </c>
       <c r="K618">
         <v>0.205</v>
       </c>
       <c r="L618">
         <v>9.46</v>
       </c>
       <c r="M618">
         <v>26.428</v>
       </c>
       <c r="N618">
-        <v>33.049</v>
+        <v>33.069</v>
       </c>
       <c r="O618">
-        <v>109.488</v>
+        <v>109.409</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>6.821</v>
       </c>
       <c r="C619">
         <v>-0.369</v>
       </c>
       <c r="D619">
-        <v>44.418</v>
+        <v>44.312</v>
       </c>
       <c r="E619">
         <v>4.395</v>
       </c>
       <c r="F619">
         <v>5.174</v>
       </c>
       <c r="G619">
         <v>0.033</v>
       </c>
       <c r="H619">
         <v>0.317</v>
       </c>
       <c r="I619">
         <v>1.543</v>
       </c>
       <c r="J619">
         <v>1.483</v>
       </c>
       <c r="K619">
         <v>0.197</v>
       </c>
       <c r="L619">
         <v>10.151</v>
       </c>
       <c r="M619">
         <v>23.294</v>
       </c>
       <c r="N619">
-        <v>37.911</v>
+        <v>37.932</v>
       </c>
       <c r="O619">
-        <v>112.075</v>
+        <v>111.989</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>6.852</v>
       </c>
       <c r="C620">
         <v>-0.291</v>
       </c>
       <c r="D620">
-        <v>45.373</v>
+        <v>45.267</v>
       </c>
       <c r="E620">
         <v>8.363</v>
       </c>
       <c r="F620">
         <v>4.853</v>
       </c>
       <c r="G620">
         <v>0.002</v>
       </c>
       <c r="H620">
         <v>0.274</v>
       </c>
       <c r="I620">
         <v>1.586</v>
       </c>
       <c r="J620">
         <v>5.164</v>
       </c>
       <c r="K620">
         <v>0.264</v>
       </c>
       <c r="L620">
         <v>9.739</v>
       </c>
       <c r="M620">
         <v>30.243</v>
       </c>
       <c r="N620">
-        <v>37.763</v>
+        <v>37.783</v>
       </c>
       <c r="O620">
-        <v>119.94</v>
+        <v>119.854</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>6.743</v>
       </c>
       <c r="C621">
         <v>-0.443</v>
       </c>
       <c r="D621">
-        <v>44.184</v>
+        <v>44.086</v>
       </c>
       <c r="E621">
         <v>6.953</v>
       </c>
       <c r="F621">
         <v>4.718</v>
       </c>
       <c r="G621">
         <v>0.028</v>
       </c>
       <c r="H621">
         <v>0.239</v>
       </c>
       <c r="I621">
         <v>1.471</v>
       </c>
       <c r="J621">
         <v>6.582</v>
       </c>
       <c r="K621">
         <v>0.182</v>
       </c>
       <c r="L621">
         <v>9.128</v>
       </c>
       <c r="M621">
         <v>29.3</v>
       </c>
       <c r="N621">
-        <v>32.119</v>
+        <v>32.138</v>
       </c>
       <c r="O621">
-        <v>111.903</v>
+        <v>111.824</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>6.779</v>
       </c>
       <c r="C622">
         <v>-0.191</v>
       </c>
       <c r="D622">
-        <v>46.531</v>
+        <v>46.431</v>
       </c>
       <c r="E622">
         <v>8.366</v>
       </c>
       <c r="F622">
         <v>5.143</v>
       </c>
       <c r="G622">
         <v>0.003</v>
       </c>
       <c r="H622">
         <v>0.327</v>
       </c>
       <c r="I622">
         <v>1.56</v>
       </c>
       <c r="J622">
         <v>4.521</v>
       </c>
       <c r="K622">
         <v>0.213</v>
       </c>
       <c r="L622">
         <v>8.609</v>
       </c>
       <c r="M622">
         <v>28.741</v>
       </c>
       <c r="N622">
-        <v>30.74</v>
+        <v>30.758</v>
       </c>
       <c r="O622">
-        <v>112.6</v>
+        <v>112.519</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>7.057</v>
       </c>
       <c r="C623">
         <v>-0.249</v>
       </c>
       <c r="D623">
-        <v>48.023</v>
+        <v>47.92</v>
       </c>
       <c r="E623">
         <v>7.897</v>
       </c>
       <c r="F623">
         <v>4.885</v>
       </c>
       <c r="G623">
         <v>0.003</v>
       </c>
       <c r="H623">
         <v>0.168</v>
       </c>
       <c r="I623">
         <v>1.479</v>
       </c>
       <c r="J623">
         <v>7.543</v>
       </c>
       <c r="K623">
         <v>0.293</v>
       </c>
       <c r="L623">
         <v>8.843</v>
       </c>
       <c r="M623">
         <v>31.109</v>
       </c>
       <c r="N623">
-        <v>29.84</v>
+        <v>29.854</v>
       </c>
       <c r="O623">
-        <v>115.779</v>
+        <v>115.691</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>6.867</v>
       </c>
       <c r="C624">
         <v>-0.543</v>
       </c>
       <c r="D624">
-        <v>50.881</v>
+        <v>50.772</v>
       </c>
       <c r="E624">
         <v>4.995</v>
       </c>
       <c r="F624">
         <v>5.113</v>
       </c>
       <c r="G624">
         <v>0.049</v>
       </c>
       <c r="H624">
         <v>0.13</v>
       </c>
       <c r="I624">
         <v>1.511</v>
       </c>
       <c r="J624">
         <v>2.733</v>
       </c>
       <c r="K624">
         <v>0.291</v>
       </c>
       <c r="L624">
         <v>9.143</v>
       </c>
       <c r="M624">
         <v>23.965</v>
       </c>
       <c r="N624">
-        <v>29.988</v>
+        <v>30.001</v>
       </c>
       <c r="O624">
-        <v>111.158</v>
+        <v>111.062</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>6.809</v>
+        <v>6.858</v>
       </c>
       <c r="C625">
         <v>-0.084</v>
       </c>
       <c r="D625">
-        <v>51.399</v>
+        <v>51.306</v>
       </c>
       <c r="E625">
-        <v>8.429</v>
+        <v>8.456</v>
       </c>
       <c r="F625">
         <v>4.767</v>
       </c>
       <c r="G625">
         <v>0.04</v>
       </c>
       <c r="H625">
         <v>0.288</v>
       </c>
       <c r="I625">
         <v>1.427</v>
       </c>
       <c r="J625">
-        <v>3.913</v>
+        <v>3.861</v>
       </c>
       <c r="K625">
-        <v>0.3</v>
+        <v>0.256</v>
       </c>
       <c r="L625">
         <v>8.788</v>
       </c>
       <c r="M625">
-        <v>27.952</v>
+        <v>27.883</v>
       </c>
       <c r="N625">
-        <v>33.695</v>
+        <v>33.788</v>
       </c>
       <c r="O625">
-        <v>119.772</v>
+        <v>119.753</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>6.839</v>
+        <v>6.889</v>
       </c>
       <c r="C626">
         <v>-0.177</v>
       </c>
       <c r="D626">
-        <v>46.528</v>
+        <v>46.441</v>
       </c>
       <c r="E626">
-        <v>7.207</v>
+        <v>7.211</v>
       </c>
       <c r="F626">
         <v>4.131</v>
       </c>
       <c r="G626">
         <v>0.02</v>
       </c>
       <c r="H626">
         <v>0.226</v>
       </c>
       <c r="I626">
         <v>1.389</v>
       </c>
       <c r="J626">
-        <v>2.231</v>
+        <v>2.222</v>
       </c>
       <c r="K626">
-        <v>0.238</v>
+        <v>0.243</v>
       </c>
       <c r="L626">
         <v>7.978</v>
       </c>
       <c r="M626">
         <v>23.42</v>
       </c>
       <c r="N626">
-        <v>25.341</v>
+        <v>25.328</v>
       </c>
       <c r="O626">
-        <v>101.951</v>
+        <v>101.9</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>6.994</v>
+        <v>7.044</v>
       </c>
       <c r="C627">
         <v>-0.464</v>
       </c>
       <c r="D627">
-        <v>48.479</v>
+        <v>48.393</v>
       </c>
       <c r="E627">
-        <v>6.397</v>
+        <v>6.405</v>
       </c>
       <c r="F627">
-        <v>4.24</v>
+        <v>4.239</v>
       </c>
       <c r="G627">
         <v>0.021</v>
       </c>
       <c r="H627">
         <v>0.257</v>
       </c>
       <c r="I627">
         <v>1.536</v>
       </c>
       <c r="J627">
-        <v>2.695</v>
+        <v>2.624</v>
       </c>
       <c r="K627">
-        <v>0.265</v>
+        <v>0.268</v>
       </c>
       <c r="L627">
         <v>8.804</v>
       </c>
       <c r="M627">
-        <v>24.216</v>
+        <v>24.156</v>
       </c>
       <c r="N627">
-        <v>25.703</v>
+        <v>25.708</v>
       </c>
       <c r="O627">
-        <v>104.928</v>
+        <v>104.837</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>6.521</v>
+        <v>6.548</v>
       </c>
       <c r="C628">
         <v>-0.505</v>
       </c>
       <c r="D628">
-        <v>45.611</v>
+        <v>45.525</v>
       </c>
       <c r="E628">
-        <v>7.003</v>
+        <v>7.015</v>
       </c>
       <c r="F628">
-        <v>4.028</v>
+        <v>4.027</v>
       </c>
       <c r="G628">
         <v>0.031</v>
       </c>
       <c r="H628">
         <v>0.336</v>
       </c>
       <c r="I628">
         <v>1.48</v>
       </c>
       <c r="J628">
-        <v>5.994</v>
+        <v>5.93</v>
       </c>
       <c r="K628">
-        <v>0.277</v>
+        <v>0.286</v>
       </c>
       <c r="L628">
         <v>8.654</v>
       </c>
       <c r="M628">
-        <v>27.803</v>
+        <v>27.76</v>
       </c>
       <c r="N628">
-        <v>25.306</v>
+        <v>25.213</v>
       </c>
       <c r="O628">
-        <v>104.737</v>
+        <v>104.54</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>6.703</v>
+        <v>6.73</v>
       </c>
       <c r="C629">
         <v>-0.279</v>
       </c>
       <c r="D629">
-        <v>45.159</v>
+        <v>45.075</v>
       </c>
       <c r="E629">
-        <v>6.907</v>
+        <v>6.919</v>
       </c>
       <c r="F629">
-        <v>4.773</v>
+        <v>4.774</v>
       </c>
       <c r="G629">
         <v>0.031</v>
       </c>
       <c r="H629">
         <v>0.265</v>
       </c>
       <c r="I629">
         <v>1.612</v>
       </c>
       <c r="J629">
-        <v>5.65</v>
+        <v>5.596</v>
       </c>
       <c r="K629">
-        <v>0.266</v>
+        <v>0.261</v>
       </c>
       <c r="L629">
         <v>9.566</v>
       </c>
       <c r="M629">
-        <v>29.071</v>
+        <v>29.024</v>
       </c>
       <c r="N629">
-        <v>29.688</v>
+        <v>29.674</v>
       </c>
       <c r="O629">
-        <v>110.342</v>
+        <v>110.224</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>6.586</v>
+        <v>6.614</v>
       </c>
       <c r="C630">
         <v>-0.549</v>
       </c>
       <c r="D630">
-        <v>43.516</v>
+        <v>43.435</v>
       </c>
       <c r="E630">
-        <v>5.262</v>
+        <v>5.271</v>
       </c>
       <c r="F630">
         <v>4.75</v>
       </c>
       <c r="G630">
         <v>0.022</v>
       </c>
       <c r="H630">
         <v>0.298</v>
       </c>
       <c r="I630">
         <v>1.531</v>
       </c>
       <c r="J630">
-        <v>3.319</v>
+        <v>3.309</v>
       </c>
       <c r="K630">
-        <v>0.261</v>
+        <v>0.25</v>
       </c>
       <c r="L630">
         <v>9.364</v>
       </c>
       <c r="M630">
-        <v>24.806</v>
+        <v>24.796</v>
       </c>
       <c r="N630">
-        <v>32.779</v>
+        <v>32.643</v>
       </c>
       <c r="O630">
-        <v>107.139</v>
+        <v>106.937</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>6.764</v>
+        <v>6.754</v>
       </c>
       <c r="C631">
         <v>-0.178</v>
       </c>
       <c r="D631">
-        <v>45.359</v>
+        <v>45.279</v>
       </c>
       <c r="E631">
-        <v>6.104</v>
+        <v>6.081</v>
       </c>
       <c r="F631">
-        <v>4.652</v>
+        <v>4.651</v>
       </c>
       <c r="G631">
         <v>0.004</v>
       </c>
       <c r="H631">
         <v>0.275</v>
       </c>
       <c r="I631">
         <v>1.6</v>
       </c>
       <c r="J631">
-        <v>5.81</v>
+        <v>5.769</v>
       </c>
       <c r="K631">
-        <v>0.237</v>
+        <v>0.256</v>
       </c>
       <c r="L631">
         <v>9.404</v>
       </c>
       <c r="M631">
-        <v>28.086</v>
+        <v>28.04</v>
       </c>
       <c r="N631">
-        <v>37.008</v>
+        <v>36.91</v>
       </c>
       <c r="O631">
-        <v>117.039</v>
+        <v>116.806</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>6.833</v>
+        <v>6.823</v>
       </c>
       <c r="C632">
         <v>-0.462</v>
       </c>
       <c r="D632">
-        <v>45.944</v>
+        <v>45.862</v>
       </c>
       <c r="E632">
-        <v>7.722</v>
+        <v>7.719</v>
       </c>
       <c r="F632">
         <v>5.156</v>
       </c>
       <c r="G632">
         <v>0</v>
       </c>
       <c r="H632">
         <v>0.331</v>
       </c>
       <c r="I632">
         <v>1.592</v>
       </c>
       <c r="J632">
-        <v>3.752</v>
+        <v>3.714</v>
       </c>
       <c r="K632">
-        <v>0.241</v>
+        <v>0.249</v>
       </c>
       <c r="L632">
         <v>9.525</v>
       </c>
       <c r="M632">
-        <v>28.318</v>
+        <v>28.285</v>
       </c>
       <c r="N632">
-        <v>36.792</v>
+        <v>36.785</v>
       </c>
       <c r="O632">
-        <v>117.425</v>
+        <v>117.294</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>6.588</v>
+        <v>6.578</v>
       </c>
       <c r="C633">
         <v>-0.372</v>
       </c>
       <c r="D633">
-        <v>44.061</v>
+        <v>43.977</v>
       </c>
       <c r="E633">
-        <v>6.278</v>
+        <v>6.282</v>
       </c>
       <c r="F633">
-        <v>5.358</v>
+        <v>5.357</v>
       </c>
       <c r="G633">
         <v>0</v>
       </c>
       <c r="H633">
         <v>0.267</v>
       </c>
       <c r="I633">
         <v>1.495</v>
       </c>
       <c r="J633">
-        <v>3.555</v>
+        <v>3.552</v>
       </c>
       <c r="K633">
-        <v>0.187</v>
+        <v>0.188</v>
       </c>
       <c r="L633">
         <v>8.72</v>
       </c>
       <c r="M633">
-        <v>25.859</v>
+        <v>25.86</v>
       </c>
       <c r="N633">
-        <v>32.15</v>
+        <v>32.027</v>
       </c>
       <c r="O633">
-        <v>108.286</v>
+        <v>108.069</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>7.143</v>
+        <v>7.142</v>
       </c>
       <c r="C634">
         <v>-0.442</v>
       </c>
       <c r="D634">
-        <v>45.689</v>
+        <v>45.597</v>
       </c>
       <c r="E634">
-        <v>9.711</v>
+        <v>9.713</v>
       </c>
       <c r="F634">
-        <v>5.658</v>
+        <v>5.657</v>
       </c>
       <c r="G634">
         <v>0.003</v>
       </c>
       <c r="H634">
         <v>0.249</v>
       </c>
       <c r="I634">
         <v>1.555</v>
       </c>
       <c r="J634">
-        <v>3.537</v>
+        <v>3.454</v>
       </c>
       <c r="K634">
-        <v>0.261</v>
+        <v>0.286</v>
       </c>
       <c r="L634">
         <v>8.86</v>
       </c>
       <c r="M634">
-        <v>29.832</v>
+        <v>29.776</v>
       </c>
       <c r="N634">
-        <v>30.614</v>
+        <v>30.539</v>
       </c>
       <c r="O634">
-        <v>112.835</v>
+        <v>112.613</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>7.075</v>
+        <v>7.074</v>
       </c>
       <c r="C635">
         <v>-0.298</v>
       </c>
       <c r="D635">
-        <v>47.027</v>
+        <v>46.937</v>
       </c>
       <c r="E635">
-        <v>6.42</v>
+        <v>6.421</v>
       </c>
       <c r="F635">
-        <v>4.668</v>
+        <v>4.669</v>
       </c>
       <c r="G635">
         <v>0.024</v>
       </c>
       <c r="H635">
         <v>0.165</v>
       </c>
       <c r="I635">
         <v>1.466</v>
       </c>
       <c r="J635">
-        <v>3.614</v>
+        <v>3.545</v>
       </c>
       <c r="K635">
-        <v>0.265</v>
+        <v>0.267</v>
       </c>
       <c r="L635">
         <v>8.727</v>
       </c>
       <c r="M635">
-        <v>25.349</v>
+        <v>25.285</v>
       </c>
       <c r="N635">
-        <v>29.264</v>
+        <v>29.333</v>
       </c>
       <c r="O635">
-        <v>108.417</v>
+        <v>108.332</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>7.322</v>
       </c>
       <c r="C636">
         <v>-0.421</v>
       </c>
       <c r="D636">
-        <v>51.435</v>
+        <v>51.34</v>
       </c>
       <c r="E636">
-        <v>6.528</v>
+        <v>6.519</v>
       </c>
       <c r="F636">
         <v>5.264</v>
       </c>
       <c r="G636">
         <v>0.032</v>
       </c>
       <c r="H636">
         <v>0.167</v>
       </c>
       <c r="I636">
         <v>1.507</v>
       </c>
       <c r="J636">
-        <v>2.221</v>
+        <v>2.17</v>
       </c>
       <c r="K636">
-        <v>0.285</v>
+        <v>0.277</v>
       </c>
       <c r="L636">
         <v>8.754</v>
       </c>
       <c r="M636">
-        <v>24.757</v>
+        <v>24.691</v>
       </c>
       <c r="N636">
-        <v>31.431</v>
+        <v>31.641</v>
       </c>
       <c r="O636">
-        <v>114.525</v>
+        <v>114.573</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>6.748</v>
+        <v>6.752</v>
       </c>
       <c r="C637">
         <v>-0.128</v>
       </c>
       <c r="D637">
-        <v>53.016</v>
+        <v>53.079</v>
       </c>
       <c r="E637">
-        <v>8.997</v>
+        <v>9.169</v>
       </c>
       <c r="F637">
-        <v>5.137</v>
+        <v>5.138</v>
       </c>
       <c r="G637">
         <v>0.065</v>
       </c>
       <c r="H637">
         <v>0.229</v>
       </c>
       <c r="I637">
         <v>1.456</v>
       </c>
       <c r="J637">
-        <v>5.743</v>
+        <v>5.791</v>
       </c>
       <c r="K637">
-        <v>0.315</v>
+        <v>0.311</v>
       </c>
       <c r="L637">
         <v>8.744</v>
       </c>
       <c r="M637">
-        <v>30.686</v>
+        <v>30.903</v>
       </c>
       <c r="N637">
-        <v>34.483</v>
+        <v>34.643</v>
       </c>
       <c r="O637">
-        <v>124.805</v>
+        <v>125.248</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>6.464</v>
+        <v>6.467</v>
       </c>
       <c r="C638">
         <v>-0.15</v>
       </c>
       <c r="D638">
-        <v>47.191</v>
+        <v>47.222</v>
       </c>
       <c r="E638">
-        <v>5.904</v>
+        <v>6.086</v>
       </c>
       <c r="F638">
-        <v>4.31</v>
+        <v>4.312</v>
       </c>
       <c r="G638">
         <v>0.06</v>
       </c>
       <c r="H638">
         <v>0.173</v>
       </c>
       <c r="I638">
         <v>1.346</v>
       </c>
       <c r="J638">
-        <v>1.854</v>
+        <v>1.837</v>
       </c>
       <c r="K638">
-        <v>0.263</v>
+        <v>0.258</v>
       </c>
       <c r="L638">
         <v>7.844</v>
       </c>
       <c r="M638">
-        <v>21.753</v>
+        <v>21.915</v>
       </c>
       <c r="N638">
-        <v>28.81</v>
+        <v>28.888</v>
       </c>
       <c r="O638">
-        <v>104.068</v>
+        <v>104.343</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>6.793</v>
+        <v>6.796</v>
       </c>
       <c r="C639">
         <v>-0.135</v>
       </c>
       <c r="D639">
-        <v>49.014</v>
+        <v>49.029</v>
       </c>
       <c r="E639">
-        <v>7.275</v>
+        <v>7.493</v>
       </c>
       <c r="F639">
-        <v>4.346</v>
+        <v>4.347</v>
       </c>
       <c r="G639">
         <v>0.042</v>
       </c>
       <c r="H639">
         <v>0.241</v>
       </c>
       <c r="I639">
         <v>1.506</v>
       </c>
       <c r="J639">
-        <v>3.048</v>
+        <v>3.01</v>
       </c>
       <c r="K639">
         <v>0.267</v>
       </c>
       <c r="L639">
         <v>8.711</v>
       </c>
       <c r="M639">
-        <v>25.436</v>
+        <v>25.618</v>
       </c>
       <c r="N639">
-        <v>26.527</v>
+        <v>26.598</v>
       </c>
       <c r="O639">
-        <v>107.636</v>
+        <v>107.906</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>6.165</v>
+        <v>6.09</v>
       </c>
       <c r="C640">
         <v>-0.25</v>
       </c>
       <c r="D640">
-        <v>46</v>
+        <v>46.112</v>
       </c>
       <c r="E640">
-        <v>7.072</v>
+        <v>7.293</v>
       </c>
       <c r="F640">
         <v>4.066</v>
       </c>
       <c r="G640">
         <v>0.016</v>
       </c>
       <c r="H640">
         <v>0.314</v>
       </c>
       <c r="I640">
         <v>1.478</v>
       </c>
       <c r="J640">
-        <v>4.387</v>
+        <v>4.354</v>
       </c>
       <c r="K640">
-        <v>0.249</v>
+        <v>0.254</v>
       </c>
       <c r="L640">
         <v>8.484</v>
       </c>
       <c r="M640">
-        <v>26.066</v>
+        <v>26.259</v>
       </c>
       <c r="N640">
-        <v>26.946</v>
+        <v>26.874</v>
       </c>
       <c r="O640">
-        <v>104.928</v>
+        <v>105.085</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>5.903</v>
+        <v>6.257</v>
       </c>
       <c r="C641">
         <v>-0.313</v>
       </c>
       <c r="D641">
-        <v>46.066</v>
+        <v>46.1</v>
       </c>
       <c r="E641">
-        <v>6.406</v>
+        <v>6.633</v>
       </c>
       <c r="F641">
         <v>4.464</v>
       </c>
       <c r="G641">
         <v>0.017</v>
       </c>
       <c r="H641">
         <v>0.309</v>
       </c>
       <c r="I641">
         <v>1.559</v>
       </c>
       <c r="J641">
-        <v>5.685</v>
+        <v>5.705</v>
       </c>
       <c r="K641">
-        <v>0.193</v>
+        <v>0.179</v>
       </c>
       <c r="L641">
         <v>9.243</v>
       </c>
       <c r="M641">
-        <v>27.874</v>
+        <v>28.108</v>
       </c>
       <c r="N641">
-        <v>29.357</v>
+        <v>29.455</v>
       </c>
       <c r="O641">
-        <v>108.886</v>
+        <v>109.607</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>6.029</v>
+        <v>6.312</v>
       </c>
       <c r="C642">
         <v>-0.304</v>
       </c>
       <c r="D642">
-        <v>43.88</v>
+        <v>43.944</v>
       </c>
       <c r="E642">
-        <v>6.944</v>
+        <v>7.191</v>
       </c>
       <c r="F642">
-        <v>4.898</v>
+        <v>4.897</v>
       </c>
       <c r="G642">
         <v>0.017</v>
       </c>
       <c r="H642">
         <v>0.271</v>
       </c>
       <c r="I642">
         <v>1.538</v>
       </c>
       <c r="J642">
-        <v>3.989</v>
+        <v>3.951</v>
       </c>
       <c r="K642">
-        <v>0.249</v>
+        <v>0.251</v>
       </c>
       <c r="L642">
         <v>9.285</v>
       </c>
       <c r="M642">
-        <v>27.191</v>
+        <v>27.402</v>
       </c>
       <c r="N642">
-        <v>33.973</v>
+        <v>33.994</v>
       </c>
       <c r="O642">
-        <v>110.769</v>
+        <v>111.349</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>5.975</v>
+        <v>5.977</v>
       </c>
       <c r="C643">
         <v>-0.24</v>
       </c>
       <c r="D643">
-        <v>45.41</v>
+        <v>45.414</v>
       </c>
       <c r="E643">
-        <v>6.258</v>
+        <v>6.515</v>
       </c>
       <c r="F643">
         <v>5.265</v>
       </c>
       <c r="G643">
         <v>0.006</v>
       </c>
       <c r="H643">
         <v>0.364</v>
       </c>
       <c r="I643">
         <v>1.57</v>
       </c>
       <c r="J643">
-        <v>4.685</v>
+        <v>4.771</v>
       </c>
       <c r="K643">
-        <v>0.284</v>
+        <v>0.305</v>
       </c>
       <c r="L643">
         <v>9.608</v>
       </c>
       <c r="M643">
-        <v>28.042</v>
+        <v>28.405</v>
       </c>
       <c r="N643">
-        <v>38.529</v>
+        <v>38.478</v>
       </c>
       <c r="O643">
-        <v>117.716</v>
+        <v>118.035</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>6.079</v>
+      </c>
+      <c r="C644">
+        <v>-0.342</v>
+      </c>
+      <c r="D644">
+        <v>46.3</v>
+      </c>
+      <c r="E644">
+        <v>6.31</v>
+      </c>
+      <c r="F644">
+        <v>6.089</v>
+      </c>
+      <c r="G644">
+        <v>0.012</v>
+      </c>
+      <c r="H644">
+        <v>0.336</v>
+      </c>
+      <c r="I644">
+        <v>1.585</v>
+      </c>
+      <c r="J644">
+        <v>3.481</v>
+      </c>
+      <c r="K644">
+        <v>0.23</v>
+      </c>
+      <c r="L644">
+        <v>9.597</v>
+      </c>
+      <c r="M644">
+        <v>27.641</v>
+      </c>
+      <c r="N644">
+        <v>36.417</v>
+      </c>
+      <c r="O644">
+        <v>116.094</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>6.163</v>
+      </c>
+      <c r="C645">
+        <v>-0.358</v>
+      </c>
+      <c r="D645">
+        <v>44.664</v>
+      </c>
+      <c r="E645">
+        <v>6.471</v>
+      </c>
+      <c r="F645">
+        <v>6.048</v>
+      </c>
+      <c r="G645">
+        <v>0.001</v>
+      </c>
+      <c r="H645">
+        <v>0.343</v>
+      </c>
+      <c r="I645">
+        <v>1.491</v>
+      </c>
+      <c r="J645">
+        <v>2.584</v>
+      </c>
+      <c r="K645">
+        <v>0.302</v>
+      </c>
+      <c r="L645">
+        <v>9.083</v>
+      </c>
+      <c r="M645">
+        <v>26.323</v>
+      </c>
+      <c r="N645">
+        <v>33.189</v>
+      </c>
+      <c r="O645">
+        <v>109.981</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -32827,131 +32921,131 @@
       </c>
       <c r="L62">
         <v>111.158</v>
       </c>
       <c r="M62">
         <v>326.508</v>
       </c>
       <c r="N62">
         <v>399.78</v>
       </c>
       <c r="O62">
         <v>1364.1</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>84.677</v>
       </c>
       <c r="C63">
         <v>-3.687</v>
       </c>
       <c r="D63">
-        <v>557.657</v>
+        <v>556.427</v>
       </c>
       <c r="E63">
         <v>86.575</v>
       </c>
       <c r="F63">
         <v>53.976</v>
       </c>
       <c r="G63">
         <v>0.32</v>
       </c>
       <c r="H63">
         <v>3.288</v>
       </c>
       <c r="I63">
         <v>18.087</v>
       </c>
       <c r="J63">
         <v>51.475</v>
       </c>
       <c r="K63">
         <v>2.851</v>
       </c>
       <c r="L63">
         <v>109.806</v>
       </c>
       <c r="M63">
         <v>326.379</v>
       </c>
       <c r="N63">
-        <v>370.181</v>
+        <v>370.372</v>
       </c>
       <c r="O63">
-        <v>1335.208</v>
+        <v>1334.169</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
-        <v>82.176</v>
+        <v>82.378</v>
       </c>
       <c r="C64">
         <v>-4.231</v>
       </c>
       <c r="D64">
-        <v>560.219</v>
+        <v>559.175</v>
       </c>
       <c r="E64">
-        <v>83.967</v>
+        <v>84.014</v>
       </c>
       <c r="F64">
         <v>57.444</v>
       </c>
       <c r="G64">
         <v>0.229</v>
       </c>
       <c r="H64">
         <v>3.126</v>
       </c>
       <c r="I64">
         <v>18.189</v>
       </c>
       <c r="J64">
-        <v>46.291</v>
+        <v>45.746</v>
       </c>
       <c r="K64">
-        <v>3.082</v>
+        <v>3.087</v>
       </c>
       <c r="L64">
         <v>107.143</v>
       </c>
       <c r="M64">
-        <v>319.47</v>
+        <v>318.976</v>
       </c>
       <c r="N64">
-        <v>371.843</v>
+        <v>371.654</v>
       </c>
       <c r="O64">
-        <v>1329.476</v>
+        <v>1327.952</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>