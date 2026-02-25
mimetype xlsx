--- v1 (2026-01-10)
+++ v2 (2026-02-25)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 10.4c Other Biofuels Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Other Biofuels Feedstock</t>
   </si>
   <si>
     <t>Other Biofuels Losses and Co-products</t>
   </si>
   <si>
     <t>Other Biofuels Production</t>
   </si>
   <si>
     <t>Other Biofuels Imports</t>
   </si>
   <si>
     <t>Other Biofuels Exports</t>
   </si>
   <si>
     <t>Other Biofuels Net Imports</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z153"/>
+  <dimension ref="A1:Z155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A153"/>
+      <selection activeCell="A13" sqref="A13:A155"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -6810,69 +6810,157 @@
       </c>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" s="6">
         <v>45901.0</v>
       </c>
       <c r="B153" t="s">
         <v>18</v>
       </c>
       <c r="C153" t="s">
         <v>18</v>
       </c>
       <c r="D153">
         <v>1341.523</v>
       </c>
       <c r="E153">
         <v>56.344</v>
       </c>
       <c r="F153">
         <v>7.189</v>
       </c>
       <c r="G153" t="s">
         <v>19</v>
       </c>
       <c r="H153">
-        <v>52.453</v>
+        <v>0.048</v>
       </c>
       <c r="I153">
-        <v>-52.453</v>
+        <v>-0.048</v>
       </c>
       <c r="J153">
         <v>841.526</v>
       </c>
       <c r="K153">
         <v>123.391</v>
       </c>
       <c r="L153">
-        <v>1165.679</v>
+        <v>1218.084</v>
       </c>
       <c r="M153">
-        <v>48.959</v>
+        <v>51.16</v>
       </c>
       <c r="N153">
-        <v>6.247</v>
+        <v>6.528</v>
+      </c>
+    </row>
+    <row r="154" spans="1:26">
+      <c r="A154" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B154" t="s">
+        <v>18</v>
+      </c>
+      <c r="C154" t="s">
+        <v>18</v>
+      </c>
+      <c r="D154">
+        <v>1498.174</v>
+      </c>
+      <c r="E154">
+        <v>62.923</v>
+      </c>
+      <c r="F154">
+        <v>8.029</v>
+      </c>
+      <c r="G154" t="s">
+        <v>19</v>
+      </c>
+      <c r="H154" t="s">
+        <v>19</v>
+      </c>
+      <c r="I154">
+        <v>0</v>
+      </c>
+      <c r="J154">
+        <v>1130.404</v>
+      </c>
+      <c r="K154">
+        <v>288.879</v>
+      </c>
+      <c r="L154">
+        <v>1209.295</v>
+      </c>
+      <c r="M154">
+        <v>50.79</v>
+      </c>
+      <c r="N154">
+        <v>6.481</v>
+      </c>
+    </row>
+    <row r="155" spans="1:26">
+      <c r="A155" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B155" t="s">
+        <v>18</v>
+      </c>
+      <c r="C155" t="s">
+        <v>18</v>
+      </c>
+      <c r="D155">
+        <v>1800.885</v>
+      </c>
+      <c r="E155">
+        <v>75.637</v>
+      </c>
+      <c r="F155">
+        <v>9.651</v>
+      </c>
+      <c r="G155" t="s">
+        <v>19</v>
+      </c>
+      <c r="H155">
+        <v>96.855</v>
+      </c>
+      <c r="I155">
+        <v>-96.855</v>
+      </c>
+      <c r="J155">
+        <v>879.374</v>
+      </c>
+      <c r="K155">
+        <v>-251.031</v>
+      </c>
+      <c r="L155">
+        <v>1955.061</v>
+      </c>
+      <c r="M155">
+        <v>82.113</v>
+      </c>
+      <c r="N155">
+        <v>10.477</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>