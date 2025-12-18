--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 10.3 Fuel Ethanol Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Feedstock</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Losses and Co-products</t>
   </si>
   <si>
     <t>Fuel Ethanol Denaturant</t>
   </si>
   <si>
     <t>Fuel Ethanol Production</t>
   </si>
   <si>
     <t>Fuel Ethanol Net Imports</t>
   </si>
   <si>
     <t>Fuel Ethanol Stocks</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z547"/>
+  <dimension ref="A1:Z548"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A547"/>
+      <selection activeCell="A13" sqref="A13:A548"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -24162,50 +24162,94 @@
         <v>1405.377</v>
       </c>
       <c r="G547">
         <v>118.888</v>
       </c>
       <c r="H547">
         <v>-3921.982</v>
       </c>
       <c r="I547">
         <v>23396.967</v>
       </c>
       <c r="J547">
         <v>-208.416</v>
       </c>
       <c r="K547">
         <v>29747.802</v>
       </c>
       <c r="L547">
         <v>1249.408</v>
       </c>
       <c r="M547">
         <v>105.694</v>
       </c>
       <c r="N547">
         <v>103.545</v>
+      </c>
+    </row>
+    <row r="548" spans="1:26">
+      <c r="A548" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B548">
+        <v>190.315</v>
+      </c>
+      <c r="C548">
+        <v>73.728</v>
+      </c>
+      <c r="D548">
+        <v>549.942</v>
+      </c>
+      <c r="E548">
+        <v>33493.59</v>
+      </c>
+      <c r="F548">
+        <v>1406.731</v>
+      </c>
+      <c r="G548">
+        <v>119.003</v>
+      </c>
+      <c r="H548">
+        <v>-3921.982</v>
+      </c>
+      <c r="I548">
+        <v>22835.887</v>
+      </c>
+      <c r="J548">
+        <v>-561.08</v>
+      </c>
+      <c r="K548">
+        <v>30132.688</v>
+      </c>
+      <c r="L548">
+        <v>1265.573</v>
+      </c>
+      <c r="M548">
+        <v>107.061</v>
+      </c>
+      <c r="N548">
+        <v>104.889</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>