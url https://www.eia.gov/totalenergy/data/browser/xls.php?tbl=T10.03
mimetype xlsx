--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.3 Fuel Ethanol Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Feedstock</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Losses and Co-products</t>
   </si>
   <si>
     <t>Fuel Ethanol Denaturant</t>
   </si>
   <si>
     <t>Fuel Ethanol Production</t>
   </si>
   <si>
     <t>Fuel Ethanol Net Imports</t>
   </si>
   <si>
     <t>Fuel Ethanol Stocks</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z548"/>
+  <dimension ref="A1:Z550"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A548"/>
+      <selection activeCell="A13" sqref="A13:A550"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -23861,395 +23861,483 @@
       </c>
       <c r="I540">
         <v>24418.425</v>
       </c>
       <c r="J540">
         <v>1445.448</v>
       </c>
       <c r="K540">
         <v>28059.066</v>
       </c>
       <c r="L540">
         <v>1178.481</v>
       </c>
       <c r="M540">
         <v>99.694</v>
       </c>
       <c r="N540">
         <v>97.72</v>
       </c>
     </row>
     <row r="541" spans="1:26">
       <c r="A541" s="6">
         <v>45658.0</v>
       </c>
       <c r="B541">
-        <v>190.755</v>
+        <v>188.774</v>
       </c>
       <c r="C541">
-        <v>73.898</v>
+        <v>71.917</v>
       </c>
       <c r="D541">
         <v>575.863</v>
       </c>
       <c r="E541">
         <v>33595.659</v>
       </c>
       <c r="F541">
         <v>1411.018</v>
       </c>
       <c r="G541">
         <v>119.365</v>
       </c>
       <c r="H541">
         <v>-4724.08</v>
       </c>
       <c r="I541">
         <v>25774.024</v>
       </c>
       <c r="J541">
         <v>1416.455</v>
       </c>
       <c r="K541">
         <v>27455.123</v>
       </c>
       <c r="L541">
         <v>1153.115</v>
       </c>
       <c r="M541">
         <v>97.548</v>
       </c>
       <c r="N541">
         <v>95.498</v>
       </c>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" s="6">
         <v>45689.0</v>
       </c>
       <c r="B542">
-        <v>172.588</v>
+        <v>170.795</v>
       </c>
       <c r="C542">
-        <v>66.86</v>
+        <v>65.068</v>
       </c>
       <c r="D542">
         <v>478.572</v>
       </c>
       <c r="E542">
         <v>30353.546</v>
       </c>
       <c r="F542">
         <v>1274.849</v>
       </c>
       <c r="G542">
         <v>107.846</v>
       </c>
       <c r="H542">
         <v>-3312.602</v>
       </c>
       <c r="I542">
         <v>27339.28</v>
       </c>
       <c r="J542">
         <v>1565.256</v>
       </c>
       <c r="K542">
         <v>25475.688</v>
       </c>
       <c r="L542">
         <v>1069.979</v>
       </c>
       <c r="M542">
         <v>90.515</v>
       </c>
       <c r="N542">
         <v>88.737</v>
       </c>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" s="6">
         <v>45717.0</v>
       </c>
       <c r="B543">
-        <v>185.776</v>
+        <v>183.846</v>
       </c>
       <c r="C543">
-        <v>71.969</v>
+        <v>70.04</v>
       </c>
       <c r="D543">
         <v>524.909</v>
       </c>
       <c r="E543">
         <v>32682.696</v>
       </c>
       <c r="F543">
         <v>1372.673</v>
       </c>
       <c r="G543">
         <v>116.122</v>
       </c>
       <c r="H543">
         <v>-4670.614</v>
       </c>
       <c r="I543">
         <v>27378.35</v>
       </c>
       <c r="J543">
         <v>39.069</v>
       </c>
       <c r="K543">
         <v>27973.013</v>
       </c>
       <c r="L543">
         <v>1174.867</v>
       </c>
       <c r="M543">
         <v>99.388</v>
       </c>
       <c r="N543">
         <v>97.407</v>
       </c>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" s="6">
         <v>45748.0</v>
       </c>
       <c r="B544">
-        <v>174.17</v>
+        <v>172.361</v>
       </c>
       <c r="C544">
-        <v>67.473</v>
+        <v>65.664</v>
       </c>
       <c r="D544">
         <v>499.764</v>
       </c>
       <c r="E544">
         <v>30648.699</v>
       </c>
       <c r="F544">
         <v>1287.245</v>
       </c>
       <c r="G544">
         <v>108.895</v>
       </c>
       <c r="H544">
         <v>-4109.811</v>
       </c>
       <c r="I544">
         <v>25375.788</v>
       </c>
       <c r="J544">
         <v>-2002.561</v>
       </c>
       <c r="K544">
         <v>28541.449</v>
       </c>
       <c r="L544">
         <v>1198.741</v>
       </c>
       <c r="M544">
         <v>101.408</v>
       </c>
       <c r="N544">
         <v>99.361</v>
       </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" s="6">
         <v>45778.0</v>
       </c>
       <c r="B545">
-        <v>182.322</v>
+        <v>180.428</v>
       </c>
       <c r="C545">
-        <v>70.631</v>
+        <v>68.738</v>
       </c>
       <c r="D545">
         <v>537.744</v>
       </c>
       <c r="E545">
         <v>32097.719</v>
       </c>
       <c r="F545">
         <v>1348.104</v>
       </c>
       <c r="G545">
         <v>114.043</v>
       </c>
       <c r="H545">
         <v>-4409.887</v>
       </c>
       <c r="I545">
         <v>24707.538</v>
       </c>
       <c r="J545">
         <v>-668.25</v>
       </c>
       <c r="K545">
         <v>28356.083</v>
       </c>
       <c r="L545">
         <v>1190.955</v>
       </c>
       <c r="M545">
         <v>100.749</v>
       </c>
       <c r="N545">
         <v>98.671</v>
       </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" s="6">
         <v>45809.0</v>
       </c>
       <c r="B546">
-        <v>183.679</v>
+        <v>181.771</v>
       </c>
       <c r="C546">
-        <v>71.157</v>
+        <v>69.249</v>
       </c>
       <c r="D546">
         <v>522.58</v>
       </c>
       <c r="E546">
         <v>32317.403</v>
       </c>
       <c r="F546">
         <v>1357.331</v>
       </c>
       <c r="G546">
         <v>114.824</v>
       </c>
       <c r="H546">
         <v>-4143.495</v>
       </c>
       <c r="I546">
         <v>23605.383</v>
       </c>
       <c r="J546">
         <v>-1102.155</v>
       </c>
       <c r="K546">
         <v>29276.063</v>
       </c>
       <c r="L546">
         <v>1229.595</v>
       </c>
       <c r="M546">
         <v>104.018</v>
       </c>
       <c r="N546">
         <v>101.933</v>
       </c>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" s="6">
         <v>45839.0</v>
       </c>
       <c r="B547">
-        <v>190.125</v>
+        <v>188.151</v>
       </c>
       <c r="C547">
-        <v>73.654</v>
+        <v>71.68</v>
       </c>
       <c r="D547">
         <v>550.613</v>
       </c>
       <c r="E547">
         <v>33461.368</v>
       </c>
       <c r="F547">
         <v>1405.377</v>
       </c>
       <c r="G547">
         <v>118.888</v>
       </c>
       <c r="H547">
         <v>-3921.982</v>
       </c>
       <c r="I547">
         <v>23396.967</v>
       </c>
       <c r="J547">
         <v>-208.416</v>
       </c>
       <c r="K547">
         <v>29747.802</v>
       </c>
       <c r="L547">
         <v>1249.408</v>
       </c>
       <c r="M547">
         <v>105.694</v>
       </c>
       <c r="N547">
         <v>103.545</v>
       </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" s="6">
         <v>45870.0</v>
       </c>
       <c r="B548">
-        <v>190.315</v>
+        <v>188.339</v>
       </c>
       <c r="C548">
-        <v>73.728</v>
+        <v>71.751</v>
       </c>
       <c r="D548">
         <v>549.942</v>
       </c>
       <c r="E548">
         <v>33493.59</v>
       </c>
       <c r="F548">
         <v>1406.731</v>
       </c>
       <c r="G548">
         <v>119.003</v>
       </c>
       <c r="H548">
-        <v>-3921.982</v>
+        <v>-4504.103</v>
       </c>
       <c r="I548">
         <v>22835.887</v>
       </c>
       <c r="J548">
         <v>-561.08</v>
       </c>
       <c r="K548">
-        <v>30132.688</v>
+        <v>29550.567</v>
       </c>
       <c r="L548">
-        <v>1265.573</v>
+        <v>1241.124</v>
       </c>
       <c r="M548">
-        <v>107.061</v>
+        <v>104.993</v>
       </c>
       <c r="N548">
-        <v>104.889</v>
+        <v>102.862</v>
+      </c>
+    </row>
+    <row r="549" spans="1:26">
+      <c r="A549" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B549">
+        <v>176.968</v>
+      </c>
+      <c r="C549">
+        <v>67.419</v>
+      </c>
+      <c r="D549">
+        <v>550.745</v>
+      </c>
+      <c r="E549">
+        <v>31505.449</v>
+      </c>
+      <c r="F549">
+        <v>1323.229</v>
+      </c>
+      <c r="G549">
+        <v>111.939</v>
+      </c>
+      <c r="H549">
+        <v>-3541.864</v>
+      </c>
+      <c r="I549">
+        <v>22740.186</v>
+      </c>
+      <c r="J549">
+        <v>-95.701</v>
+      </c>
+      <c r="K549">
+        <v>28059.286</v>
+      </c>
+      <c r="L549">
+        <v>1178.49</v>
+      </c>
+      <c r="M549">
+        <v>99.695</v>
+      </c>
+      <c r="N549">
+        <v>97.566</v>
+      </c>
+    </row>
+    <row r="550" spans="1:26">
+      <c r="A550" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B550">
+        <v>191.614</v>
+      </c>
+      <c r="C550">
+        <v>72.999</v>
+      </c>
+      <c r="D550">
+        <v>594.997</v>
+      </c>
+      <c r="E550">
+        <v>34111.612</v>
+      </c>
+      <c r="F550">
+        <v>1432.688</v>
+      </c>
+      <c r="G550">
+        <v>121.199</v>
+      </c>
+      <c r="H550">
+        <v>-3541.864</v>
+      </c>
+      <c r="I550">
+        <v>22422.638</v>
+      </c>
+      <c r="J550">
+        <v>-317.548</v>
+      </c>
+      <c r="K550">
+        <v>30887.296</v>
+      </c>
+      <c r="L550">
+        <v>1297.266</v>
+      </c>
+      <c r="M550">
+        <v>109.743</v>
+      </c>
+      <c r="N550">
+        <v>107.403</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>