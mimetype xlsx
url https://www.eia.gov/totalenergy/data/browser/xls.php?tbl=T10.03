--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 10.3 Fuel Ethanol Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Feedstock</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Losses and Co-products</t>
   </si>
   <si>
     <t>Fuel Ethanol Denaturant</t>
   </si>
   <si>
     <t>Fuel Ethanol Production</t>
   </si>
   <si>
     <t>Fuel Ethanol Net Imports</t>
   </si>
   <si>
     <t>Fuel Ethanol Stocks</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z550"/>
+  <dimension ref="A1:Z551"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A550"/>
+      <selection activeCell="A13" sqref="A13:A551"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -24275,69 +24275,113 @@
       </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" s="6">
         <v>45931.0</v>
       </c>
       <c r="B550">
         <v>191.614</v>
       </c>
       <c r="C550">
         <v>72.999</v>
       </c>
       <c r="D550">
         <v>594.997</v>
       </c>
       <c r="E550">
         <v>34111.612</v>
       </c>
       <c r="F550">
         <v>1432.688</v>
       </c>
       <c r="G550">
         <v>121.199</v>
       </c>
       <c r="H550">
-        <v>-3541.864</v>
+        <v>-4414.264</v>
       </c>
       <c r="I550">
         <v>22422.638</v>
       </c>
       <c r="J550">
         <v>-317.548</v>
       </c>
       <c r="K550">
-        <v>30887.296</v>
+        <v>30014.896</v>
       </c>
       <c r="L550">
-        <v>1297.266</v>
+        <v>1260.626</v>
       </c>
       <c r="M550">
-        <v>109.743</v>
+        <v>106.643</v>
       </c>
       <c r="N550">
-        <v>107.403</v>
+        <v>104.37</v>
+      </c>
+    </row>
+    <row r="551" spans="1:26">
+      <c r="A551" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B551">
+        <v>188.359</v>
+      </c>
+      <c r="C551">
+        <v>71.759</v>
+      </c>
+      <c r="D551">
+        <v>575.12</v>
+      </c>
+      <c r="E551">
+        <v>33522.349</v>
+      </c>
+      <c r="F551">
+        <v>1407.939</v>
+      </c>
+      <c r="G551">
+        <v>119.105</v>
+      </c>
+      <c r="H551">
+        <v>-5041.014</v>
+      </c>
+      <c r="I551">
+        <v>23764.867</v>
+      </c>
+      <c r="J551">
+        <v>1342.23</v>
+      </c>
+      <c r="K551">
+        <v>27139.106</v>
+      </c>
+      <c r="L551">
+        <v>1139.842</v>
+      </c>
+      <c r="M551">
+        <v>96.425</v>
+      </c>
+      <c r="N551">
+        <v>94.398</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>