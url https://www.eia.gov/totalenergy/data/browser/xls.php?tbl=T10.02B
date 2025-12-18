--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 10.2b Renewable Energy Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wind Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Waste Energy Consumed by the Industrial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22028,708 +22028,743 @@
       </c>
       <c r="F624">
         <v>116.017</v>
       </c>
       <c r="G624">
         <v>13.718</v>
       </c>
       <c r="H624">
         <v>1.637</v>
       </c>
       <c r="I624">
         <v>74.058</v>
       </c>
       <c r="J624">
         <v>205.43</v>
       </c>
       <c r="K624">
         <v>206.992</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.292</v>
+        <v>0.3</v>
       </c>
       <c r="C625">
         <v>0.356</v>
       </c>
       <c r="D625">
-        <v>0.997</v>
+        <v>0.991</v>
       </c>
       <c r="E625">
         <v>0.032</v>
       </c>
       <c r="F625">
-        <v>113.514</v>
+        <v>112.898</v>
       </c>
       <c r="G625">
-        <v>13.605</v>
+        <v>13.981</v>
       </c>
       <c r="H625">
         <v>1.513</v>
       </c>
       <c r="I625">
         <v>68.115</v>
       </c>
       <c r="J625">
-        <v>196.747</v>
+        <v>196.508</v>
       </c>
       <c r="K625">
-        <v>198.423</v>
+        <v>198.187</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>0.267</v>
+        <v>0.305</v>
       </c>
       <c r="C626">
         <v>0.333</v>
       </c>
       <c r="D626">
-        <v>1.118</v>
+        <v>1.121</v>
       </c>
       <c r="E626">
-        <v>0.037</v>
+        <v>0.016</v>
       </c>
       <c r="F626">
-        <v>103.6</v>
+        <v>107.146</v>
       </c>
       <c r="G626">
-        <v>12.716</v>
+        <v>13.056</v>
       </c>
       <c r="H626">
         <v>1.55</v>
       </c>
       <c r="I626">
         <v>68.759</v>
       </c>
       <c r="J626">
-        <v>186.624</v>
+        <v>190.511</v>
       </c>
       <c r="K626">
-        <v>188.379</v>
+        <v>192.286</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>0.282</v>
+        <v>0.304</v>
       </c>
       <c r="C627">
         <v>0.356</v>
       </c>
       <c r="D627">
-        <v>1.519</v>
+        <v>1.531</v>
       </c>
       <c r="E627">
-        <v>0.044</v>
+        <v>0.021</v>
       </c>
       <c r="F627">
-        <v>112.954</v>
+        <v>112.287</v>
       </c>
       <c r="G627">
-        <v>13.415</v>
+        <v>13.668</v>
       </c>
       <c r="H627">
         <v>1.657</v>
       </c>
       <c r="I627">
         <v>73.257</v>
       </c>
       <c r="J627">
-        <v>201.284</v>
+        <v>200.869</v>
       </c>
       <c r="K627">
-        <v>203.484</v>
+        <v>203.081</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.248</v>
+        <v>0.305</v>
       </c>
       <c r="C628">
         <v>0.344</v>
       </c>
       <c r="D628">
-        <v>1.66</v>
+        <v>1.678</v>
       </c>
       <c r="E628">
-        <v>0.042</v>
+        <v>0.024</v>
       </c>
       <c r="F628">
-        <v>110.44</v>
+        <v>109.664</v>
       </c>
       <c r="G628">
-        <v>13.096</v>
+        <v>13.334</v>
       </c>
       <c r="H628">
         <v>1.532</v>
       </c>
       <c r="I628">
         <v>65.203</v>
       </c>
       <c r="J628">
-        <v>190.271</v>
+        <v>189.733</v>
       </c>
       <c r="K628">
-        <v>192.566</v>
+        <v>192.084</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.271</v>
+        <v>0.291</v>
       </c>
       <c r="C629">
         <v>0.356</v>
       </c>
       <c r="D629">
-        <v>1.811</v>
+        <v>1.842</v>
       </c>
       <c r="E629">
-        <v>0.033</v>
+        <v>0.023</v>
       </c>
       <c r="F629">
-        <v>111.616</v>
+        <v>110.111</v>
       </c>
       <c r="G629">
-        <v>13.504</v>
+        <v>13.742</v>
       </c>
       <c r="H629">
         <v>1.778</v>
       </c>
       <c r="I629">
         <v>70.33</v>
       </c>
       <c r="J629">
-        <v>197.229</v>
+        <v>195.961</v>
       </c>
       <c r="K629">
-        <v>199.7</v>
+        <v>198.473</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.257</v>
+        <v>0.199</v>
       </c>
       <c r="C630">
         <v>0.344</v>
       </c>
       <c r="D630">
-        <v>1.821</v>
+        <v>1.838</v>
       </c>
       <c r="E630">
-        <v>0.033</v>
+        <v>0.024</v>
       </c>
       <c r="F630">
-        <v>105.343</v>
+        <v>108.667</v>
       </c>
       <c r="G630">
-        <v>11.6</v>
+        <v>11.813</v>
       </c>
       <c r="H630">
         <v>1.643</v>
       </c>
       <c r="I630">
         <v>69.19</v>
       </c>
       <c r="J630">
-        <v>187.776</v>
+        <v>191.313</v>
       </c>
       <c r="K630">
-        <v>190.231</v>
+        <v>193.718</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.223</v>
+        <v>0.165</v>
       </c>
       <c r="C631">
         <v>0.356</v>
       </c>
       <c r="D631">
-        <v>1.867</v>
+        <v>1.88</v>
       </c>
       <c r="E631">
-        <v>0.022</v>
+        <v>0.017</v>
       </c>
       <c r="F631">
-        <v>109.573</v>
+        <v>111.02</v>
       </c>
       <c r="G631">
-        <v>12.073</v>
+        <v>12.263</v>
       </c>
       <c r="H631">
         <v>1.751</v>
       </c>
       <c r="I631">
         <v>74.712</v>
       </c>
       <c r="J631">
-        <v>198.11</v>
+        <v>199.746</v>
       </c>
       <c r="K631">
-        <v>200.578</v>
+        <v>202.164</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>0.256</v>
+        <v>0.173</v>
       </c>
       <c r="C632">
         <v>0.356</v>
       </c>
       <c r="D632">
-        <v>1.809</v>
+        <v>1.815</v>
       </c>
       <c r="E632">
-        <v>0.024</v>
+        <v>0.017</v>
       </c>
       <c r="F632">
-        <v>114.02</v>
+        <v>112.352</v>
       </c>
       <c r="G632">
-        <v>11.892</v>
+        <v>12.366</v>
       </c>
       <c r="H632">
         <v>1.713</v>
       </c>
       <c r="I632">
         <v>74.066</v>
       </c>
       <c r="J632">
-        <v>201.692</v>
+        <v>200.497</v>
       </c>
       <c r="K632">
-        <v>204.136</v>
+        <v>202.857</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.217</v>
+        <v>0.123</v>
       </c>
       <c r="C633">
         <v>0.344</v>
       </c>
       <c r="D633">
-        <v>1.642</v>
+        <v>1.655</v>
       </c>
       <c r="E633">
-        <v>0.025</v>
+        <v>0.021</v>
       </c>
       <c r="F633">
-        <v>110.975</v>
+        <v>109.819</v>
       </c>
       <c r="G633">
-        <v>11.549</v>
+        <v>12.032</v>
       </c>
       <c r="H633">
         <v>1.611</v>
       </c>
       <c r="I633">
         <v>69.052</v>
       </c>
       <c r="J633">
-        <v>193.186</v>
+        <v>192.514</v>
       </c>
       <c r="K633">
-        <v>195.415</v>
+        <v>194.657</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.205</v>
+        <v>0.211</v>
       </c>
       <c r="C634">
         <v>0.356</v>
       </c>
       <c r="D634">
-        <v>1.483</v>
+        <v>1.478</v>
       </c>
       <c r="E634">
-        <v>0.035</v>
+        <v>0.029</v>
       </c>
       <c r="F634">
-        <v>107.424</v>
+        <v>107.394</v>
       </c>
       <c r="G634">
-        <v>13.045</v>
+        <v>13.277</v>
       </c>
       <c r="H634">
         <v>1.747</v>
       </c>
       <c r="I634">
         <v>71.918</v>
       </c>
       <c r="J634">
-        <v>194.134</v>
+        <v>194.335</v>
       </c>
       <c r="K634">
-        <v>196.212</v>
+        <v>196.409</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.22</v>
+        <v>0.172</v>
       </c>
       <c r="C635">
         <v>0.344</v>
       </c>
       <c r="D635">
-        <v>1.14</v>
+        <v>1.139</v>
       </c>
       <c r="E635">
-        <v>0.037</v>
+        <v>0.057</v>
       </c>
       <c r="F635">
-        <v>111.805</v>
+        <v>111.077</v>
       </c>
       <c r="G635">
-        <v>12.957</v>
+        <v>13.235</v>
       </c>
       <c r="H635">
         <v>1.631</v>
       </c>
       <c r="I635">
         <v>73.805</v>
       </c>
       <c r="J635">
-        <v>200.198</v>
+        <v>199.747</v>
       </c>
       <c r="K635">
-        <v>201.938</v>
+        <v>201.46</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.244</v>
+        <v>0.215</v>
       </c>
       <c r="C636">
         <v>0.356</v>
       </c>
       <c r="D636">
-        <v>1.018</v>
+        <v>0.996</v>
       </c>
       <c r="E636">
-        <v>0.037</v>
+        <v>0.059</v>
       </c>
       <c r="F636">
-        <v>114.292</v>
+        <v>115.803</v>
       </c>
       <c r="G636">
-        <v>13.411</v>
+        <v>13.558</v>
       </c>
       <c r="H636">
         <v>1.634</v>
       </c>
       <c r="I636">
         <v>75.536</v>
       </c>
       <c r="J636">
-        <v>204.874</v>
+        <v>206.532</v>
       </c>
       <c r="K636">
-        <v>206.528</v>
+        <v>208.158</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>0.242</v>
+        <v>0.229</v>
       </c>
       <c r="C637">
         <v>0.357</v>
       </c>
       <c r="D637">
-        <v>1.094</v>
+        <v>1.093</v>
       </c>
       <c r="E637">
-        <v>0.041</v>
+        <v>0.052</v>
       </c>
       <c r="F637">
-        <v>112.135</v>
+        <v>111.87</v>
       </c>
       <c r="G637">
-        <v>13.441</v>
+        <v>13.645</v>
       </c>
       <c r="H637">
         <v>1.597</v>
       </c>
       <c r="I637">
         <v>74.036</v>
       </c>
       <c r="J637">
-        <v>201.209</v>
+        <v>201.148</v>
       </c>
       <c r="K637">
-        <v>202.943</v>
+        <v>202.878</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>0.221</v>
+        <v>0.215</v>
       </c>
       <c r="C638">
         <v>0.322</v>
       </c>
       <c r="D638">
-        <v>1.191</v>
+        <v>1.165</v>
       </c>
       <c r="E638">
-        <v>0.034</v>
+        <v>0.045</v>
       </c>
       <c r="F638">
-        <v>100.358</v>
+        <v>100.576</v>
       </c>
       <c r="G638">
-        <v>12.184</v>
+        <v>12.443</v>
       </c>
       <c r="H638">
         <v>1.484</v>
       </c>
       <c r="I638">
         <v>67.003</v>
       </c>
       <c r="J638">
-        <v>181.03</v>
+        <v>181.506</v>
       </c>
       <c r="K638">
-        <v>182.798</v>
+        <v>183.254</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>0.274</v>
+        <v>0.261</v>
       </c>
       <c r="C639">
         <v>0.357</v>
       </c>
       <c r="D639">
-        <v>1.698</v>
+        <v>1.648</v>
       </c>
       <c r="E639">
-        <v>0.071</v>
+        <v>0.062</v>
       </c>
       <c r="F639">
-        <v>111.398</v>
+        <v>111.747</v>
       </c>
       <c r="G639">
-        <v>13.44</v>
+        <v>13.761</v>
       </c>
       <c r="H639">
         <v>1.629</v>
       </c>
       <c r="I639">
         <v>72.143</v>
       </c>
       <c r="J639">
-        <v>198.611</v>
+        <v>199.281</v>
       </c>
       <c r="K639">
-        <v>201.012</v>
+        <v>201.608</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>0.248</v>
+        <v>0.234</v>
       </c>
       <c r="C640">
         <v>0.345</v>
       </c>
       <c r="D640">
-        <v>1.841</v>
+        <v>1.798</v>
       </c>
       <c r="E640">
-        <v>0.064</v>
+        <v>0.054</v>
       </c>
       <c r="F640">
-        <v>103.919</v>
+        <v>104.372</v>
       </c>
       <c r="G640">
-        <v>12.908</v>
+        <v>13.205</v>
       </c>
       <c r="H640">
         <v>1.662</v>
       </c>
       <c r="I640">
         <v>67.657</v>
       </c>
       <c r="J640">
-        <v>186.145</v>
+        <v>186.895</v>
       </c>
       <c r="K640">
-        <v>188.643</v>
+        <v>189.327</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>0.282</v>
+        <v>0.265</v>
       </c>
       <c r="C641">
         <v>0.357</v>
       </c>
       <c r="D641">
-        <v>2.022</v>
+        <v>1.975</v>
       </c>
       <c r="E641">
-        <v>0.053</v>
+        <v>0.047</v>
       </c>
       <c r="F641">
-        <v>107.685</v>
+        <v>108.341</v>
       </c>
       <c r="G641">
-        <v>12.744</v>
+        <v>12.992</v>
       </c>
       <c r="H641">
         <v>1.65</v>
       </c>
       <c r="I641">
         <v>70.808</v>
       </c>
       <c r="J641">
-        <v>192.887</v>
+        <v>193.791</v>
       </c>
       <c r="K641">
-        <v>195.601</v>
+        <v>196.435</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.255</v>
+        <v>0.24</v>
       </c>
       <c r="C642">
         <v>0.345</v>
       </c>
       <c r="D642">
-        <v>2.049</v>
+        <v>1.988</v>
       </c>
       <c r="E642">
-        <v>0.052</v>
+        <v>0.047</v>
       </c>
       <c r="F642">
-        <v>106.829</v>
+        <v>107.2</v>
       </c>
       <c r="G642">
-        <v>11.323</v>
+        <v>11.537</v>
       </c>
       <c r="H642">
         <v>1.705</v>
       </c>
       <c r="I642">
         <v>71.331</v>
       </c>
       <c r="J642">
-        <v>191.188</v>
+        <v>191.772</v>
       </c>
       <c r="K642">
-        <v>193.889</v>
+        <v>194.391</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.239</v>
+        <v>0.231</v>
       </c>
       <c r="C643">
         <v>0.357</v>
       </c>
       <c r="D643">
-        <v>2.142</v>
+        <v>2.082</v>
       </c>
       <c r="E643">
-        <v>0.044</v>
+        <v>0.04</v>
       </c>
       <c r="F643">
-        <v>112.048</v>
+        <v>112.618</v>
       </c>
       <c r="G643">
-        <v>11.979</v>
+        <v>12.196</v>
       </c>
       <c r="H643">
         <v>1.732</v>
       </c>
       <c r="I643">
         <v>73.839</v>
       </c>
       <c r="J643">
-        <v>199.597</v>
+        <v>200.384</v>
       </c>
       <c r="K643">
-        <v>202.379</v>
+        <v>203.095</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0.216</v>
+      </c>
+      <c r="C644">
+        <v>0.357</v>
+      </c>
+      <c r="D644">
+        <v>2.006</v>
+      </c>
+      <c r="E644">
+        <v>0.034</v>
+      </c>
+      <c r="F644">
+        <v>111.821</v>
+      </c>
+      <c r="G644">
+        <v>12.231</v>
+      </c>
+      <c r="H644">
+        <v>1.754</v>
+      </c>
+      <c r="I644">
+        <v>73.919</v>
+      </c>
+      <c r="J644">
+        <v>199.725</v>
+      </c>
+      <c r="K644">
+        <v>202.338</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25462,78 +25497,78 @@
       </c>
       <c r="F87">
         <v>1341.095</v>
       </c>
       <c r="G87">
         <v>153.451</v>
       </c>
       <c r="H87">
         <v>19.719</v>
       </c>
       <c r="I87">
         <v>819.291</v>
       </c>
       <c r="J87">
         <v>2333.555</v>
       </c>
       <c r="K87">
         <v>2357.08</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>2.981</v>
+        <v>2.765</v>
       </c>
       <c r="C88">
         <v>4.2</v>
       </c>
       <c r="D88">
-        <v>17.885</v>
+        <v>17.964</v>
       </c>
       <c r="E88">
-        <v>0.4</v>
+        <v>0.339</v>
       </c>
       <c r="F88">
-        <v>1325.557</v>
+        <v>1328.239</v>
       </c>
       <c r="G88">
-        <v>152.863</v>
+        <v>156.324</v>
       </c>
       <c r="H88">
         <v>19.761</v>
       </c>
       <c r="I88">
         <v>853.944</v>
       </c>
       <c r="J88">
-        <v>2352.125</v>
+        <v>2358.267</v>
       </c>
       <c r="K88">
-        <v>2377.591</v>
+        <v>2383.535</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>