--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 10.2b Renewable Energy Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wind Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Waste Energy Consumed by the Industrial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22781,60 +22781,95 @@
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>0.188</v>
       </c>
       <c r="C646">
         <v>0.357</v>
       </c>
       <c r="D646">
         <v>1.786</v>
       </c>
       <c r="E646">
         <v>0.043</v>
       </c>
       <c r="F646">
         <v>108.213</v>
       </c>
       <c r="G646">
         <v>13.616</v>
       </c>
       <c r="H646">
-        <v>1.796</v>
+        <v>1.746</v>
       </c>
       <c r="I646">
         <v>73.175</v>
       </c>
       <c r="J646">
-        <v>196.801</v>
+        <v>196.75</v>
       </c>
       <c r="K646">
-        <v>199.175</v>
+        <v>199.124</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0.198</v>
+      </c>
+      <c r="C647">
+        <v>0.345</v>
+      </c>
+      <c r="D647">
+        <v>1.585</v>
+      </c>
+      <c r="E647">
+        <v>0.05</v>
+      </c>
+      <c r="F647">
+        <v>106.239</v>
+      </c>
+      <c r="G647">
+        <v>12.964</v>
+      </c>
+      <c r="H647">
+        <v>1.579</v>
+      </c>
+      <c r="I647">
+        <v>71.913</v>
+      </c>
+      <c r="J647">
+        <v>192.695</v>
+      </c>
+      <c r="K647">
+        <v>194.874</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>