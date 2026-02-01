--- v0 (2025-12-18)
+++ v1 (2026-02-01)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.2a Renewable Energy Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Renewable Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -80,53 +80,50 @@
     <t>Wind Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Waste Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Biomass Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Total Renewable Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>No Data Reported</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -495,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28152,96 +28149,96 @@
         <v>2.239</v>
       </c>
       <c r="M637">
         <v>14.277</v>
       </c>
       <c r="N637">
         <v>21.039</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>3.038</v>
       </c>
       <c r="C638">
         <v>17.474</v>
       </c>
       <c r="D638">
         <v>28.055</v>
       </c>
       <c r="E638">
         <v>48.566</v>
       </c>
-      <c r="F638" t="s">
-        <v>22</v>
+      <c r="F638">
+        <v>0.087</v>
       </c>
       <c r="G638">
         <v>1.511</v>
       </c>
       <c r="H638">
         <v>5.365</v>
       </c>
       <c r="I638">
         <v>0.038</v>
       </c>
       <c r="J638">
         <v>5.571</v>
       </c>
       <c r="K638">
         <v>5.328</v>
       </c>
       <c r="L638">
         <v>2.08</v>
       </c>
       <c r="M638">
         <v>12.979</v>
       </c>
       <c r="N638">
         <v>19.981</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>3.363</v>
       </c>
       <c r="C639">
         <v>23.798</v>
       </c>
       <c r="D639">
         <v>31.061</v>
       </c>
       <c r="E639">
         <v>58.223</v>
       </c>
-      <c r="F639" t="s">
-        <v>22</v>
+      <c r="F639">
+        <v>0.092</v>
       </c>
       <c r="G639">
         <v>1.673</v>
       </c>
       <c r="H639">
         <v>7.27</v>
       </c>
       <c r="I639">
         <v>0.047</v>
       </c>
       <c r="J639">
         <v>6.036</v>
       </c>
       <c r="K639">
         <v>5.87</v>
       </c>
       <c r="L639">
         <v>2.284</v>
       </c>
       <c r="M639">
         <v>14.19</v>
       </c>
       <c r="N639">
         <v>23.272</v>
       </c>
@@ -28372,120 +28369,208 @@
         <v>2.39</v>
       </c>
       <c r="M642">
         <v>14.046</v>
       </c>
       <c r="N642">
         <v>24.681</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>3.363</v>
       </c>
       <c r="C643">
         <v>29.251</v>
       </c>
       <c r="D643">
         <v>31.061</v>
       </c>
       <c r="E643">
         <v>63.675</v>
       </c>
-      <c r="F643" t="s">
-        <v>22</v>
+      <c r="F643">
+        <v>0.089</v>
       </c>
       <c r="G643">
         <v>1.673</v>
       </c>
       <c r="H643">
         <v>9.258</v>
       </c>
       <c r="I643">
         <v>0.026</v>
       </c>
       <c r="J643">
         <v>6.317</v>
       </c>
       <c r="K643">
         <v>5.599</v>
       </c>
       <c r="L643">
         <v>2.428</v>
       </c>
       <c r="M643">
         <v>14.344</v>
       </c>
       <c r="N643">
         <v>25.39</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>3.363</v>
       </c>
       <c r="C644">
         <v>27.569</v>
       </c>
       <c r="D644">
         <v>31.061</v>
       </c>
       <c r="E644">
         <v>61.993</v>
       </c>
-      <c r="F644" t="s">
-        <v>22</v>
+      <c r="F644">
+        <v>0.098</v>
       </c>
       <c r="G644">
         <v>1.673</v>
       </c>
       <c r="H644">
         <v>8.884</v>
       </c>
       <c r="I644">
         <v>0.026</v>
       </c>
       <c r="J644">
         <v>6.213</v>
       </c>
       <c r="K644">
         <v>5.583</v>
       </c>
       <c r="L644">
-        <v>2.459</v>
+        <v>2.412</v>
       </c>
       <c r="M644">
-        <v>14.255</v>
+        <v>14.208</v>
       </c>
       <c r="N644">
-        <v>24.936</v>
+        <v>24.889</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>3.255</v>
+      </c>
+      <c r="C645">
+        <v>25.035</v>
+      </c>
+      <c r="D645">
+        <v>30.059</v>
+      </c>
+      <c r="E645">
+        <v>58.349</v>
+      </c>
+      <c r="F645">
+        <v>0.067</v>
+      </c>
+      <c r="G645">
+        <v>1.619</v>
+      </c>
+      <c r="H645">
+        <v>7.991</v>
+      </c>
+      <c r="I645">
+        <v>0.025</v>
+      </c>
+      <c r="J645">
+        <v>6.036</v>
+      </c>
+      <c r="K645">
+        <v>5.53</v>
+      </c>
+      <c r="L645">
+        <v>2.287</v>
+      </c>
+      <c r="M645">
+        <v>13.853</v>
+      </c>
+      <c r="N645">
+        <v>23.556</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>3.363</v>
+      </c>
+      <c r="C646">
+        <v>22.673</v>
+      </c>
+      <c r="D646">
+        <v>31.061</v>
+      </c>
+      <c r="E646">
+        <v>57.097</v>
+      </c>
+      <c r="F646">
+        <v>0.076</v>
+      </c>
+      <c r="G646">
+        <v>1.673</v>
+      </c>
+      <c r="H646">
+        <v>6.908</v>
+      </c>
+      <c r="I646">
+        <v>0.048</v>
+      </c>
+      <c r="J646">
+        <v>6.073</v>
+      </c>
+      <c r="K646">
+        <v>5.526</v>
+      </c>
+      <c r="L646">
+        <v>2.518</v>
+      </c>
+      <c r="M646">
+        <v>14.117</v>
+      </c>
+      <c r="N646">
+        <v>22.822</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28525,51 +28610,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>