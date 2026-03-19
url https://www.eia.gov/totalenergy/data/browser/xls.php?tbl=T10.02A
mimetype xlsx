--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 10.2a Renewable Energy Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Renewable Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28520,57 +28520,101 @@
       <c r="D646">
         <v>31.061</v>
       </c>
       <c r="E646">
         <v>57.097</v>
       </c>
       <c r="F646">
         <v>0.076</v>
       </c>
       <c r="G646">
         <v>1.673</v>
       </c>
       <c r="H646">
         <v>6.908</v>
       </c>
       <c r="I646">
         <v>0.048</v>
       </c>
       <c r="J646">
         <v>6.073</v>
       </c>
       <c r="K646">
         <v>5.526</v>
       </c>
       <c r="L646">
-        <v>2.518</v>
+        <v>2.447</v>
       </c>
       <c r="M646">
-        <v>14.117</v>
+        <v>14.046</v>
       </c>
       <c r="N646">
-        <v>22.822</v>
+        <v>22.751</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>3.255</v>
+      </c>
+      <c r="C647">
+        <v>18.035</v>
+      </c>
+      <c r="D647">
+        <v>30.059</v>
+      </c>
+      <c r="E647">
+        <v>51.348</v>
+      </c>
+      <c r="F647">
+        <v>0.09</v>
+      </c>
+      <c r="G647">
+        <v>1.619</v>
+      </c>
+      <c r="H647">
+        <v>5.389</v>
+      </c>
+      <c r="I647">
+        <v>0.05</v>
+      </c>
+      <c r="J647">
+        <v>5.833</v>
+      </c>
+      <c r="K647">
+        <v>5.697</v>
+      </c>
+      <c r="L647">
+        <v>2.213</v>
+      </c>
+      <c r="M647">
+        <v>13.743</v>
+      </c>
+      <c r="N647">
+        <v>20.892</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>