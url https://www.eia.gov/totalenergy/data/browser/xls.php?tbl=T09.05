--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 9.5 Refiner Prices of Residual Fuel Oil</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Less Than or Equal to 1 Percent, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Less Than or Equal to 1 Percent, Sales to End Users</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Greater Than 1 Percent, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Greater Than 1 Percent, Sales to End Users</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Average, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Average, Sales to End Users</t>
   </si>