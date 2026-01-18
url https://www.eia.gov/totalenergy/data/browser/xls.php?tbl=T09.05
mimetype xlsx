--- v1 (2025-12-03)
+++ v2 (2026-01-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 9.5 Refiner Prices of Residual Fuel Oil</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Less Than or Equal to 1 Percent, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Less Than or Equal to 1 Percent, Sales to End Users</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Greater Than 1 Percent, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Greater Than 1 Percent, Sales to End Users</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Average, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Average, Sales to End Users</t>
   </si>