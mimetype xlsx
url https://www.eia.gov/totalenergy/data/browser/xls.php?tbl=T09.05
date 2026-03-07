--- v2 (2026-01-18)
+++ v3 (2026-03-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 9.5 Refiner Prices of Residual Fuel Oil</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Less Than or Equal to 1 Percent, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Less Than or Equal to 1 Percent, Sales to End Users</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Greater Than 1 Percent, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Sulfur Content Greater Than 1 Percent, Sales to End Users</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Average, Sales for Resale</t>
   </si>
   <si>
     <t>Refiner Price of Residual Fuel Oil, Average, Sales to End Users</t>
   </si>