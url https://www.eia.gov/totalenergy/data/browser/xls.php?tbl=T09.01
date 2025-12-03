--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 9.1 Crude Oil Price Summary</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Domestic First Purchase Price</t>
   </si>
   <si>
     <t>Free on Board Cost of Crude Oil Imports</t>
   </si>
   <si>
     <t>Landed Cost of Crude Oil Imports</t>
   </si>
   <si>
     <t>Refiner Acquisition Cost of Crude Oil, Domestic</t>
   </si>
   <si>
     <t>Refiner Acquisition Cost of Crude Oil, Imported</t>
   </si>
   <si>
     <t>Refiner Acquisition Cost of Crude Oil, Composite</t>
   </si>
@@ -468,54 +468,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -15012,109 +15012,155 @@
       </c>
       <c r="C640">
         <v>57.96</v>
       </c>
       <c r="D640">
         <v>62.11</v>
       </c>
       <c r="E640">
         <v>66.42</v>
       </c>
       <c r="F640">
         <v>63.48</v>
       </c>
       <c r="G640">
         <v>65.38</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>59.91</v>
       </c>
       <c r="C641">
-        <v>57.66</v>
+        <v>57.96</v>
       </c>
       <c r="D641">
-        <v>60.54</v>
+        <v>60.63</v>
       </c>
       <c r="E641">
         <v>64.04</v>
       </c>
       <c r="F641">
         <v>61.81</v>
       </c>
       <c r="G641">
         <v>63.26</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>65.33</v>
       </c>
       <c r="C642">
-        <v>62.11</v>
+        <v>62.46</v>
       </c>
       <c r="D642">
-        <v>64.78</v>
+        <v>65.28</v>
       </c>
       <c r="E642">
-        <v>68.59</v>
+        <v>68.48</v>
       </c>
       <c r="F642">
-        <v>67.32</v>
+        <v>67.35</v>
       </c>
       <c r="G642">
-        <v>68.15</v>
+        <v>68.1</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
-      <c r="B643" t="s">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B643">
+        <v>65.98</v>
+      </c>
+      <c r="C643">
+        <v>61.73</v>
+      </c>
+      <c r="D643">
+        <v>66.59</v>
       </c>
       <c r="E643">
-        <v>70.25</v>
+        <v>69.79</v>
       </c>
       <c r="F643">
-        <v>67.84</v>
+        <v>68.39</v>
       </c>
       <c r="G643">
-        <v>69.32</v>
+        <v>69.3</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>63.39</v>
+      </c>
+      <c r="C644">
+        <v>59.7</v>
+      </c>
+      <c r="D644">
+        <v>62.87</v>
+      </c>
+      <c r="E644">
+        <v>67.37</v>
+      </c>
+      <c r="F644">
+        <v>65.49</v>
+      </c>
+      <c r="G644">
+        <v>66.73</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645" t="s">
+        <v>13</v>
+      </c>
+      <c r="C645" t="s">
+        <v>13</v>
+      </c>
+      <c r="D645" t="s">
+        <v>13</v>
+      </c>
+      <c r="E645">
+        <v>65.99</v>
+      </c>
+      <c r="F645">
+        <v>61.28</v>
+      </c>
+      <c r="G645">
+        <v>64.16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>