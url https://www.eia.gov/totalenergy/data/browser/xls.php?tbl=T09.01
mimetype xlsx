--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 9.1 Crude Oil Price Summary</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Domestic First Purchase Price</t>
   </si>
   <si>
     <t>Free on Board Cost of Crude Oil Imports</t>
   </si>
   <si>
     <t>Landed Cost of Crude Oil Imports</t>
   </si>
   <si>
     <t>Refiner Acquisition Cost of Crude Oil, Domestic</t>
   </si>
   <si>
     <t>Refiner Acquisition Cost of Crude Oil, Imported</t>
   </si>
   <si>
     <t>Refiner Acquisition Cost of Crude Oil, Composite</t>
   </si>
@@ -468,54 +468,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -15058,109 +15058,178 @@
       </c>
       <c r="C642">
         <v>62.46</v>
       </c>
       <c r="D642">
         <v>65.28</v>
       </c>
       <c r="E642">
         <v>68.48</v>
       </c>
       <c r="F642">
         <v>67.35</v>
       </c>
       <c r="G642">
         <v>68.1</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>65.98</v>
       </c>
       <c r="C643">
-        <v>61.73</v>
+        <v>61.9</v>
       </c>
       <c r="D643">
-        <v>66.59</v>
+        <v>66.72</v>
       </c>
       <c r="E643">
         <v>69.79</v>
       </c>
       <c r="F643">
         <v>68.39</v>
       </c>
       <c r="G643">
         <v>69.3</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>63.39</v>
+        <v>63.37</v>
       </c>
       <c r="C644">
-        <v>59.7</v>
+        <v>58.96</v>
       </c>
       <c r="D644">
-        <v>62.87</v>
+        <v>62.88</v>
       </c>
       <c r="E644">
         <v>67.37</v>
       </c>
       <c r="F644">
         <v>65.49</v>
       </c>
       <c r="G644">
         <v>66.73</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
-      <c r="B645" t="s">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B645">
+        <v>62.23</v>
+      </c>
+      <c r="C645">
+        <v>57.18</v>
+      </c>
+      <c r="D645">
+        <v>61.31</v>
       </c>
       <c r="E645">
-        <v>65.99</v>
+        <v>66.16</v>
       </c>
       <c r="F645">
-        <v>61.28</v>
+        <v>64.59</v>
       </c>
       <c r="G645">
-        <v>64.16</v>
+        <v>65.65</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>58.89</v>
+      </c>
+      <c r="C646">
+        <v>54.42</v>
+      </c>
+      <c r="D646">
+        <v>58.15</v>
+      </c>
+      <c r="E646">
+        <v>63.14</v>
+      </c>
+      <c r="F646">
+        <v>60.91</v>
+      </c>
+      <c r="G646">
+        <v>62.4</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>58.13</v>
+      </c>
+      <c r="C647">
+        <v>53.32</v>
+      </c>
+      <c r="D647">
+        <v>56.33</v>
+      </c>
+      <c r="E647">
+        <v>61.9</v>
+      </c>
+      <c r="F647">
+        <v>60.17</v>
+      </c>
+      <c r="G647">
+        <v>61.29</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648" t="s">
+        <v>13</v>
+      </c>
+      <c r="C648" t="s">
+        <v>13</v>
+      </c>
+      <c r="D648" t="s">
+        <v>13</v>
+      </c>
+      <c r="E648">
+        <v>60.27</v>
+      </c>
+      <c r="F648">
+        <v>58.67</v>
+      </c>
+      <c r="G648">
+        <v>59.65</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>