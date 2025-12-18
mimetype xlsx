--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 8.1 Nuclear Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Total Operable Units</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electricity Net Generation</t>
   </si>
   <si>
     <t>Nuclear Share of Electricity Net Generation</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>(Number)</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
@@ -12807,420 +12807,440 @@
       </c>
       <c r="B624">
         <v>93</v>
       </c>
       <c r="C624">
         <v>95.712</v>
       </c>
       <c r="D624">
         <v>68854</v>
       </c>
       <c r="E624">
         <v>19.8</v>
       </c>
       <c r="F624">
         <v>96.7</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>93</v>
       </c>
       <c r="C625">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="D625">
         <v>69080</v>
       </c>
       <c r="E625">
-        <v>18.2</v>
+        <v>18.1</v>
       </c>
       <c r="F625">
-        <v>97.2</v>
+        <v>95.6</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>93</v>
       </c>
       <c r="C626">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="D626">
         <v>64584</v>
       </c>
       <c r="E626">
-        <v>20.1</v>
+        <v>20</v>
       </c>
       <c r="F626">
-        <v>97</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>93</v>
       </c>
       <c r="C627">
-        <v>95.657</v>
+        <v>97.277</v>
       </c>
       <c r="D627">
         <v>63346</v>
       </c>
       <c r="E627">
         <v>19.5</v>
       </c>
       <c r="F627">
-        <v>89</v>
+        <v>87.5</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>93</v>
       </c>
       <c r="C628">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D628">
-        <v>57621</v>
+        <v>57542</v>
       </c>
       <c r="E628">
-        <v>18.6</v>
+        <v>18.5</v>
       </c>
       <c r="F628">
-        <v>83.3</v>
+        <v>81.8</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>94</v>
       </c>
       <c r="C629">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D629">
         <v>64973</v>
       </c>
       <c r="E629">
-        <v>18.8</v>
+        <v>18.6</v>
       </c>
       <c r="F629">
-        <v>90.2</v>
+        <v>88.8</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>94</v>
       </c>
       <c r="C630">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D630">
         <v>68192</v>
       </c>
       <c r="E630">
-        <v>17.5</v>
+        <v>17.4</v>
       </c>
       <c r="F630">
-        <v>97.9</v>
+        <v>96.3</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>94</v>
       </c>
       <c r="C631">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D631">
-        <v>69885</v>
+        <v>69851</v>
       </c>
       <c r="E631">
-        <v>16.2</v>
+        <v>16.3</v>
       </c>
       <c r="F631">
-        <v>97.1</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>94</v>
       </c>
       <c r="C632">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D632">
         <v>69760</v>
       </c>
       <c r="E632">
         <v>16.5</v>
       </c>
       <c r="F632">
-        <v>96.9</v>
+        <v>95.3</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>94</v>
       </c>
       <c r="C633">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D633">
         <v>62660</v>
       </c>
       <c r="E633">
         <v>17.4</v>
       </c>
       <c r="F633">
-        <v>89.9</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>94</v>
       </c>
       <c r="C634">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D634">
         <v>58773</v>
       </c>
       <c r="E634">
         <v>17.6</v>
       </c>
       <c r="F634">
-        <v>81.6</v>
+        <v>80.3</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>94</v>
       </c>
       <c r="C635">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D635">
         <v>61904</v>
       </c>
       <c r="E635">
-        <v>19.1</v>
+        <v>19.2</v>
       </c>
       <c r="F635">
-        <v>88.9</v>
+        <v>87.4</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>94</v>
       </c>
       <c r="C636">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D636">
         <v>71200</v>
       </c>
       <c r="E636">
         <v>19.7</v>
       </c>
       <c r="F636">
-        <v>98.9</v>
+        <v>97.3</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>94</v>
       </c>
       <c r="C637">
-        <v>96.82</v>
+        <v>98.391</v>
       </c>
       <c r="D637">
         <v>71739</v>
       </c>
       <c r="E637">
-        <v>17.9</v>
+        <v>17.8</v>
       </c>
       <c r="F637">
-        <v>99.6</v>
+        <v>98</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>94</v>
       </c>
       <c r="C638">
-        <v>97.623</v>
+        <v>98.391</v>
       </c>
       <c r="D638">
         <v>61829</v>
       </c>
       <c r="E638">
-        <v>18.2</v>
+        <v>18.3</v>
       </c>
       <c r="F638">
-        <v>94.3</v>
+        <v>93.5</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>94</v>
       </c>
       <c r="C639">
         <v>98.391</v>
       </c>
       <c r="D639">
         <v>62457</v>
       </c>
       <c r="E639">
         <v>18.7</v>
       </c>
       <c r="F639">
         <v>85.3</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>94</v>
       </c>
       <c r="C640">
         <v>98.391</v>
       </c>
       <c r="D640">
         <v>57893</v>
       </c>
       <c r="E640">
-        <v>18</v>
+        <v>18.1</v>
       </c>
       <c r="F640">
         <v>81.8</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>94</v>
       </c>
       <c r="C641">
         <v>98.437</v>
       </c>
       <c r="D641">
         <v>62145</v>
       </c>
       <c r="E641">
         <v>18.1</v>
       </c>
       <c r="F641">
         <v>84.9</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>94</v>
       </c>
       <c r="C642">
         <v>98.437</v>
       </c>
       <c r="D642">
         <v>66222</v>
       </c>
       <c r="E642">
-        <v>16.8</v>
+        <v>16.9</v>
       </c>
       <c r="F642">
         <v>93.4</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>94</v>
       </c>
       <c r="C643">
         <v>98.437</v>
       </c>
       <c r="D643">
         <v>70781</v>
       </c>
       <c r="E643">
-        <v>15.8</v>
+        <v>15.9</v>
       </c>
       <c r="F643">
         <v>96.6</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>94</v>
+      </c>
+      <c r="C644">
+        <v>98.437</v>
+      </c>
+      <c r="D644">
+        <v>70705</v>
+      </c>
+      <c r="E644">
+        <v>16.8</v>
+      </c>
+      <c r="F644">
+        <v>96.5</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -14636,60 +14656,60 @@
       </c>
       <c r="B79">
         <v>93</v>
       </c>
       <c r="C79">
         <v>95.712</v>
       </c>
       <c r="D79">
         <v>774873</v>
       </c>
       <c r="E79">
         <v>18.5</v>
       </c>
       <c r="F79">
         <v>93</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2024</v>
       </c>
       <c r="B80">
         <v>94</v>
       </c>
       <c r="C80">
-        <v>96.771</v>
+        <v>98.391</v>
       </c>
       <c r="D80">
-        <v>781979</v>
+        <v>781865</v>
       </c>
       <c r="E80">
-        <v>18.2</v>
+        <v>18.1</v>
       </c>
       <c r="F80">
-        <v>92.3</v>
+        <v>90.8</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>