--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 8.1 Nuclear Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Total Operable Units</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electricity Net Generation</t>
   </si>
   <si>
     <t>Nuclear Share of Electricity Net Generation</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>(Number)</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
@@ -12807,440 +12807,480 @@
       </c>
       <c r="B624">
         <v>93</v>
       </c>
       <c r="C624">
         <v>95.712</v>
       </c>
       <c r="D624">
         <v>68854</v>
       </c>
       <c r="E624">
         <v>19.8</v>
       </c>
       <c r="F624">
         <v>96.7</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>93</v>
       </c>
       <c r="C625">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="D625">
         <v>69080</v>
       </c>
       <c r="E625">
         <v>18.1</v>
       </c>
       <c r="F625">
         <v>95.6</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>93</v>
       </c>
       <c r="C626">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="D626">
         <v>64584</v>
       </c>
       <c r="E626">
         <v>20</v>
       </c>
       <c r="F626">
         <v>95.4</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>93</v>
       </c>
       <c r="C627">
-        <v>97.277</v>
+        <v>95.706</v>
       </c>
       <c r="D627">
         <v>63346</v>
       </c>
       <c r="E627">
         <v>19.5</v>
       </c>
       <c r="F627">
         <v>87.5</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>93</v>
       </c>
       <c r="C628">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D628">
         <v>57542</v>
       </c>
       <c r="E628">
         <v>18.5</v>
       </c>
       <c r="F628">
         <v>81.8</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>94</v>
       </c>
       <c r="C629">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D629">
         <v>64973</v>
       </c>
       <c r="E629">
         <v>18.6</v>
       </c>
       <c r="F629">
         <v>88.8</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>94</v>
       </c>
       <c r="C630">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D630">
         <v>68192</v>
       </c>
       <c r="E630">
         <v>17.4</v>
       </c>
       <c r="F630">
         <v>96.3</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>94</v>
       </c>
       <c r="C631">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D631">
         <v>69851</v>
       </c>
       <c r="E631">
         <v>16.3</v>
       </c>
       <c r="F631">
         <v>95.4</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>94</v>
       </c>
       <c r="C632">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D632">
         <v>69760</v>
       </c>
       <c r="E632">
         <v>16.5</v>
       </c>
       <c r="F632">
         <v>95.3</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>94</v>
       </c>
       <c r="C633">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D633">
         <v>62660</v>
       </c>
       <c r="E633">
         <v>17.4</v>
       </c>
       <c r="F633">
         <v>88.5</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>94</v>
       </c>
       <c r="C634">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D634">
         <v>58773</v>
       </c>
       <c r="E634">
         <v>17.6</v>
       </c>
       <c r="F634">
         <v>80.3</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>94</v>
       </c>
       <c r="C635">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D635">
         <v>61904</v>
       </c>
       <c r="E635">
         <v>19.2</v>
       </c>
       <c r="F635">
         <v>87.4</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>94</v>
       </c>
       <c r="C636">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D636">
         <v>71200</v>
       </c>
       <c r="E636">
         <v>19.7</v>
       </c>
       <c r="F636">
         <v>97.3</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>94</v>
       </c>
       <c r="C637">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D637">
         <v>71739</v>
       </c>
       <c r="E637">
         <v>17.8</v>
       </c>
       <c r="F637">
         <v>98</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>94</v>
       </c>
       <c r="C638">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D638">
         <v>61829</v>
       </c>
       <c r="E638">
         <v>18.3</v>
       </c>
       <c r="F638">
         <v>93.5</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>94</v>
       </c>
       <c r="C639">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D639">
         <v>62457</v>
       </c>
       <c r="E639">
         <v>18.7</v>
       </c>
       <c r="F639">
         <v>85.3</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>94</v>
       </c>
       <c r="C640">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D640">
         <v>57893</v>
       </c>
       <c r="E640">
         <v>18.1</v>
       </c>
       <c r="F640">
         <v>81.8</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>94</v>
       </c>
       <c r="C641">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="D641">
         <v>62145</v>
       </c>
       <c r="E641">
         <v>18.1</v>
       </c>
       <c r="F641">
         <v>84.9</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>94</v>
       </c>
       <c r="C642">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="D642">
         <v>66222</v>
       </c>
       <c r="E642">
         <v>16.9</v>
       </c>
       <c r="F642">
         <v>93.4</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>94</v>
       </c>
       <c r="C643">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="D643">
         <v>70781</v>
       </c>
       <c r="E643">
         <v>15.9</v>
       </c>
       <c r="F643">
         <v>96.6</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>94</v>
       </c>
       <c r="C644">
-        <v>98.437</v>
+        <v>96.866</v>
       </c>
       <c r="D644">
         <v>70705</v>
       </c>
       <c r="E644">
         <v>16.8</v>
       </c>
       <c r="F644">
         <v>96.5</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>94</v>
+      </c>
+      <c r="C645">
+        <v>96.866</v>
+      </c>
+      <c r="D645">
+        <v>65458</v>
+      </c>
+      <c r="E645">
+        <v>17.8</v>
+      </c>
+      <c r="F645">
+        <v>92.4</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>94</v>
+      </c>
+      <c r="C646">
+        <v>96.866</v>
+      </c>
+      <c r="D646">
+        <v>59222</v>
+      </c>
+      <c r="E646">
+        <v>17.1</v>
+      </c>
+      <c r="F646">
+        <v>80.9</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -14656,51 +14696,51 @@
       </c>
       <c r="B79">
         <v>93</v>
       </c>
       <c r="C79">
         <v>95.712</v>
       </c>
       <c r="D79">
         <v>774873</v>
       </c>
       <c r="E79">
         <v>18.5</v>
       </c>
       <c r="F79">
         <v>93</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2024</v>
       </c>
       <c r="B80">
         <v>94</v>
       </c>
       <c r="C80">
-        <v>98.391</v>
+        <v>96.82</v>
       </c>
       <c r="D80">
         <v>781865</v>
       </c>
       <c r="E80">
         <v>18.1</v>
       </c>
       <c r="F80">
         <v>90.8</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>