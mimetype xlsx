--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 8.1 Nuclear Energy Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Total Operable Units</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Net Summer Capacity</t>
   </si>
   <si>
     <t>Nuclear Electricity Net Generation</t>
   </si>
   <si>
     <t>Nuclear Share of Electricity Net Generation</t>
   </si>
   <si>
     <t>Nuclear Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>(Number)</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
@@ -13237,50 +13237,70 @@
       <c r="E645">
         <v>17.8</v>
       </c>
       <c r="F645">
         <v>92.4</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>94</v>
       </c>
       <c r="C646">
         <v>96.866</v>
       </c>
       <c r="D646">
         <v>59222</v>
       </c>
       <c r="E646">
         <v>17.1</v>
       </c>
       <c r="F646">
         <v>80.9</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>94</v>
+      </c>
+      <c r="C647">
+        <v>96.866</v>
+      </c>
+      <c r="D647">
+        <v>63809</v>
+      </c>
+      <c r="E647">
+        <v>19.1</v>
+      </c>
+      <c r="F647">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>