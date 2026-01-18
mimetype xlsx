--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 7.8b Capacity Factors and Usage Factors at Electric Generators: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t xml:space="preserve">Natural Gas Combined Cycle Plants Electric Power Sector Generating Units, Capacity Factor </t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z224"/>
+  <dimension ref="A1:Z225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A224"/>
+      <selection activeCell="A13" sqref="A13:A225"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="118.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="80.266" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -10602,50 +10602,97 @@
         <v>96.5</v>
       </c>
       <c r="H224">
         <v>33.6</v>
       </c>
       <c r="I224">
         <v>57.6</v>
       </c>
       <c r="J224">
         <v>66.9</v>
       </c>
       <c r="K224">
         <v>30.2</v>
       </c>
       <c r="L224">
         <v>32.8</v>
       </c>
       <c r="M224">
         <v>23.6</v>
       </c>
       <c r="N224">
         <v>15.1</v>
       </c>
       <c r="O224">
         <v>10.3</v>
+      </c>
+    </row>
+    <row r="225" spans="1:26">
+      <c r="A225" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B225">
+        <v>48</v>
+      </c>
+      <c r="C225">
+        <v>4.5</v>
+      </c>
+      <c r="D225">
+        <v>66.3</v>
+      </c>
+      <c r="E225">
+        <v>11.9</v>
+      </c>
+      <c r="F225">
+        <v>20.5</v>
+      </c>
+      <c r="G225">
+        <v>92.4</v>
+      </c>
+      <c r="H225">
+        <v>26.6</v>
+      </c>
+      <c r="I225">
+        <v>56.8</v>
+      </c>
+      <c r="J225">
+        <v>65.9</v>
+      </c>
+      <c r="K225">
+        <v>27.2</v>
+      </c>
+      <c r="L225">
+        <v>25.7</v>
+      </c>
+      <c r="M225">
+        <v>23</v>
+      </c>
+      <c r="N225">
+        <v>13.3</v>
+      </c>
+      <c r="O225">
+        <v>8.7</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>