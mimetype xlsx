--- v1 (2026-01-18)
+++ v2 (2026-03-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.8b Capacity Factors and Usage Factors at Electric Generators: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t xml:space="preserve">Natural Gas Combined Cycle Plants Electric Power Sector Generating Units, Capacity Factor </t>
   </si>
   <si>
     <t>Natural Gas Gas Turbine Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Natural Gas Conventional Steam Plants Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
   <si>
     <t>Nuclear Electric Power Sector Generating Units, Capacity Factor</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z225"/>
+  <dimension ref="A1:Z227"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A225"/>
+      <selection activeCell="A13" sqref="A13:A227"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="118.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="100.69" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="80.266" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -10649,50 +10649,144 @@
         <v>92.4</v>
       </c>
       <c r="H225">
         <v>26.6</v>
       </c>
       <c r="I225">
         <v>56.8</v>
       </c>
       <c r="J225">
         <v>65.9</v>
       </c>
       <c r="K225">
         <v>27.2</v>
       </c>
       <c r="L225">
         <v>25.7</v>
       </c>
       <c r="M225">
         <v>23</v>
       </c>
       <c r="N225">
         <v>13.3</v>
       </c>
       <c r="O225">
         <v>8.7</v>
+      </c>
+    </row>
+    <row r="226" spans="1:26">
+      <c r="A226" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B226">
+        <v>43.2</v>
+      </c>
+      <c r="C226">
+        <v>5.2</v>
+      </c>
+      <c r="D226">
+        <v>53.1</v>
+      </c>
+      <c r="E226">
+        <v>11.5</v>
+      </c>
+      <c r="F226">
+        <v>18.5</v>
+      </c>
+      <c r="G226">
+        <v>80.9</v>
+      </c>
+      <c r="H226">
+        <v>27.8</v>
+      </c>
+      <c r="I226">
+        <v>48.4</v>
+      </c>
+      <c r="J226">
+        <v>62.6</v>
+      </c>
+      <c r="K226">
+        <v>22.8</v>
+      </c>
+      <c r="L226">
+        <v>22.7</v>
+      </c>
+      <c r="M226">
+        <v>34.2</v>
+      </c>
+      <c r="N226">
+        <v>10</v>
+      </c>
+      <c r="O226">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="227" spans="1:26">
+      <c r="A227" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B227">
+        <v>44.9</v>
+      </c>
+      <c r="C227">
+        <v>3.9</v>
+      </c>
+      <c r="D227">
+        <v>51.5</v>
+      </c>
+      <c r="E227">
+        <v>8.8</v>
+      </c>
+      <c r="F227">
+        <v>14.4</v>
+      </c>
+      <c r="G227">
+        <v>90</v>
+      </c>
+      <c r="H227">
+        <v>32</v>
+      </c>
+      <c r="I227">
+        <v>54.7</v>
+      </c>
+      <c r="J227">
+        <v>64.5</v>
+      </c>
+      <c r="K227">
+        <v>17.6</v>
+      </c>
+      <c r="L227">
+        <v>13.1</v>
+      </c>
+      <c r="M227">
+        <v>36.4</v>
+      </c>
+      <c r="N227">
+        <v>8.9</v>
+      </c>
+      <c r="O227">
+        <v>7.6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>