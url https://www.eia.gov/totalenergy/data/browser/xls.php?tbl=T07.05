--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.5 Stocks of Coal and Petroleum:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Stocks, Electric Power Sector</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -14644,480 +14644,503 @@
       </c>
       <c r="B624">
         <v>133028.387</v>
       </c>
       <c r="C624">
         <v>17627.676</v>
       </c>
       <c r="D624">
         <v>6057.68</v>
       </c>
       <c r="E624">
         <v>716.829</v>
       </c>
       <c r="F624">
         <v>427.453</v>
       </c>
       <c r="G624">
         <v>26539.45</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>124057.294</v>
+        <v>123854.271</v>
       </c>
       <c r="C625">
-        <v>17338.475</v>
+        <v>17608.985</v>
       </c>
       <c r="D625">
-        <v>5845.112</v>
+        <v>5929.304</v>
       </c>
       <c r="E625">
-        <v>623.392</v>
+        <v>736.678</v>
       </c>
       <c r="F625">
         <v>311.718</v>
       </c>
       <c r="G625">
-        <v>25365.569</v>
+        <v>25833.557</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>129330.881</v>
+        <v>129170.199</v>
       </c>
       <c r="C626">
-        <v>17235.434</v>
+        <v>17564.159</v>
       </c>
       <c r="D626">
-        <v>5940.087</v>
+        <v>6065.314</v>
       </c>
       <c r="E626">
-        <v>609.632</v>
+        <v>725.311</v>
       </c>
       <c r="F626">
         <v>308.442</v>
       </c>
       <c r="G626">
-        <v>25327.363</v>
+        <v>25896.994</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>135669.072</v>
+        <v>135537.254</v>
       </c>
       <c r="C627">
-        <v>17045.126</v>
+        <v>17430.726</v>
       </c>
       <c r="D627">
-        <v>5964.789</v>
+        <v>6117.742</v>
       </c>
       <c r="E627">
-        <v>597.143</v>
+        <v>726.743</v>
       </c>
       <c r="F627">
         <v>333.061</v>
       </c>
       <c r="G627">
-        <v>25272.363</v>
+        <v>25940.516</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>138908.261</v>
+        <v>138839.274</v>
       </c>
       <c r="C628">
-        <v>16678.822</v>
+        <v>17099.232</v>
       </c>
       <c r="D628">
-        <v>5988.105</v>
+        <v>6190.625</v>
       </c>
       <c r="E628">
-        <v>484.371</v>
+        <v>721.149</v>
       </c>
       <c r="F628">
         <v>308.565</v>
       </c>
       <c r="G628">
-        <v>24694.123</v>
+        <v>25553.831</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>139971.455</v>
+        <v>139892.605</v>
       </c>
       <c r="C629">
-        <v>16520.265</v>
+        <v>17002.989</v>
       </c>
       <c r="D629">
-        <v>5917.23</v>
+        <v>6110.665</v>
       </c>
       <c r="E629">
-        <v>477.864</v>
+        <v>720.367</v>
       </c>
       <c r="F629">
-        <v>311.593</v>
+        <v>311.009</v>
       </c>
       <c r="G629">
-        <v>24473.324</v>
+        <v>25389.066</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>135367.682</v>
+        <v>135229.253</v>
       </c>
       <c r="C630">
-        <v>16776.371</v>
+        <v>17300.176</v>
       </c>
       <c r="D630">
-        <v>5791.847</v>
+        <v>5973.612</v>
       </c>
       <c r="E630">
-        <v>460.003</v>
+        <v>700.096</v>
       </c>
       <c r="F630">
-        <v>322.08</v>
+        <v>331.659</v>
       </c>
       <c r="G630">
-        <v>24638.621</v>
+        <v>25632.179</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>127494.179</v>
+        <v>127377.502</v>
       </c>
       <c r="C631">
-        <v>16630.541</v>
+        <v>17040.29</v>
       </c>
       <c r="D631">
-        <v>5558.416</v>
+        <v>5729.502</v>
       </c>
       <c r="E631">
-        <v>462.252</v>
+        <v>672.626</v>
       </c>
       <c r="F631">
-        <v>384.36</v>
+        <v>410.265</v>
       </c>
       <c r="G631">
-        <v>24573.009</v>
+        <v>25493.743</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>121858.366</v>
+        <v>121755.689</v>
       </c>
       <c r="C632">
-        <v>16180.946</v>
+        <v>16520.013</v>
       </c>
       <c r="D632">
-        <v>5417.304</v>
+        <v>5572.544</v>
       </c>
       <c r="E632">
-        <v>458.175</v>
+        <v>650.444</v>
       </c>
       <c r="F632">
-        <v>390.303</v>
+        <v>398.874</v>
       </c>
       <c r="G632">
-        <v>24007.94</v>
+        <v>24737.371</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>122669.097</v>
+        <v>122555.119</v>
       </c>
       <c r="C633">
-        <v>16456.514</v>
+        <v>16812.543</v>
       </c>
       <c r="D633">
-        <v>5318.561</v>
+        <v>5464.758</v>
       </c>
       <c r="E633">
-        <v>444.11</v>
+        <v>650.178</v>
       </c>
       <c r="F633">
-        <v>443.648</v>
+        <v>469.545</v>
       </c>
       <c r="G633">
-        <v>24437.425</v>
+        <v>25275.204</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>127816.347</v>
+        <v>127746.57</v>
       </c>
       <c r="C634">
-        <v>16106.509</v>
+        <v>16489.998</v>
       </c>
       <c r="D634">
-        <v>5294.894</v>
+        <v>5434.829</v>
       </c>
       <c r="E634">
-        <v>433.456</v>
+        <v>641.786</v>
       </c>
       <c r="F634">
-        <v>427.784</v>
+        <v>427.746</v>
       </c>
       <c r="G634">
-        <v>23973.779</v>
+        <v>24705.343</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>131111.864</v>
+        <v>131090.77</v>
       </c>
       <c r="C635">
-        <v>16157.025</v>
+        <v>16633.319</v>
       </c>
       <c r="D635">
-        <v>5247.742</v>
+        <v>5419.028</v>
       </c>
       <c r="E635">
-        <v>426.024</v>
+        <v>644.577</v>
       </c>
       <c r="F635">
-        <v>404.369</v>
+        <v>404.332</v>
       </c>
       <c r="G635">
-        <v>23852.636</v>
+        <v>24718.584</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>127910.898</v>
+        <v>127825.935</v>
       </c>
       <c r="C636">
-        <v>16048.453</v>
+        <v>17044.466</v>
       </c>
       <c r="D636">
-        <v>5058.418</v>
+        <v>5290.996</v>
       </c>
       <c r="E636">
-        <v>415.472</v>
+        <v>678.366</v>
       </c>
       <c r="F636">
-        <v>438.127</v>
+        <v>438.088</v>
       </c>
       <c r="G636">
-        <v>23712.978</v>
+        <v>25204.268</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>113635.012</v>
+        <v>113293.33</v>
       </c>
       <c r="C637">
-        <v>15206.765</v>
+        <v>16040.289</v>
       </c>
       <c r="D637">
-        <v>4541.454</v>
+        <v>4713.63</v>
       </c>
       <c r="E637">
-        <v>468.291</v>
+        <v>531.634</v>
       </c>
       <c r="F637">
-        <v>395.231</v>
+        <v>395.193</v>
       </c>
       <c r="G637">
-        <v>22192.665</v>
+        <v>23261.518</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>106983.87</v>
+        <v>106812.54</v>
       </c>
       <c r="C638">
-        <v>15596.124</v>
+        <v>16236.915</v>
       </c>
       <c r="D638">
-        <v>4379.065</v>
+        <v>4596.86</v>
       </c>
       <c r="E638">
-        <v>470.326</v>
+        <v>518.738</v>
       </c>
       <c r="F638">
-        <v>405.002</v>
+        <v>404.962</v>
       </c>
       <c r="G638">
-        <v>22470.525</v>
+        <v>23377.323</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>111775.706</v>
+        <v>111665.33</v>
       </c>
       <c r="C639">
-        <v>18239.326</v>
+        <v>16171.246</v>
       </c>
       <c r="D639">
-        <v>4778.251</v>
+        <v>4894.261</v>
       </c>
       <c r="E639">
-        <v>466.931</v>
+        <v>510.83</v>
       </c>
       <c r="F639">
-        <v>368.083</v>
+        <v>368.044</v>
       </c>
       <c r="G639">
-        <v>25324.923</v>
+        <v>23416.557</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>116147.105</v>
+        <v>115928.974</v>
       </c>
       <c r="C640">
-        <v>15908.747</v>
+        <v>16473.738</v>
       </c>
       <c r="D640">
-        <v>4781.546</v>
+        <v>4972.097</v>
       </c>
       <c r="E640">
-        <v>529.713</v>
+        <v>569.685</v>
       </c>
       <c r="F640">
-        <v>358.005</v>
+        <v>357.964</v>
       </c>
       <c r="G640">
-        <v>23010.031</v>
+        <v>23805.34</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>119689.459</v>
+        <v>119508.31</v>
       </c>
       <c r="C641">
-        <v>16086.312</v>
+        <v>16587.126</v>
       </c>
       <c r="D641">
-        <v>4877.633</v>
+        <v>5069.376</v>
       </c>
       <c r="E641">
-        <v>526.536</v>
+        <v>564.857</v>
       </c>
       <c r="F641">
-        <v>371.446</v>
+        <v>390.377</v>
       </c>
       <c r="G641">
-        <v>23347.711</v>
+        <v>24173.244</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>116687.544</v>
+        <v>116434.455</v>
       </c>
       <c r="C642">
-        <v>15602.564</v>
+        <v>15948.363</v>
       </c>
       <c r="D642">
-        <v>4706.624</v>
+        <v>4920.063</v>
       </c>
       <c r="E642">
-        <v>515.53</v>
+        <v>547.344</v>
       </c>
       <c r="F642">
-        <v>342.509</v>
+        <v>342.369</v>
       </c>
       <c r="G642">
-        <v>22537.263</v>
+        <v>23127.615</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>109004.975</v>
+        <v>108748.628</v>
       </c>
       <c r="C643">
-        <v>15448.029</v>
+        <v>15729.353</v>
       </c>
       <c r="D643">
-        <v>4531.849</v>
+        <v>4762.355</v>
       </c>
       <c r="E643">
-        <v>504.923</v>
+        <v>530.725</v>
       </c>
       <c r="F643">
-        <v>325.737</v>
+        <v>325.6</v>
       </c>
       <c r="G643">
-        <v>22113.486</v>
+        <v>22650.433</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>104584.324</v>
+      </c>
+      <c r="C644">
+        <v>15921.178</v>
+      </c>
+      <c r="D644">
+        <v>4817.513</v>
+      </c>
+      <c r="E644">
+        <v>492.904</v>
+      </c>
+      <c r="F644">
+        <v>333.69</v>
+      </c>
+      <c r="G644">
+        <v>22900.045</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -16922,66 +16945,66 @@
       </c>
       <c r="B87">
         <v>133028.387</v>
       </c>
       <c r="C87">
         <v>17627.676</v>
       </c>
       <c r="D87">
         <v>6057.68</v>
       </c>
       <c r="E87">
         <v>716.829</v>
       </c>
       <c r="F87">
         <v>427.453</v>
       </c>
       <c r="G87">
         <v>26539.45</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>127910.898</v>
+        <v>127825.935</v>
       </c>
       <c r="C88">
-        <v>16048.453</v>
+        <v>17044.466</v>
       </c>
       <c r="D88">
-        <v>5058.418</v>
+        <v>5290.996</v>
       </c>
       <c r="E88">
-        <v>415.472</v>
+        <v>678.366</v>
       </c>
       <c r="F88">
-        <v>438.127</v>
+        <v>438.088</v>
       </c>
       <c r="G88">
-        <v>23712.978</v>
+        <v>25204.268</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>