--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.5 Stocks of Coal and Petroleum:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Stocks, Electric Power Sector</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -15097,50 +15097,96 @@
       <c r="G643">
         <v>22650.433</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>104584.324</v>
       </c>
       <c r="C644">
         <v>15921.178</v>
       </c>
       <c r="D644">
         <v>4817.513</v>
       </c>
       <c r="E644">
         <v>492.904</v>
       </c>
       <c r="F644">
         <v>333.69</v>
       </c>
       <c r="G644">
         <v>22900.045</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>105401.895</v>
+      </c>
+      <c r="C645">
+        <v>15904.416</v>
+      </c>
+      <c r="D645">
+        <v>4694.064</v>
+      </c>
+      <c r="E645">
+        <v>494.348</v>
+      </c>
+      <c r="F645">
+        <v>278.072</v>
+      </c>
+      <c r="G645">
+        <v>22483.188</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>108939.068</v>
+      </c>
+      <c r="C646">
+        <v>15896.756</v>
+      </c>
+      <c r="D646">
+        <v>4690.009</v>
+      </c>
+      <c r="E646">
+        <v>487.737</v>
+      </c>
+      <c r="F646">
+        <v>286.549</v>
+      </c>
+      <c r="G646">
+        <v>22507.247</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>