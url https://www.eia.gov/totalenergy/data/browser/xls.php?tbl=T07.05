--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.5 Stocks of Coal and Petroleum:  Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Stocks, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Stocks, Electric Power Sector</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="80.837" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -15143,50 +15143,73 @@
       <c r="G645">
         <v>22483.188</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>108939.068</v>
       </c>
       <c r="C646">
         <v>15896.756</v>
       </c>
       <c r="D646">
         <v>4690.009</v>
       </c>
       <c r="E646">
         <v>487.737</v>
       </c>
       <c r="F646">
         <v>286.549</v>
       </c>
       <c r="G646">
         <v>22507.247</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>111811.325</v>
+      </c>
+      <c r="C647">
+        <v>15940.508</v>
+      </c>
+      <c r="D647">
+        <v>4825.081</v>
+      </c>
+      <c r="E647">
+        <v>481.17</v>
+      </c>
+      <c r="F647">
+        <v>310.753</v>
+      </c>
+      <c r="G647">
+        <v>22800.524</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>