--- v0 (2025-12-18)
+++ v1 (2026-02-01)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.3b Consumption of Combustible Fuels for Electricity Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
@@ -80,53 +80,50 @@
     <t>Other Fossil Gases Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Wood Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Waste Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>(Thousand Short Tons)</t>
   </si>
   <si>
     <t>(Thousand Barrels)</t>
   </si>
   <si>
     <t>(Billion Cubic Feet)</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
   </si>
   <si>
     <t>Not Available</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -495,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="120.685" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="86.693" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24350,55 +24347,55 @@
         <v>12.868</v>
       </c>
       <c r="K636">
         <v>11.947</v>
       </c>
       <c r="L636">
         <v>5.621</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>45734.272</v>
       </c>
       <c r="C637">
         <v>2950.757</v>
       </c>
       <c r="D637">
         <v>1462.561</v>
       </c>
       <c r="E637">
         <v>231.683</v>
       </c>
-      <c r="F637" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F637">
+        <v>199.078</v>
+      </c>
+      <c r="G637">
+        <v>5640.391</v>
       </c>
       <c r="H637">
         <v>1092.302</v>
       </c>
       <c r="I637">
         <v>1.331</v>
       </c>
       <c r="J637">
         <v>13.107</v>
       </c>
       <c r="K637">
         <v>11.823</v>
       </c>
       <c r="L637">
         <v>5.706</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>35058.468</v>
       </c>
       <c r="C638">
@@ -24578,55 +24575,55 @@
         <v>12.71</v>
       </c>
       <c r="K642">
         <v>12.021</v>
       </c>
       <c r="L642">
         <v>5.637</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>44964.029</v>
       </c>
       <c r="C643">
         <v>879.559</v>
       </c>
       <c r="D643">
         <v>969.994</v>
       </c>
       <c r="E643">
         <v>111.208</v>
       </c>
-      <c r="F643" t="s">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="F643">
+        <v>201.182</v>
+      </c>
+      <c r="G643">
+        <v>2966.671</v>
       </c>
       <c r="H643">
         <v>1461.394</v>
       </c>
       <c r="I643">
         <v>1.138</v>
       </c>
       <c r="J643">
         <v>13.379</v>
       </c>
       <c r="K643">
         <v>11.847</v>
       </c>
       <c r="L643">
         <v>6.198</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>39561.367</v>
       </c>
       <c r="C644">
@@ -24636,50 +24633,126 @@
         <v>845.8</v>
       </c>
       <c r="E644">
         <v>114.002</v>
       </c>
       <c r="F644">
         <v>191.146</v>
       </c>
       <c r="G644">
         <v>2752.306</v>
       </c>
       <c r="H644">
         <v>1379.061</v>
       </c>
       <c r="I644">
         <v>0.69</v>
       </c>
       <c r="J644">
         <v>13.427</v>
       </c>
       <c r="K644">
         <v>11.414</v>
       </c>
       <c r="L644">
         <v>6.026</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>33311.07</v>
+      </c>
+      <c r="C645">
+        <v>670.89</v>
+      </c>
+      <c r="D645">
+        <v>802.627</v>
+      </c>
+      <c r="E645">
+        <v>86.773</v>
+      </c>
+      <c r="F645">
+        <v>157.618</v>
+      </c>
+      <c r="G645">
+        <v>2348.38</v>
+      </c>
+      <c r="H645">
+        <v>1191.714</v>
+      </c>
+      <c r="I645">
+        <v>0.753</v>
+      </c>
+      <c r="J645">
+        <v>13.359</v>
+      </c>
+      <c r="K645">
+        <v>11.294</v>
+      </c>
+      <c r="L645">
+        <v>5.548</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>31044.338</v>
+      </c>
+      <c r="C646">
+        <v>671.818</v>
+      </c>
+      <c r="D646">
+        <v>830.725</v>
+      </c>
+      <c r="E646">
+        <v>97.112</v>
+      </c>
+      <c r="F646">
+        <v>162.45</v>
+      </c>
+      <c r="G646">
+        <v>2411.905</v>
+      </c>
+      <c r="H646">
+        <v>1007.924</v>
+      </c>
+      <c r="I646">
+        <v>0.977</v>
+      </c>
+      <c r="J646">
+        <v>10.606</v>
+      </c>
+      <c r="K646">
+        <v>11.213</v>
+      </c>
+      <c r="L646">
+        <v>5.527</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -24717,51 +24790,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>