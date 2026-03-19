--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.3b Consumption of Combustible Fuels for Electricity Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, Electric Power Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="120.685" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="87.836" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="92.12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="86.693" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24709,50 +24709,88 @@
         <v>830.725</v>
       </c>
       <c r="E646">
         <v>97.112</v>
       </c>
       <c r="F646">
         <v>162.45</v>
       </c>
       <c r="G646">
         <v>2411.905</v>
       </c>
       <c r="H646">
         <v>1007.924</v>
       </c>
       <c r="I646">
         <v>0.977</v>
       </c>
       <c r="J646">
         <v>10.606</v>
       </c>
       <c r="K646">
         <v>11.213</v>
       </c>
       <c r="L646">
         <v>5.527</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>30922.976</v>
+      </c>
+      <c r="C647">
+        <v>913.032</v>
+      </c>
+      <c r="D647">
+        <v>735.805</v>
+      </c>
+      <c r="E647">
+        <v>111.233</v>
+      </c>
+      <c r="F647">
+        <v>131.943</v>
+      </c>
+      <c r="G647">
+        <v>2419.785</v>
+      </c>
+      <c r="H647">
+        <v>916.08</v>
+      </c>
+      <c r="I647">
+        <v>0.915</v>
+      </c>
+      <c r="J647">
+        <v>11.497</v>
+      </c>
+      <c r="K647">
+        <v>10.983</v>
+      </c>
+      <c r="L647">
+        <v>5.843</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>