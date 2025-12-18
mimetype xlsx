--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.3a Consumption of Combustible Fuels for Electricity Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, All Sectors</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="118.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23880,765 +23880,803 @@
       </c>
       <c r="G624">
         <v>2439.353</v>
       </c>
       <c r="H624">
         <v>1046.536</v>
       </c>
       <c r="I624">
         <v>5.845</v>
       </c>
       <c r="J624">
         <v>25.286</v>
       </c>
       <c r="K624">
         <v>19.507</v>
       </c>
       <c r="L624">
         <v>13.029</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>42427.868</v>
+        <v>42393.286</v>
       </c>
       <c r="C625">
-        <v>1717.91</v>
+        <v>1545.885</v>
       </c>
       <c r="D625">
-        <v>1060.513</v>
+        <v>1025.161</v>
       </c>
       <c r="E625">
-        <v>259.362</v>
+        <v>186.115</v>
       </c>
       <c r="F625">
-        <v>138.427</v>
+        <v>163.09</v>
       </c>
       <c r="G625">
-        <v>3729.92</v>
+        <v>3572.611</v>
       </c>
       <c r="H625">
-        <v>1163.002</v>
+        <v>1162.832</v>
       </c>
       <c r="I625">
-        <v>5.71</v>
+        <v>5.77</v>
       </c>
       <c r="J625">
-        <v>25.8</v>
+        <v>26.093</v>
       </c>
       <c r="K625">
-        <v>18.379</v>
+        <v>18.431</v>
       </c>
       <c r="L625">
-        <v>12.379</v>
+        <v>12.502</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>25925.99</v>
+        <v>25982.193</v>
       </c>
       <c r="C626">
-        <v>622.283</v>
+        <v>554.664</v>
       </c>
       <c r="D626">
-        <v>711.519</v>
+        <v>688.941</v>
       </c>
       <c r="E626">
-        <v>135.655</v>
+        <v>141.159</v>
       </c>
       <c r="F626">
-        <v>114.24</v>
+        <v>119.717</v>
       </c>
       <c r="G626">
-        <v>2040.657</v>
+        <v>1983.349</v>
       </c>
       <c r="H626">
-        <v>939.629</v>
+        <v>934.713</v>
       </c>
       <c r="I626">
-        <v>4.083</v>
+        <v>4.947</v>
       </c>
       <c r="J626">
-        <v>21.959</v>
+        <v>23.434</v>
       </c>
       <c r="K626">
-        <v>16.473</v>
+        <v>17.039</v>
       </c>
       <c r="L626">
-        <v>11.115</v>
+        <v>11.324</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>22273.579</v>
+        <v>22380.098</v>
       </c>
       <c r="C627">
-        <v>678.44</v>
+        <v>598.708</v>
       </c>
       <c r="D627">
-        <v>696.602</v>
+        <v>692.835</v>
       </c>
       <c r="E627">
-        <v>134.401</v>
+        <v>127.77</v>
       </c>
       <c r="F627">
-        <v>63.184</v>
+        <v>89.166</v>
       </c>
       <c r="G627">
-        <v>1825.363</v>
+        <v>1865.143</v>
       </c>
       <c r="H627">
-        <v>944.578</v>
+        <v>941.501</v>
       </c>
       <c r="I627">
-        <v>3.96</v>
+        <v>4.848</v>
       </c>
       <c r="J627">
-        <v>22.874</v>
+        <v>23.476</v>
       </c>
       <c r="K627">
-        <v>17.357</v>
+        <v>17.769</v>
       </c>
       <c r="L627">
-        <v>11.436</v>
+        <v>11.642</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>21252.806</v>
+        <v>21239.613</v>
       </c>
       <c r="C628">
-        <v>952.997</v>
+        <v>801.651</v>
       </c>
       <c r="D628">
-        <v>700.92</v>
+        <v>679.699</v>
       </c>
       <c r="E628">
-        <v>358.943</v>
+        <v>110.719</v>
       </c>
       <c r="F628">
-        <v>103.366</v>
+        <v>125.414</v>
       </c>
       <c r="G628">
-        <v>2529.69</v>
+        <v>2219.139</v>
       </c>
       <c r="H628">
-        <v>906.711</v>
+        <v>905.025</v>
       </c>
       <c r="I628">
-        <v>4.299</v>
+        <v>5.072</v>
       </c>
       <c r="J628">
-        <v>21.328</v>
+        <v>20.826</v>
       </c>
       <c r="K628">
-        <v>16.373</v>
+        <v>16.58</v>
       </c>
       <c r="L628">
-        <v>10.895</v>
+        <v>11.145</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>26226.689</v>
+        <v>26177.811</v>
       </c>
       <c r="C629">
-        <v>852.374</v>
+        <v>726.95</v>
       </c>
       <c r="D629">
-        <v>775.142</v>
+        <v>762.123</v>
       </c>
       <c r="E629">
-        <v>104.295</v>
+        <v>87.274</v>
       </c>
       <c r="F629">
-        <v>118.311</v>
+        <v>139.789</v>
       </c>
       <c r="G629">
-        <v>2323.366</v>
+        <v>2275.292</v>
       </c>
       <c r="H629">
-        <v>1068.6</v>
+        <v>1070.779</v>
       </c>
       <c r="I629">
-        <v>4.187</v>
+        <v>4.84</v>
       </c>
       <c r="J629">
-        <v>24.681</v>
+        <v>22.584</v>
       </c>
       <c r="K629">
-        <v>17.813</v>
+        <v>18.242</v>
       </c>
       <c r="L629">
-        <v>12.074</v>
+        <v>12.282</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>34449.667</v>
+        <v>34427.908</v>
       </c>
       <c r="C630">
-        <v>813.688</v>
+        <v>717.628</v>
       </c>
       <c r="D630">
-        <v>794.176</v>
+        <v>783.989</v>
       </c>
       <c r="E630">
-        <v>117.621</v>
+        <v>112.03</v>
       </c>
       <c r="F630">
-        <v>168.709</v>
+        <v>170.936</v>
       </c>
       <c r="G630">
-        <v>2569.03</v>
+        <v>2468.327</v>
       </c>
       <c r="H630">
-        <v>1264.339</v>
+        <v>1260.404</v>
       </c>
       <c r="I630">
-        <v>4.778</v>
+        <v>5.175</v>
       </c>
       <c r="J630">
-        <v>24.308</v>
+        <v>24.318</v>
       </c>
       <c r="K630">
-        <v>17.124</v>
+        <v>17.308</v>
       </c>
       <c r="L630">
-        <v>11.681</v>
+        <v>11.822</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>40500.694</v>
+        <v>40449.692</v>
       </c>
       <c r="C631">
-        <v>872.716</v>
+        <v>834.936</v>
       </c>
       <c r="D631">
-        <v>877.051</v>
+        <v>861.958</v>
       </c>
       <c r="E631">
-        <v>130.324</v>
+        <v>135.465</v>
       </c>
       <c r="F631">
-        <v>184.604</v>
+        <v>199.185</v>
       </c>
       <c r="G631">
-        <v>2803.111</v>
+        <v>2828.284</v>
       </c>
       <c r="H631">
-        <v>1556.465</v>
+        <v>1551.563</v>
       </c>
       <c r="I631">
-        <v>4.652</v>
+        <v>5.195</v>
       </c>
       <c r="J631">
-        <v>24.32</v>
+        <v>25.152</v>
       </c>
       <c r="K631">
-        <v>18.123</v>
+        <v>18.087</v>
       </c>
       <c r="L631">
-        <v>12.394</v>
+        <v>12.518</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>39427.381</v>
+        <v>39363.846</v>
       </c>
       <c r="C632">
-        <v>948.04</v>
+        <v>873.754</v>
       </c>
       <c r="D632">
-        <v>854.989</v>
+        <v>823.197</v>
       </c>
       <c r="E632">
-        <v>110.187</v>
+        <v>115.832</v>
       </c>
       <c r="F632">
-        <v>180.647</v>
+        <v>192.529</v>
       </c>
       <c r="G632">
-        <v>2816.451</v>
+        <v>2775.428</v>
       </c>
       <c r="H632">
-        <v>1517.147</v>
+        <v>1521.577</v>
       </c>
       <c r="I632">
-        <v>4.698</v>
+        <v>4.906</v>
       </c>
       <c r="J632">
-        <v>25.487</v>
+        <v>25.625</v>
       </c>
       <c r="K632">
-        <v>18.347</v>
+        <v>18.55</v>
       </c>
       <c r="L632">
-        <v>12.423</v>
+        <v>12.566</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>31628.611</v>
+        <v>31493.314</v>
       </c>
       <c r="C633">
-        <v>691.596</v>
+        <v>618.46</v>
       </c>
       <c r="D633">
-        <v>806.857</v>
+        <v>785.996</v>
       </c>
       <c r="E633">
-        <v>99.43</v>
+        <v>80.269</v>
       </c>
       <c r="F633">
-        <v>107.733</v>
+        <v>109.304</v>
       </c>
       <c r="G633">
-        <v>2136.548</v>
+        <v>2031.245</v>
       </c>
       <c r="H633">
-        <v>1249.152</v>
+        <v>1244.27</v>
       </c>
       <c r="I633">
-        <v>4</v>
+        <v>4.545</v>
       </c>
       <c r="J633">
-        <v>22.96</v>
+        <v>22.153</v>
       </c>
       <c r="K633">
-        <v>17.138</v>
+        <v>17.316</v>
       </c>
       <c r="L633">
-        <v>11.293</v>
+        <v>11.449</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>27462.304</v>
+        <v>27311.895</v>
       </c>
       <c r="C634">
-        <v>773.272</v>
+        <v>708.532</v>
       </c>
       <c r="D634">
-        <v>856.392</v>
+        <v>846.606</v>
       </c>
       <c r="E634">
-        <v>102.549</v>
+        <v>95.887</v>
       </c>
       <c r="F634">
-        <v>79.996</v>
+        <v>113.332</v>
       </c>
       <c r="G634">
-        <v>2132.193</v>
+        <v>2217.685</v>
       </c>
       <c r="H634">
-        <v>1089.784</v>
+        <v>1089.749</v>
       </c>
       <c r="I634">
-        <v>3.377</v>
+        <v>4.288</v>
       </c>
       <c r="J634">
-        <v>20.338</v>
+        <v>19.018</v>
       </c>
       <c r="K634">
-        <v>17.316</v>
+        <v>17.506</v>
       </c>
       <c r="L634">
-        <v>11.385</v>
+        <v>11.559</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>26454.892</v>
+        <v>26333.035</v>
       </c>
       <c r="C635">
-        <v>731.185</v>
+        <v>669.408</v>
       </c>
       <c r="D635">
-        <v>788.95</v>
+        <v>767.966</v>
       </c>
       <c r="E635">
-        <v>113.415</v>
+        <v>97.335</v>
       </c>
       <c r="F635">
-        <v>80.027</v>
+        <v>102.296</v>
       </c>
       <c r="G635">
-        <v>2033.685</v>
+        <v>2046.189</v>
       </c>
       <c r="H635">
-        <v>1014.006</v>
+        <v>1009.898</v>
       </c>
       <c r="I635">
-        <v>4.139</v>
+        <v>4.312</v>
       </c>
       <c r="J635">
-        <v>22.672</v>
+        <v>21.812</v>
       </c>
       <c r="K635">
-        <v>16.431</v>
+        <v>17.215</v>
       </c>
       <c r="L635">
-        <v>11.488</v>
+        <v>11.727</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>35423.442</v>
+        <v>35378.381</v>
       </c>
       <c r="C636">
-        <v>1068.006</v>
+        <v>987.537</v>
       </c>
       <c r="D636">
-        <v>1019.199</v>
+        <v>1007.067</v>
       </c>
       <c r="E636">
-        <v>147.199</v>
+        <v>133.443</v>
       </c>
       <c r="F636">
-        <v>121.613</v>
+        <v>137.117</v>
       </c>
       <c r="G636">
-        <v>2842.469</v>
+        <v>2813.632</v>
       </c>
       <c r="H636">
-        <v>1060.592</v>
+        <v>1062.44</v>
       </c>
       <c r="I636">
-        <v>5.266</v>
+        <v>4.879</v>
       </c>
       <c r="J636">
-        <v>24.522</v>
+        <v>24.64</v>
       </c>
       <c r="K636">
-        <v>16.51</v>
+        <v>17.48</v>
       </c>
       <c r="L636">
-        <v>11.744</v>
+        <v>11.958</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>45855.351</v>
+        <v>45882.025</v>
       </c>
       <c r="C637">
-        <v>3073.226</v>
+        <v>2989.974</v>
       </c>
       <c r="D637">
-        <v>1507.748</v>
+        <v>1475.859</v>
       </c>
       <c r="E637">
-        <v>373.012</v>
+        <v>252.013</v>
       </c>
       <c r="F637">
-        <v>223.474</v>
+        <v>209.908</v>
       </c>
       <c r="G637">
-        <v>6071.356</v>
+        <v>5767.386</v>
       </c>
       <c r="H637">
-        <v>1154.569</v>
+        <v>1150.568</v>
       </c>
       <c r="I637">
-        <v>5.13</v>
+        <v>5.803</v>
       </c>
       <c r="J637">
-        <v>24.69</v>
+        <v>24.471</v>
       </c>
       <c r="K637">
-        <v>16.962</v>
+        <v>17.198</v>
       </c>
       <c r="L637">
-        <v>11.612</v>
+        <v>11.508</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>35140.618</v>
+        <v>35178.666</v>
       </c>
       <c r="C638">
-        <v>1093.525</v>
+        <v>1021.648</v>
       </c>
       <c r="D638">
-        <v>882.959</v>
+        <v>851.778</v>
       </c>
       <c r="E638">
-        <v>166.855</v>
+        <v>147.391</v>
       </c>
       <c r="F638">
-        <v>129.96</v>
+        <v>135.842</v>
       </c>
       <c r="G638">
-        <v>2793.139</v>
+        <v>2700.027</v>
       </c>
       <c r="H638">
-        <v>955.949</v>
+        <v>953.073</v>
       </c>
       <c r="I638">
-        <v>5.354</v>
+        <v>5.932</v>
       </c>
       <c r="J638">
-        <v>22.146</v>
+        <v>22.189</v>
       </c>
       <c r="K638">
-        <v>15.427</v>
+        <v>15.598</v>
       </c>
       <c r="L638">
-        <v>10.399</v>
+        <v>10.254</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>27920.161</v>
+        <v>28016.137</v>
       </c>
       <c r="C639">
-        <v>729.795</v>
+        <v>658.524</v>
       </c>
       <c r="D639">
-        <v>767.787</v>
+        <v>756.265</v>
       </c>
       <c r="E639">
-        <v>118.819</v>
+        <v>111.239</v>
       </c>
       <c r="F639">
-        <v>145.95</v>
+        <v>161.947</v>
       </c>
       <c r="G639">
-        <v>2346.151</v>
+        <v>2335.763</v>
       </c>
       <c r="H639">
-        <v>861.025</v>
+        <v>857.3</v>
       </c>
       <c r="I639">
-        <v>3.856</v>
+        <v>4.363</v>
       </c>
       <c r="J639">
-        <v>23.036</v>
+        <v>23.302</v>
       </c>
       <c r="K639">
-        <v>16.782</v>
+        <v>17.035</v>
       </c>
       <c r="L639">
-        <v>11.295</v>
+        <v>11.133</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>25986.974</v>
+        <v>25863.499</v>
       </c>
       <c r="C640">
-        <v>739.932</v>
+        <v>685.06</v>
       </c>
       <c r="D640">
-        <v>723.426</v>
+        <v>713.117</v>
       </c>
       <c r="E640">
-        <v>102.01</v>
+        <v>95.229</v>
       </c>
       <c r="F640">
-        <v>117.074</v>
+        <v>130.023</v>
       </c>
       <c r="G640">
-        <v>2150.738</v>
+        <v>2143.521</v>
       </c>
       <c r="H640">
-        <v>858.819</v>
+        <v>854.819</v>
       </c>
       <c r="I640">
-        <v>3.35</v>
+        <v>3.682</v>
       </c>
       <c r="J640">
-        <v>18.701</v>
+        <v>18.689</v>
       </c>
       <c r="K640">
-        <v>16.218</v>
+        <v>16.437</v>
       </c>
       <c r="L640">
-        <v>11.324</v>
+        <v>11.166</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>27843.746</v>
+        <v>27924.758</v>
       </c>
       <c r="C641">
-        <v>634.817</v>
+        <v>603.494</v>
       </c>
       <c r="D641">
-        <v>712.171</v>
+        <v>699.041</v>
       </c>
       <c r="E641">
-        <v>78.812</v>
+        <v>70.855</v>
       </c>
       <c r="F641">
-        <v>146.144</v>
+        <v>141.069</v>
       </c>
       <c r="G641">
-        <v>2156.52</v>
+        <v>2078.735</v>
       </c>
       <c r="H641">
-        <v>997.526</v>
+        <v>996.15</v>
       </c>
       <c r="I641">
-        <v>3.261</v>
+        <v>3.685</v>
       </c>
       <c r="J641">
-        <v>22.75</v>
+        <v>22.577</v>
       </c>
       <c r="K641">
-        <v>16.391</v>
+        <v>16.783</v>
       </c>
       <c r="L641">
-        <v>11.665</v>
+        <v>11.497</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>36502.084</v>
+        <v>36541.476</v>
       </c>
       <c r="C642">
-        <v>1066.878</v>
+        <v>983.827</v>
       </c>
       <c r="D642">
-        <v>916.674</v>
+        <v>881.24</v>
       </c>
       <c r="E642">
-        <v>176.791</v>
+        <v>147.367</v>
       </c>
       <c r="F642">
-        <v>187.452</v>
+        <v>173.729</v>
       </c>
       <c r="G642">
-        <v>3097.603</v>
+        <v>2881.079</v>
       </c>
       <c r="H642">
-        <v>1238.475</v>
+        <v>1233.832</v>
       </c>
       <c r="I642">
-        <v>4.729</v>
+        <v>5.308</v>
       </c>
       <c r="J642">
-        <v>24.183</v>
+        <v>24.184</v>
       </c>
       <c r="K642">
-        <v>16.455</v>
+        <v>17.164</v>
       </c>
       <c r="L642">
-        <v>11.537</v>
+        <v>11.37</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>45054.185</v>
+        <v>45095.402</v>
       </c>
       <c r="C643">
-        <v>984.663</v>
+        <v>905.319</v>
       </c>
       <c r="D643">
-        <v>1012.183</v>
+        <v>975.215</v>
       </c>
       <c r="E643">
-        <v>145.533</v>
+        <v>122.396</v>
       </c>
       <c r="F643">
-        <v>238.564</v>
+        <v>207.324</v>
       </c>
       <c r="G643">
-        <v>3335.199</v>
+        <v>3039.55</v>
       </c>
       <c r="H643">
-        <v>1524.72</v>
+        <v>1517.662</v>
       </c>
       <c r="I643">
-        <v>4.387</v>
+        <v>4.86</v>
       </c>
       <c r="J643">
-        <v>25.53</v>
+        <v>25.538</v>
       </c>
       <c r="K643">
-        <v>16.698</v>
+        <v>17.174</v>
       </c>
       <c r="L643">
-        <v>12.358</v>
+        <v>12.215</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>39685.202</v>
+      </c>
+      <c r="C644">
+        <v>882.902</v>
+      </c>
+      <c r="D644">
+        <v>850.031</v>
+      </c>
+      <c r="E644">
+        <v>128.928</v>
+      </c>
+      <c r="F644">
+        <v>203.855</v>
+      </c>
+      <c r="G644">
+        <v>2881.136</v>
+      </c>
+      <c r="H644">
+        <v>1435.678</v>
+      </c>
+      <c r="I644">
+        <v>4.759</v>
+      </c>
+      <c r="J644">
+        <v>25.209</v>
+      </c>
+      <c r="K644">
+        <v>16.793</v>
+      </c>
+      <c r="L644">
+        <v>12.064</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27603,81 +27641,81 @@
       </c>
       <c r="G87">
         <v>31473.662</v>
       </c>
       <c r="H87">
         <v>13245.495</v>
       </c>
       <c r="I87">
         <v>65.145</v>
       </c>
       <c r="J87">
         <v>289.996</v>
       </c>
       <c r="K87">
         <v>219.798</v>
       </c>
       <c r="L87">
         <v>146.956</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>373453.922</v>
+        <v>372931.071</v>
       </c>
       <c r="C88">
-        <v>10722.507</v>
+        <v>9638.113</v>
       </c>
       <c r="D88">
-        <v>9942.31</v>
+        <v>9725.538</v>
       </c>
       <c r="E88">
-        <v>1813.382</v>
+        <v>1423.297</v>
       </c>
       <c r="F88">
-        <v>1460.857</v>
+        <v>1661.875</v>
       </c>
       <c r="G88">
-        <v>29782.484</v>
+        <v>29096.323</v>
       </c>
       <c r="H88">
-        <v>13774.005</v>
+        <v>13754.749</v>
       </c>
       <c r="I88">
-        <v>53.15</v>
+        <v>58.777</v>
       </c>
       <c r="J88">
-        <v>281.25</v>
+        <v>279.132</v>
       </c>
       <c r="K88">
-        <v>207.383</v>
+        <v>211.525</v>
       </c>
       <c r="L88">
-        <v>140.307</v>
+        <v>142.493</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>