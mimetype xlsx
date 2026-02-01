--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.3a Consumption of Combustible Fuels for Electricity Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, All Sectors</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="118.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24633,50 +24633,126 @@
         <v>850.031</v>
       </c>
       <c r="E644">
         <v>128.928</v>
       </c>
       <c r="F644">
         <v>203.855</v>
       </c>
       <c r="G644">
         <v>2881.136</v>
       </c>
       <c r="H644">
         <v>1435.678</v>
       </c>
       <c r="I644">
         <v>4.759</v>
       </c>
       <c r="J644">
         <v>25.209</v>
       </c>
       <c r="K644">
         <v>16.793</v>
       </c>
       <c r="L644">
         <v>12.064</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>33431.143</v>
+      </c>
+      <c r="C645">
+        <v>689.534</v>
+      </c>
+      <c r="D645">
+        <v>806.165</v>
+      </c>
+      <c r="E645">
+        <v>101.968</v>
+      </c>
+      <c r="F645">
+        <v>167.157</v>
+      </c>
+      <c r="G645">
+        <v>2433.452</v>
+      </c>
+      <c r="H645">
+        <v>1245.251</v>
+      </c>
+      <c r="I645">
+        <v>5.248</v>
+      </c>
+      <c r="J645">
+        <v>24.624</v>
+      </c>
+      <c r="K645">
+        <v>16.55</v>
+      </c>
+      <c r="L645">
+        <v>11.448</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>31164.734</v>
+      </c>
+      <c r="C646">
+        <v>690.842</v>
+      </c>
+      <c r="D646">
+        <v>835.829</v>
+      </c>
+      <c r="E646">
+        <v>117.166</v>
+      </c>
+      <c r="F646">
+        <v>172.904</v>
+      </c>
+      <c r="G646">
+        <v>2508.357</v>
+      </c>
+      <c r="H646">
+        <v>1060.057</v>
+      </c>
+      <c r="I646">
+        <v>5.814</v>
+      </c>
+      <c r="J646">
+        <v>21.275</v>
+      </c>
+      <c r="K646">
+        <v>16.534</v>
+      </c>
+      <c r="L646">
+        <v>11.294</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>