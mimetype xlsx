--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.3a Consumption of Combustible Fuels for Electricity Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Residual Fuel Oil Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Other Petroleum Liquids Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Petroleum Coke Consumption for Electricity Generation, All Sectors</t>
   </si>
   <si>
     <t>Total Petroleum Consumption for Electricity Generation, All Sectors</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="118.114" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="81.266" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="72.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24709,50 +24709,88 @@
         <v>835.829</v>
       </c>
       <c r="E646">
         <v>117.166</v>
       </c>
       <c r="F646">
         <v>172.904</v>
       </c>
       <c r="G646">
         <v>2508.357</v>
       </c>
       <c r="H646">
         <v>1060.057</v>
       </c>
       <c r="I646">
         <v>5.814</v>
       </c>
       <c r="J646">
         <v>21.275</v>
       </c>
       <c r="K646">
         <v>16.534</v>
       </c>
       <c r="L646">
         <v>11.294</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>31033.76</v>
+      </c>
+      <c r="C647">
+        <v>930.921</v>
+      </c>
+      <c r="D647">
+        <v>739.056</v>
+      </c>
+      <c r="E647">
+        <v>126.283</v>
+      </c>
+      <c r="F647">
+        <v>140.792</v>
+      </c>
+      <c r="G647">
+        <v>2500.22</v>
+      </c>
+      <c r="H647">
+        <v>970.228</v>
+      </c>
+      <c r="I647">
+        <v>4.764</v>
+      </c>
+      <c r="J647">
+        <v>22.55</v>
+      </c>
+      <c r="K647">
+        <v>16.306</v>
+      </c>
+      <c r="L647">
+        <v>11.554</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>