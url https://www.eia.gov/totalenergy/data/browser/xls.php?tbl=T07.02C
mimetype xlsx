--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.2c Electricity Net Generation: Commercial and Industrial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Waste, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation Total (including from sources not shown), Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, Industrial Sector</t>
   </si>
@@ -492,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.691" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27566,879 +27566,923 @@
       </c>
       <c r="I624">
         <v>8699.349</v>
       </c>
       <c r="J624">
         <v>745.71</v>
       </c>
       <c r="K624">
         <v>72.099</v>
       </c>
       <c r="L624">
         <v>1896.13</v>
       </c>
       <c r="M624">
         <v>64.548</v>
       </c>
       <c r="N624">
         <v>12226.357</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>31.71</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>33.794</v>
+      </c>
+      <c r="C625">
+        <v>0.764</v>
       </c>
       <c r="D625">
-        <v>698.662</v>
+        <v>619.743</v>
       </c>
       <c r="E625">
-        <v>318.611</v>
+        <v>319.719</v>
       </c>
       <c r="F625">
-        <v>1427.688</v>
+        <v>1330.277</v>
       </c>
       <c r="G625">
-        <v>384.403</v>
+        <v>382.714</v>
       </c>
       <c r="H625">
-        <v>73.124</v>
+        <v>68.289</v>
       </c>
       <c r="I625">
-        <v>9105.232</v>
+        <v>8924.67</v>
       </c>
       <c r="J625">
-        <v>779.692</v>
+        <v>781.829</v>
       </c>
       <c r="K625">
-        <v>85.49</v>
+        <v>87.823</v>
       </c>
       <c r="L625">
-        <v>1868.31</v>
+        <v>1854.37</v>
       </c>
       <c r="M625">
-        <v>61.806</v>
+        <v>72.23</v>
       </c>
       <c r="N625">
-        <v>12658.784</v>
+        <v>12476.781</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>20.798</v>
+        <v>23.278</v>
       </c>
       <c r="C626">
-        <v>5.692</v>
+        <v>-0.281</v>
       </c>
       <c r="D626">
-        <v>653.538</v>
+        <v>566.867</v>
       </c>
       <c r="E626">
-        <v>287.142</v>
+        <v>288.682</v>
       </c>
       <c r="F626">
-        <v>1301.646</v>
+        <v>1203.567</v>
       </c>
       <c r="G626">
-        <v>347.993</v>
+        <v>346.23</v>
       </c>
       <c r="H626">
-        <v>62.424</v>
+        <v>67.015</v>
       </c>
       <c r="I626">
-        <v>8013.611</v>
+        <v>7859.796</v>
       </c>
       <c r="J626">
-        <v>554.847</v>
+        <v>686.694</v>
       </c>
       <c r="K626">
-        <v>78.178</v>
+        <v>89.407</v>
       </c>
       <c r="L626">
-        <v>1758.988</v>
+        <v>1774.335</v>
       </c>
       <c r="M626">
-        <v>60.199</v>
+        <v>70.2</v>
       </c>
       <c r="N626">
-        <v>11160.86</v>
+        <v>11180.525</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>19.414</v>
+        <v>18.945</v>
       </c>
       <c r="C627">
-        <v>6.792</v>
+        <v>1.687</v>
       </c>
       <c r="D627">
-        <v>676.035</v>
+        <v>564.812</v>
       </c>
       <c r="E627">
-        <v>289.545</v>
+        <v>295.045</v>
       </c>
       <c r="F627">
-        <v>1339.472</v>
+        <v>1220.707</v>
       </c>
       <c r="G627">
-        <v>389.419</v>
+        <v>379.661</v>
       </c>
       <c r="H627">
-        <v>51.741</v>
+        <v>59.263</v>
       </c>
       <c r="I627">
-        <v>7868.897</v>
+        <v>7853.021</v>
       </c>
       <c r="J627">
-        <v>523.951</v>
+        <v>654.72</v>
       </c>
       <c r="K627">
-        <v>82.613</v>
+        <v>89.12</v>
       </c>
       <c r="L627">
-        <v>1850.263</v>
+        <v>1851.883</v>
       </c>
       <c r="M627">
-        <v>70.832</v>
+        <v>76.979</v>
       </c>
       <c r="N627">
-        <v>11131.788</v>
+        <v>11262.99</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>12.772</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>14.671</v>
+      </c>
+      <c r="C628">
+        <v>3.104</v>
       </c>
       <c r="D628">
-        <v>575.588</v>
+        <v>533.051</v>
       </c>
       <c r="E628">
-        <v>286.577</v>
+        <v>288.205</v>
       </c>
       <c r="F628">
-        <v>1235.487</v>
+        <v>1187.217</v>
       </c>
       <c r="G628">
-        <v>302.774</v>
+        <v>292.682</v>
       </c>
       <c r="H628">
-        <v>57.295</v>
+        <v>56.572</v>
       </c>
       <c r="I628">
-        <v>7880.073</v>
+        <v>7686.596</v>
       </c>
       <c r="J628">
-        <v>536.049</v>
+        <v>656.642</v>
       </c>
       <c r="K628">
-        <v>72.58</v>
+        <v>89.306</v>
       </c>
       <c r="L628">
-        <v>1826.945</v>
+        <v>1775.428</v>
       </c>
       <c r="M628">
-        <v>61.559</v>
+        <v>66.785</v>
       </c>
       <c r="N628">
-        <v>11023.841</v>
+        <v>10924.836</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
-      <c r="B629" t="s">
-        <v>21</v>
+      <c r="B629">
+        <v>6.658</v>
       </c>
       <c r="C629">
-        <v>6.706</v>
+        <v>1.021</v>
       </c>
       <c r="D629">
-        <v>620.408</v>
+        <v>524.656</v>
       </c>
       <c r="E629">
-        <v>314.658</v>
+        <v>320.288</v>
       </c>
       <c r="F629">
-        <v>1350.114</v>
+        <v>1244.627</v>
       </c>
       <c r="G629">
-        <v>345.784</v>
+        <v>340.894</v>
       </c>
       <c r="H629">
-        <v>53.557</v>
+        <v>48.853</v>
       </c>
       <c r="I629">
-        <v>7918.044</v>
+        <v>7834.371</v>
       </c>
       <c r="J629">
-        <v>581.751</v>
+        <v>679.615</v>
       </c>
       <c r="K629">
-        <v>79.56</v>
+        <v>85.334</v>
       </c>
       <c r="L629">
-        <v>1888.768</v>
+        <v>1827.919</v>
       </c>
       <c r="M629">
-        <v>62.676</v>
+        <v>69.554</v>
       </c>
       <c r="N629">
-        <v>11253.572</v>
+        <v>11223.653</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>11.262</v>
+        <v>10.402</v>
       </c>
       <c r="C630">
-        <v>7.88</v>
+        <v>6.757</v>
       </c>
       <c r="D630">
-        <v>685.763</v>
+        <v>613.455</v>
       </c>
       <c r="E630">
-        <v>294.323</v>
+        <v>301.777</v>
       </c>
       <c r="F630">
-        <v>1395.562</v>
+        <v>1307.563</v>
       </c>
       <c r="G630">
-        <v>365.001</v>
+        <v>347.65</v>
       </c>
       <c r="H630">
-        <v>61.102</v>
+        <v>52.355</v>
       </c>
       <c r="I630">
-        <v>7638.395</v>
+        <v>7795.386</v>
       </c>
       <c r="J630">
-        <v>594.466</v>
+        <v>649.132</v>
       </c>
       <c r="K630">
-        <v>75.187</v>
+        <v>58.418</v>
       </c>
       <c r="L630">
-        <v>1824.253</v>
+        <v>1809.451</v>
       </c>
       <c r="M630">
-        <v>43.246</v>
+        <v>49.304</v>
       </c>
       <c r="N630">
-        <v>10953.448</v>
+        <v>11122.114</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>14.464</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>13.945</v>
+      </c>
+      <c r="C631">
+        <v>0.853</v>
       </c>
       <c r="D631">
-        <v>770.697</v>
+        <v>727.981</v>
       </c>
       <c r="E631">
-        <v>304.406</v>
+        <v>308.882</v>
       </c>
       <c r="F631">
-        <v>1495.908</v>
+        <v>1435.276</v>
       </c>
       <c r="G631">
-        <v>398.228</v>
+        <v>388.039</v>
       </c>
       <c r="H631">
-        <v>61.223</v>
+        <v>62.246</v>
       </c>
       <c r="I631">
-        <v>8391.676</v>
+        <v>8475.318</v>
       </c>
       <c r="J631">
-        <v>603.514</v>
+        <v>683.73</v>
       </c>
       <c r="K631">
-        <v>65.441</v>
+        <v>48.45</v>
       </c>
       <c r="L631">
-        <v>1856.151</v>
+        <v>1877.908</v>
       </c>
       <c r="M631">
-        <v>51.356</v>
+        <v>55.867</v>
       </c>
       <c r="N631">
-        <v>11790.16</v>
+        <v>11959.945</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>15.924</v>
+        <v>15.432</v>
       </c>
       <c r="C632">
-        <v>4.665</v>
+        <v>0.363</v>
       </c>
       <c r="D632">
-        <v>777.369</v>
+        <v>698.724</v>
       </c>
       <c r="E632">
-        <v>312.9</v>
+        <v>312.258</v>
       </c>
       <c r="F632">
-        <v>1510.84</v>
+        <v>1409.117</v>
       </c>
       <c r="G632">
-        <v>387.265</v>
+        <v>370.712</v>
       </c>
       <c r="H632">
-        <v>56.007</v>
+        <v>51.056</v>
       </c>
       <c r="I632">
-        <v>8842.596</v>
+        <v>8914.47</v>
       </c>
       <c r="J632">
-        <v>644.729</v>
+        <v>686.544</v>
       </c>
       <c r="K632">
-        <v>75.027</v>
+        <v>50.809</v>
       </c>
       <c r="L632">
-        <v>1904.379</v>
+        <v>1893.9</v>
       </c>
       <c r="M632">
-        <v>48.737</v>
+        <v>59.327</v>
       </c>
       <c r="N632">
-        <v>12279.509</v>
+        <v>12354.457</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>16.957</v>
+        <v>16.493</v>
       </c>
       <c r="C633">
-        <v>3.486</v>
+        <v>-1.017</v>
       </c>
       <c r="D633">
-        <v>687.15</v>
+        <v>601.816</v>
       </c>
       <c r="E633">
-        <v>282.938</v>
+        <v>293.094</v>
       </c>
       <c r="F633">
-        <v>1340.459</v>
+        <v>1256.508</v>
       </c>
       <c r="G633">
-        <v>351.177</v>
+        <v>345.748</v>
       </c>
       <c r="H633">
-        <v>49.875</v>
+        <v>45.85</v>
       </c>
       <c r="I633">
-        <v>8067.734</v>
+        <v>8026.709</v>
       </c>
       <c r="J633">
-        <v>491.235</v>
+        <v>572.312</v>
       </c>
       <c r="K633">
-        <v>63.694</v>
+        <v>36.188</v>
       </c>
       <c r="L633">
-        <v>1793.121</v>
+        <v>1771.886</v>
       </c>
       <c r="M633">
-        <v>45.485</v>
+        <v>57.046</v>
       </c>
       <c r="N633">
-        <v>11150.208</v>
+        <v>11153.712</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>13.783</v>
+        <v>13.953</v>
       </c>
       <c r="C634">
-        <v>4.117</v>
+        <v>-2.023</v>
       </c>
       <c r="D634">
-        <v>628.535</v>
+        <v>563</v>
       </c>
       <c r="E634">
-        <v>297.231</v>
+        <v>299.665</v>
       </c>
       <c r="F634">
-        <v>1295.653</v>
+        <v>1215.321</v>
       </c>
       <c r="G634">
-        <v>351.647</v>
+        <v>344.195</v>
       </c>
       <c r="H634">
-        <v>50.397</v>
+        <v>51.675</v>
       </c>
       <c r="I634">
-        <v>7389.58</v>
+        <v>7329.52</v>
       </c>
       <c r="J634">
-        <v>401.396</v>
+        <v>554.502</v>
       </c>
       <c r="K634">
-        <v>60.116</v>
+        <v>61.884</v>
       </c>
       <c r="L634">
-        <v>1627.281</v>
+        <v>1661.878</v>
       </c>
       <c r="M634">
-        <v>58.002</v>
+        <v>65.308</v>
       </c>
       <c r="N634">
-        <v>10201.158</v>
+        <v>10337.879</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>15.979</v>
+        <v>16.895</v>
       </c>
       <c r="C635">
-        <v>5.62</v>
+        <v>2.104</v>
       </c>
       <c r="D635">
-        <v>617.905</v>
+        <v>563.027</v>
       </c>
       <c r="E635">
-        <v>296.002</v>
+        <v>298.007</v>
       </c>
       <c r="F635">
-        <v>1276.969</v>
+        <v>1209.633</v>
       </c>
       <c r="G635">
-        <v>358.157</v>
+        <v>352.32</v>
       </c>
       <c r="H635">
-        <v>60.896</v>
+        <v>50.771</v>
       </c>
       <c r="I635">
-        <v>7716.612</v>
+        <v>7594.985</v>
       </c>
       <c r="J635">
-        <v>550.112</v>
+        <v>582.55</v>
       </c>
       <c r="K635">
-        <v>64.371</v>
+        <v>50.541</v>
       </c>
       <c r="L635">
-        <v>1817.635</v>
+        <v>1837.284</v>
       </c>
       <c r="M635">
-        <v>59.352</v>
+        <v>68.227</v>
       </c>
       <c r="N635">
-        <v>10928.548</v>
+        <v>10851.988</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>18.428</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>19.2</v>
+      </c>
+      <c r="C636">
+        <v>2</v>
       </c>
       <c r="D636">
-        <v>677.794</v>
+        <v>579.88</v>
       </c>
       <c r="E636">
-        <v>302.795</v>
+        <v>305.455</v>
       </c>
       <c r="F636">
-        <v>1357.024</v>
+        <v>1238.229</v>
       </c>
       <c r="G636">
-        <v>385.401</v>
+        <v>385.15</v>
       </c>
       <c r="H636">
-        <v>63.067</v>
+        <v>60.781</v>
       </c>
       <c r="I636">
-        <v>8806.742</v>
+        <v>8476.2</v>
       </c>
       <c r="J636">
-        <v>743.765</v>
+        <v>681.28</v>
       </c>
       <c r="K636">
-        <v>71.496</v>
+        <v>63.152</v>
       </c>
       <c r="L636">
-        <v>1850.974</v>
+        <v>1863.491</v>
       </c>
       <c r="M636">
-        <v>59.519</v>
+        <v>64.824</v>
       </c>
       <c r="N636">
-        <v>12273.413</v>
+        <v>11900.344</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>27.972</v>
+        <v>28.485</v>
       </c>
       <c r="C637" t="s">
         <v>21</v>
       </c>
       <c r="D637">
-        <v>686.894</v>
+        <v>656.553</v>
       </c>
       <c r="E637">
-        <v>289.774</v>
+        <v>297.319</v>
       </c>
       <c r="F637">
-        <v>1366.62</v>
+        <v>1350.395</v>
       </c>
       <c r="G637">
-        <v>418.931</v>
-[...2 lines deleted...]
-        <v>82.323</v>
+        <v>410.111</v>
+      </c>
+      <c r="H637" t="s">
+        <v>21</v>
       </c>
       <c r="I637">
-        <v>9027.928</v>
+        <v>8936.026</v>
       </c>
       <c r="J637">
-        <v>697.071</v>
+        <v>803.447</v>
       </c>
       <c r="K637">
-        <v>70.927</v>
+        <v>67.025</v>
       </c>
       <c r="L637">
-        <v>1817.372</v>
+        <v>1807.036</v>
       </c>
       <c r="M637">
-        <v>57.606</v>
+        <v>63.734</v>
       </c>
       <c r="N637">
-        <v>12457.716</v>
+        <v>12471.772</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>22.333</v>
+        <v>22.274</v>
       </c>
       <c r="C638" t="s">
         <v>21</v>
       </c>
       <c r="D638">
-        <v>610.513</v>
+        <v>577.667</v>
       </c>
       <c r="E638">
-        <v>285.535</v>
+        <v>286.812</v>
       </c>
       <c r="F638">
-        <v>1258.167</v>
+        <v>1227.259</v>
       </c>
       <c r="G638">
-        <v>370.175</v>
+        <v>358.695</v>
       </c>
       <c r="H638">
-        <v>58.078</v>
+        <v>48.729</v>
       </c>
       <c r="I638">
-        <v>7688.172</v>
+        <v>7619.347</v>
       </c>
       <c r="J638">
-        <v>694.813</v>
+        <v>787.574</v>
       </c>
       <c r="K638">
-        <v>64.721</v>
+        <v>62.963</v>
       </c>
       <c r="L638">
-        <v>1670.523</v>
+        <v>1667.492</v>
       </c>
       <c r="M638">
-        <v>55.841</v>
+        <v>61.491</v>
       </c>
       <c r="N638">
-        <v>10860.61</v>
+        <v>10877.166</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>16.675</v>
+        <v>16.368</v>
       </c>
       <c r="C639">
-        <v>6.024</v>
+        <v>5.664</v>
       </c>
       <c r="D639">
-        <v>628.241</v>
+        <v>610.52</v>
       </c>
       <c r="E639">
-        <v>296.801</v>
+        <v>298.676</v>
       </c>
       <c r="F639">
-        <v>1305.266</v>
+        <v>1291.278</v>
       </c>
       <c r="G639">
-        <v>399.078</v>
+        <v>387.777</v>
       </c>
       <c r="H639">
-        <v>54.446</v>
+        <v>62.979</v>
       </c>
       <c r="I639">
-        <v>8281.675</v>
+        <v>8199.345</v>
       </c>
       <c r="J639">
-        <v>530.38</v>
+        <v>613.573</v>
       </c>
       <c r="K639">
-        <v>80.383</v>
+        <v>76.42</v>
       </c>
       <c r="L639">
-        <v>1817.597</v>
+        <v>1817.985</v>
       </c>
       <c r="M639">
-        <v>61.265</v>
+        <v>66.398</v>
       </c>
       <c r="N639">
-        <v>11528.717</v>
+        <v>11534.172</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>14.746</v>
+        <v>14.326</v>
       </c>
       <c r="C640">
-        <v>4.365</v>
+        <v>4.065</v>
       </c>
       <c r="D640">
-        <v>554.89</v>
+        <v>533.591</v>
       </c>
       <c r="E640">
-        <v>284.03</v>
+        <v>285.594</v>
       </c>
       <c r="F640">
-        <v>1210.763</v>
+        <v>1191.547</v>
       </c>
       <c r="G640">
-        <v>356.43</v>
+        <v>349.401</v>
       </c>
       <c r="H640">
-        <v>48.881</v>
+        <v>48.884</v>
       </c>
       <c r="I640">
-        <v>7672.157</v>
+        <v>7613.306</v>
       </c>
       <c r="J640">
-        <v>470.136</v>
+        <v>522.773</v>
       </c>
       <c r="K640">
-        <v>72.723</v>
+        <v>68.714</v>
       </c>
       <c r="L640">
-        <v>1687.41</v>
+        <v>1695.763</v>
       </c>
       <c r="M640">
-        <v>53.691</v>
+        <v>59.482</v>
       </c>
       <c r="N640">
-        <v>10685.112</v>
+        <v>10686.544</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>14.956</v>
+        <v>15.389</v>
       </c>
       <c r="C641" t="s">
         <v>21</v>
       </c>
       <c r="D641">
-        <v>566.826</v>
+        <v>545.658</v>
       </c>
       <c r="E641">
-        <v>273.145</v>
+        <v>273.954</v>
       </c>
       <c r="F641">
-        <v>1209.471</v>
+        <v>1189.509</v>
       </c>
       <c r="G641">
-        <v>313.191</v>
+        <v>308.128</v>
       </c>
       <c r="H641">
-        <v>56.807</v>
+        <v>58.486</v>
       </c>
       <c r="I641">
-        <v>7891.538</v>
+        <v>7833.102</v>
       </c>
       <c r="J641">
-        <v>451.52</v>
+        <v>517.424</v>
       </c>
       <c r="K641">
-        <v>82.625</v>
+        <v>77.725</v>
       </c>
       <c r="L641">
-        <v>1790.155</v>
+        <v>1791.543</v>
       </c>
       <c r="M641">
-        <v>52.892</v>
+        <v>57.918</v>
       </c>
       <c r="N641">
-        <v>10977.311</v>
+        <v>10988.348</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>12.017</v>
-[...1 lines deleted...]
-      <c r="C642" t="s">
+        <v>11.693</v>
+      </c>
+      <c r="C642">
+        <v>5.938</v>
+      </c>
+      <c r="D642">
+        <v>660.727</v>
+      </c>
+      <c r="E642">
+        <v>282.614</v>
+      </c>
+      <c r="F642">
+        <v>1339.224</v>
+      </c>
+      <c r="G642">
+        <v>363.446</v>
+      </c>
+      <c r="H642" t="s">
         <v>21</v>
       </c>
-      <c r="D642">
-[...13 lines deleted...]
-      </c>
       <c r="I642">
-        <v>7918.947</v>
+        <v>7835.313</v>
       </c>
       <c r="J642">
-        <v>618.953</v>
+        <v>713.897</v>
       </c>
       <c r="K642">
-        <v>74.829</v>
+        <v>70.201</v>
       </c>
       <c r="L642">
-        <v>1783.171</v>
+        <v>1785.062</v>
       </c>
       <c r="M642">
-        <v>41.154</v>
+        <v>46.33</v>
       </c>
       <c r="N642">
-        <v>11208.471</v>
+        <v>11220.32</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>18.845</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>18.274</v>
+      </c>
+      <c r="C643">
+        <v>5.689</v>
       </c>
       <c r="D643">
-        <v>796.148</v>
+        <v>756.57</v>
       </c>
       <c r="E643">
-        <v>291.239</v>
+        <v>292.345</v>
       </c>
       <c r="F643">
-        <v>1498.743</v>
+        <v>1459.235</v>
       </c>
       <c r="G643">
-        <v>403.087</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>389.909</v>
+      </c>
+      <c r="H643">
+        <v>44.766</v>
       </c>
       <c r="I643">
-        <v>8496.85</v>
+        <v>8404.271</v>
       </c>
       <c r="J643">
-        <v>577.626</v>
+        <v>653.88</v>
       </c>
       <c r="K643">
-        <v>69.971</v>
+        <v>67.804</v>
       </c>
       <c r="L643">
-        <v>1909.947</v>
+        <v>1905.055</v>
       </c>
       <c r="M643">
-        <v>46.36</v>
+        <v>51.835</v>
       </c>
       <c r="N643">
-        <v>11914.389</v>
+        <v>11874.088</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>15.311</v>
+      </c>
+      <c r="C644">
+        <v>14.256</v>
+      </c>
+      <c r="D644">
+        <v>711.642</v>
+      </c>
+      <c r="E644">
+        <v>298.086</v>
+      </c>
+      <c r="F644">
+        <v>1427.131</v>
+      </c>
+      <c r="G644">
+        <v>362.171</v>
+      </c>
+      <c r="H644">
+        <v>78.09</v>
+      </c>
+      <c r="I644">
+        <v>8504.59</v>
+      </c>
+      <c r="J644">
+        <v>720.809</v>
+      </c>
+      <c r="K644">
+        <v>63.289</v>
+      </c>
+      <c r="L644">
+        <v>1852.963</v>
+      </c>
+      <c r="M644">
+        <v>54.354</v>
+      </c>
+      <c r="N644">
+        <v>11995.029</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31867,87 +31911,87 @@
       </c>
       <c r="I87">
         <v>98463.084</v>
       </c>
       <c r="J87">
         <v>8438.024</v>
       </c>
       <c r="K87">
         <v>844.036</v>
       </c>
       <c r="L87">
         <v>21320.47</v>
       </c>
       <c r="M87">
         <v>697.707</v>
       </c>
       <c r="N87">
         <v>138663.879</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>199.885</v>
+        <v>203.666</v>
       </c>
       <c r="C88">
-        <v>81.227</v>
+        <v>15.333</v>
       </c>
       <c r="D88">
-        <v>8069.445</v>
+        <v>7157.012</v>
       </c>
       <c r="E88">
-        <v>3587.125</v>
+        <v>3631.076</v>
       </c>
       <c r="F88">
-        <v>16326.822</v>
+        <v>15258.042</v>
       </c>
       <c r="G88">
-        <v>4367.249</v>
+        <v>4275.994</v>
       </c>
       <c r="H88">
-        <v>700.708</v>
+        <v>674.727</v>
       </c>
       <c r="I88">
-        <v>97639.193</v>
+        <v>96771.041</v>
       </c>
       <c r="J88">
-        <v>7005.506</v>
+        <v>7869.551</v>
       </c>
       <c r="K88">
-        <v>873.752</v>
+        <v>810.432</v>
       </c>
       <c r="L88">
-        <v>21867.069</v>
+        <v>21799.732</v>
       </c>
       <c r="M88">
-        <v>682.769</v>
+        <v>775.652</v>
       </c>
       <c r="N88">
-        <v>136805.289</v>
+        <v>136749.223</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>