--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.2c Electricity Net Generation: Commercial and Industrial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Waste, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation Total (including from sources not shown), Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, Industrial Sector</t>
   </si>
@@ -77,53 +77,50 @@
     <t>Electricity Net Generation From Petroleum, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Other Fossil Gases, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Hydroelectric Power, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Wood, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Waste, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation Total (including from sources not shown), Industrial Sector</t>
   </si>
   <si>
     <t>(Million Kilowatthours)</t>
   </si>
   <si>
     <t>Not Available</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -492,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.691" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="93.12" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -26571,52 +26568,52 @@
         <v>12507.668</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" s="6">
         <v>44593.0</v>
       </c>
       <c r="B602">
         <v>19.49</v>
       </c>
       <c r="C602">
         <v>7.582</v>
       </c>
       <c r="D602">
         <v>563.204</v>
       </c>
       <c r="E602">
         <v>292.299</v>
       </c>
       <c r="F602">
         <v>1231.869</v>
       </c>
       <c r="G602">
         <v>408.995</v>
       </c>
-      <c r="H602" t="s">
-        <v>21</v>
+      <c r="H602">
+        <v>76.479</v>
       </c>
       <c r="I602">
         <v>7439.88</v>
       </c>
       <c r="J602">
         <v>634.671</v>
       </c>
       <c r="K602">
         <v>82.716</v>
       </c>
       <c r="L602">
         <v>1863.546</v>
       </c>
       <c r="M602">
         <v>66.652</v>
       </c>
       <c r="N602">
         <v>10921.154</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" s="6">
         <v>44621.0</v>
       </c>
       <c r="B603">
@@ -28096,96 +28093,96 @@
         <v>8476.2</v>
       </c>
       <c r="J636">
         <v>681.28</v>
       </c>
       <c r="K636">
         <v>63.152</v>
       </c>
       <c r="L636">
         <v>1863.491</v>
       </c>
       <c r="M636">
         <v>64.824</v>
       </c>
       <c r="N636">
         <v>11900.344</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>28.485</v>
       </c>
-      <c r="C637" t="s">
-        <v>21</v>
+      <c r="C637">
+        <v>18.335</v>
       </c>
       <c r="D637">
         <v>656.553</v>
       </c>
       <c r="E637">
         <v>297.319</v>
       </c>
       <c r="F637">
         <v>1350.395</v>
       </c>
       <c r="G637">
         <v>410.111</v>
       </c>
-      <c r="H637" t="s">
-        <v>21</v>
+      <c r="H637">
+        <v>82.71</v>
       </c>
       <c r="I637">
         <v>8936.026</v>
       </c>
       <c r="J637">
         <v>803.447</v>
       </c>
       <c r="K637">
         <v>67.025</v>
       </c>
       <c r="L637">
         <v>1807.036</v>
       </c>
       <c r="M637">
         <v>63.734</v>
       </c>
       <c r="N637">
         <v>12471.772</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>22.274</v>
       </c>
-      <c r="C638" t="s">
-        <v>21</v>
+      <c r="C638">
+        <v>8.803</v>
       </c>
       <c r="D638">
         <v>577.667</v>
       </c>
       <c r="E638">
         <v>286.812</v>
       </c>
       <c r="F638">
         <v>1227.259</v>
       </c>
       <c r="G638">
         <v>358.695</v>
       </c>
       <c r="H638">
         <v>48.729</v>
       </c>
       <c r="I638">
         <v>7619.347</v>
       </c>
       <c r="J638">
         <v>787.574</v>
       </c>
       <c r="K638">
         <v>62.963</v>
       </c>
@@ -28272,52 +28269,52 @@
         <v>7613.306</v>
       </c>
       <c r="J640">
         <v>522.773</v>
       </c>
       <c r="K640">
         <v>68.714</v>
       </c>
       <c r="L640">
         <v>1695.763</v>
       </c>
       <c r="M640">
         <v>59.482</v>
       </c>
       <c r="N640">
         <v>10686.544</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>15.389</v>
       </c>
-      <c r="C641" t="s">
-        <v>21</v>
+      <c r="C641">
+        <v>3.152</v>
       </c>
       <c r="D641">
         <v>545.658</v>
       </c>
       <c r="E641">
         <v>273.954</v>
       </c>
       <c r="F641">
         <v>1189.509</v>
       </c>
       <c r="G641">
         <v>308.128</v>
       </c>
       <c r="H641">
         <v>58.486</v>
       </c>
       <c r="I641">
         <v>7833.102</v>
       </c>
       <c r="J641">
         <v>517.424</v>
       </c>
       <c r="K641">
         <v>77.725</v>
       </c>
@@ -28331,52 +28328,52 @@
         <v>10988.348</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>11.693</v>
       </c>
       <c r="C642">
         <v>5.938</v>
       </c>
       <c r="D642">
         <v>660.727</v>
       </c>
       <c r="E642">
         <v>282.614</v>
       </c>
       <c r="F642">
         <v>1339.224</v>
       </c>
       <c r="G642">
         <v>363.446</v>
       </c>
-      <c r="H642" t="s">
-        <v>21</v>
+      <c r="H642">
+        <v>76.458</v>
       </c>
       <c r="I642">
         <v>7835.313</v>
       </c>
       <c r="J642">
         <v>713.897</v>
       </c>
       <c r="K642">
         <v>70.201</v>
       </c>
       <c r="L642">
         <v>1785.062</v>
       </c>
       <c r="M642">
         <v>46.33</v>
       </c>
       <c r="N642">
         <v>11220.32</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
@@ -28439,50 +28436,138 @@
         <v>1427.131</v>
       </c>
       <c r="G644">
         <v>362.171</v>
       </c>
       <c r="H644">
         <v>78.09</v>
       </c>
       <c r="I644">
         <v>8504.59</v>
       </c>
       <c r="J644">
         <v>720.809</v>
       </c>
       <c r="K644">
         <v>63.289</v>
       </c>
       <c r="L644">
         <v>1852.963</v>
       </c>
       <c r="M644">
         <v>54.354</v>
       </c>
       <c r="N644">
         <v>11995.029</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>16.76</v>
+      </c>
+      <c r="C645">
+        <v>4.323</v>
+      </c>
+      <c r="D645">
+        <v>672.388</v>
+      </c>
+      <c r="E645">
+        <v>275.641</v>
+      </c>
+      <c r="F645">
+        <v>1322.754</v>
+      </c>
+      <c r="G645">
+        <v>337.855</v>
+      </c>
+      <c r="H645">
+        <v>57.836</v>
+      </c>
+      <c r="I645">
+        <v>8056.362</v>
+      </c>
+      <c r="J645">
+        <v>805.206</v>
+      </c>
+      <c r="K645">
+        <v>54.529</v>
+      </c>
+      <c r="L645">
+        <v>1771.881</v>
+      </c>
+      <c r="M645">
+        <v>52.333</v>
+      </c>
+      <c r="N645">
+        <v>11507.086</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>17.472</v>
+      </c>
+      <c r="C646">
+        <v>3.935</v>
+      </c>
+      <c r="D646">
+        <v>662.636</v>
+      </c>
+      <c r="E646">
+        <v>302.948</v>
+      </c>
+      <c r="F646">
+        <v>1354.788</v>
+      </c>
+      <c r="G646">
+        <v>331.599</v>
+      </c>
+      <c r="H646">
+        <v>64.503</v>
+      </c>
+      <c r="I646">
+        <v>7860.961</v>
+      </c>
+      <c r="J646">
+        <v>878.293</v>
+      </c>
+      <c r="K646">
+        <v>55.117</v>
+      </c>
+      <c r="L646">
+        <v>1702.695</v>
+      </c>
+      <c r="M646">
+        <v>70.189</v>
+      </c>
+      <c r="N646">
+        <v>11319.315</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28522,51 +28607,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>