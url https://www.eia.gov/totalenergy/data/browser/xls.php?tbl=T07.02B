--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.2b Electricity Net Generation: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation From Coal, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Petroleum, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Natural Gas, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Other Fossil Gases, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Nuclear Electric Power, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation From Hydroelectric Pumped Storage, Electric Power Sector</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.551" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="94.12" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27563,879 +27563,923 @@
       </c>
       <c r="I624">
         <v>867.523</v>
       </c>
       <c r="J624">
         <v>1003.881</v>
       </c>
       <c r="K624">
         <v>1472.619</v>
       </c>
       <c r="L624">
         <v>9070.16</v>
       </c>
       <c r="M624">
         <v>38016.185</v>
       </c>
       <c r="N624">
         <v>334147.67</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>75274.863</v>
+        <v>75201.02</v>
       </c>
       <c r="C625">
-        <v>1777.353</v>
+        <v>1759.435</v>
       </c>
       <c r="D625">
-        <v>150331.611</v>
+        <v>152122.228</v>
       </c>
       <c r="E625">
-        <v>291.686</v>
+        <v>292.225</v>
       </c>
       <c r="F625">
         <v>69079.735</v>
       </c>
       <c r="G625">
-        <v>-412.218</v>
+        <v>-414.066</v>
       </c>
       <c r="H625">
-        <v>21822.982</v>
+        <v>21436.076</v>
       </c>
       <c r="I625">
-        <v>980.561</v>
+        <v>979.037</v>
       </c>
       <c r="J625">
-        <v>926.429</v>
+        <v>902.957</v>
       </c>
       <c r="K625">
-        <v>1421.038</v>
+        <v>1398.953</v>
       </c>
       <c r="L625">
-        <v>9680.992</v>
+        <v>9537.255</v>
       </c>
       <c r="M625">
-        <v>34910.277</v>
+        <v>34771.3</v>
       </c>
       <c r="N625">
-        <v>366347.984</v>
+        <v>367314.844</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>43689.301</v>
+        <v>43767.925</v>
       </c>
       <c r="C626">
-        <v>913.155</v>
+        <v>890.252</v>
       </c>
       <c r="D626">
-        <v>122319.957</v>
+        <v>123418.073</v>
       </c>
       <c r="E626">
-        <v>211.387</v>
+        <v>244.235</v>
       </c>
       <c r="F626">
         <v>64583.812</v>
       </c>
       <c r="G626">
         <v>-403.751</v>
       </c>
       <c r="H626">
-        <v>20002.223</v>
+        <v>20677.537</v>
       </c>
       <c r="I626">
-        <v>777.123</v>
+        <v>840.661</v>
       </c>
       <c r="J626">
-        <v>842.577</v>
+        <v>844.039</v>
       </c>
       <c r="K626">
-        <v>1318.207</v>
+        <v>1302.748</v>
       </c>
       <c r="L626">
-        <v>12410.458</v>
+        <v>12474.066</v>
       </c>
       <c r="M626">
-        <v>41540.392</v>
+        <v>40966.688</v>
       </c>
       <c r="N626">
-        <v>308436.694</v>
+        <v>309830.259</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>37980.776</v>
+        <v>38106.67</v>
       </c>
       <c r="C627">
-        <v>919.716</v>
+        <v>930.549</v>
       </c>
       <c r="D627">
-        <v>122059.392</v>
+        <v>122719.472</v>
       </c>
       <c r="E627">
-        <v>194.842</v>
+        <v>227.141</v>
       </c>
       <c r="F627">
         <v>63345.769</v>
       </c>
       <c r="G627">
         <v>-348.762</v>
       </c>
       <c r="H627">
-        <v>23210.645</v>
+        <v>23242.411</v>
       </c>
       <c r="I627">
-        <v>762</v>
+        <v>795.749</v>
       </c>
       <c r="J627">
-        <v>864.715</v>
+        <v>869.406</v>
       </c>
       <c r="K627">
-        <v>1289.165</v>
+        <v>1359.485</v>
       </c>
       <c r="L627">
-        <v>15741.447</v>
+        <v>15927.891</v>
       </c>
       <c r="M627">
-        <v>45613.994</v>
+        <v>45082.126</v>
       </c>
       <c r="N627">
-        <v>311841.368</v>
+        <v>312454.402</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>37006.858</v>
+        <v>36938.525</v>
       </c>
       <c r="C628">
-        <v>1100.426</v>
+        <v>1084.084</v>
       </c>
       <c r="D628">
-        <v>112826.437</v>
+        <v>113312.231</v>
       </c>
       <c r="E628">
-        <v>230.623</v>
+        <v>256.195</v>
       </c>
       <c r="F628">
-        <v>57621.498</v>
+        <v>57541.876</v>
       </c>
       <c r="G628">
         <v>-338.148</v>
       </c>
       <c r="H628">
-        <v>19281.009</v>
+        <v>20796.046</v>
       </c>
       <c r="I628">
-        <v>694.954</v>
+        <v>647.471</v>
       </c>
       <c r="J628">
-        <v>805.017</v>
+        <v>793.839</v>
       </c>
       <c r="K628">
-        <v>1335.683</v>
+        <v>1279.704</v>
       </c>
       <c r="L628">
-        <v>18986.215</v>
+        <v>19132.858</v>
       </c>
       <c r="M628">
-        <v>47351.473</v>
+        <v>47065.11</v>
       </c>
       <c r="N628">
-        <v>297075.213</v>
+        <v>298667.571</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>45558.539</v>
+        <v>45464.814</v>
       </c>
       <c r="C629">
-        <v>1121.967</v>
+        <v>1104.222</v>
       </c>
       <c r="D629">
-        <v>135079.376</v>
+        <v>135634.343</v>
       </c>
       <c r="E629">
-        <v>192.123</v>
+        <v>209.812</v>
       </c>
       <c r="F629">
         <v>64972.965</v>
       </c>
       <c r="G629">
-        <v>-292.231</v>
+        <v>-284.096</v>
       </c>
       <c r="H629">
-        <v>22509.738</v>
+        <v>24360.139</v>
       </c>
       <c r="I629">
-        <v>893.457</v>
+        <v>742.356</v>
       </c>
       <c r="J629">
-        <v>902.941</v>
+        <v>893.202</v>
       </c>
       <c r="K629">
-        <v>1248.133</v>
+        <v>1246.269</v>
       </c>
       <c r="L629">
-        <v>22079.364</v>
+        <v>22244.898</v>
       </c>
       <c r="M629">
-        <v>38668.577</v>
+        <v>39235.968</v>
       </c>
       <c r="N629">
-        <v>333205.682</v>
+        <v>336016.878</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>61016.629</v>
+        <v>60980.608</v>
       </c>
       <c r="C630">
-        <v>1248.452</v>
+        <v>1219.859</v>
       </c>
       <c r="D630">
-        <v>160982.917</v>
+        <v>160747.02</v>
       </c>
       <c r="E630">
-        <v>285.763</v>
+        <v>291.473</v>
       </c>
       <c r="F630">
         <v>68192.147</v>
       </c>
       <c r="G630">
-        <v>-586.137</v>
+        <v>-578.81</v>
       </c>
       <c r="H630">
-        <v>21066.887</v>
+        <v>22314.921</v>
       </c>
       <c r="I630">
-        <v>906.163</v>
+        <v>861.374</v>
       </c>
       <c r="J630">
-        <v>883.385</v>
+        <v>859.756</v>
       </c>
       <c r="K630">
-        <v>1276.706</v>
+        <v>1201.904</v>
       </c>
       <c r="L630">
-        <v>24155.786</v>
+        <v>24329.854</v>
       </c>
       <c r="M630">
-        <v>38136.872</v>
+        <v>38642.77</v>
       </c>
       <c r="N630">
-        <v>377753.607</v>
+        <v>379202.311</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>71273.602</v>
+        <v>71163.373</v>
       </c>
       <c r="C631">
-        <v>1380.547</v>
+        <v>1385.105</v>
       </c>
       <c r="D631">
-        <v>198554.985</v>
+        <v>196755.438</v>
       </c>
       <c r="E631">
-        <v>250.594</v>
+        <v>265.159</v>
       </c>
       <c r="F631">
-        <v>69885.242</v>
+        <v>69850.752</v>
       </c>
       <c r="G631">
-        <v>-649.118</v>
+        <v>-638.961</v>
       </c>
       <c r="H631">
-        <v>21094.218</v>
+        <v>21311.541</v>
       </c>
       <c r="I631">
-        <v>893.234</v>
+        <v>910.333</v>
       </c>
       <c r="J631">
-        <v>934.604</v>
+        <v>899.529</v>
       </c>
       <c r="K631">
-        <v>1330.544</v>
+        <v>1217.524</v>
       </c>
       <c r="L631">
-        <v>24067.436</v>
+        <v>24359.43</v>
       </c>
       <c r="M631">
-        <v>27952.925</v>
+        <v>28291.123</v>
       </c>
       <c r="N631">
-        <v>417170.089</v>
+        <v>415921.42</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>68434.771</v>
+        <v>68374.323</v>
       </c>
       <c r="C632">
-        <v>1394.97</v>
+        <v>1372.943</v>
       </c>
       <c r="D632">
-        <v>193454.939</v>
+        <v>193302.218</v>
       </c>
       <c r="E632">
-        <v>216.725</v>
+        <v>224.155</v>
       </c>
       <c r="F632">
         <v>69760.288</v>
       </c>
       <c r="G632">
-        <v>-812.166</v>
+        <v>-798.265</v>
       </c>
       <c r="H632">
-        <v>21262.889</v>
+        <v>20416.403</v>
       </c>
       <c r="I632">
-        <v>911.138</v>
+        <v>935.382</v>
       </c>
       <c r="J632">
-        <v>940.673</v>
+        <v>925.414</v>
       </c>
       <c r="K632">
-        <v>1318.394</v>
+        <v>1227.246</v>
       </c>
       <c r="L632">
-        <v>23923.273</v>
+        <v>24208.837</v>
       </c>
       <c r="M632">
-        <v>28747.494</v>
+        <v>29276.445</v>
       </c>
       <c r="N632">
-        <v>409746.146</v>
+        <v>409363.351</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>54259.973</v>
+        <v>54196.411</v>
       </c>
       <c r="C633">
-        <v>1079.993</v>
+        <v>1029.898</v>
       </c>
       <c r="D633">
-        <v>160638.556</v>
+        <v>161042.383</v>
       </c>
       <c r="E633">
-        <v>249.533</v>
+        <v>263.992</v>
       </c>
       <c r="F633">
         <v>62660.468</v>
       </c>
       <c r="G633">
-        <v>-653.819</v>
+        <v>-637.498</v>
       </c>
       <c r="H633">
-        <v>16583.742</v>
+        <v>15855.445</v>
       </c>
       <c r="I633">
-        <v>801.446</v>
+        <v>777.289</v>
       </c>
       <c r="J633">
-        <v>901.675</v>
+        <v>871.59</v>
       </c>
       <c r="K633">
-        <v>1276.665</v>
+        <v>1201.454</v>
       </c>
       <c r="L633">
-        <v>20153.888</v>
+        <v>20438.016</v>
       </c>
       <c r="M633">
-        <v>28978.784</v>
+        <v>29163.483</v>
       </c>
       <c r="N633">
-        <v>347118.48</v>
+        <v>346986.352</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>46591.904</v>
+        <v>46531.549</v>
       </c>
       <c r="C634">
-        <v>1049.835</v>
+        <v>1110.636</v>
       </c>
       <c r="D634">
-        <v>138329.629</v>
+        <v>138818.297</v>
       </c>
       <c r="E634">
-        <v>219.015</v>
+        <v>246.205</v>
       </c>
       <c r="F634">
         <v>58773.349</v>
       </c>
       <c r="G634">
-        <v>-432.291</v>
+        <v>-438.673</v>
       </c>
       <c r="H634">
-        <v>15744.105</v>
+        <v>15269.371</v>
       </c>
       <c r="I634">
-        <v>663.187</v>
+        <v>571.819</v>
       </c>
       <c r="J634">
-        <v>879.774</v>
+        <v>876.933</v>
       </c>
       <c r="K634">
-        <v>1200.077</v>
+        <v>1261.078</v>
       </c>
       <c r="L634">
-        <v>19419.56</v>
+        <v>19738.252</v>
       </c>
       <c r="M634">
-        <v>40033.36</v>
+        <v>39573.765</v>
       </c>
       <c r="N634">
-        <v>322622.341</v>
+        <v>322426.918</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>44620.552</v>
+        <v>44555.104</v>
       </c>
       <c r="C635">
-        <v>1017.119</v>
+        <v>1042.214</v>
       </c>
       <c r="D635">
-        <v>128706.895</v>
+        <v>129528.588</v>
       </c>
       <c r="E635">
-        <v>207.785</v>
+        <v>217.328</v>
       </c>
       <c r="F635">
         <v>61904.051</v>
       </c>
       <c r="G635">
-        <v>-488.093</v>
+        <v>-489.545</v>
       </c>
       <c r="H635">
-        <v>18187.486</v>
+        <v>16650.349</v>
       </c>
       <c r="I635">
-        <v>724.573</v>
+        <v>700.392</v>
       </c>
       <c r="J635">
-        <v>846.5</v>
+        <v>847.069</v>
       </c>
       <c r="K635">
-        <v>1259.446</v>
+        <v>1317.493</v>
       </c>
       <c r="L635">
-        <v>13808.052</v>
+        <v>13779.575</v>
       </c>
       <c r="M635">
-        <v>40937.383</v>
+        <v>40105.909</v>
       </c>
       <c r="N635">
-        <v>311935.395</v>
+        <v>310289.25</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>62484.641</v>
+        <v>62395.94</v>
       </c>
       <c r="C636">
-        <v>1481.483</v>
+        <v>1465.196</v>
       </c>
       <c r="D636">
-        <v>135880.476</v>
+        <v>138573.801</v>
       </c>
       <c r="E636">
-        <v>251.696</v>
+        <v>237.584</v>
       </c>
       <c r="F636">
         <v>71200.098</v>
       </c>
       <c r="G636">
-        <v>-483.566</v>
+        <v>-481.287</v>
       </c>
       <c r="H636">
-        <v>20283.665</v>
+        <v>19444.735</v>
       </c>
       <c r="I636">
-        <v>888.846</v>
+        <v>891.496</v>
       </c>
       <c r="J636">
-        <v>867.339</v>
+        <v>867.264</v>
       </c>
       <c r="K636">
-        <v>1397.054</v>
+        <v>1393.282</v>
       </c>
       <c r="L636">
-        <v>12878.687</v>
+        <v>12551.415</v>
       </c>
       <c r="M636">
-        <v>40317.457</v>
+        <v>39497.073</v>
       </c>
       <c r="N636">
-        <v>347653.608</v>
+        <v>348153.478</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>82702.689</v>
+        <v>82714.658</v>
       </c>
       <c r="C637">
-        <v>3286.89</v>
+        <v>3187.916</v>
       </c>
       <c r="D637">
-        <v>146811.891</v>
+        <v>147447.083</v>
       </c>
       <c r="E637">
-        <v>281.207</v>
+        <v>299.084</v>
       </c>
       <c r="F637">
         <v>71738.938</v>
       </c>
       <c r="G637">
-        <v>-465.145</v>
+        <v>-466.586</v>
       </c>
       <c r="H637">
-        <v>21092.126</v>
+        <v>21330.85</v>
       </c>
       <c r="I637">
-        <v>921.711</v>
+        <v>939.757</v>
       </c>
       <c r="J637">
-        <v>871.522</v>
+        <v>893.606</v>
       </c>
       <c r="K637">
-        <v>1375.125</v>
+        <v>1389.182</v>
       </c>
       <c r="L637">
-        <v>15285.228</v>
+        <v>15355.791</v>
       </c>
       <c r="M637">
-        <v>43603.177</v>
+        <v>43582.654</v>
       </c>
       <c r="N637">
-        <v>387678.294</v>
+        <v>388545.611</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>61869.897</v>
+        <v>61925.054</v>
       </c>
       <c r="C638">
-        <v>1435.635</v>
+        <v>1460.469</v>
       </c>
       <c r="D638">
-        <v>124040.887</v>
+        <v>122984.779</v>
       </c>
       <c r="E638">
-        <v>305.262</v>
+        <v>320.748</v>
       </c>
       <c r="F638">
         <v>61828.502</v>
       </c>
       <c r="G638">
         <v>-410.242</v>
       </c>
       <c r="H638">
-        <v>19243.515</v>
+        <v>19452.655</v>
       </c>
       <c r="I638">
-        <v>827.19</v>
+        <v>848.36</v>
       </c>
       <c r="J638">
-        <v>801.708</v>
+        <v>816.67</v>
       </c>
       <c r="K638">
-        <v>1245.127</v>
+        <v>1251.775</v>
       </c>
       <c r="L638">
-        <v>16299.977</v>
+        <v>16346.892</v>
       </c>
       <c r="M638">
-        <v>39398.135</v>
+        <v>39332.38</v>
       </c>
       <c r="N638">
-        <v>327029.159</v>
+        <v>326274.481</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>48718.269</v>
+        <v>48811.065</v>
       </c>
       <c r="C639">
-        <v>1195.054</v>
+        <v>1201.048</v>
       </c>
       <c r="D639">
-        <v>110010.018</v>
+        <v>109466.182</v>
       </c>
       <c r="E639">
-        <v>152.429</v>
+        <v>159.681</v>
       </c>
       <c r="F639">
         <v>62456.661</v>
       </c>
       <c r="G639">
         <v>-398.508</v>
       </c>
       <c r="H639">
-        <v>21930.06</v>
+        <v>22350.801</v>
       </c>
       <c r="I639">
-        <v>821.249</v>
+        <v>864.996</v>
       </c>
       <c r="J639">
-        <v>875.425</v>
+        <v>883.403</v>
       </c>
       <c r="K639">
-        <v>1456.734</v>
+        <v>1387.72</v>
       </c>
       <c r="L639">
-        <v>22959.904</v>
+        <v>23053.813</v>
       </c>
       <c r="M639">
-        <v>50656.166</v>
+        <v>50574.855</v>
       </c>
       <c r="N639">
-        <v>321012.248</v>
+        <v>320905.676</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>45468.014</v>
+        <v>45162.634</v>
       </c>
       <c r="C640">
-        <v>1106.902</v>
+        <v>1122.427</v>
       </c>
       <c r="D640">
-        <v>107733.328</v>
+        <v>106523.812</v>
       </c>
       <c r="E640">
-        <v>121.098</v>
+        <v>127.632</v>
       </c>
       <c r="F640">
         <v>57892.519</v>
       </c>
       <c r="G640">
-        <v>-267.835</v>
+        <v>-259.273</v>
       </c>
       <c r="H640">
-        <v>22313.317</v>
+        <v>22738.098</v>
       </c>
       <c r="I640">
-        <v>586.609</v>
+        <v>589.694</v>
       </c>
       <c r="J640">
-        <v>822.246</v>
+        <v>832.848</v>
       </c>
       <c r="K640">
-        <v>1284.515</v>
+        <v>1306.188</v>
       </c>
       <c r="L640">
-        <v>26488.347</v>
+        <v>26549.19</v>
       </c>
       <c r="M640">
-        <v>45699.217</v>
+        <v>45859.998</v>
       </c>
       <c r="N640">
-        <v>309451.396</v>
+        <v>308534.394</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>48415.891</v>
+        <v>48454.665</v>
       </c>
       <c r="C641">
-        <v>1160.141</v>
+        <v>1046.243</v>
       </c>
       <c r="D641">
-        <v>126710.34</v>
+        <v>126626.145</v>
       </c>
       <c r="E641">
-        <v>112.876</v>
+        <v>120.944</v>
       </c>
       <c r="F641">
         <v>62144.818</v>
       </c>
       <c r="G641">
         <v>-270.527</v>
       </c>
       <c r="H641">
-        <v>23922.493</v>
+        <v>24248.719</v>
       </c>
       <c r="I641">
-        <v>788.375</v>
+        <v>791.214</v>
       </c>
       <c r="J641">
-        <v>842.091</v>
+        <v>866.222</v>
       </c>
       <c r="K641">
-        <v>1192.016</v>
+        <v>1253.174</v>
       </c>
       <c r="L641">
-        <v>29463.637</v>
+        <v>29493.997</v>
       </c>
       <c r="M641">
-        <v>36880.061</v>
+        <v>36857.088</v>
       </c>
       <c r="N641">
-        <v>331517.675</v>
+        <v>331683.581</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>64049.28</v>
+        <v>64126.402</v>
       </c>
       <c r="C642">
-        <v>1536.821</v>
+        <v>1449.711</v>
       </c>
       <c r="D642">
-        <v>156499.291</v>
+        <v>156285.29</v>
       </c>
       <c r="E642">
-        <v>237.42</v>
+        <v>251.147</v>
       </c>
       <c r="F642">
         <v>66222.276</v>
       </c>
       <c r="G642">
         <v>-419.552</v>
       </c>
       <c r="H642">
-        <v>21872.46</v>
+        <v>22061.795</v>
       </c>
       <c r="I642">
-        <v>876.948</v>
+        <v>893.728</v>
       </c>
       <c r="J642">
-        <v>857.181</v>
+        <v>876.878</v>
       </c>
       <c r="K642">
-        <v>1266.795</v>
+        <v>1277.592</v>
       </c>
       <c r="L642">
-        <v>31468.501</v>
+        <v>31602.867</v>
       </c>
       <c r="M642">
-        <v>35827.238</v>
+        <v>35765.803</v>
       </c>
       <c r="N642">
-        <v>380466.867</v>
+        <v>380438.1</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>79826.77</v>
+        <v>79852.057</v>
       </c>
       <c r="C643">
-        <v>1696.874</v>
+        <v>1623.935</v>
       </c>
       <c r="D643">
-        <v>193492.436</v>
+        <v>192797.035</v>
       </c>
       <c r="E643">
-        <v>224.988</v>
+        <v>235.091</v>
       </c>
       <c r="F643">
         <v>70781.33</v>
       </c>
       <c r="G643">
         <v>-485.603</v>
       </c>
       <c r="H643">
-        <v>19991.873</v>
+        <v>19890.335</v>
       </c>
       <c r="I643">
-        <v>962.137</v>
+        <v>978.567</v>
       </c>
       <c r="J643">
-        <v>863.703</v>
+        <v>887.249</v>
       </c>
       <c r="K643">
-        <v>1288.07</v>
+        <v>1285.006</v>
       </c>
       <c r="L643">
-        <v>32962.197</v>
+        <v>33019.99</v>
       </c>
       <c r="M643">
-        <v>31810.321</v>
+        <v>31796.596</v>
       </c>
       <c r="N643">
-        <v>433486.305</v>
+        <v>432723.678</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>69350.551</v>
+      </c>
+      <c r="C644">
+        <v>1426.455</v>
+      </c>
+      <c r="D644">
+        <v>183628.879</v>
+      </c>
+      <c r="E644">
+        <v>144.18</v>
+      </c>
+      <c r="F644">
+        <v>70705.131</v>
+      </c>
+      <c r="G644">
+        <v>-568.009</v>
+      </c>
+      <c r="H644">
+        <v>19890.765</v>
+      </c>
+      <c r="I644">
+        <v>968.324</v>
+      </c>
+      <c r="J644">
+        <v>846.96</v>
+      </c>
+      <c r="K644">
+        <v>1348.824</v>
+      </c>
+      <c r="L644">
+        <v>31355.338</v>
+      </c>
+      <c r="M644">
+        <v>27279.328</v>
+      </c>
+      <c r="N644">
+        <v>406336.695</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31864,87 +31908,87 @@
       </c>
       <c r="I87">
         <v>10186.665</v>
       </c>
       <c r="J87">
         <v>11194.221</v>
       </c>
       <c r="K87">
         <v>16367.398</v>
       </c>
       <c r="L87">
         <v>164589.701</v>
       </c>
       <c r="M87">
         <v>420899.557</v>
       </c>
       <c r="N87">
         <v>4028541.091</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>648192.41</v>
+        <v>647676.261</v>
       </c>
       <c r="C88">
-        <v>14485.017</v>
+        <v>14394.393</v>
       </c>
       <c r="D88">
-        <v>1759165.172</v>
+        <v>1765974.093</v>
       </c>
       <c r="E88">
-        <v>2801.77</v>
+        <v>2975.505</v>
       </c>
       <c r="F88">
-        <v>781979.422</v>
+        <v>781865.31</v>
       </c>
       <c r="G88">
-        <v>-5900.3</v>
+        <v>-5851.862</v>
       </c>
       <c r="H88">
-        <v>241049.59</v>
+        <v>241774.973</v>
       </c>
       <c r="I88">
-        <v>9896.681</v>
+        <v>9653.359</v>
       </c>
       <c r="J88">
-        <v>10595.63</v>
+        <v>10450.997</v>
       </c>
       <c r="K88">
-        <v>15671.111</v>
+        <v>15407.14</v>
       </c>
       <c r="L88">
-        <v>217305.159</v>
+        <v>218722.347</v>
       </c>
       <c r="M88">
-        <v>453188.988</v>
+        <v>451671.761</v>
       </c>
       <c r="N88">
-        <v>4150906.607</v>
+        <v>4156627.033</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>