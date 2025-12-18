--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 7.1 Electricity Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Total</t>
   </si>
   <si>
     <t>Electricity Imports</t>
   </si>
   <si>
     <t>Electricity Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23871,765 +23871,803 @@
       </c>
       <c r="G624">
         <v>1.863</v>
       </c>
       <c r="H624">
         <v>1.339</v>
       </c>
       <c r="I624">
         <v>24.408</v>
       </c>
       <c r="J624">
         <v>312.642</v>
       </c>
       <c r="K624">
         <v>12.02</v>
       </c>
       <c r="L624">
         <v>324.662</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>366.348</v>
+        <v>367.315</v>
       </c>
       <c r="C625">
-        <v>1.428</v>
+        <v>1.33</v>
       </c>
       <c r="D625">
-        <v>12.659</v>
+        <v>12.477</v>
       </c>
       <c r="E625">
-        <v>380.434</v>
+        <v>381.122</v>
       </c>
       <c r="F625">
         <v>3.613</v>
       </c>
       <c r="G625">
         <v>1.876</v>
       </c>
       <c r="H625">
         <v>1.737</v>
       </c>
       <c r="I625">
-        <v>25.988</v>
+        <v>26.876</v>
       </c>
       <c r="J625">
-        <v>343.718</v>
+        <v>343.717</v>
       </c>
       <c r="K625">
-        <v>12.465</v>
+        <v>12.266</v>
       </c>
       <c r="L625">
-        <v>356.183</v>
+        <v>355.982</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>308.437</v>
+        <v>309.83</v>
       </c>
       <c r="C626">
-        <v>1.302</v>
+        <v>1.204</v>
       </c>
       <c r="D626">
-        <v>11.161</v>
+        <v>11.181</v>
       </c>
       <c r="E626">
-        <v>320.899</v>
+        <v>322.214</v>
       </c>
       <c r="F626">
         <v>2.539</v>
       </c>
       <c r="G626">
         <v>2.379</v>
       </c>
       <c r="H626">
         <v>0.16</v>
       </c>
       <c r="I626">
-        <v>7.591</v>
+        <v>8.115</v>
       </c>
       <c r="J626">
-        <v>302.441</v>
+        <v>303.258</v>
       </c>
       <c r="K626">
-        <v>11.028</v>
+        <v>11.002</v>
       </c>
       <c r="L626">
-        <v>313.469</v>
+        <v>314.26</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>311.841</v>
+        <v>312.454</v>
       </c>
       <c r="C627">
-        <v>1.339</v>
+        <v>1.221</v>
       </c>
       <c r="D627">
-        <v>11.132</v>
+        <v>11.263</v>
       </c>
       <c r="E627">
-        <v>324.313</v>
+        <v>324.938</v>
       </c>
       <c r="F627">
         <v>2.207</v>
       </c>
       <c r="G627">
         <v>2.556</v>
       </c>
       <c r="H627">
         <v>-0.349</v>
       </c>
       <c r="I627">
-        <v>16.737</v>
+        <v>16.221</v>
       </c>
       <c r="J627">
-        <v>296.191</v>
+        <v>297.278</v>
       </c>
       <c r="K627">
-        <v>11.036</v>
+        <v>11.09</v>
       </c>
       <c r="L627">
-        <v>307.227</v>
+        <v>308.369</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>297.075</v>
+        <v>298.668</v>
       </c>
       <c r="C628">
-        <v>1.235</v>
+        <v>1.187</v>
       </c>
       <c r="D628">
-        <v>11.024</v>
+        <v>10.925</v>
       </c>
       <c r="E628">
-        <v>309.335</v>
+        <v>310.78</v>
       </c>
       <c r="F628">
         <v>1.8</v>
       </c>
       <c r="G628">
         <v>2.263</v>
       </c>
       <c r="H628">
         <v>-0.463</v>
       </c>
       <c r="I628">
-        <v>12.948</v>
+        <v>13.3</v>
       </c>
       <c r="J628">
-        <v>285.075</v>
+        <v>286.257</v>
       </c>
       <c r="K628">
-        <v>10.848</v>
+        <v>10.76</v>
       </c>
       <c r="L628">
-        <v>295.923</v>
+        <v>297.017</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>333.206</v>
+        <v>336.017</v>
       </c>
       <c r="C629">
-        <v>1.35</v>
+        <v>1.245</v>
       </c>
       <c r="D629">
-        <v>11.254</v>
+        <v>11.224</v>
       </c>
       <c r="E629">
-        <v>345.809</v>
+        <v>348.485</v>
       </c>
       <c r="F629">
         <v>1.792</v>
       </c>
       <c r="G629">
         <v>1.746</v>
       </c>
       <c r="H629">
         <v>0.045</v>
       </c>
       <c r="I629">
-        <v>22.129</v>
+        <v>23.492</v>
       </c>
       <c r="J629">
-        <v>312.573</v>
+        <v>313.961</v>
       </c>
       <c r="K629">
-        <v>11.153</v>
+        <v>11.077</v>
       </c>
       <c r="L629">
-        <v>323.726</v>
+        <v>325.038</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>377.754</v>
+        <v>379.202</v>
       </c>
       <c r="C630">
-        <v>1.396</v>
+        <v>1.308</v>
       </c>
       <c r="D630">
-        <v>10.953</v>
+        <v>11.122</v>
       </c>
       <c r="E630">
-        <v>390.103</v>
+        <v>391.632</v>
       </c>
       <c r="F630">
         <v>2.874</v>
       </c>
       <c r="G630">
         <v>1.453</v>
       </c>
       <c r="H630">
         <v>1.422</v>
       </c>
       <c r="I630">
-        <v>26.31</v>
+        <v>26.129</v>
       </c>
       <c r="J630">
-        <v>354.287</v>
+        <v>355.882</v>
       </c>
       <c r="K630">
-        <v>10.927</v>
+        <v>11.042</v>
       </c>
       <c r="L630">
-        <v>365.214</v>
+        <v>366.924</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>417.17</v>
+        <v>415.921</v>
       </c>
       <c r="C631">
-        <v>1.496</v>
+        <v>1.435</v>
       </c>
       <c r="D631">
-        <v>11.79</v>
+        <v>11.96</v>
       </c>
       <c r="E631">
-        <v>430.456</v>
+        <v>429.317</v>
       </c>
       <c r="F631">
         <v>4.001</v>
       </c>
       <c r="G631">
         <v>1.514</v>
       </c>
       <c r="H631">
         <v>2.487</v>
       </c>
       <c r="I631">
-        <v>24.386</v>
+        <v>22.031</v>
       </c>
       <c r="J631">
-        <v>396.8</v>
+        <v>397.873</v>
       </c>
       <c r="K631">
-        <v>11.757</v>
+        <v>11.9</v>
       </c>
       <c r="L631">
-        <v>408.556</v>
+        <v>409.773</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>409.746</v>
+        <v>409.363</v>
       </c>
       <c r="C632">
-        <v>1.511</v>
+        <v>1.409</v>
       </c>
       <c r="D632">
-        <v>12.28</v>
+        <v>12.354</v>
       </c>
       <c r="E632">
-        <v>423.536</v>
+        <v>423.127</v>
       </c>
       <c r="F632">
         <v>3.375</v>
       </c>
       <c r="G632">
         <v>1.219</v>
       </c>
       <c r="H632">
         <v>2.156</v>
       </c>
       <c r="I632">
-        <v>20.613</v>
+        <v>18.856</v>
       </c>
       <c r="J632">
-        <v>392.877</v>
+        <v>394.199</v>
       </c>
       <c r="K632">
-        <v>12.203</v>
+        <v>12.227</v>
       </c>
       <c r="L632">
-        <v>405.08</v>
+        <v>406.427</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>347.118</v>
+        <v>346.986</v>
       </c>
       <c r="C633">
-        <v>1.34</v>
+        <v>1.257</v>
       </c>
       <c r="D633">
-        <v>11.15</v>
+        <v>11.154</v>
       </c>
       <c r="E633">
-        <v>359.609</v>
+        <v>359.397</v>
       </c>
       <c r="F633">
         <v>3.094</v>
       </c>
       <c r="G633">
         <v>0.991</v>
       </c>
       <c r="H633">
         <v>2.102</v>
       </c>
       <c r="I633">
-        <v>8.016</v>
+        <v>7.403</v>
       </c>
       <c r="J633">
-        <v>342.643</v>
+        <v>343.071</v>
       </c>
       <c r="K633">
-        <v>11.053</v>
+        <v>11.025</v>
       </c>
       <c r="L633">
-        <v>353.696</v>
+        <v>354.096</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>322.622</v>
+        <v>322.427</v>
       </c>
       <c r="C634">
-        <v>1.296</v>
+        <v>1.215</v>
       </c>
       <c r="D634">
-        <v>10.201</v>
+        <v>10.338</v>
       </c>
       <c r="E634">
-        <v>334.119</v>
+        <v>333.98</v>
       </c>
       <c r="F634">
         <v>2.796</v>
       </c>
       <c r="G634">
         <v>0.906</v>
       </c>
       <c r="H634">
         <v>1.891</v>
       </c>
       <c r="I634">
-        <v>10.447</v>
+        <v>9.705</v>
       </c>
       <c r="J634">
-        <v>315.389</v>
+        <v>315.902</v>
       </c>
       <c r="K634">
-        <v>10.173</v>
+        <v>10.264</v>
       </c>
       <c r="L634">
-        <v>325.563</v>
+        <v>326.166</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>311.935</v>
+        <v>310.289</v>
       </c>
       <c r="C635">
-        <v>1.277</v>
+        <v>1.21</v>
       </c>
       <c r="D635">
-        <v>10.929</v>
+        <v>10.852</v>
       </c>
       <c r="E635">
-        <v>324.141</v>
+        <v>322.351</v>
       </c>
       <c r="F635">
         <v>1.79</v>
       </c>
       <c r="G635">
         <v>1.247</v>
       </c>
       <c r="H635">
         <v>0.543</v>
       </c>
       <c r="I635">
-        <v>20.335</v>
+        <v>16.383</v>
       </c>
       <c r="J635">
-        <v>293.549</v>
+        <v>295.796</v>
       </c>
       <c r="K635">
-        <v>10.801</v>
+        <v>10.715</v>
       </c>
       <c r="L635">
-        <v>304.349</v>
+        <v>306.511</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>347.654</v>
+        <v>348.153</v>
       </c>
       <c r="C636">
-        <v>1.357</v>
+        <v>1.238</v>
       </c>
       <c r="D636">
-        <v>12.273</v>
+        <v>11.9</v>
       </c>
       <c r="E636">
-        <v>361.284</v>
+        <v>361.292</v>
       </c>
       <c r="F636">
         <v>3.373</v>
       </c>
       <c r="G636">
         <v>1.287</v>
       </c>
       <c r="H636">
         <v>2.086</v>
       </c>
       <c r="I636">
-        <v>24.961</v>
+        <v>23.519</v>
       </c>
       <c r="J636">
-        <v>326.348</v>
+        <v>328.188</v>
       </c>
       <c r="K636">
-        <v>12.061</v>
+        <v>11.672</v>
       </c>
       <c r="L636">
-        <v>338.409</v>
+        <v>339.86</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>387.678</v>
+        <v>388.546</v>
       </c>
       <c r="C637">
-        <v>1.367</v>
+        <v>1.35</v>
       </c>
       <c r="D637">
-        <v>12.458</v>
+        <v>12.472</v>
       </c>
       <c r="E637">
-        <v>401.503</v>
+        <v>402.368</v>
       </c>
       <c r="F637">
         <v>4.073</v>
       </c>
       <c r="G637">
         <v>1.232</v>
       </c>
       <c r="H637">
         <v>2.841</v>
       </c>
       <c r="I637">
-        <v>30.987</v>
+        <v>30.572</v>
       </c>
       <c r="J637">
-        <v>361.123</v>
+        <v>362.358</v>
       </c>
       <c r="K637">
-        <v>12.233</v>
+        <v>12.279</v>
       </c>
       <c r="L637">
-        <v>373.356</v>
+        <v>374.637</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>327.029</v>
+        <v>326.274</v>
       </c>
       <c r="C638">
-        <v>1.258</v>
+        <v>1.227</v>
       </c>
       <c r="D638">
-        <v>10.861</v>
+        <v>10.877</v>
       </c>
       <c r="E638">
-        <v>339.148</v>
+        <v>338.379</v>
       </c>
       <c r="F638">
         <v>3.134</v>
       </c>
       <c r="G638">
         <v>1.247</v>
       </c>
       <c r="H638">
         <v>1.887</v>
       </c>
       <c r="I638">
-        <v>10.569</v>
+        <v>8.68</v>
       </c>
       <c r="J638">
-        <v>319.742</v>
+        <v>320.832</v>
       </c>
       <c r="K638">
-        <v>10.724</v>
+        <v>10.753</v>
       </c>
       <c r="L638">
-        <v>330.466</v>
+        <v>331.586</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>321.012</v>
+        <v>320.906</v>
       </c>
       <c r="C639">
-        <v>1.305</v>
+        <v>1.291</v>
       </c>
       <c r="D639">
-        <v>11.529</v>
+        <v>11.534</v>
       </c>
       <c r="E639">
-        <v>333.846</v>
+        <v>333.731</v>
       </c>
       <c r="F639">
         <v>2.374</v>
       </c>
       <c r="G639">
         <v>1.563</v>
       </c>
       <c r="H639">
         <v>0.811</v>
       </c>
       <c r="I639">
-        <v>16.648</v>
+        <v>15.617</v>
       </c>
       <c r="J639">
-        <v>306.652</v>
+        <v>307.532</v>
       </c>
       <c r="K639">
-        <v>11.357</v>
+        <v>11.394</v>
       </c>
       <c r="L639">
-        <v>318.009</v>
+        <v>318.926</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>309.451</v>
+        <v>308.534</v>
       </c>
       <c r="C640">
-        <v>1.211</v>
+        <v>1.192</v>
       </c>
       <c r="D640">
-        <v>10.685</v>
+        <v>10.687</v>
       </c>
       <c r="E640">
-        <v>321.347</v>
+        <v>320.412</v>
       </c>
       <c r="F640">
         <v>2.913</v>
       </c>
       <c r="G640">
         <v>1.244</v>
       </c>
       <c r="H640">
         <v>1.669</v>
       </c>
       <c r="I640">
-        <v>18.64</v>
+        <v>16.474</v>
       </c>
       <c r="J640">
-        <v>293.849</v>
+        <v>295.055</v>
       </c>
       <c r="K640">
-        <v>10.527</v>
+        <v>10.552</v>
       </c>
       <c r="L640">
-        <v>304.376</v>
+        <v>305.607</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>331.518</v>
+        <v>331.684</v>
       </c>
       <c r="C641">
-        <v>1.209</v>
+        <v>1.19</v>
       </c>
       <c r="D641">
-        <v>10.977</v>
+        <v>10.988</v>
       </c>
       <c r="E641">
-        <v>343.704</v>
+        <v>343.861</v>
       </c>
       <c r="F641">
         <v>3.324</v>
       </c>
       <c r="G641">
         <v>0.99</v>
       </c>
       <c r="H641">
         <v>2.334</v>
       </c>
       <c r="I641">
-        <v>23.703</v>
+        <v>22.693</v>
       </c>
       <c r="J641">
-        <v>311.552</v>
+        <v>312.684</v>
       </c>
       <c r="K641">
-        <v>10.784</v>
+        <v>10.819</v>
       </c>
       <c r="L641">
-        <v>322.336</v>
+        <v>323.502</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>380.467</v>
+        <v>380.438</v>
       </c>
       <c r="C642">
-        <v>1.373</v>
+        <v>1.339</v>
       </c>
       <c r="D642">
-        <v>11.208</v>
+        <v>11.22</v>
       </c>
       <c r="E642">
-        <v>393.049</v>
+        <v>392.998</v>
       </c>
       <c r="F642">
         <v>2.712</v>
       </c>
       <c r="G642">
         <v>0.905</v>
       </c>
       <c r="H642">
         <v>1.807</v>
       </c>
       <c r="I642">
-        <v>27.135</v>
+        <v>26.287</v>
       </c>
       <c r="J642">
-        <v>356.587</v>
+        <v>357.36</v>
       </c>
       <c r="K642">
-        <v>11.134</v>
+        <v>11.158</v>
       </c>
       <c r="L642">
-        <v>367.72</v>
+        <v>368.518</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>433.486</v>
+        <v>432.724</v>
       </c>
       <c r="C643">
-        <v>1.499</v>
+        <v>1.459</v>
       </c>
       <c r="D643">
-        <v>11.914</v>
+        <v>11.874</v>
       </c>
       <c r="E643">
-        <v>446.899</v>
+        <v>446.057</v>
       </c>
       <c r="F643">
-        <v>1.296</v>
+        <v>6.681</v>
       </c>
       <c r="G643">
-        <v>0.263</v>
+        <v>1.357</v>
       </c>
       <c r="H643">
-        <v>1.033</v>
+        <v>5.324</v>
       </c>
       <c r="I643">
-        <v>29.074</v>
+        <v>32.306</v>
       </c>
       <c r="J643">
-        <v>406.989</v>
+        <v>407.23</v>
       </c>
       <c r="K643">
-        <v>11.869</v>
+        <v>11.845</v>
       </c>
       <c r="L643">
-        <v>418.859</v>
+        <v>419.076</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>406.337</v>
+      </c>
+      <c r="C644">
+        <v>1.427</v>
+      </c>
+      <c r="D644">
+        <v>11.995</v>
+      </c>
+      <c r="E644">
+        <v>419.759</v>
+      </c>
+      <c r="F644">
+        <v>6.662</v>
+      </c>
+      <c r="G644">
+        <v>1.416</v>
+      </c>
+      <c r="H644">
+        <v>5.246</v>
+      </c>
+      <c r="I644">
+        <v>20.791</v>
+      </c>
+      <c r="J644">
+        <v>392.29</v>
+      </c>
+      <c r="K644">
+        <v>11.924</v>
+      </c>
+      <c r="L644">
+        <v>404.214</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27594,81 +27632,81 @@
       </c>
       <c r="G87">
         <v>20.013</v>
       </c>
       <c r="H87">
         <v>18.904</v>
       </c>
       <c r="I87">
         <v>191.003</v>
       </c>
       <c r="J87">
         <v>3874.253</v>
       </c>
       <c r="K87">
         <v>136.918</v>
       </c>
       <c r="L87">
         <v>4011.172</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>4150.907</v>
+        <v>4156.627</v>
       </c>
       <c r="C88">
-        <v>16.327</v>
+        <v>15.258</v>
       </c>
       <c r="D88">
-        <v>136.805</v>
+        <v>136.749</v>
       </c>
       <c r="E88">
-        <v>4304.039</v>
+        <v>4308.634</v>
       </c>
       <c r="F88">
         <v>33.254</v>
       </c>
       <c r="G88">
         <v>19.437</v>
       </c>
       <c r="H88">
         <v>13.817</v>
       </c>
       <c r="I88">
-        <v>220.462</v>
+        <v>212.029</v>
       </c>
       <c r="J88">
-        <v>3961.89</v>
+        <v>3975.382</v>
       </c>
       <c r="K88">
-        <v>135.505</v>
+        <v>135.041</v>
       </c>
       <c r="L88">
-        <v>4097.395</v>
+        <v>4110.422</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>