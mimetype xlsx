--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 7.1 Electricity Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Total</t>
   </si>
   <si>
     <t>Electricity Imports</t>
   </si>
   <si>
     <t>Electricity Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24567,107 +24567,183 @@
       </c>
       <c r="K642">
         <v>11.158</v>
       </c>
       <c r="L642">
         <v>368.518</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>432.724</v>
       </c>
       <c r="C643">
         <v>1.459</v>
       </c>
       <c r="D643">
         <v>11.874</v>
       </c>
       <c r="E643">
         <v>446.057</v>
       </c>
       <c r="F643">
-        <v>6.681</v>
+        <v>2.152</v>
       </c>
       <c r="G643">
-        <v>1.357</v>
+        <v>1.274</v>
       </c>
       <c r="H643">
-        <v>5.324</v>
+        <v>0.879</v>
       </c>
       <c r="I643">
-        <v>32.306</v>
+        <v>27.86</v>
       </c>
       <c r="J643">
         <v>407.23</v>
       </c>
       <c r="K643">
         <v>11.845</v>
       </c>
       <c r="L643">
         <v>419.076</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>406.337</v>
       </c>
       <c r="C644">
         <v>1.427</v>
       </c>
       <c r="D644">
         <v>11.995</v>
       </c>
       <c r="E644">
         <v>419.759</v>
       </c>
       <c r="F644">
-        <v>6.662</v>
+        <v>2.407</v>
       </c>
       <c r="G644">
-        <v>1.416</v>
+        <v>1.306</v>
       </c>
       <c r="H644">
-        <v>5.246</v>
+        <v>1.101</v>
       </c>
       <c r="I644">
-        <v>20.791</v>
+        <v>16.646</v>
       </c>
       <c r="J644">
         <v>392.29</v>
       </c>
       <c r="K644">
         <v>11.924</v>
       </c>
       <c r="L644">
         <v>404.214</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>355.317</v>
+      </c>
+      <c r="C645">
+        <v>1.323</v>
+      </c>
+      <c r="D645">
+        <v>11.507</v>
+      </c>
+      <c r="E645">
+        <v>368.147</v>
+      </c>
+      <c r="F645">
+        <v>2.332</v>
+      </c>
+      <c r="G645">
+        <v>1.034</v>
+      </c>
+      <c r="H645">
+        <v>1.297</v>
+      </c>
+      <c r="I645">
+        <v>13.086</v>
+      </c>
+      <c r="J645">
+        <v>344.961</v>
+      </c>
+      <c r="K645">
+        <v>11.398</v>
+      </c>
+      <c r="L645">
+        <v>356.359</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>332.812</v>
+      </c>
+      <c r="C646">
+        <v>1.355</v>
+      </c>
+      <c r="D646">
+        <v>11.319</v>
+      </c>
+      <c r="E646">
+        <v>345.486</v>
+      </c>
+      <c r="F646">
+        <v>1.6</v>
+      </c>
+      <c r="G646">
+        <v>1.185</v>
+      </c>
+      <c r="H646">
+        <v>0.414</v>
+      </c>
+      <c r="I646">
+        <v>13.425</v>
+      </c>
+      <c r="J646">
+        <v>321.216</v>
+      </c>
+      <c r="K646">
+        <v>11.259</v>
+      </c>
+      <c r="L646">
+        <v>332.475</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>