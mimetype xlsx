--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 7.1 Electricity Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Electricity Net Generation, Electric Power Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Commercial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Industrial Sector</t>
   </si>
   <si>
     <t>Electricity Net Generation, Total</t>
   </si>
   <si>
     <t>Electricity Imports</t>
   </si>
   <si>
     <t>Electricity Exports</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24700,50 +24700,88 @@
         <v>11.319</v>
       </c>
       <c r="E646">
         <v>345.486</v>
       </c>
       <c r="F646">
         <v>1.6</v>
       </c>
       <c r="G646">
         <v>1.185</v>
       </c>
       <c r="H646">
         <v>0.414</v>
       </c>
       <c r="I646">
         <v>13.425</v>
       </c>
       <c r="J646">
         <v>321.216</v>
       </c>
       <c r="K646">
         <v>11.259</v>
       </c>
       <c r="L646">
         <v>332.475</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>321.99</v>
+      </c>
+      <c r="C647">
+        <v>1.337</v>
+      </c>
+      <c r="D647">
+        <v>11.451</v>
+      </c>
+      <c r="E647">
+        <v>334.779</v>
+      </c>
+      <c r="F647">
+        <v>1.736</v>
+      </c>
+      <c r="G647">
+        <v>1.257</v>
+      </c>
+      <c r="H647">
+        <v>0.479</v>
+      </c>
+      <c r="I647">
+        <v>24.971</v>
+      </c>
+      <c r="J647">
+        <v>298.926</v>
+      </c>
+      <c r="K647">
+        <v>11.361</v>
+      </c>
+      <c r="L647">
+        <v>310.286</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>