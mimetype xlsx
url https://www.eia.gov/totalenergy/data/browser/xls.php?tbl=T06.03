--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 6.3 Coal Stocks by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Producers and Distributors</t>
   </si>
   <si>
     <t>Coal Stocks, Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Coke Plants</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Other</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Total</t>
   </si>
   <si>
     <t>Coal Stocks, End-Use Sectors Total</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -17985,942 +17985,971 @@
       </c>
       <c r="D612">
         <v>1626.612</v>
       </c>
       <c r="E612">
         <v>2499.347</v>
       </c>
       <c r="F612">
         <v>4125.959</v>
       </c>
       <c r="G612">
         <v>4292.557</v>
       </c>
       <c r="H612">
         <v>88860.583</v>
       </c>
       <c r="I612">
         <v>113973.14</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
-        <v>21446</v>
+        <v>21422</v>
       </c>
       <c r="C613">
         <v>165.044</v>
       </c>
       <c r="D613">
         <v>1634.561</v>
       </c>
       <c r="E613">
         <v>2480.05</v>
       </c>
       <c r="F613">
         <v>4114.611</v>
       </c>
       <c r="G613">
         <v>4279.655</v>
       </c>
       <c r="H613">
         <v>92713.75</v>
       </c>
       <c r="I613">
         <v>118439.405</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
-        <v>22453</v>
+        <v>22012</v>
       </c>
       <c r="C614">
         <v>163.49</v>
       </c>
       <c r="D614">
         <v>1642.511</v>
       </c>
       <c r="E614">
         <v>2460.752</v>
       </c>
       <c r="F614">
         <v>4103.263</v>
       </c>
       <c r="G614">
         <v>4266.753</v>
       </c>
       <c r="H614">
         <v>99759.538</v>
       </c>
       <c r="I614">
         <v>126479.291</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
-        <v>22390</v>
+        <v>22581</v>
       </c>
       <c r="C615">
         <v>161.936</v>
       </c>
       <c r="D615">
         <v>1650.46</v>
       </c>
       <c r="E615">
         <v>2441.455</v>
       </c>
       <c r="F615">
         <v>4091.915</v>
       </c>
       <c r="G615">
         <v>4253.851</v>
       </c>
       <c r="H615">
         <v>109041.137</v>
       </c>
       <c r="I615">
         <v>135684.988</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
-        <v>22292</v>
+        <v>23116</v>
       </c>
       <c r="C616">
         <v>161.392</v>
       </c>
       <c r="D616">
         <v>1661.609</v>
       </c>
       <c r="E616">
         <v>2545.935</v>
       </c>
       <c r="F616">
         <v>4207.544</v>
       </c>
       <c r="G616">
         <v>4368.936</v>
       </c>
       <c r="H616">
         <v>119460.28</v>
       </c>
       <c r="I616">
         <v>146121.216</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
-        <v>22196</v>
+        <v>23607</v>
       </c>
       <c r="C617">
         <v>160.848</v>
       </c>
       <c r="D617">
         <v>1672.757</v>
       </c>
       <c r="E617">
         <v>2650.416</v>
       </c>
       <c r="F617">
         <v>4323.173</v>
       </c>
       <c r="G617">
         <v>4484.021</v>
       </c>
       <c r="H617">
         <v>127788.24</v>
       </c>
       <c r="I617">
         <v>154468.261</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
-        <v>22092</v>
+        <v>24043</v>
       </c>
       <c r="C618">
         <v>160.304</v>
       </c>
       <c r="D618">
         <v>1683.906</v>
       </c>
       <c r="E618">
         <v>2754.896</v>
       </c>
       <c r="F618">
         <v>4438.802</v>
       </c>
       <c r="G618">
         <v>4599.106</v>
       </c>
       <c r="H618">
         <v>129190.541</v>
       </c>
       <c r="I618">
         <v>155881.647</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
-        <v>21051</v>
+        <v>24412</v>
       </c>
       <c r="C619">
         <v>162.836</v>
       </c>
       <c r="D619">
         <v>1674.114</v>
       </c>
       <c r="E619">
         <v>2752.981</v>
       </c>
       <c r="F619">
         <v>4427.095</v>
       </c>
       <c r="G619">
         <v>4589.931</v>
       </c>
       <c r="H619">
         <v>122916.276</v>
       </c>
       <c r="I619">
         <v>148557.207</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
-        <v>19536</v>
+        <v>24704</v>
       </c>
       <c r="C620">
         <v>165.368</v>
       </c>
       <c r="D620">
         <v>1664.322</v>
       </c>
       <c r="E620">
         <v>2751.065</v>
       </c>
       <c r="F620">
         <v>4415.387</v>
       </c>
       <c r="G620">
         <v>4580.755</v>
       </c>
       <c r="H620">
         <v>117897.833</v>
       </c>
       <c r="I620">
         <v>142014.588</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
-        <v>18506</v>
+        <v>24907</v>
       </c>
       <c r="C621">
         <v>167.9</v>
       </c>
       <c r="D621">
         <v>1654.53</v>
       </c>
       <c r="E621">
         <v>2749.15</v>
       </c>
       <c r="F621">
         <v>4403.68</v>
       </c>
       <c r="G621">
         <v>4571.58</v>
       </c>
       <c r="H621">
         <v>118053.733</v>
       </c>
       <c r="I621">
         <v>141131.313</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
-        <v>18488</v>
+        <v>25010</v>
       </c>
       <c r="C622">
         <v>161.643</v>
       </c>
       <c r="D622">
         <v>1620.154</v>
       </c>
       <c r="E622">
         <v>2787.177</v>
       </c>
       <c r="F622">
         <v>4407.331</v>
       </c>
       <c r="G622">
         <v>4568.974</v>
       </c>
       <c r="H622">
         <v>123046.131</v>
       </c>
       <c r="I622">
         <v>146103.105</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
-        <v>18465</v>
+        <v>25003</v>
       </c>
       <c r="C623">
         <v>155.387</v>
       </c>
       <c r="D623">
         <v>1585.777</v>
       </c>
       <c r="E623">
         <v>2825.203</v>
       </c>
       <c r="F623">
         <v>4410.98</v>
       </c>
       <c r="G623">
         <v>4566.367</v>
       </c>
       <c r="H623">
         <v>130984.834</v>
       </c>
       <c r="I623">
         <v>154016.201</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
-        <v>18427</v>
+        <v>24874</v>
       </c>
       <c r="C624">
         <v>149.13</v>
       </c>
       <c r="D624">
         <v>1551.401</v>
       </c>
       <c r="E624">
         <v>2863.23</v>
       </c>
       <c r="F624">
         <v>4414.631</v>
       </c>
       <c r="G624">
         <v>4563.761</v>
       </c>
       <c r="H624">
         <v>133028.387</v>
       </c>
       <c r="I624">
         <v>156019.148</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>24616</v>
+        <v>24720</v>
       </c>
       <c r="C625">
-        <v>143.224</v>
+        <v>143.259</v>
       </c>
       <c r="D625">
         <v>1516.738</v>
       </c>
       <c r="E625">
-        <v>2841.947</v>
+        <v>2857.386</v>
       </c>
       <c r="F625">
-        <v>4358.685</v>
+        <v>4374.124</v>
       </c>
       <c r="G625">
-        <v>4501.909</v>
+        <v>4517.383</v>
       </c>
       <c r="H625">
-        <v>124057.294</v>
+        <v>123854.271</v>
       </c>
       <c r="I625">
-        <v>153175.203</v>
+        <v>152987.654</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>24236</v>
+        <v>24565</v>
       </c>
       <c r="C626">
-        <v>137.319</v>
+        <v>137.388</v>
       </c>
       <c r="D626">
         <v>1482.074</v>
       </c>
       <c r="E626">
-        <v>2815.49</v>
+        <v>2851.542</v>
       </c>
       <c r="F626">
-        <v>4297.564</v>
+        <v>4333.616</v>
       </c>
       <c r="G626">
-        <v>4434.883</v>
+        <v>4471.004</v>
       </c>
       <c r="H626">
-        <v>129330.881</v>
+        <v>129170.199</v>
       </c>
       <c r="I626">
-        <v>158001.764</v>
+        <v>157877.203</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>23745</v>
+        <v>24411</v>
       </c>
       <c r="C627">
-        <v>131.413</v>
+        <v>131.517</v>
       </c>
       <c r="D627">
         <v>1447.411</v>
       </c>
       <c r="E627">
-        <v>2789.033</v>
+        <v>2845.698</v>
       </c>
       <c r="F627">
-        <v>4236.444</v>
+        <v>4293.109</v>
       </c>
       <c r="G627">
-        <v>4367.857</v>
+        <v>4424.626</v>
       </c>
       <c r="H627">
-        <v>135669.072</v>
+        <v>135537.254</v>
       </c>
       <c r="I627">
-        <v>163781.929</v>
+        <v>163706.88</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>23154</v>
+        <v>24257</v>
       </c>
       <c r="C628">
         <v>131.061</v>
       </c>
       <c r="D628">
-        <v>1480.792</v>
+        <v>1485.655</v>
       </c>
       <c r="E628">
-        <v>2885.834</v>
+        <v>2915.834</v>
       </c>
       <c r="F628">
-        <v>4366.626</v>
+        <v>4401.489</v>
       </c>
       <c r="G628">
-        <v>4497.687</v>
+        <v>4532.55</v>
       </c>
       <c r="H628">
-        <v>138908.261</v>
+        <v>138839.274</v>
       </c>
       <c r="I628">
-        <v>166559.948</v>
+        <v>166525.824</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>22475</v>
+        <v>24102</v>
       </c>
       <c r="C629">
-        <v>130.708</v>
+        <v>130.606</v>
       </c>
       <c r="D629">
-        <v>1514.174</v>
+        <v>1523.9</v>
       </c>
       <c r="E629">
-        <v>2982.634</v>
+        <v>2985.969</v>
       </c>
       <c r="F629">
-        <v>4496.808</v>
+        <v>4509.869</v>
       </c>
       <c r="G629">
-        <v>4627.516</v>
+        <v>4640.475</v>
       </c>
       <c r="H629">
-        <v>139971.455</v>
+        <v>139892.605</v>
       </c>
       <c r="I629">
-        <v>167073.971</v>
+        <v>167008.08</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>21718</v>
+        <v>23948</v>
       </c>
       <c r="C630">
-        <v>130.356</v>
+        <v>130.15</v>
       </c>
       <c r="D630">
-        <v>1547.555</v>
+        <v>1562.144</v>
       </c>
       <c r="E630">
-        <v>3079.435</v>
+        <v>3056.105</v>
       </c>
       <c r="F630">
-        <v>4626.99</v>
+        <v>4618.249</v>
       </c>
       <c r="G630">
-        <v>4757.346</v>
+        <v>4748.399</v>
       </c>
       <c r="H630">
-        <v>135367.682</v>
+        <v>135229.253</v>
       </c>
       <c r="I630">
-        <v>161843.028</v>
+        <v>161695.652</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>20895</v>
+        <v>23794</v>
       </c>
       <c r="C631">
-        <v>128.009</v>
+        <v>127.872</v>
       </c>
       <c r="D631">
-        <v>1598.44</v>
+        <v>1608.165</v>
       </c>
       <c r="E631">
-        <v>3137.037</v>
+        <v>3094.349</v>
       </c>
       <c r="F631">
-        <v>4735.477</v>
+        <v>4702.514</v>
       </c>
       <c r="G631">
-        <v>4863.486</v>
+        <v>4830.386</v>
       </c>
       <c r="H631">
-        <v>127494.179</v>
+        <v>127377.502</v>
       </c>
       <c r="I631">
-        <v>153252.665</v>
+        <v>153102.888</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>20017</v>
+        <v>23639</v>
       </c>
       <c r="C632">
-        <v>125.662</v>
+        <v>125.593</v>
       </c>
       <c r="D632">
-        <v>1649.325</v>
+        <v>1654.187</v>
       </c>
       <c r="E632">
-        <v>3194.638</v>
+        <v>3132.593</v>
       </c>
       <c r="F632">
-        <v>4843.963</v>
+        <v>4786.78</v>
       </c>
       <c r="G632">
-        <v>4969.625</v>
+        <v>4912.373</v>
       </c>
       <c r="H632">
-        <v>121858.366</v>
+        <v>121755.689</v>
       </c>
       <c r="I632">
-        <v>146844.991</v>
+        <v>146685.062</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>19094</v>
+        <v>23485</v>
       </c>
       <c r="C633">
         <v>123.315</v>
       </c>
       <c r="D633">
-        <v>1700.21</v>
+        <v>1700.208</v>
       </c>
       <c r="E633">
-        <v>3252.24</v>
+        <v>3170.837</v>
       </c>
       <c r="F633">
-        <v>4952.45</v>
+        <v>4871.045</v>
       </c>
       <c r="G633">
-        <v>5075.765</v>
+        <v>4994.36</v>
       </c>
       <c r="H633">
-        <v>122669.097</v>
+        <v>122555.119</v>
       </c>
       <c r="I633">
-        <v>146838.862</v>
+        <v>146643.479</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>18138</v>
+        <v>23331</v>
       </c>
       <c r="C634">
         <v>128.324</v>
       </c>
       <c r="D634">
-        <v>1688.709</v>
+        <v>1687.046</v>
       </c>
       <c r="E634">
-        <v>3212.892</v>
+        <v>3163.042</v>
       </c>
       <c r="F634">
-        <v>4901.601</v>
+        <v>4850.088</v>
       </c>
       <c r="G634">
-        <v>5029.925</v>
+        <v>4978.412</v>
       </c>
       <c r="H634">
-        <v>127816.347</v>
+        <v>127746.57</v>
       </c>
       <c r="I634">
-        <v>150984.272</v>
+        <v>150862.982</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>17160</v>
+        <v>23176</v>
       </c>
       <c r="C635">
         <v>133.333</v>
       </c>
       <c r="D635">
-        <v>1677.209</v>
+        <v>1673.884</v>
       </c>
       <c r="E635">
-        <v>3173.545</v>
+        <v>3155.247</v>
       </c>
       <c r="F635">
-        <v>4850.754</v>
+        <v>4829.131</v>
       </c>
       <c r="G635">
-        <v>4984.087</v>
+        <v>4962.464</v>
       </c>
       <c r="H635">
-        <v>131111.864</v>
+        <v>131090.77</v>
       </c>
       <c r="I635">
-        <v>153255.951</v>
+        <v>153213.234</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>16171</v>
+        <v>23022</v>
       </c>
       <c r="C636">
         <v>138.342</v>
       </c>
       <c r="D636">
-        <v>1665.708</v>
+        <v>1660.722</v>
       </c>
       <c r="E636">
-        <v>3134.197</v>
+        <v>3147.452</v>
       </c>
       <c r="F636">
-        <v>4799.905</v>
+        <v>4808.174</v>
       </c>
       <c r="G636">
-        <v>4938.247</v>
+        <v>4946.516</v>
       </c>
       <c r="H636">
-        <v>127910.898</v>
+        <v>127825.935</v>
       </c>
       <c r="I636">
-        <v>149020.145</v>
+        <v>148943.451</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>15913</v>
       </c>
       <c r="C637">
         <v>128.211</v>
       </c>
       <c r="D637">
         <v>1660.21</v>
       </c>
       <c r="E637">
         <v>3066.483</v>
       </c>
       <c r="F637">
         <v>4726.693</v>
       </c>
       <c r="G637">
         <v>4854.904</v>
       </c>
       <c r="H637">
-        <v>113635.012</v>
+        <v>113293.33</v>
       </c>
       <c r="I637">
-        <v>134402.916</v>
+        <v>134061.234</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>16743</v>
       </c>
       <c r="C638">
         <v>118.079</v>
       </c>
       <c r="D638">
         <v>1654.711</v>
       </c>
       <c r="E638">
         <v>2998.77</v>
       </c>
       <c r="F638">
         <v>4653.481</v>
       </c>
       <c r="G638">
         <v>4771.56</v>
       </c>
       <c r="H638">
-        <v>106983.87</v>
+        <v>106812.54</v>
       </c>
       <c r="I638">
-        <v>128498.43</v>
+        <v>128327.1</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>16866</v>
       </c>
       <c r="C639">
         <v>107.948</v>
       </c>
       <c r="D639">
         <v>1649.213</v>
       </c>
       <c r="E639">
         <v>2931.056</v>
       </c>
       <c r="F639">
         <v>4580.269</v>
       </c>
       <c r="G639">
         <v>4688.217</v>
       </c>
       <c r="H639">
-        <v>111775.706</v>
+        <v>111665.33</v>
       </c>
       <c r="I639">
-        <v>133329.923</v>
+        <v>133219.547</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>16915</v>
       </c>
       <c r="C640">
-        <v>151.688</v>
+        <v>108.367</v>
       </c>
       <c r="D640">
-        <v>1304.413</v>
+        <v>1704.336</v>
       </c>
       <c r="E640">
-        <v>2475.133</v>
+        <v>2957.594</v>
       </c>
       <c r="F640">
-        <v>3779.546</v>
+        <v>4661.93</v>
       </c>
       <c r="G640">
-        <v>3931.234</v>
+        <v>4770.297</v>
       </c>
       <c r="H640">
-        <v>116147.105</v>
+        <v>115928.974</v>
       </c>
       <c r="I640">
-        <v>136993.339</v>
+        <v>137614.271</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>17016</v>
       </c>
       <c r="C641">
-        <v>152.179</v>
+        <v>108.785</v>
       </c>
       <c r="D641">
-        <v>1330.541</v>
+        <v>1759.46</v>
       </c>
       <c r="E641">
-        <v>2515.13</v>
+        <v>2984.133</v>
       </c>
       <c r="F641">
-        <v>3845.671</v>
+        <v>4743.593</v>
       </c>
       <c r="G641">
-        <v>3997.85</v>
+        <v>4852.378</v>
       </c>
       <c r="H641">
-        <v>119689.459</v>
+        <v>119508.31</v>
       </c>
       <c r="I641">
-        <v>140703.309</v>
+        <v>141376.688</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>17125</v>
       </c>
       <c r="C642">
-        <v>153.696</v>
+        <v>109.204</v>
       </c>
       <c r="D642">
-        <v>1357.334</v>
+        <v>1814.583</v>
       </c>
       <c r="E642">
-        <v>2548.522</v>
+        <v>3010.671</v>
       </c>
       <c r="F642">
-        <v>3905.856</v>
+        <v>4825.254</v>
       </c>
       <c r="G642">
-        <v>4059.552</v>
+        <v>4934.458</v>
       </c>
       <c r="H642">
-        <v>116687.544</v>
+        <v>116434.455</v>
       </c>
       <c r="I642">
-        <v>137872.096</v>
+        <v>138493.913</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>16606</v>
       </c>
       <c r="C643">
         <v>160.488</v>
       </c>
       <c r="D643">
         <v>1360.45</v>
       </c>
       <c r="E643">
         <v>2684.977</v>
       </c>
       <c r="F643">
         <v>4045.427</v>
       </c>
       <c r="G643">
         <v>4205.915</v>
       </c>
       <c r="H643">
-        <v>109004.975</v>
+        <v>108748.628</v>
       </c>
       <c r="I643">
-        <v>129816.89</v>
+        <v>129560.543</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>15780</v>
+      </c>
+      <c r="C644">
+        <v>165.322</v>
+      </c>
+      <c r="D644">
+        <v>1352.661</v>
+      </c>
+      <c r="E644">
+        <v>2746.779</v>
+      </c>
+      <c r="F644">
+        <v>4099.44</v>
+      </c>
+      <c r="G644">
+        <v>4264.762</v>
+      </c>
+      <c r="H644">
+        <v>104584.324</v>
+      </c>
+      <c r="I644">
+        <v>124629.086</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -21160,101 +21189,101 @@
       </c>
       <c r="D86">
         <v>1626.612</v>
       </c>
       <c r="E86">
         <v>2499.347</v>
       </c>
       <c r="F86">
         <v>4125.959</v>
       </c>
       <c r="G86">
         <v>4292.557</v>
       </c>
       <c r="H86">
         <v>88860.583</v>
       </c>
       <c r="I86">
         <v>113973.14</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
-        <v>18427</v>
+        <v>24874</v>
       </c>
       <c r="C87">
         <v>149.13</v>
       </c>
       <c r="D87">
         <v>1551.401</v>
       </c>
       <c r="E87">
         <v>2863.23</v>
       </c>
       <c r="F87">
         <v>4414.631</v>
       </c>
       <c r="G87">
         <v>4563.761</v>
       </c>
       <c r="H87">
         <v>133028.387</v>
       </c>
       <c r="I87">
         <v>156019.148</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>16171</v>
+        <v>23022</v>
       </c>
       <c r="C88">
         <v>138.342</v>
       </c>
       <c r="D88">
-        <v>1665.708</v>
+        <v>1660.722</v>
       </c>
       <c r="E88">
-        <v>3134.197</v>
+        <v>3147.452</v>
       </c>
       <c r="F88">
-        <v>4799.905</v>
+        <v>4808.174</v>
       </c>
       <c r="G88">
-        <v>4938.247</v>
+        <v>4946.516</v>
       </c>
       <c r="H88">
-        <v>127910.898</v>
+        <v>127825.935</v>
       </c>
       <c r="I88">
-        <v>149020.145</v>
+        <v>148943.451</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>