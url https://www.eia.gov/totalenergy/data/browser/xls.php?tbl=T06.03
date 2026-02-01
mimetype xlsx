--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 6.3 Coal Stocks by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Producers and Distributors</t>
   </si>
   <si>
     <t>Coal Stocks, Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Coke Plants</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Other</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Total</t>
   </si>
   <si>
     <t>Coal Stocks, End-Use Sectors Total</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18006,950 +18006,1008 @@
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>21422</v>
       </c>
       <c r="C613">
         <v>165.044</v>
       </c>
       <c r="D613">
         <v>1634.561</v>
       </c>
       <c r="E613">
         <v>2480.05</v>
       </c>
       <c r="F613">
         <v>4114.611</v>
       </c>
       <c r="G613">
         <v>4279.655</v>
       </c>
       <c r="H613">
         <v>92713.75</v>
       </c>
       <c r="I613">
-        <v>118439.405</v>
+        <v>118415.405</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>22012</v>
       </c>
       <c r="C614">
         <v>163.49</v>
       </c>
       <c r="D614">
         <v>1642.511</v>
       </c>
       <c r="E614">
         <v>2460.752</v>
       </c>
       <c r="F614">
         <v>4103.263</v>
       </c>
       <c r="G614">
         <v>4266.753</v>
       </c>
       <c r="H614">
         <v>99759.538</v>
       </c>
       <c r="I614">
-        <v>126479.291</v>
+        <v>126038.291</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>22581</v>
       </c>
       <c r="C615">
         <v>161.936</v>
       </c>
       <c r="D615">
         <v>1650.46</v>
       </c>
       <c r="E615">
         <v>2441.455</v>
       </c>
       <c r="F615">
         <v>4091.915</v>
       </c>
       <c r="G615">
         <v>4253.851</v>
       </c>
       <c r="H615">
         <v>109041.137</v>
       </c>
       <c r="I615">
-        <v>135684.988</v>
+        <v>135875.988</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>23116</v>
       </c>
       <c r="C616">
         <v>161.392</v>
       </c>
       <c r="D616">
         <v>1661.609</v>
       </c>
       <c r="E616">
         <v>2545.935</v>
       </c>
       <c r="F616">
         <v>4207.544</v>
       </c>
       <c r="G616">
         <v>4368.936</v>
       </c>
       <c r="H616">
         <v>119460.28</v>
       </c>
       <c r="I616">
-        <v>146121.216</v>
+        <v>146945.216</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>23607</v>
       </c>
       <c r="C617">
         <v>160.848</v>
       </c>
       <c r="D617">
         <v>1672.757</v>
       </c>
       <c r="E617">
         <v>2650.416</v>
       </c>
       <c r="F617">
         <v>4323.173</v>
       </c>
       <c r="G617">
         <v>4484.021</v>
       </c>
       <c r="H617">
         <v>127788.24</v>
       </c>
       <c r="I617">
-        <v>154468.261</v>
+        <v>155879.261</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>24043</v>
       </c>
       <c r="C618">
         <v>160.304</v>
       </c>
       <c r="D618">
         <v>1683.906</v>
       </c>
       <c r="E618">
         <v>2754.896</v>
       </c>
       <c r="F618">
         <v>4438.802</v>
       </c>
       <c r="G618">
         <v>4599.106</v>
       </c>
       <c r="H618">
         <v>129190.541</v>
       </c>
       <c r="I618">
-        <v>155881.647</v>
+        <v>157832.647</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>24412</v>
       </c>
       <c r="C619">
         <v>162.836</v>
       </c>
       <c r="D619">
         <v>1674.114</v>
       </c>
       <c r="E619">
         <v>2752.981</v>
       </c>
       <c r="F619">
         <v>4427.095</v>
       </c>
       <c r="G619">
         <v>4589.931</v>
       </c>
       <c r="H619">
         <v>122916.276</v>
       </c>
       <c r="I619">
-        <v>148557.207</v>
+        <v>151918.207</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>24704</v>
       </c>
       <c r="C620">
         <v>165.368</v>
       </c>
       <c r="D620">
         <v>1664.322</v>
       </c>
       <c r="E620">
         <v>2751.065</v>
       </c>
       <c r="F620">
         <v>4415.387</v>
       </c>
       <c r="G620">
         <v>4580.755</v>
       </c>
       <c r="H620">
         <v>117897.833</v>
       </c>
       <c r="I620">
-        <v>142014.588</v>
+        <v>147182.588</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>24907</v>
       </c>
       <c r="C621">
         <v>167.9</v>
       </c>
       <c r="D621">
         <v>1654.53</v>
       </c>
       <c r="E621">
         <v>2749.15</v>
       </c>
       <c r="F621">
         <v>4403.68</v>
       </c>
       <c r="G621">
         <v>4571.58</v>
       </c>
       <c r="H621">
         <v>118053.733</v>
       </c>
       <c r="I621">
-        <v>141131.313</v>
+        <v>147532.313</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>25010</v>
       </c>
       <c r="C622">
         <v>161.643</v>
       </c>
       <c r="D622">
         <v>1620.154</v>
       </c>
       <c r="E622">
         <v>2787.177</v>
       </c>
       <c r="F622">
         <v>4407.331</v>
       </c>
       <c r="G622">
         <v>4568.974</v>
       </c>
       <c r="H622">
         <v>123046.131</v>
       </c>
       <c r="I622">
-        <v>146103.105</v>
+        <v>152625.105</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>25003</v>
       </c>
       <c r="C623">
         <v>155.387</v>
       </c>
       <c r="D623">
         <v>1585.777</v>
       </c>
       <c r="E623">
         <v>2825.203</v>
       </c>
       <c r="F623">
         <v>4410.98</v>
       </c>
       <c r="G623">
         <v>4566.367</v>
       </c>
       <c r="H623">
         <v>130984.834</v>
       </c>
       <c r="I623">
-        <v>154016.201</v>
+        <v>160554.201</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>24874</v>
       </c>
       <c r="C624">
         <v>149.13</v>
       </c>
       <c r="D624">
         <v>1551.401</v>
       </c>
       <c r="E624">
         <v>2863.23</v>
       </c>
       <c r="F624">
         <v>4414.631</v>
       </c>
       <c r="G624">
         <v>4563.761</v>
       </c>
       <c r="H624">
         <v>133028.387</v>
       </c>
       <c r="I624">
-        <v>156019.148</v>
+        <v>162466.148</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>24720</v>
       </c>
       <c r="C625">
         <v>143.259</v>
       </c>
       <c r="D625">
         <v>1516.738</v>
       </c>
       <c r="E625">
         <v>2857.386</v>
       </c>
       <c r="F625">
         <v>4374.124</v>
       </c>
       <c r="G625">
         <v>4517.383</v>
       </c>
       <c r="H625">
         <v>123854.271</v>
       </c>
       <c r="I625">
-        <v>152987.654</v>
+        <v>153091.654</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>24565</v>
       </c>
       <c r="C626">
         <v>137.388</v>
       </c>
       <c r="D626">
         <v>1482.074</v>
       </c>
       <c r="E626">
         <v>2851.542</v>
       </c>
       <c r="F626">
         <v>4333.616</v>
       </c>
       <c r="G626">
         <v>4471.004</v>
       </c>
       <c r="H626">
         <v>129170.199</v>
       </c>
       <c r="I626">
-        <v>157877.203</v>
+        <v>158206.203</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>24411</v>
       </c>
       <c r="C627">
         <v>131.517</v>
       </c>
       <c r="D627">
         <v>1447.411</v>
       </c>
       <c r="E627">
         <v>2845.698</v>
       </c>
       <c r="F627">
         <v>4293.109</v>
       </c>
       <c r="G627">
         <v>4424.626</v>
       </c>
       <c r="H627">
         <v>135537.254</v>
       </c>
       <c r="I627">
-        <v>163706.88</v>
+        <v>164372.88</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>24257</v>
       </c>
       <c r="C628">
         <v>131.061</v>
       </c>
       <c r="D628">
         <v>1485.655</v>
       </c>
       <c r="E628">
         <v>2915.834</v>
       </c>
       <c r="F628">
         <v>4401.489</v>
       </c>
       <c r="G628">
         <v>4532.55</v>
       </c>
       <c r="H628">
         <v>138839.274</v>
       </c>
       <c r="I628">
-        <v>166525.824</v>
+        <v>167628.824</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>24102</v>
       </c>
       <c r="C629">
         <v>130.606</v>
       </c>
       <c r="D629">
         <v>1523.9</v>
       </c>
       <c r="E629">
         <v>2985.969</v>
       </c>
       <c r="F629">
         <v>4509.869</v>
       </c>
       <c r="G629">
         <v>4640.475</v>
       </c>
       <c r="H629">
         <v>139892.605</v>
       </c>
       <c r="I629">
-        <v>167008.08</v>
+        <v>168635.08</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>23948</v>
       </c>
       <c r="C630">
         <v>130.15</v>
       </c>
       <c r="D630">
         <v>1562.144</v>
       </c>
       <c r="E630">
         <v>3056.105</v>
       </c>
       <c r="F630">
         <v>4618.249</v>
       </c>
       <c r="G630">
         <v>4748.399</v>
       </c>
       <c r="H630">
         <v>135229.253</v>
       </c>
       <c r="I630">
-        <v>161695.652</v>
+        <v>163925.652</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>23794</v>
       </c>
       <c r="C631">
         <v>127.872</v>
       </c>
       <c r="D631">
         <v>1608.165</v>
       </c>
       <c r="E631">
         <v>3094.349</v>
       </c>
       <c r="F631">
         <v>4702.514</v>
       </c>
       <c r="G631">
         <v>4830.386</v>
       </c>
       <c r="H631">
         <v>127377.502</v>
       </c>
       <c r="I631">
-        <v>153102.888</v>
+        <v>156001.888</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>23639</v>
       </c>
       <c r="C632">
         <v>125.593</v>
       </c>
       <c r="D632">
         <v>1654.187</v>
       </c>
       <c r="E632">
         <v>3132.593</v>
       </c>
       <c r="F632">
         <v>4786.78</v>
       </c>
       <c r="G632">
         <v>4912.373</v>
       </c>
       <c r="H632">
         <v>121755.689</v>
       </c>
       <c r="I632">
-        <v>146685.062</v>
+        <v>150307.062</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>23485</v>
       </c>
       <c r="C633">
         <v>123.315</v>
       </c>
       <c r="D633">
         <v>1700.208</v>
       </c>
       <c r="E633">
         <v>3170.837</v>
       </c>
       <c r="F633">
         <v>4871.045</v>
       </c>
       <c r="G633">
         <v>4994.36</v>
       </c>
       <c r="H633">
         <v>122555.119</v>
       </c>
       <c r="I633">
-        <v>146643.479</v>
+        <v>151034.479</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>23331</v>
       </c>
       <c r="C634">
         <v>128.324</v>
       </c>
       <c r="D634">
         <v>1687.046</v>
       </c>
       <c r="E634">
         <v>3163.042</v>
       </c>
       <c r="F634">
         <v>4850.088</v>
       </c>
       <c r="G634">
         <v>4978.412</v>
       </c>
       <c r="H634">
         <v>127746.57</v>
       </c>
       <c r="I634">
-        <v>150862.982</v>
+        <v>156055.982</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>23176</v>
       </c>
       <c r="C635">
         <v>133.333</v>
       </c>
       <c r="D635">
         <v>1673.884</v>
       </c>
       <c r="E635">
         <v>3155.247</v>
       </c>
       <c r="F635">
         <v>4829.131</v>
       </c>
       <c r="G635">
         <v>4962.464</v>
       </c>
       <c r="H635">
         <v>131090.77</v>
       </c>
       <c r="I635">
-        <v>153213.234</v>
+        <v>159229.234</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>23022</v>
       </c>
       <c r="C636">
         <v>138.342</v>
       </c>
       <c r="D636">
         <v>1660.722</v>
       </c>
       <c r="E636">
         <v>3147.452</v>
       </c>
       <c r="F636">
         <v>4808.174</v>
       </c>
       <c r="G636">
         <v>4946.516</v>
       </c>
       <c r="H636">
         <v>127825.935</v>
       </c>
       <c r="I636">
-        <v>148943.451</v>
+        <v>155794.451</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>15913</v>
+        <v>22709</v>
       </c>
       <c r="C637">
         <v>128.211</v>
       </c>
       <c r="D637">
         <v>1660.21</v>
       </c>
       <c r="E637">
         <v>3066.483</v>
       </c>
       <c r="F637">
         <v>4726.693</v>
       </c>
       <c r="G637">
         <v>4854.904</v>
       </c>
       <c r="H637">
         <v>113293.33</v>
       </c>
       <c r="I637">
-        <v>134061.234</v>
+        <v>140857.234</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>16743</v>
+        <v>23375</v>
       </c>
       <c r="C638">
         <v>118.079</v>
       </c>
       <c r="D638">
         <v>1654.711</v>
       </c>
       <c r="E638">
         <v>2998.77</v>
       </c>
       <c r="F638">
         <v>4653.481</v>
       </c>
       <c r="G638">
         <v>4771.56</v>
       </c>
       <c r="H638">
         <v>106812.54</v>
       </c>
       <c r="I638">
-        <v>128327.1</v>
+        <v>134959.1</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>16866</v>
+        <v>23399</v>
       </c>
       <c r="C639">
         <v>107.948</v>
       </c>
       <c r="D639">
         <v>1649.213</v>
       </c>
       <c r="E639">
         <v>2931.056</v>
       </c>
       <c r="F639">
         <v>4580.269</v>
       </c>
       <c r="G639">
         <v>4688.217</v>
       </c>
       <c r="H639">
         <v>111665.33</v>
       </c>
       <c r="I639">
-        <v>133219.547</v>
+        <v>139752.547</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>16915</v>
+        <v>23423</v>
       </c>
       <c r="C640">
         <v>108.367</v>
       </c>
       <c r="D640">
         <v>1704.336</v>
       </c>
       <c r="E640">
         <v>2957.594</v>
       </c>
       <c r="F640">
         <v>4661.93</v>
       </c>
       <c r="G640">
         <v>4770.297</v>
       </c>
       <c r="H640">
         <v>115928.974</v>
       </c>
       <c r="I640">
-        <v>137614.271</v>
+        <v>144122.271</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>17016</v>
+        <v>23446</v>
       </c>
       <c r="C641">
         <v>108.785</v>
       </c>
       <c r="D641">
         <v>1759.46</v>
       </c>
       <c r="E641">
         <v>2984.133</v>
       </c>
       <c r="F641">
         <v>4743.593</v>
       </c>
       <c r="G641">
         <v>4852.378</v>
       </c>
       <c r="H641">
         <v>119508.31</v>
       </c>
       <c r="I641">
-        <v>141376.688</v>
+        <v>147806.688</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>17125</v>
+        <v>23469</v>
       </c>
       <c r="C642">
         <v>109.204</v>
       </c>
       <c r="D642">
         <v>1814.583</v>
       </c>
       <c r="E642">
         <v>3010.671</v>
       </c>
       <c r="F642">
         <v>4825.254</v>
       </c>
       <c r="G642">
         <v>4934.458</v>
       </c>
       <c r="H642">
         <v>116434.455</v>
       </c>
       <c r="I642">
-        <v>138493.913</v>
+        <v>144837.913</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>16606</v>
+        <v>23050</v>
       </c>
       <c r="C643">
         <v>160.488</v>
       </c>
       <c r="D643">
         <v>1360.45</v>
       </c>
       <c r="E643">
         <v>2684.977</v>
       </c>
       <c r="F643">
         <v>4045.427</v>
       </c>
       <c r="G643">
         <v>4205.915</v>
       </c>
       <c r="H643">
         <v>108748.628</v>
       </c>
       <c r="I643">
-        <v>129560.543</v>
+        <v>136004.543</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>15780</v>
+        <v>22389</v>
       </c>
       <c r="C644">
         <v>165.322</v>
       </c>
       <c r="D644">
         <v>1352.661</v>
       </c>
       <c r="E644">
         <v>2746.779</v>
       </c>
       <c r="F644">
         <v>4099.44</v>
       </c>
       <c r="G644">
         <v>4264.762</v>
       </c>
       <c r="H644">
         <v>104584.324</v>
       </c>
       <c r="I644">
-        <v>124629.086</v>
+        <v>131238.086</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>21916</v>
+      </c>
+      <c r="C645">
+        <v>169.996</v>
+      </c>
+      <c r="D645">
+        <v>1345.484</v>
+      </c>
+      <c r="E645">
+        <v>2808.932</v>
+      </c>
+      <c r="F645">
+        <v>4154.416</v>
+      </c>
+      <c r="G645">
+        <v>4324.412</v>
+      </c>
+      <c r="H645">
+        <v>105401.895</v>
+      </c>
+      <c r="I645">
+        <v>131642.307</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>21972</v>
+      </c>
+      <c r="C646">
+        <v>167.694</v>
+      </c>
+      <c r="D646">
+        <v>1327.135</v>
+      </c>
+      <c r="E646">
+        <v>2820.102</v>
+      </c>
+      <c r="F646">
+        <v>4147.237</v>
+      </c>
+      <c r="G646">
+        <v>4314.931</v>
+      </c>
+      <c r="H646">
+        <v>108939.068</v>
+      </c>
+      <c r="I646">
+        <v>135225.999</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -21210,80 +21268,80 @@
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>24874</v>
       </c>
       <c r="C87">
         <v>149.13</v>
       </c>
       <c r="D87">
         <v>1551.401</v>
       </c>
       <c r="E87">
         <v>2863.23</v>
       </c>
       <c r="F87">
         <v>4414.631</v>
       </c>
       <c r="G87">
         <v>4563.761</v>
       </c>
       <c r="H87">
         <v>133028.387</v>
       </c>
       <c r="I87">
-        <v>156019.148</v>
+        <v>162466.148</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>23022</v>
       </c>
       <c r="C88">
         <v>138.342</v>
       </c>
       <c r="D88">
         <v>1660.722</v>
       </c>
       <c r="E88">
         <v>3147.452</v>
       </c>
       <c r="F88">
         <v>4808.174</v>
       </c>
       <c r="G88">
         <v>4946.516</v>
       </c>
       <c r="H88">
         <v>127825.935</v>
       </c>
       <c r="I88">
-        <v>148943.451</v>
+        <v>155794.451</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>