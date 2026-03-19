--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 6.3 Coal Stocks by Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Stocks, Producers and Distributors</t>
   </si>
   <si>
     <t>Coal Stocks, Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Coke Plants</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Other</t>
   </si>
   <si>
     <t>Coal Stocks, Industrial Sector, Total</t>
   </si>
   <si>
     <t>Coal Stocks, End-Use Sectors Total</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18858,156 +18858,185 @@
       </c>
       <c r="E642">
         <v>3010.671</v>
       </c>
       <c r="F642">
         <v>4825.254</v>
       </c>
       <c r="G642">
         <v>4934.458</v>
       </c>
       <c r="H642">
         <v>116434.455</v>
       </c>
       <c r="I642">
         <v>144837.913</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>23050</v>
       </c>
       <c r="C643">
-        <v>160.488</v>
+        <v>119.43</v>
       </c>
       <c r="D643">
-        <v>1360.45</v>
+        <v>1796.439</v>
       </c>
       <c r="E643">
-        <v>2684.977</v>
+        <v>2970.952</v>
       </c>
       <c r="F643">
-        <v>4045.427</v>
+        <v>4767.391</v>
       </c>
       <c r="G643">
-        <v>4205.915</v>
+        <v>4886.821</v>
       </c>
       <c r="H643">
         <v>108748.628</v>
       </c>
       <c r="I643">
-        <v>136004.543</v>
+        <v>136685.449</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>22389</v>
       </c>
       <c r="C644">
-        <v>165.322</v>
+        <v>129.655</v>
       </c>
       <c r="D644">
-        <v>1352.661</v>
+        <v>1778.296</v>
       </c>
       <c r="E644">
-        <v>2746.779</v>
+        <v>2931.234</v>
       </c>
       <c r="F644">
-        <v>4099.44</v>
+        <v>4709.53</v>
       </c>
       <c r="G644">
-        <v>4264.762</v>
+        <v>4839.185</v>
       </c>
       <c r="H644">
         <v>104584.324</v>
       </c>
       <c r="I644">
-        <v>131238.086</v>
+        <v>131812.509</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>21916</v>
       </c>
       <c r="C645">
-        <v>169.996</v>
+        <v>139.881</v>
       </c>
       <c r="D645">
-        <v>1345.484</v>
+        <v>1760.152</v>
       </c>
       <c r="E645">
-        <v>2808.932</v>
+        <v>2891.515</v>
       </c>
       <c r="F645">
-        <v>4154.416</v>
+        <v>4651.667</v>
       </c>
       <c r="G645">
-        <v>4324.412</v>
+        <v>4791.548</v>
       </c>
       <c r="H645">
         <v>105401.895</v>
       </c>
       <c r="I645">
-        <v>131642.307</v>
+        <v>132109.443</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>21972</v>
       </c>
       <c r="C646">
         <v>167.694</v>
       </c>
       <c r="D646">
         <v>1327.135</v>
       </c>
       <c r="E646">
         <v>2820.102</v>
       </c>
       <c r="F646">
         <v>4147.237</v>
       </c>
       <c r="G646">
         <v>4314.931</v>
       </c>
       <c r="H646">
         <v>108939.068</v>
       </c>
       <c r="I646">
         <v>135225.999</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>21997</v>
+      </c>
+      <c r="C647">
+        <v>163.903</v>
+      </c>
+      <c r="D647">
+        <v>1305.7</v>
+      </c>
+      <c r="E647">
+        <v>2826.542</v>
+      </c>
+      <c r="F647">
+        <v>4132.242</v>
+      </c>
+      <c r="G647">
+        <v>4296.145</v>
+      </c>
+      <c r="H647">
+        <v>111811.325</v>
+      </c>
+      <c r="I647">
+        <v>138104.47</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>