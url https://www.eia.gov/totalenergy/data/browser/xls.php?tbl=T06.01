--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 6.1 Coal Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Waste Coal Supplied</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Stock Change</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18336,648 +18336,677 @@
       </c>
       <c r="E624">
         <v>8745.672</v>
       </c>
       <c r="F624">
         <v>-8512.904</v>
       </c>
       <c r="G624">
         <v>2002.947</v>
       </c>
       <c r="H624">
         <v>825.522</v>
       </c>
       <c r="I624">
         <v>35221.733</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>44052.01</v>
       </c>
       <c r="C625">
-        <v>830.453</v>
+        <v>779.548</v>
       </c>
       <c r="D625">
         <v>93.541</v>
       </c>
       <c r="E625">
-        <v>8411.113</v>
+        <v>8428.751</v>
       </c>
       <c r="F625">
-        <v>-8317.572</v>
+        <v>-8335.21</v>
       </c>
       <c r="G625">
-        <v>-2843.945</v>
+        <v>-3031.494</v>
       </c>
       <c r="H625">
-        <v>-6243.223</v>
+        <v>-6122.266</v>
       </c>
       <c r="I625">
-        <v>45652.059</v>
+        <v>45650.108</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>44010.722</v>
       </c>
       <c r="C626">
-        <v>721.092</v>
+        <v>783.453</v>
       </c>
       <c r="D626">
         <v>150.527</v>
       </c>
       <c r="E626">
-        <v>9119.032</v>
+        <v>8679.676</v>
       </c>
       <c r="F626">
-        <v>-8968.505</v>
+        <v>-8529.149</v>
       </c>
       <c r="G626">
-        <v>4826.561</v>
+        <v>4889.549</v>
       </c>
       <c r="H626">
-        <v>1820.823</v>
+        <v>2176.555</v>
       </c>
       <c r="I626">
-        <v>29115.925</v>
+        <v>29198.922</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>41808.232</v>
       </c>
       <c r="C627">
-        <v>767.582</v>
+        <v>853.526</v>
       </c>
       <c r="D627">
         <v>84.851</v>
       </c>
       <c r="E627">
-        <v>9275.482</v>
+        <v>9662.44</v>
       </c>
       <c r="F627">
-        <v>-9190.631</v>
+        <v>-9577.589</v>
       </c>
       <c r="G627">
-        <v>5780.165</v>
+        <v>5829.677</v>
       </c>
       <c r="H627">
-        <v>2075.273</v>
+        <v>1608.029</v>
       </c>
       <c r="I627">
-        <v>25529.745</v>
+        <v>25646.463</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>35709.395</v>
       </c>
       <c r="C628">
-        <v>745.736</v>
+        <v>754.351</v>
       </c>
       <c r="D628">
         <v>253.539</v>
       </c>
       <c r="E628">
-        <v>6842.93</v>
+        <v>6764.862</v>
       </c>
       <c r="F628">
-        <v>-6589.391</v>
+        <v>-6511.323</v>
       </c>
       <c r="G628">
-        <v>2778.019</v>
+        <v>2818.944</v>
       </c>
       <c r="H628">
-        <v>2834.679</v>
+        <v>2856.533</v>
       </c>
       <c r="I628">
-        <v>24253.042</v>
+        <v>24276.946</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>39370.106</v>
       </c>
       <c r="C629">
-        <v>599.407</v>
+        <v>578.87</v>
       </c>
       <c r="D629">
         <v>79.715</v>
       </c>
       <c r="E629">
-        <v>8937.965</v>
+        <v>9122.913</v>
       </c>
       <c r="F629">
-        <v>-8858.25</v>
+        <v>-9043.198</v>
       </c>
       <c r="G629">
-        <v>514.023</v>
+        <v>482.256</v>
       </c>
       <c r="H629">
-        <v>1316.437</v>
+        <v>1172.583</v>
       </c>
       <c r="I629">
-        <v>29280.803</v>
+        <v>29250.939</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>43003.758</v>
       </c>
       <c r="C630">
-        <v>777.24</v>
+        <v>714.825</v>
       </c>
       <c r="D630">
         <v>202.564</v>
       </c>
       <c r="E630">
-        <v>10011.162</v>
+        <v>10164.614</v>
       </c>
       <c r="F630">
-        <v>-9808.598</v>
+        <v>-9962.05</v>
       </c>
       <c r="G630">
-        <v>-5230.943</v>
+        <v>-5312.428</v>
       </c>
       <c r="H630">
-        <v>1744.624</v>
+        <v>1601.267</v>
       </c>
       <c r="I630">
-        <v>37458.719</v>
+        <v>37467.694</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>43342.918</v>
       </c>
       <c r="C631">
-        <v>871.061</v>
+        <v>826.215</v>
       </c>
       <c r="D631">
         <v>184.878</v>
       </c>
       <c r="E631">
-        <v>8760.348</v>
+        <v>8905.28</v>
       </c>
       <c r="F631">
-        <v>-8575.47</v>
+        <v>-8720.402</v>
       </c>
       <c r="G631">
-        <v>-8590.363</v>
+        <v>-8592.764</v>
       </c>
       <c r="H631">
-        <v>654.851</v>
+        <v>522.934</v>
       </c>
       <c r="I631">
-        <v>43574.021</v>
+        <v>43518.561</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>47110.135</v>
       </c>
       <c r="C632">
-        <v>653.1</v>
+        <v>560.688</v>
       </c>
       <c r="D632">
         <v>288.092</v>
       </c>
       <c r="E632">
-        <v>9093.825</v>
+        <v>9118.887</v>
       </c>
       <c r="F632">
-        <v>-8805.733</v>
+        <v>-8830.795</v>
       </c>
       <c r="G632">
-        <v>-6407.674</v>
+        <v>-6417.826</v>
       </c>
       <c r="H632">
-        <v>2809.913</v>
+        <v>2783.023</v>
       </c>
       <c r="I632">
-        <v>42555.264</v>
+        <v>42474.832</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>45723.696</v>
       </c>
       <c r="C633">
-        <v>556.596</v>
+        <v>438.876</v>
       </c>
       <c r="D633">
         <v>247.956</v>
       </c>
       <c r="E633">
-        <v>9452.78</v>
+        <v>9566.497</v>
       </c>
       <c r="F633">
-        <v>-9204.824</v>
+        <v>-9318.541</v>
       </c>
       <c r="G633">
-        <v>-6.129</v>
+        <v>-41.583</v>
       </c>
       <c r="H633">
-        <v>2451.233</v>
+        <v>2399.646</v>
       </c>
       <c r="I633">
-        <v>34630.364</v>
+        <v>34485.968</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>44295.355</v>
       </c>
       <c r="C634">
-        <v>594.268</v>
+        <v>436.076</v>
       </c>
       <c r="D634">
         <v>118.162</v>
       </c>
       <c r="E634">
-        <v>8967.633</v>
+        <v>9117.597</v>
       </c>
       <c r="F634">
-        <v>-8849.471</v>
+        <v>-8999.435</v>
       </c>
       <c r="G634">
-        <v>4145.41</v>
+        <v>4219.503</v>
       </c>
       <c r="H634">
-        <v>1146.018</v>
+        <v>925.875</v>
       </c>
       <c r="I634">
-        <v>30748.724</v>
+        <v>30586.618</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>40963.87</v>
       </c>
       <c r="C635">
-        <v>537.814</v>
+        <v>423.466</v>
       </c>
       <c r="D635">
         <v>167.085</v>
       </c>
       <c r="E635">
-        <v>9421.228</v>
+        <v>9305.011</v>
       </c>
       <c r="F635">
-        <v>-9254.143</v>
+        <v>-9137.926</v>
       </c>
       <c r="G635">
-        <v>2271.679</v>
+        <v>2350.252</v>
       </c>
       <c r="H635">
-        <v>243.007</v>
+        <v>300.012</v>
       </c>
       <c r="I635">
-        <v>29732.855</v>
+        <v>29599.146</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>42738.096</v>
       </c>
       <c r="C636">
-        <v>646.681</v>
+        <v>621.201</v>
       </c>
       <c r="D636">
         <v>126.801</v>
       </c>
       <c r="E636">
-        <v>9294.929</v>
+        <v>9489.855</v>
       </c>
       <c r="F636">
-        <v>-9168.128</v>
+        <v>-9363.054</v>
       </c>
       <c r="G636">
-        <v>-4235.806</v>
+        <v>-4269.783</v>
       </c>
       <c r="H636">
-        <v>-371.498</v>
+        <v>-516.464</v>
       </c>
       <c r="I636">
-        <v>38823.953</v>
+        <v>38782.49</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>44845.035</v>
       </c>
       <c r="C637">
         <v>704.394</v>
       </c>
       <c r="D637">
         <v>244.581</v>
       </c>
       <c r="E637">
         <v>7725.77</v>
       </c>
       <c r="F637">
         <v>-7481.189</v>
       </c>
       <c r="G637">
-        <v>-14617.229</v>
+        <v>-14882.217</v>
       </c>
       <c r="H637">
-        <v>3653.127</v>
+        <v>3889.969</v>
       </c>
       <c r="I637">
-        <v>49032.342</v>
+        <v>49060.488</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>39706.701</v>
       </c>
       <c r="C638">
         <v>830.318</v>
       </c>
       <c r="D638">
         <v>197.349</v>
       </c>
       <c r="E638">
         <v>7387.252</v>
       </c>
       <c r="F638">
         <v>-7189.903</v>
       </c>
       <c r="G638">
-        <v>-5904.486</v>
+        <v>-5734.134</v>
       </c>
       <c r="H638">
-        <v>1054.07</v>
+        <v>845.123</v>
       </c>
       <c r="I638">
-        <v>38197.532</v>
+        <v>38236.127</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>47781.933</v>
       </c>
       <c r="C639">
         <v>811.65</v>
       </c>
       <c r="D639">
         <v>190.439</v>
       </c>
       <c r="E639">
         <v>9298.817</v>
       </c>
       <c r="F639">
         <v>-9108.378</v>
       </c>
       <c r="G639">
-        <v>4831.493</v>
+        <v>4892.447</v>
       </c>
       <c r="H639">
-        <v>3588.713</v>
+        <v>3437.908</v>
       </c>
       <c r="I639">
-        <v>31064.999</v>
+        <v>31154.85</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>43695.902</v>
+        <v>41876.334</v>
       </c>
       <c r="C640">
-        <v>522.5</v>
+        <v>811.844</v>
       </c>
       <c r="D640">
         <v>264.115</v>
       </c>
       <c r="E640">
         <v>7584.086</v>
       </c>
       <c r="F640">
         <v>-7319.971</v>
       </c>
       <c r="G640">
-        <v>3663.416</v>
+        <v>4394.724</v>
       </c>
       <c r="H640">
-        <v>4423.347</v>
+        <v>2342.29</v>
       </c>
       <c r="I640">
-        <v>28811.668</v>
+        <v>28631.193</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>46227.415</v>
+        <v>44020.249</v>
       </c>
       <c r="C641">
-        <v>522.5</v>
+        <v>838.746</v>
       </c>
       <c r="D641">
         <v>195.683</v>
       </c>
       <c r="E641">
         <v>7844.021</v>
       </c>
       <c r="F641">
         <v>-7648.338</v>
       </c>
       <c r="G641">
-        <v>3709.97</v>
+        <v>3762.417</v>
       </c>
       <c r="H641">
-        <v>4865.845</v>
+        <v>2686.965</v>
       </c>
       <c r="I641">
-        <v>30525.763</v>
+        <v>30761.275</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>44385.08</v>
+        <v>42239.888</v>
       </c>
       <c r="C642">
-        <v>522.5</v>
+        <v>851.917</v>
       </c>
       <c r="D642">
         <v>232.199</v>
       </c>
       <c r="E642">
         <v>6949.676</v>
       </c>
       <c r="F642">
         <v>-6717.477</v>
       </c>
       <c r="G642">
-        <v>-2831.213</v>
+        <v>-2882.775</v>
       </c>
       <c r="H642">
-        <v>1752.254</v>
+        <v>-154.822</v>
       </c>
       <c r="I642">
-        <v>39269.062</v>
+        <v>39411.925</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>46958.625</v>
       </c>
       <c r="C643">
         <v>522.5</v>
       </c>
       <c r="D643">
         <v>220.995</v>
       </c>
       <c r="E643">
         <v>6517.552</v>
       </c>
       <c r="F643">
         <v>-6296.557</v>
       </c>
       <c r="G643">
-        <v>-8055.206</v>
+        <v>-8933.37</v>
       </c>
       <c r="H643">
-        <v>1437.547</v>
+        <v>2276.35</v>
       </c>
       <c r="I643">
-        <v>47802.227</v>
+        <v>47841.588</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>48646.165</v>
       </c>
-      <c r="C644" t="s">
-[...18 lines deleted...]
-        <v>15</v>
+      <c r="C644">
+        <v>522.5</v>
+      </c>
+      <c r="D644">
+        <v>337.001</v>
+      </c>
+      <c r="E644">
+        <v>7898.31</v>
+      </c>
+      <c r="F644">
+        <v>-7561.309</v>
+      </c>
+      <c r="G644">
+        <v>-4931.457</v>
+      </c>
+      <c r="H644">
+        <v>4075.047</v>
+      </c>
+      <c r="I644">
+        <v>42463.766</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>45458.542</v>
       </c>
       <c r="C645" t="s">
         <v>15</v>
       </c>
       <c r="D645" t="s">
         <v>15</v>
       </c>
       <c r="E645" t="s">
         <v>15</v>
       </c>
       <c r="F645" t="s">
         <v>15</v>
       </c>
       <c r="G645" t="s">
         <v>15</v>
       </c>
       <c r="H645" t="s">
         <v>15</v>
       </c>
       <c r="I645" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>44760.318</v>
+      </c>
+      <c r="C646" t="s">
+        <v>15</v>
+      </c>
+      <c r="D646" t="s">
+        <v>15</v>
+      </c>
+      <c r="E646" t="s">
+        <v>15</v>
+      </c>
+      <c r="F646" t="s">
+        <v>15</v>
+      </c>
+      <c r="G646" t="s">
+        <v>15</v>
+      </c>
+      <c r="H646" t="s">
+        <v>15</v>
+      </c>
+      <c r="I646" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -21250,69 +21279,69 @@
       </c>
       <c r="E87">
         <v>100208.063</v>
       </c>
       <c r="F87">
         <v>-96197.939</v>
       </c>
       <c r="G87">
         <v>42046.008</v>
       </c>
       <c r="H87">
         <v>21980.091</v>
       </c>
       <c r="I87">
         <v>425894.593</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>512128.293</v>
       </c>
       <c r="C88">
-        <v>8301.03</v>
+        <v>7771.095</v>
       </c>
       <c r="D88">
         <v>1997.711</v>
       </c>
       <c r="E88">
-        <v>107588.427</v>
+        <v>108326.383</v>
       </c>
       <c r="F88">
-        <v>-105590.716</v>
+        <v>-106328.672</v>
       </c>
       <c r="G88">
-        <v>-6999.003</v>
+        <v>-7075.697</v>
       </c>
       <c r="H88">
-        <v>10482.137</v>
+        <v>9707.727</v>
       </c>
       <c r="I88">
-        <v>411355.473</v>
+        <v>410938.686</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>