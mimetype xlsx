--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 6.1 Coal Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Waste Coal Supplied</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Stock Change</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18000,1013 +18000,1071 @@
       </c>
       <c r="I612">
         <v>45392.051</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>51052.732</v>
       </c>
       <c r="C613">
         <v>627.141</v>
       </c>
       <c r="D613">
         <v>439.736</v>
       </c>
       <c r="E613">
         <v>7081.534</v>
       </c>
       <c r="F613">
         <v>-6641.798</v>
       </c>
       <c r="G613">
-        <v>4466.265</v>
+        <v>4442.265</v>
       </c>
       <c r="H613">
-        <v>1479.256</v>
+        <v>1503.256</v>
       </c>
       <c r="I613">
         <v>39092.554</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>45750.904</v>
       </c>
       <c r="C614">
         <v>719.322</v>
       </c>
       <c r="D614">
         <v>299.642</v>
       </c>
       <c r="E614">
         <v>8255.458</v>
       </c>
       <c r="F614">
         <v>-7955.816</v>
       </c>
       <c r="G614">
-        <v>8039.886</v>
+        <v>7622.886</v>
       </c>
       <c r="H614">
-        <v>133.465</v>
+        <v>550.465</v>
       </c>
       <c r="I614">
         <v>30341.059</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>52027.269</v>
       </c>
       <c r="C615">
         <v>737.45</v>
       </c>
       <c r="D615">
         <v>280.836</v>
       </c>
       <c r="E615">
         <v>9191.885</v>
       </c>
       <c r="F615">
         <v>-8911.049</v>
       </c>
       <c r="G615">
-        <v>9205.697</v>
+        <v>9837.697</v>
       </c>
       <c r="H615">
-        <v>2330.449</v>
+        <v>1698.449</v>
       </c>
       <c r="I615">
         <v>32317.524</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>47006.179</v>
       </c>
       <c r="C616">
         <v>602.316</v>
       </c>
       <c r="D616">
         <v>426.414</v>
       </c>
       <c r="E616">
         <v>7837.54</v>
       </c>
       <c r="F616">
         <v>-7411.126</v>
       </c>
       <c r="G616">
-        <v>10436.228</v>
+        <v>11069.228</v>
       </c>
       <c r="H616">
-        <v>3698.497</v>
+        <v>3065.497</v>
       </c>
       <c r="I616">
         <v>26062.644</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>48262.134</v>
       </c>
       <c r="C617">
         <v>479.153</v>
       </c>
       <c r="D617">
         <v>305.446</v>
       </c>
       <c r="E617">
         <v>8429.59</v>
       </c>
       <c r="F617">
         <v>-8124.144</v>
       </c>
       <c r="G617">
-        <v>8347.045</v>
+        <v>8934.045</v>
       </c>
       <c r="H617">
-        <v>3580.856</v>
+        <v>2993.856</v>
       </c>
       <c r="I617">
         <v>28689.242</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>47183.56</v>
       </c>
       <c r="C618">
         <v>654.963</v>
       </c>
       <c r="D618">
         <v>282.364</v>
       </c>
       <c r="E618">
         <v>8436.883</v>
       </c>
       <c r="F618">
         <v>-8154.519</v>
       </c>
       <c r="G618">
-        <v>1413.386</v>
+        <v>1953.386</v>
       </c>
       <c r="H618">
-        <v>1541.59</v>
+        <v>1001.59</v>
       </c>
       <c r="I618">
         <v>36729.028</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>46594.643</v>
       </c>
       <c r="C619">
         <v>868.831</v>
       </c>
       <c r="D619">
         <v>325.707</v>
       </c>
       <c r="E619">
         <v>6701.185</v>
       </c>
       <c r="F619">
         <v>-6375.478</v>
       </c>
       <c r="G619">
-        <v>-7324.44</v>
+        <v>-5914.44</v>
       </c>
       <c r="H619">
-        <v>852.64</v>
+        <v>-557.36</v>
       </c>
       <c r="I619">
         <v>47559.796</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>50624.503</v>
       </c>
       <c r="C620">
         <v>808.719</v>
       </c>
       <c r="D620">
         <v>354.741</v>
       </c>
       <c r="E620">
         <v>9119.346</v>
       </c>
       <c r="F620">
         <v>-8764.605</v>
       </c>
       <c r="G620">
-        <v>-6542.619</v>
+        <v>-4735.619</v>
       </c>
       <c r="H620">
-        <v>2161.487</v>
+        <v>354.487</v>
       </c>
       <c r="I620">
         <v>47049.749</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>48619.798</v>
       </c>
       <c r="C621">
         <v>503.407</v>
       </c>
       <c r="D621">
         <v>313.973</v>
       </c>
       <c r="E621">
         <v>8815.643</v>
       </c>
       <c r="F621">
         <v>-8501.67</v>
       </c>
       <c r="G621">
-        <v>-883.275</v>
+        <v>349.725</v>
       </c>
       <c r="H621">
-        <v>4171.477</v>
+        <v>2938.477</v>
       </c>
       <c r="I621">
         <v>37333.333</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>47602.804</v>
       </c>
       <c r="C622">
         <v>589.954</v>
       </c>
       <c r="D622">
         <v>413.349</v>
       </c>
       <c r="E622">
         <v>9205.295</v>
       </c>
       <c r="F622">
         <v>-8791.946</v>
       </c>
       <c r="G622">
-        <v>4971.792</v>
+        <v>5092.792</v>
       </c>
       <c r="H622">
-        <v>1721.61</v>
+        <v>1600.61</v>
       </c>
       <c r="I622">
         <v>32707.41</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>47518.639</v>
       </c>
       <c r="C623">
         <v>721.104</v>
       </c>
       <c r="D623">
         <v>335.148</v>
       </c>
       <c r="E623">
         <v>8388.032</v>
       </c>
       <c r="F623">
         <v>-8052.884</v>
       </c>
       <c r="G623">
-        <v>7913.096</v>
+        <v>7929.096</v>
       </c>
       <c r="H623">
-        <v>-516.758</v>
+        <v>-532.758</v>
       </c>
       <c r="I623">
         <v>32790.521</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>45710.852</v>
       </c>
       <c r="C624">
         <v>852.254</v>
       </c>
       <c r="D624">
         <v>232.768</v>
       </c>
       <c r="E624">
         <v>8745.672</v>
       </c>
       <c r="F624">
         <v>-8512.904</v>
       </c>
       <c r="G624">
-        <v>2002.947</v>
+        <v>1911.947</v>
       </c>
       <c r="H624">
-        <v>825.522</v>
+        <v>916.522</v>
       </c>
       <c r="I624">
         <v>35221.733</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>44052.01</v>
+        <v>44060.189</v>
       </c>
       <c r="C625">
         <v>779.548</v>
       </c>
       <c r="D625">
         <v>93.541</v>
       </c>
       <c r="E625">
         <v>8428.751</v>
       </c>
       <c r="F625">
         <v>-8335.21</v>
       </c>
       <c r="G625">
-        <v>-3031.494</v>
+        <v>-9374.494</v>
       </c>
       <c r="H625">
-        <v>-6122.266</v>
+        <v>228.913</v>
       </c>
       <c r="I625">
         <v>45650.108</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>44010.722</v>
+        <v>44018.888</v>
       </c>
       <c r="C626">
         <v>783.453</v>
       </c>
       <c r="D626">
         <v>150.527</v>
       </c>
       <c r="E626">
         <v>8679.676</v>
       </c>
       <c r="F626">
         <v>-8529.149</v>
       </c>
       <c r="G626">
-        <v>4889.549</v>
+        <v>5114.549</v>
       </c>
       <c r="H626">
-        <v>2176.555</v>
+        <v>1959.721</v>
       </c>
       <c r="I626">
         <v>29198.922</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>41808.232</v>
+        <v>41815.979</v>
       </c>
       <c r="C627">
         <v>853.526</v>
       </c>
       <c r="D627">
         <v>84.851</v>
       </c>
       <c r="E627">
         <v>9662.44</v>
       </c>
       <c r="F627">
         <v>-9577.589</v>
       </c>
       <c r="G627">
-        <v>5829.677</v>
+        <v>6166.677</v>
       </c>
       <c r="H627">
-        <v>1608.029</v>
+        <v>1278.776</v>
       </c>
       <c r="I627">
         <v>25646.463</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>35709.395</v>
+        <v>35763.853</v>
       </c>
       <c r="C628">
         <v>754.351</v>
       </c>
       <c r="D628">
         <v>253.539</v>
       </c>
       <c r="E628">
         <v>6764.862</v>
       </c>
       <c r="F628">
         <v>-6511.323</v>
       </c>
       <c r="G628">
-        <v>2818.944</v>
+        <v>3255.944</v>
       </c>
       <c r="H628">
-        <v>2856.533</v>
+        <v>2473.991</v>
       </c>
       <c r="I628">
         <v>24276.946</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>39370.106</v>
+        <v>39430.148</v>
       </c>
       <c r="C629">
         <v>578.87</v>
       </c>
       <c r="D629">
         <v>79.715</v>
       </c>
       <c r="E629">
         <v>9122.913</v>
       </c>
       <c r="F629">
         <v>-9043.198</v>
       </c>
       <c r="G629">
-        <v>482.256</v>
+        <v>1006.256</v>
       </c>
       <c r="H629">
-        <v>1172.583</v>
+        <v>708.625</v>
       </c>
       <c r="I629">
         <v>29250.939</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>43003.758</v>
+        <v>43069.394</v>
       </c>
       <c r="C630">
         <v>714.825</v>
       </c>
       <c r="D630">
         <v>202.564</v>
       </c>
       <c r="E630">
         <v>10164.614</v>
       </c>
       <c r="F630">
         <v>-9962.05</v>
       </c>
       <c r="G630">
-        <v>-5312.428</v>
+        <v>-4709.428</v>
       </c>
       <c r="H630">
-        <v>1601.267</v>
+        <v>1063.903</v>
       </c>
       <c r="I630">
         <v>37467.694</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>43342.918</v>
+        <v>43388.767</v>
       </c>
       <c r="C631">
         <v>826.215</v>
       </c>
       <c r="D631">
         <v>184.878</v>
       </c>
       <c r="E631">
         <v>8905.28</v>
       </c>
       <c r="F631">
         <v>-8720.402</v>
       </c>
       <c r="G631">
-        <v>-8592.764</v>
+        <v>-7923.764</v>
       </c>
       <c r="H631">
-        <v>522.934</v>
+        <v>-100.217</v>
       </c>
       <c r="I631">
         <v>43518.561</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>47110.135</v>
+        <v>47159.948</v>
       </c>
       <c r="C632">
         <v>560.688</v>
       </c>
       <c r="D632">
         <v>288.092</v>
       </c>
       <c r="E632">
         <v>9118.887</v>
       </c>
       <c r="F632">
         <v>-8830.795</v>
       </c>
       <c r="G632">
-        <v>-6417.826</v>
+        <v>-5694.826</v>
       </c>
       <c r="H632">
-        <v>2783.023</v>
+        <v>2109.836</v>
       </c>
       <c r="I632">
         <v>42474.832</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>45723.696</v>
+        <v>45772.017</v>
       </c>
       <c r="C633">
         <v>438.876</v>
       </c>
       <c r="D633">
         <v>247.956</v>
       </c>
       <c r="E633">
         <v>9566.497</v>
       </c>
       <c r="F633">
         <v>-9318.541</v>
       </c>
       <c r="G633">
-        <v>-41.583</v>
+        <v>727.417</v>
       </c>
       <c r="H633">
-        <v>2399.646</v>
+        <v>1678.967</v>
       </c>
       <c r="I633">
         <v>34485.968</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>44295.355</v>
+        <v>44317.433</v>
       </c>
       <c r="C634">
         <v>436.076</v>
       </c>
       <c r="D634">
         <v>118.162</v>
       </c>
       <c r="E634">
         <v>9117.597</v>
       </c>
       <c r="F634">
         <v>-8999.435</v>
       </c>
       <c r="G634">
-        <v>4219.503</v>
+        <v>5021.503</v>
       </c>
       <c r="H634">
-        <v>925.875</v>
+        <v>145.953</v>
       </c>
       <c r="I634">
         <v>30586.618</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>40963.87</v>
+        <v>40984.303</v>
       </c>
       <c r="C635">
         <v>423.466</v>
       </c>
       <c r="D635">
         <v>167.085</v>
       </c>
       <c r="E635">
         <v>9305.011</v>
       </c>
       <c r="F635">
         <v>-9137.926</v>
       </c>
       <c r="G635">
-        <v>2350.252</v>
+        <v>3173.252</v>
       </c>
       <c r="H635">
-        <v>300.012</v>
+        <v>-502.555</v>
       </c>
       <c r="I635">
         <v>29599.146</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>42738.096</v>
+        <v>42759.405</v>
       </c>
       <c r="C636">
         <v>621.201</v>
       </c>
       <c r="D636">
         <v>126.801</v>
       </c>
       <c r="E636">
         <v>9489.855</v>
       </c>
       <c r="F636">
         <v>-9363.054</v>
       </c>
       <c r="G636">
-        <v>-4269.783</v>
+        <v>-3434.783</v>
       </c>
       <c r="H636">
-        <v>-516.464</v>
+        <v>-1330.155</v>
       </c>
       <c r="I636">
         <v>38782.49</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>44845.035</v>
       </c>
       <c r="C637">
         <v>704.394</v>
       </c>
       <c r="D637">
         <v>244.581</v>
       </c>
       <c r="E637">
         <v>7725.77</v>
       </c>
       <c r="F637">
         <v>-7481.189</v>
       </c>
       <c r="G637">
-        <v>-14882.217</v>
+        <v>-14937.217</v>
       </c>
       <c r="H637">
-        <v>3889.969</v>
+        <v>3944.969</v>
       </c>
       <c r="I637">
         <v>49060.488</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>39706.701</v>
       </c>
       <c r="C638">
         <v>830.318</v>
       </c>
       <c r="D638">
         <v>197.349</v>
       </c>
       <c r="E638">
         <v>7387.252</v>
       </c>
       <c r="F638">
         <v>-7189.903</v>
       </c>
       <c r="G638">
-        <v>-5734.134</v>
+        <v>-5898.134</v>
       </c>
       <c r="H638">
-        <v>845.123</v>
+        <v>1009.123</v>
       </c>
       <c r="I638">
         <v>38236.127</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>47781.933</v>
       </c>
       <c r="C639">
         <v>811.65</v>
       </c>
       <c r="D639">
         <v>190.439</v>
       </c>
       <c r="E639">
         <v>9298.817</v>
       </c>
       <c r="F639">
         <v>-9108.378</v>
       </c>
       <c r="G639">
-        <v>4892.447</v>
+        <v>4793.447</v>
       </c>
       <c r="H639">
-        <v>3437.908</v>
+        <v>3536.908</v>
       </c>
       <c r="I639">
         <v>31154.85</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>41876.334</v>
       </c>
       <c r="C640">
         <v>811.844</v>
       </c>
       <c r="D640">
         <v>264.115</v>
       </c>
       <c r="E640">
         <v>7584.086</v>
       </c>
       <c r="F640">
         <v>-7319.971</v>
       </c>
       <c r="G640">
-        <v>4394.724</v>
+        <v>4369.724</v>
       </c>
       <c r="H640">
-        <v>2342.29</v>
+        <v>2367.29</v>
       </c>
       <c r="I640">
         <v>28631.193</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>44020.249</v>
       </c>
       <c r="C641">
         <v>838.746</v>
       </c>
       <c r="D641">
         <v>195.683</v>
       </c>
       <c r="E641">
         <v>7844.021</v>
       </c>
       <c r="F641">
         <v>-7648.338</v>
       </c>
       <c r="G641">
-        <v>3762.417</v>
+        <v>3684.417</v>
       </c>
       <c r="H641">
-        <v>2686.965</v>
+        <v>2764.965</v>
       </c>
       <c r="I641">
         <v>30761.275</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>42239.888</v>
       </c>
       <c r="C642">
         <v>851.917</v>
       </c>
       <c r="D642">
         <v>232.199</v>
       </c>
       <c r="E642">
         <v>6949.676</v>
       </c>
       <c r="F642">
         <v>-6717.477</v>
       </c>
       <c r="G642">
-        <v>-2882.775</v>
+        <v>-2968.775</v>
       </c>
       <c r="H642">
-        <v>-154.822</v>
+        <v>-68.822</v>
       </c>
       <c r="I642">
         <v>39411.925</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>46958.625</v>
       </c>
       <c r="C643">
         <v>522.5</v>
       </c>
       <c r="D643">
         <v>220.995</v>
       </c>
       <c r="E643">
         <v>6517.552</v>
       </c>
       <c r="F643">
         <v>-6296.557</v>
       </c>
       <c r="G643">
-        <v>-8933.37</v>
+        <v>-8833.37</v>
       </c>
       <c r="H643">
-        <v>2276.35</v>
+        <v>2176.35</v>
       </c>
       <c r="I643">
         <v>47841.588</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>48646.165</v>
       </c>
       <c r="C644">
         <v>522.5</v>
       </c>
       <c r="D644">
-        <v>337.001</v>
+        <v>240.645</v>
       </c>
       <c r="E644">
-        <v>7898.31</v>
+        <v>8169.686</v>
       </c>
       <c r="F644">
-        <v>-7561.309</v>
+        <v>-7929.041</v>
       </c>
       <c r="G644">
-        <v>-4931.457</v>
+        <v>-4766.457</v>
       </c>
       <c r="H644">
-        <v>4075.047</v>
+        <v>3542.315</v>
       </c>
       <c r="I644">
         <v>42463.766</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>45458.542</v>
       </c>
-      <c r="C645" t="s">
-[...18 lines deleted...]
-        <v>15</v>
+      <c r="C645">
+        <v>522.5</v>
+      </c>
+      <c r="D645">
+        <v>336.438</v>
+      </c>
+      <c r="E645">
+        <v>7805.418</v>
+      </c>
+      <c r="F645">
+        <v>-7468.98</v>
+      </c>
+      <c r="G645">
+        <v>404.221</v>
+      </c>
+      <c r="H645">
+        <v>1854.878</v>
+      </c>
+      <c r="I645">
+        <v>36252.964</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>44760.318</v>
       </c>
-      <c r="C646" t="s">
-[...17 lines deleted...]
-      <c r="I646" t="s">
+      <c r="C646">
+        <v>522.5</v>
+      </c>
+      <c r="D646">
+        <v>335.374</v>
+      </c>
+      <c r="E646">
+        <v>8534.198</v>
+      </c>
+      <c r="F646">
+        <v>-8198.824</v>
+      </c>
+      <c r="G646">
+        <v>3583.692</v>
+      </c>
+      <c r="H646">
+        <v>-649.229</v>
+      </c>
+      <c r="I646">
+        <v>34149.531</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>42903.667</v>
+      </c>
+      <c r="C647" t="s">
+        <v>15</v>
+      </c>
+      <c r="D647" t="s">
+        <v>15</v>
+      </c>
+      <c r="E647" t="s">
+        <v>15</v>
+      </c>
+      <c r="F647" t="s">
+        <v>15</v>
+      </c>
+      <c r="G647" t="s">
+        <v>15</v>
+      </c>
+      <c r="H647" t="s">
+        <v>15</v>
+      </c>
+      <c r="I647" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>43840.072</v>
+      </c>
+      <c r="C648" t="s">
+        <v>15</v>
+      </c>
+      <c r="D648" t="s">
+        <v>15</v>
+      </c>
+      <c r="E648" t="s">
+        <v>15</v>
+      </c>
+      <c r="F648" t="s">
+        <v>15</v>
+      </c>
+      <c r="G648" t="s">
+        <v>15</v>
+      </c>
+      <c r="H648" t="s">
+        <v>15</v>
+      </c>
+      <c r="I648" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -21262,83 +21320,83 @@
       </c>
       <c r="I86">
         <v>515533.821</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>577954.017</v>
       </c>
       <c r="C87">
         <v>8164.614</v>
       </c>
       <c r="D87">
         <v>4010.124</v>
       </c>
       <c r="E87">
         <v>100208.063</v>
       </c>
       <c r="F87">
         <v>-96197.939</v>
       </c>
       <c r="G87">
-        <v>42046.008</v>
+        <v>48493.008</v>
       </c>
       <c r="H87">
-        <v>21980.091</v>
+        <v>15533.091</v>
       </c>
       <c r="I87">
         <v>425894.593</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>512128.293</v>
+        <v>512540.324</v>
       </c>
       <c r="C88">
         <v>7771.095</v>
       </c>
       <c r="D88">
         <v>1997.711</v>
       </c>
       <c r="E88">
         <v>108326.383</v>
       </c>
       <c r="F88">
         <v>-106328.672</v>
       </c>
       <c r="G88">
-        <v>-7075.697</v>
+        <v>-6671.697</v>
       </c>
       <c r="H88">
-        <v>9707.727</v>
+        <v>9715.758</v>
       </c>
       <c r="I88">
         <v>410938.686</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>