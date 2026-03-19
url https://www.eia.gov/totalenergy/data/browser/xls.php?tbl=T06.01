--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 6.1 Coal Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Waste Coal Supplied</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Exports</t>
   </si>
   <si>
     <t>Coal Net Imports</t>
   </si>
   <si>
     <t>Coal Stock Change</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z648"/>
+  <dimension ref="A1:Z649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A648"/>
+      <selection activeCell="A13" sqref="A13:A649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18858,213 +18858,242 @@
       </c>
       <c r="E642">
         <v>6949.676</v>
       </c>
       <c r="F642">
         <v>-6717.477</v>
       </c>
       <c r="G642">
         <v>-2968.775</v>
       </c>
       <c r="H642">
         <v>-68.822</v>
       </c>
       <c r="I642">
         <v>39411.925</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>46958.625</v>
       </c>
       <c r="C643">
-        <v>522.5</v>
+        <v>860.073</v>
       </c>
       <c r="D643">
         <v>220.995</v>
       </c>
       <c r="E643">
         <v>6517.552</v>
       </c>
       <c r="F643">
         <v>-6296.557</v>
       </c>
       <c r="G643">
-        <v>-8833.37</v>
+        <v>-8152.464</v>
       </c>
       <c r="H643">
-        <v>2176.35</v>
+        <v>1635.223</v>
       </c>
       <c r="I643">
-        <v>47841.588</v>
+        <v>48039.383</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>48646.165</v>
       </c>
       <c r="C644">
-        <v>522.5</v>
+        <v>869.632</v>
       </c>
       <c r="D644">
         <v>240.645</v>
       </c>
       <c r="E644">
         <v>8169.686</v>
       </c>
       <c r="F644">
         <v>-7929.041</v>
       </c>
       <c r="G644">
-        <v>-4766.457</v>
+        <v>-4872.94</v>
       </c>
       <c r="H644">
-        <v>3542.315</v>
+        <v>3846.83</v>
       </c>
       <c r="I644">
-        <v>42463.766</v>
+        <v>42612.866</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>45458.542</v>
       </c>
       <c r="C645">
-        <v>522.5</v>
+        <v>657.269</v>
       </c>
       <c r="D645">
-        <v>336.438</v>
+        <v>196.034</v>
       </c>
       <c r="E645">
-        <v>7805.418</v>
+        <v>7656.567</v>
       </c>
       <c r="F645">
-        <v>-7468.98</v>
+        <v>-7460.533</v>
       </c>
       <c r="G645">
-        <v>404.221</v>
+        <v>296.934</v>
       </c>
       <c r="H645">
-        <v>1854.878</v>
+        <v>2047.583</v>
       </c>
       <c r="I645">
-        <v>36252.964</v>
+        <v>36310.761</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>44760.318</v>
       </c>
       <c r="C646">
         <v>522.5</v>
       </c>
       <c r="D646">
-        <v>335.374</v>
+        <v>357.656</v>
       </c>
       <c r="E646">
-        <v>8534.198</v>
+        <v>7766.027</v>
       </c>
       <c r="F646">
-        <v>-8198.824</v>
+        <v>-7408.372</v>
       </c>
       <c r="G646">
-        <v>3583.692</v>
+        <v>3116.556</v>
       </c>
       <c r="H646">
-        <v>-649.229</v>
+        <v>608.359</v>
       </c>
       <c r="I646">
         <v>34149.531</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
         <v>42903.667</v>
       </c>
-      <c r="C647" t="s">
-[...18 lines deleted...]
-        <v>15</v>
+      <c r="C647">
+        <v>500</v>
+      </c>
+      <c r="D647">
+        <v>333.917</v>
+      </c>
+      <c r="E647">
+        <v>7974.46</v>
+      </c>
+      <c r="F647">
+        <v>-7640.543</v>
+      </c>
+      <c r="G647">
+        <v>2878.471</v>
+      </c>
+      <c r="H647">
+        <v>-1202.763</v>
+      </c>
+      <c r="I647">
+        <v>34087.416</v>
       </c>
     </row>
     <row r="648" spans="1:26">
       <c r="A648" s="6">
         <v>45992.0</v>
       </c>
       <c r="B648">
         <v>43840.072</v>
       </c>
       <c r="C648" t="s">
         <v>15</v>
       </c>
       <c r="D648" t="s">
         <v>15</v>
       </c>
       <c r="E648" t="s">
         <v>15</v>
       </c>
       <c r="F648" t="s">
         <v>15</v>
       </c>
       <c r="G648" t="s">
         <v>15</v>
       </c>
       <c r="H648" t="s">
         <v>15</v>
       </c>
       <c r="I648" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
+      <c r="A649" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B649">
+        <v>45845.92</v>
+      </c>
+      <c r="C649" t="s">
+        <v>15</v>
+      </c>
+      <c r="D649" t="s">
+        <v>15</v>
+      </c>
+      <c r="E649" t="s">
+        <v>15</v>
+      </c>
+      <c r="F649" t="s">
+        <v>15</v>
+      </c>
+      <c r="G649" t="s">
+        <v>15</v>
+      </c>
+      <c r="H649" t="s">
+        <v>15</v>
+      </c>
+      <c r="I649" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>