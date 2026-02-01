--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 5.1 Crude Oil and Natural Gas Drilling Activity Measurements</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Onshore</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Offshore</t>
   </si>
   <si>
     <t>Crude Oil Rotary Rigs in Operation, Total</t>
   </si>
   <si>
     <t>Natural Gas Rotary Rigs in Operation, Total</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Horizontal Trajectory</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Directional Trajectory</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="80.266" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -15955,69 +15955,69 @@
       </c>
       <c r="E492">
         <v>423</v>
       </c>
       <c r="F492">
         <v>1106</v>
       </c>
       <c r="G492">
         <v>185</v>
       </c>
       <c r="H492">
         <v>494</v>
       </c>
       <c r="I492">
         <v>1784</v>
       </c>
       <c r="J492">
         <v>1990</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" s="6">
         <v>41275.0</v>
       </c>
       <c r="B493">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="C493">
         <v>52</v>
       </c>
       <c r="D493">
         <v>1318</v>
       </c>
       <c r="E493">
         <v>434</v>
       </c>
       <c r="F493">
         <v>1121</v>
       </c>
       <c r="G493">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H493">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="I493">
         <v>1756</v>
       </c>
       <c r="J493">
         <v>2112</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" s="6">
         <v>41306.0</v>
       </c>
       <c r="B494">
         <v>1708</v>
       </c>
       <c r="C494">
         <v>54</v>
       </c>
       <c r="D494">
         <v>1332</v>
       </c>
       <c r="E494">
         <v>426</v>
       </c>
       <c r="F494">
@@ -16627,54 +16627,54 @@
       </c>
       <c r="E513">
         <v>336</v>
       </c>
       <c r="F513">
         <v>1341</v>
       </c>
       <c r="G513">
         <v>216</v>
       </c>
       <c r="H513">
         <v>373</v>
       </c>
       <c r="I513">
         <v>1930</v>
       </c>
       <c r="J513">
         <v>2010</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" s="6">
         <v>41913.0</v>
       </c>
       <c r="B514">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="C514">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D514">
         <v>1593</v>
       </c>
       <c r="E514">
         <v>331</v>
       </c>
       <c r="F514">
         <v>1351</v>
       </c>
       <c r="G514">
         <v>208</v>
       </c>
       <c r="H514">
         <v>366</v>
       </c>
       <c r="I514">
         <v>1925</v>
       </c>
       <c r="J514">
         <v>2024</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" s="6">
@@ -16691,104 +16691,104 @@
       </c>
       <c r="E515">
         <v>351</v>
       </c>
       <c r="F515">
         <v>1369</v>
       </c>
       <c r="G515">
         <v>202</v>
       </c>
       <c r="H515">
         <v>355</v>
       </c>
       <c r="I515">
         <v>1925</v>
       </c>
       <c r="J515">
         <v>2007</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" s="6">
         <v>41974.0</v>
       </c>
       <c r="B516">
-        <v>1824</v>
+        <v>1810</v>
       </c>
       <c r="C516">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D516">
-        <v>1539</v>
+        <v>1528</v>
       </c>
       <c r="E516">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="F516">
-        <v>1360</v>
+        <v>1355</v>
       </c>
       <c r="G516">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="H516">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="I516">
-        <v>1882</v>
+        <v>1868</v>
       </c>
       <c r="J516">
         <v>1925</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" s="6">
         <v>42005.0</v>
       </c>
       <c r="B517">
-        <v>1629</v>
+        <v>1598</v>
       </c>
       <c r="C517">
         <v>53</v>
       </c>
       <c r="D517">
-        <v>1362</v>
+        <v>1332</v>
       </c>
       <c r="E517">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="F517">
-        <v>1257</v>
+        <v>1238</v>
       </c>
       <c r="G517">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="H517">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="I517">
-        <v>1683</v>
+        <v>1651</v>
       </c>
       <c r="J517">
         <v>1826</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" s="6">
         <v>42036.0</v>
       </c>
       <c r="B518">
         <v>1296</v>
       </c>
       <c r="C518">
         <v>52</v>
       </c>
       <c r="D518">
         <v>1050</v>
       </c>
       <c r="E518">
         <v>296</v>
       </c>
       <c r="F518">
         <v>1010</v>
       </c>
       <c r="G518">
@@ -20843,50 +20843,146 @@
       <c r="B645">
         <v>529</v>
       </c>
       <c r="C645">
         <v>13</v>
       </c>
       <c r="D645">
         <v>418</v>
       </c>
       <c r="E645">
         <v>118</v>
       </c>
       <c r="F645">
         <v>473</v>
       </c>
       <c r="G645">
         <v>56</v>
       </c>
       <c r="H645">
         <v>13</v>
       </c>
       <c r="I645">
         <v>542</v>
       </c>
       <c r="J645" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>531</v>
+      </c>
+      <c r="C646">
+        <v>17</v>
+      </c>
+      <c r="D646">
+        <v>418</v>
+      </c>
+      <c r="E646">
+        <v>121</v>
+      </c>
+      <c r="F646">
+        <v>482</v>
+      </c>
+      <c r="G646">
+        <v>55</v>
+      </c>
+      <c r="H646">
+        <v>12</v>
+      </c>
+      <c r="I646">
+        <v>548</v>
+      </c>
+      <c r="J646" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>530</v>
+      </c>
+      <c r="C647">
+        <v>19</v>
+      </c>
+      <c r="D647">
+        <v>414</v>
+      </c>
+      <c r="E647">
+        <v>128</v>
+      </c>
+      <c r="F647">
+        <v>478</v>
+      </c>
+      <c r="G647">
+        <v>60</v>
+      </c>
+      <c r="H647">
+        <v>11</v>
+      </c>
+      <c r="I647">
+        <v>549</v>
+      </c>
+      <c r="J647" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>529</v>
+      </c>
+      <c r="C648">
+        <v>17</v>
+      </c>
+      <c r="D648">
+        <v>411</v>
+      </c>
+      <c r="E648">
+        <v>127</v>
+      </c>
+      <c r="F648">
+        <v>475</v>
+      </c>
+      <c r="G648">
+        <v>56</v>
+      </c>
+      <c r="H648">
+        <v>15</v>
+      </c>
+      <c r="I648">
+        <v>546</v>
+      </c>
+      <c r="J648" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
@@ -23051,121 +23147,121 @@
       </c>
       <c r="J76">
         <v>2113</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="7">
         <v>2013</v>
       </c>
       <c r="B77">
         <v>1705</v>
       </c>
       <c r="C77">
         <v>56</v>
       </c>
       <c r="D77">
         <v>1373</v>
       </c>
       <c r="E77">
         <v>383</v>
       </c>
       <c r="F77">
         <v>1102</v>
       </c>
       <c r="G77">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H77">
         <v>435</v>
       </c>
       <c r="I77">
         <v>1761</v>
       </c>
       <c r="J77">
         <v>2064</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="7">
         <v>2014</v>
       </c>
       <c r="B78">
         <v>1804</v>
       </c>
       <c r="C78">
         <v>57</v>
       </c>
       <c r="D78">
-        <v>1527</v>
+        <v>1526</v>
       </c>
       <c r="E78">
         <v>333</v>
       </c>
       <c r="F78">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="G78">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H78">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="I78">
-        <v>1862</v>
+        <v>1861</v>
       </c>
       <c r="J78">
         <v>2024</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="7">
         <v>2015</v>
       </c>
       <c r="B79">
-        <v>943</v>
+        <v>927</v>
       </c>
       <c r="C79">
         <v>35</v>
       </c>
       <c r="D79">
-        <v>750</v>
+        <v>736</v>
       </c>
       <c r="E79">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="F79">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="G79">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="H79">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="I79">
-        <v>978</v>
+        <v>962</v>
       </c>
       <c r="J79">
         <v>1481</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="7">
         <v>2016</v>
       </c>
       <c r="B80">
         <v>486</v>
       </c>
       <c r="C80">
         <v>23</v>
       </c>
       <c r="D80">
         <v>408</v>
       </c>
       <c r="E80">
         <v>100</v>
       </c>
       <c r="F80">
         <v>400</v>
       </c>
       <c r="G80">