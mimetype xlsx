--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 5.1 Crude Oil and Natural Gas Drilling Activity Measurements</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Onshore</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Offshore</t>
   </si>
   <si>
     <t>Crude Oil Rotary Rigs in Operation, Total</t>
   </si>
   <si>
     <t>Natural Gas Rotary Rigs in Operation, Total</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Horizontal Trajectory</t>
   </si>
   <si>
     <t>Crude Oil and Natural Gas Rotary Rigs in Operation, Directional Trajectory</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z648"/>
+  <dimension ref="A1:Z649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A648"/>
+      <selection activeCell="A13" sqref="A13:A649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="85.979" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="80.266" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20939,50 +20939,82 @@
       <c r="B648">
         <v>529</v>
       </c>
       <c r="C648">
         <v>17</v>
       </c>
       <c r="D648">
         <v>411</v>
       </c>
       <c r="E648">
         <v>127</v>
       </c>
       <c r="F648">
         <v>475</v>
       </c>
       <c r="G648">
         <v>56</v>
       </c>
       <c r="H648">
         <v>15</v>
       </c>
       <c r="I648">
         <v>546</v>
       </c>
       <c r="J648" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
+      <c r="A649" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B649">
+        <v>529</v>
+      </c>
+      <c r="C649">
+        <v>15</v>
+      </c>
+      <c r="D649">
+        <v>410</v>
+      </c>
+      <c r="E649">
+        <v>123</v>
+      </c>
+      <c r="F649">
+        <v>476</v>
+      </c>
+      <c r="G649">
+        <v>55</v>
+      </c>
+      <c r="H649">
+        <v>13</v>
+      </c>
+      <c r="I649">
+        <v>544</v>
+      </c>
+      <c r="J649" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>