--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 4.2b Natural Gas Exports by Country</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Exports to Brazil</t>
   </si>
   <si>
     <t>Natural Gas Exports to Canada</t>
   </si>
   <si>
     <t>Natural Gas Exports to Chile</t>
   </si>
   <si>
     <t>Natural Gas Exports to China</t>
   </si>
   <si>
     <t>Natural Gas Exports to France</t>
   </si>
   <si>
     <t>Natural Gas Exports to India</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -30292,50 +30292,97 @@
         <v>14.519</v>
       </c>
       <c r="H643">
         <v>17.256</v>
       </c>
       <c r="I643">
         <v>214.294</v>
       </c>
       <c r="J643">
         <v>19.477</v>
       </c>
       <c r="K643">
         <v>39.044</v>
       </c>
       <c r="L643">
         <v>3.62</v>
       </c>
       <c r="M643">
         <v>3.615</v>
       </c>
       <c r="N643">
         <v>307.254</v>
       </c>
       <c r="O643">
         <v>719.164</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>13.46</v>
+      </c>
+      <c r="C644">
+        <v>81.401</v>
+      </c>
+      <c r="D644">
+        <v>0</v>
+      </c>
+      <c r="E644">
+        <v>7.26</v>
+      </c>
+      <c r="F644">
+        <v>30.288</v>
+      </c>
+      <c r="G644">
+        <v>14.431</v>
+      </c>
+      <c r="H644">
+        <v>10.473</v>
+      </c>
+      <c r="I644">
+        <v>231.804</v>
+      </c>
+      <c r="J644">
+        <v>30.014</v>
+      </c>
+      <c r="K644">
+        <v>31.021</v>
+      </c>
+      <c r="L644">
+        <v>3.47</v>
+      </c>
+      <c r="M644">
+        <v>0</v>
+      </c>
+      <c r="N644">
+        <v>307.481</v>
+      </c>
+      <c r="O644">
+        <v>761.104</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>