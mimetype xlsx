--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 3.8a Heat Content of Petroleum Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Kerosene Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Commercial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23871,765 +23871,803 @@
       </c>
       <c r="G624">
         <v>22.198</v>
       </c>
       <c r="H624">
         <v>0.354</v>
       </c>
       <c r="I624">
         <v>32.276</v>
       </c>
       <c r="J624">
         <v>0.041</v>
       </c>
       <c r="K624">
         <v>0.312</v>
       </c>
       <c r="L624">
         <v>92.772</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>63.247</v>
+        <v>63.282</v>
       </c>
       <c r="C625">
         <v>85.475</v>
       </c>
       <c r="D625">
         <v>1.904</v>
       </c>
       <c r="E625">
-        <v>150.626</v>
+        <v>150.662</v>
       </c>
       <c r="F625">
-        <v>43.821</v>
+        <v>43.845</v>
       </c>
       <c r="G625">
         <v>27.947</v>
       </c>
       <c r="H625">
         <v>0.289</v>
       </c>
       <c r="I625">
         <v>30.427</v>
       </c>
       <c r="J625">
         <v>0.043</v>
       </c>
       <c r="K625">
         <v>0.406</v>
       </c>
       <c r="L625">
-        <v>102.933</v>
+        <v>102.958</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>71.522</v>
+        <v>71.561</v>
       </c>
       <c r="C626">
         <v>62.112</v>
       </c>
       <c r="D626">
         <v>0.954</v>
       </c>
       <c r="E626">
-        <v>134.587</v>
+        <v>134.627</v>
       </c>
       <c r="F626">
-        <v>49.554</v>
+        <v>49.581</v>
       </c>
       <c r="G626">
         <v>21.328</v>
       </c>
       <c r="H626">
         <v>0.145</v>
       </c>
       <c r="I626">
         <v>29.73</v>
       </c>
       <c r="J626">
         <v>0.019</v>
       </c>
       <c r="K626">
         <v>0.459</v>
       </c>
       <c r="L626">
-        <v>101.235</v>
+        <v>101.264</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>51.335</v>
+        <v>51.364</v>
       </c>
       <c r="C627">
         <v>55.729</v>
       </c>
       <c r="D627">
         <v>0.995</v>
       </c>
       <c r="E627">
-        <v>108.059</v>
+        <v>108.088</v>
       </c>
       <c r="F627">
-        <v>35.568</v>
+        <v>35.587</v>
       </c>
       <c r="G627">
         <v>19.922</v>
       </c>
       <c r="H627">
         <v>0.151</v>
       </c>
       <c r="I627">
         <v>32.801</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
-        <v>0.329</v>
+        <v>0.33</v>
       </c>
       <c r="L627">
-        <v>88.77</v>
+        <v>88.79</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>33.313</v>
+        <v>33.332</v>
       </c>
       <c r="C628">
         <v>37.631</v>
       </c>
       <c r="D628">
         <v>1.466</v>
       </c>
       <c r="E628">
-        <v>72.41</v>
+        <v>72.429</v>
       </c>
       <c r="F628">
-        <v>23.081</v>
+        <v>23.094</v>
       </c>
       <c r="G628">
         <v>14.881</v>
       </c>
       <c r="H628">
         <v>0.223</v>
       </c>
       <c r="I628">
         <v>31.502</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
         <v>0.214</v>
       </c>
       <c r="L628">
-        <v>69.901</v>
+        <v>69.914</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>28.822</v>
+        <v>28.838</v>
       </c>
       <c r="C629">
         <v>23.889</v>
       </c>
       <c r="D629">
         <v>1.484</v>
       </c>
       <c r="E629">
-        <v>54.195</v>
+        <v>54.211</v>
       </c>
       <c r="F629">
-        <v>19.969</v>
+        <v>19.981</v>
       </c>
       <c r="G629">
         <v>11.332</v>
       </c>
       <c r="H629">
         <v>0.226</v>
       </c>
       <c r="I629">
         <v>34.466</v>
       </c>
       <c r="J629">
         <v>0.035</v>
       </c>
       <c r="K629">
         <v>0.185</v>
       </c>
       <c r="L629">
-        <v>66.213</v>
+        <v>66.225</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>24.525</v>
+        <v>24.538</v>
       </c>
       <c r="C630">
         <v>15.461</v>
       </c>
       <c r="D630">
         <v>1.05</v>
       </c>
       <c r="E630">
-        <v>41.035</v>
+        <v>41.049</v>
       </c>
       <c r="F630">
-        <v>16.992</v>
+        <v>17.001</v>
       </c>
       <c r="G630">
         <v>8.9</v>
       </c>
       <c r="H630">
         <v>0.16</v>
       </c>
       <c r="I630">
         <v>32.674</v>
       </c>
       <c r="J630">
         <v>0.037</v>
       </c>
       <c r="K630">
-        <v>0.157</v>
+        <v>0.158</v>
       </c>
       <c r="L630">
-        <v>58.921</v>
+        <v>58.93</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>17.024</v>
+        <v>17.033</v>
       </c>
       <c r="C631">
         <v>14.602</v>
       </c>
       <c r="D631">
         <v>0.207</v>
       </c>
       <c r="E631">
-        <v>31.833</v>
+        <v>31.842</v>
       </c>
       <c r="F631">
-        <v>11.795</v>
+        <v>11.801</v>
       </c>
       <c r="G631">
         <v>8.826</v>
       </c>
       <c r="H631">
         <v>0.031</v>
       </c>
       <c r="I631">
         <v>34.197</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
         <v>0.109</v>
       </c>
       <c r="L631">
-        <v>54.959</v>
+        <v>54.966</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>14.611</v>
+        <v>14.619</v>
       </c>
       <c r="C632">
         <v>15.029</v>
       </c>
       <c r="D632">
         <v>0.001</v>
       </c>
       <c r="E632">
-        <v>29.641</v>
+        <v>29.649</v>
       </c>
       <c r="F632">
-        <v>10.123</v>
+        <v>10.129</v>
       </c>
       <c r="G632">
         <v>8.941</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>33.975</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0.094</v>
       </c>
       <c r="L632">
-        <v>53.134</v>
+        <v>53.14</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>24.786</v>
+        <v>24.8</v>
       </c>
       <c r="C633">
         <v>16.938</v>
       </c>
       <c r="D633">
         <v>0.001</v>
       </c>
       <c r="E633">
-        <v>41.725</v>
+        <v>41.739</v>
       </c>
       <c r="F633">
-        <v>17.173</v>
+        <v>17.183</v>
       </c>
       <c r="G633">
         <v>9.299</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>31.907</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
         <v>0.159</v>
       </c>
       <c r="L633">
-        <v>58.538</v>
+        <v>58.548</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>33.546</v>
+        <v>33.564</v>
       </c>
       <c r="C634">
         <v>30.052</v>
       </c>
       <c r="D634">
         <v>0.145</v>
       </c>
       <c r="E634">
-        <v>63.743</v>
+        <v>63.761</v>
       </c>
       <c r="F634">
-        <v>23.242</v>
+        <v>23.255</v>
       </c>
       <c r="G634">
         <v>12.994</v>
       </c>
       <c r="H634">
         <v>0.022</v>
       </c>
       <c r="I634">
         <v>33.288</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>0.215</v>
       </c>
       <c r="L634">
-        <v>69.762</v>
+        <v>69.775</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>38.171</v>
+        <v>38.193</v>
       </c>
       <c r="C635">
         <v>50.252</v>
       </c>
       <c r="D635">
         <v>1.146</v>
       </c>
       <c r="E635">
-        <v>89.569</v>
+        <v>89.591</v>
       </c>
       <c r="F635">
-        <v>26.447</v>
+        <v>26.462</v>
       </c>
       <c r="G635">
         <v>18.286</v>
       </c>
       <c r="H635">
         <v>0.174</v>
       </c>
       <c r="I635">
         <v>31.371</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
         <v>0.245</v>
       </c>
       <c r="L635">
-        <v>76.523</v>
+        <v>76.538</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>52.622</v>
+        <v>52.651</v>
       </c>
       <c r="C636">
         <v>73.997</v>
       </c>
       <c r="D636">
         <v>1.51</v>
       </c>
       <c r="E636">
-        <v>128.129</v>
+        <v>128.158</v>
       </c>
       <c r="F636">
-        <v>36.459</v>
+        <v>36.479</v>
       </c>
       <c r="G636">
         <v>24.85</v>
       </c>
       <c r="H636">
         <v>0.23</v>
       </c>
       <c r="I636">
         <v>32.197</v>
       </c>
       <c r="J636">
         <v>0.039</v>
       </c>
       <c r="K636">
-        <v>0.337</v>
+        <v>0.338</v>
       </c>
       <c r="L636">
-        <v>94.113</v>
+        <v>94.133</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>67.498</v>
+        <v>67.535</v>
       </c>
       <c r="C637">
         <v>94.546</v>
       </c>
       <c r="D637">
         <v>3.103</v>
       </c>
       <c r="E637">
-        <v>165.147</v>
+        <v>165.184</v>
       </c>
       <c r="F637">
-        <v>46.766</v>
+        <v>46.792</v>
       </c>
       <c r="G637">
         <v>30.407</v>
       </c>
       <c r="H637">
         <v>0.472</v>
       </c>
       <c r="I637">
         <v>31.133</v>
       </c>
       <c r="J637">
         <v>0.067</v>
       </c>
       <c r="K637">
         <v>0.433</v>
       </c>
       <c r="L637">
-        <v>109.278</v>
+        <v>109.305</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>76.329</v>
+        <v>76.371</v>
       </c>
       <c r="C638">
         <v>71.14</v>
       </c>
       <c r="D638">
         <v>2.848</v>
       </c>
       <c r="E638">
-        <v>150.316</v>
+        <v>150.359</v>
       </c>
       <c r="F638">
-        <v>52.884</v>
+        <v>52.914</v>
       </c>
       <c r="G638">
         <v>23.619</v>
       </c>
       <c r="H638">
         <v>0.433</v>
       </c>
       <c r="I638">
         <v>28.779</v>
       </c>
       <c r="J638">
         <v>0.052</v>
       </c>
       <c r="K638">
         <v>0.49</v>
       </c>
       <c r="L638">
-        <v>106.256</v>
+        <v>106.286</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>54.785</v>
+        <v>54.816</v>
       </c>
       <c r="C639">
         <v>54.149</v>
       </c>
       <c r="D639">
         <v>1.999</v>
       </c>
       <c r="E639">
-        <v>110.933</v>
+        <v>110.963</v>
       </c>
       <c r="F639">
-        <v>37.958</v>
+        <v>37.979</v>
       </c>
       <c r="G639">
         <v>19.509</v>
       </c>
       <c r="H639">
         <v>0.304</v>
       </c>
       <c r="I639">
         <v>32.168</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
-        <v>0.351</v>
+        <v>0.352</v>
       </c>
       <c r="L639">
-        <v>90.289</v>
+        <v>90.311</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>35.552</v>
+        <v>35.572</v>
       </c>
       <c r="C640">
         <v>37.508</v>
       </c>
       <c r="D640">
         <v>0.766</v>
       </c>
       <c r="E640">
-        <v>73.826</v>
+        <v>73.846</v>
       </c>
       <c r="F640">
-        <v>24.632</v>
+        <v>24.646</v>
       </c>
       <c r="G640">
         <v>14.861</v>
       </c>
       <c r="H640">
         <v>0.116</v>
       </c>
       <c r="I640">
         <v>31.646</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
         <v>0.228</v>
       </c>
       <c r="L640">
-        <v>71.484</v>
+        <v>71.498</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>30.759</v>
+        <v>30.776</v>
       </c>
       <c r="C641">
         <v>25.865</v>
       </c>
       <c r="D641">
         <v>0.788</v>
       </c>
       <c r="E641">
-        <v>57.412</v>
+        <v>57.429</v>
       </c>
       <c r="F641">
-        <v>21.312</v>
+        <v>21.323</v>
       </c>
       <c r="G641">
         <v>11.878</v>
       </c>
       <c r="H641">
         <v>0.12</v>
       </c>
       <c r="I641">
         <v>33.24</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
-        <v>0.197</v>
+        <v>0.198</v>
       </c>
       <c r="L641">
-        <v>66.746</v>
+        <v>66.758</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>26.173</v>
+        <v>26.187</v>
       </c>
       <c r="C642">
         <v>15.519</v>
       </c>
       <c r="D642">
         <v>0.82</v>
       </c>
       <c r="E642">
-        <v>42.512</v>
+        <v>42.526</v>
       </c>
       <c r="F642">
-        <v>18.134</v>
+        <v>18.144</v>
       </c>
       <c r="G642">
         <v>8.929</v>
       </c>
       <c r="H642">
         <v>0.125</v>
       </c>
       <c r="I642">
         <v>32.895</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
         <v>0.168</v>
       </c>
       <c r="L642">
-        <v>60.25</v>
+        <v>60.261</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>18.168</v>
+        <v>18.178</v>
       </c>
       <c r="C643">
         <v>14.653</v>
       </c>
       <c r="D643">
         <v>0.307</v>
       </c>
       <c r="E643">
-        <v>33.127</v>
+        <v>33.138</v>
       </c>
       <c r="F643">
-        <v>12.588</v>
+        <v>12.595</v>
       </c>
       <c r="G643">
         <v>8.853</v>
       </c>
       <c r="H643">
         <v>0.047</v>
       </c>
       <c r="I643">
         <v>33.583</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
         <v>0.117</v>
       </c>
       <c r="L643">
-        <v>55.187</v>
+        <v>55.194</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>15.602</v>
+      </c>
+      <c r="C644">
+        <v>15.2</v>
+      </c>
+      <c r="D644">
+        <v>0</v>
+      </c>
+      <c r="E644">
+        <v>30.802</v>
+      </c>
+      <c r="F644">
+        <v>10.81</v>
+      </c>
+      <c r="G644">
+        <v>9.001</v>
+      </c>
+      <c r="H644">
+        <v>0</v>
+      </c>
+      <c r="I644">
+        <v>33.809</v>
+      </c>
+      <c r="J644">
+        <v>0</v>
+      </c>
+      <c r="K644">
+        <v>0.1</v>
+      </c>
+      <c r="L644">
+        <v>53.72</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27594,81 +27632,81 @@
       </c>
       <c r="G87">
         <v>184.12</v>
       </c>
       <c r="H87">
         <v>2.309</v>
       </c>
       <c r="I87">
         <v>386.466</v>
       </c>
       <c r="J87">
         <v>0.108</v>
       </c>
       <c r="K87">
         <v>2.691</v>
       </c>
       <c r="L87">
         <v>899.68</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>453.524</v>
+        <v>453.776</v>
       </c>
       <c r="C88">
         <v>481.167</v>
       </c>
       <c r="D88">
         <v>10.863</v>
       </c>
       <c r="E88">
-        <v>945.554</v>
+        <v>945.806</v>
       </c>
       <c r="F88">
-        <v>314.224</v>
+        <v>314.399</v>
       </c>
       <c r="G88">
         <v>187.507</v>
       </c>
       <c r="H88">
         <v>1.651</v>
       </c>
       <c r="I88">
         <v>388.536</v>
       </c>
       <c r="J88">
         <v>0.175</v>
       </c>
       <c r="K88">
-        <v>2.909</v>
+        <v>2.913</v>
       </c>
       <c r="L88">
-        <v>895.001</v>
+        <v>895.18</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>