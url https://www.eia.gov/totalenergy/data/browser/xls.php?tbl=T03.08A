--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.8a Heat Content of Petroleum Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Kerosene Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Commercial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23874,800 +23874,876 @@
       </c>
       <c r="H624">
         <v>0.354</v>
       </c>
       <c r="I624">
         <v>32.276</v>
       </c>
       <c r="J624">
         <v>0.041</v>
       </c>
       <c r="K624">
         <v>0.312</v>
       </c>
       <c r="L624">
         <v>92.772</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>63.282</v>
       </c>
       <c r="C625">
-        <v>85.475</v>
+        <v>85.456</v>
       </c>
       <c r="D625">
-        <v>1.904</v>
+        <v>2.018</v>
       </c>
       <c r="E625">
-        <v>150.662</v>
+        <v>150.756</v>
       </c>
       <c r="F625">
         <v>43.845</v>
       </c>
       <c r="G625">
-        <v>27.947</v>
+        <v>27.942</v>
       </c>
       <c r="H625">
-        <v>0.289</v>
+        <v>0.307</v>
       </c>
       <c r="I625">
         <v>30.427</v>
       </c>
       <c r="J625">
         <v>0.043</v>
       </c>
       <c r="K625">
         <v>0.406</v>
       </c>
       <c r="L625">
-        <v>102.958</v>
+        <v>102.97</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>71.561</v>
       </c>
       <c r="C626">
-        <v>62.112</v>
+        <v>62.145</v>
       </c>
       <c r="D626">
-        <v>0.954</v>
+        <v>1.011</v>
       </c>
       <c r="E626">
-        <v>134.627</v>
+        <v>134.718</v>
       </c>
       <c r="F626">
         <v>49.581</v>
       </c>
       <c r="G626">
-        <v>21.328</v>
+        <v>21.337</v>
       </c>
       <c r="H626">
-        <v>0.145</v>
+        <v>0.154</v>
       </c>
       <c r="I626">
         <v>29.73</v>
       </c>
       <c r="J626">
         <v>0.019</v>
       </c>
       <c r="K626">
         <v>0.459</v>
       </c>
       <c r="L626">
-        <v>101.264</v>
+        <v>101.281</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>51.364</v>
       </c>
       <c r="C627">
-        <v>55.729</v>
+        <v>55.709</v>
       </c>
       <c r="D627">
-        <v>0.995</v>
+        <v>1.055</v>
       </c>
       <c r="E627">
-        <v>108.088</v>
+        <v>108.128</v>
       </c>
       <c r="F627">
         <v>35.587</v>
       </c>
       <c r="G627">
-        <v>19.922</v>
+        <v>19.916</v>
       </c>
       <c r="H627">
-        <v>0.151</v>
+        <v>0.16</v>
       </c>
       <c r="I627">
         <v>32.801</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
         <v>0.33</v>
       </c>
       <c r="L627">
-        <v>88.79</v>
+        <v>88.794</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>33.332</v>
       </c>
       <c r="C628">
-        <v>37.631</v>
+        <v>37.652</v>
       </c>
       <c r="D628">
-        <v>1.466</v>
+        <v>1.553</v>
       </c>
       <c r="E628">
-        <v>72.429</v>
+        <v>72.537</v>
       </c>
       <c r="F628">
         <v>23.094</v>
       </c>
       <c r="G628">
-        <v>14.881</v>
+        <v>14.887</v>
       </c>
       <c r="H628">
-        <v>0.223</v>
+        <v>0.236</v>
       </c>
       <c r="I628">
         <v>31.502</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
         <v>0.214</v>
       </c>
       <c r="L628">
-        <v>69.914</v>
+        <v>69.932</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>28.838</v>
       </c>
       <c r="C629">
-        <v>23.889</v>
+        <v>23.907</v>
       </c>
       <c r="D629">
-        <v>1.484</v>
+        <v>1.572</v>
       </c>
       <c r="E629">
-        <v>54.211</v>
+        <v>54.318</v>
       </c>
       <c r="F629">
         <v>19.981</v>
       </c>
       <c r="G629">
-        <v>11.332</v>
+        <v>11.337</v>
       </c>
       <c r="H629">
-        <v>0.226</v>
+        <v>0.239</v>
       </c>
       <c r="I629">
         <v>34.466</v>
       </c>
       <c r="J629">
         <v>0.035</v>
       </c>
       <c r="K629">
         <v>0.185</v>
       </c>
       <c r="L629">
-        <v>66.225</v>
+        <v>66.243</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>24.538</v>
       </c>
       <c r="C630">
-        <v>15.461</v>
+        <v>15.47</v>
       </c>
       <c r="D630">
-        <v>1.05</v>
+        <v>1.113</v>
       </c>
       <c r="E630">
-        <v>41.049</v>
+        <v>41.121</v>
       </c>
       <c r="F630">
         <v>17.001</v>
       </c>
       <c r="G630">
-        <v>8.9</v>
+        <v>8.903</v>
       </c>
       <c r="H630">
-        <v>0.16</v>
+        <v>0.169</v>
       </c>
       <c r="I630">
         <v>32.674</v>
       </c>
       <c r="J630">
         <v>0.037</v>
       </c>
       <c r="K630">
         <v>0.158</v>
       </c>
       <c r="L630">
-        <v>58.93</v>
+        <v>58.942</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>17.033</v>
       </c>
       <c r="C631">
-        <v>14.602</v>
+        <v>14.606</v>
       </c>
       <c r="D631">
-        <v>0.207</v>
+        <v>0.219</v>
       </c>
       <c r="E631">
-        <v>31.842</v>
+        <v>31.858</v>
       </c>
       <c r="F631">
         <v>11.801</v>
       </c>
       <c r="G631">
-        <v>8.826</v>
+        <v>8.827</v>
       </c>
       <c r="H631">
-        <v>0.031</v>
+        <v>0.033</v>
       </c>
       <c r="I631">
         <v>34.197</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
         <v>0.109</v>
       </c>
       <c r="L631">
-        <v>54.966</v>
+        <v>54.969</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>14.619</v>
       </c>
       <c r="C632">
-        <v>15.029</v>
+        <v>15.034</v>
       </c>
       <c r="D632">
         <v>0.001</v>
       </c>
       <c r="E632">
-        <v>29.649</v>
+        <v>29.655</v>
       </c>
       <c r="F632">
         <v>10.129</v>
       </c>
       <c r="G632">
-        <v>8.941</v>
+        <v>8.943</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>33.975</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0.094</v>
       </c>
       <c r="L632">
-        <v>53.14</v>
+        <v>53.141</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>24.8</v>
       </c>
       <c r="C633">
-        <v>16.938</v>
+        <v>16.959</v>
       </c>
       <c r="D633">
         <v>0.001</v>
       </c>
       <c r="E633">
-        <v>41.739</v>
+        <v>41.76</v>
       </c>
       <c r="F633">
         <v>17.183</v>
       </c>
       <c r="G633">
-        <v>9.299</v>
+        <v>9.304</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>31.907</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
         <v>0.159</v>
       </c>
       <c r="L633">
-        <v>58.548</v>
+        <v>58.553</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>33.564</v>
       </c>
       <c r="C634">
-        <v>30.052</v>
+        <v>30.059</v>
       </c>
       <c r="D634">
-        <v>0.145</v>
+        <v>0.154</v>
       </c>
       <c r="E634">
-        <v>63.761</v>
+        <v>63.777</v>
       </c>
       <c r="F634">
         <v>23.255</v>
       </c>
       <c r="G634">
-        <v>12.994</v>
+        <v>12.996</v>
       </c>
       <c r="H634">
-        <v>0.022</v>
+        <v>0.023</v>
       </c>
       <c r="I634">
         <v>33.288</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>0.215</v>
       </c>
       <c r="L634">
-        <v>69.775</v>
+        <v>69.778</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>38.193</v>
       </c>
       <c r="C635">
-        <v>50.252</v>
+        <v>50.217</v>
       </c>
       <c r="D635">
-        <v>1.146</v>
+        <v>1.214</v>
       </c>
       <c r="E635">
-        <v>89.591</v>
+        <v>89.624</v>
       </c>
       <c r="F635">
         <v>26.462</v>
       </c>
       <c r="G635">
-        <v>18.286</v>
+        <v>18.277</v>
       </c>
       <c r="H635">
-        <v>0.174</v>
+        <v>0.184</v>
       </c>
       <c r="I635">
         <v>31.371</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
         <v>0.245</v>
       </c>
       <c r="L635">
-        <v>76.538</v>
+        <v>76.539</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>52.651</v>
       </c>
       <c r="C636">
-        <v>73.997</v>
+        <v>73.953</v>
       </c>
       <c r="D636">
-        <v>1.51</v>
+        <v>1.601</v>
       </c>
       <c r="E636">
-        <v>128.158</v>
+        <v>128.204</v>
       </c>
       <c r="F636">
         <v>36.479</v>
       </c>
       <c r="G636">
-        <v>24.85</v>
+        <v>24.838</v>
       </c>
       <c r="H636">
-        <v>0.23</v>
+        <v>0.243</v>
       </c>
       <c r="I636">
         <v>32.197</v>
       </c>
       <c r="J636">
         <v>0.039</v>
       </c>
       <c r="K636">
         <v>0.338</v>
       </c>
       <c r="L636">
-        <v>94.133</v>
+        <v>94.135</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>67.535</v>
+        <v>64.917</v>
       </c>
       <c r="C637">
-        <v>94.546</v>
+        <v>94.543</v>
       </c>
       <c r="D637">
         <v>3.103</v>
       </c>
       <c r="E637">
-        <v>165.184</v>
+        <v>162.563</v>
       </c>
       <c r="F637">
-        <v>46.792</v>
+        <v>44.978</v>
       </c>
       <c r="G637">
         <v>30.407</v>
       </c>
       <c r="H637">
         <v>0.472</v>
       </c>
       <c r="I637">
         <v>31.133</v>
       </c>
       <c r="J637">
         <v>0.067</v>
       </c>
       <c r="K637">
-        <v>0.433</v>
+        <v>0.431</v>
       </c>
       <c r="L637">
-        <v>109.305</v>
+        <v>107.487</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>76.371</v>
+        <v>73.41</v>
       </c>
       <c r="C638">
-        <v>71.14</v>
+        <v>71.072</v>
       </c>
       <c r="D638">
         <v>2.848</v>
       </c>
       <c r="E638">
-        <v>150.359</v>
+        <v>147.33</v>
       </c>
       <c r="F638">
-        <v>52.914</v>
+        <v>50.862</v>
       </c>
       <c r="G638">
-        <v>23.619</v>
+        <v>23.6</v>
       </c>
       <c r="H638">
         <v>0.433</v>
       </c>
       <c r="I638">
         <v>28.779</v>
       </c>
       <c r="J638">
         <v>0.052</v>
       </c>
       <c r="K638">
-        <v>0.49</v>
+        <v>0.488</v>
       </c>
       <c r="L638">
-        <v>106.286</v>
+        <v>104.214</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>54.816</v>
+        <v>52.691</v>
       </c>
       <c r="C639">
-        <v>54.149</v>
+        <v>54.141</v>
       </c>
       <c r="D639">
         <v>1.999</v>
       </c>
       <c r="E639">
-        <v>110.963</v>
+        <v>108.83</v>
       </c>
       <c r="F639">
-        <v>37.979</v>
+        <v>36.507</v>
       </c>
       <c r="G639">
-        <v>19.509</v>
+        <v>19.507</v>
       </c>
       <c r="H639">
         <v>0.304</v>
       </c>
       <c r="I639">
         <v>32.168</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
-        <v>0.352</v>
+        <v>0.35</v>
       </c>
       <c r="L639">
-        <v>90.311</v>
+        <v>88.835</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>35.572</v>
+        <v>34.193</v>
       </c>
       <c r="C640">
-        <v>37.508</v>
+        <v>37.482</v>
       </c>
       <c r="D640">
         <v>0.766</v>
       </c>
       <c r="E640">
-        <v>73.846</v>
+        <v>72.441</v>
       </c>
       <c r="F640">
-        <v>24.646</v>
+        <v>23.69</v>
       </c>
       <c r="G640">
-        <v>14.861</v>
+        <v>14.854</v>
       </c>
       <c r="H640">
         <v>0.116</v>
       </c>
       <c r="I640">
         <v>31.646</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
-        <v>0.228</v>
+        <v>0.227</v>
       </c>
       <c r="L640">
-        <v>71.498</v>
+        <v>70.534</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>30.776</v>
+        <v>29.583</v>
       </c>
       <c r="C641">
-        <v>25.865</v>
+        <v>25.837</v>
       </c>
       <c r="D641">
         <v>0.788</v>
       </c>
       <c r="E641">
-        <v>57.429</v>
+        <v>56.208</v>
       </c>
       <c r="F641">
-        <v>21.323</v>
+        <v>20.497</v>
       </c>
       <c r="G641">
-        <v>11.878</v>
+        <v>11.871</v>
       </c>
       <c r="H641">
         <v>0.12</v>
       </c>
       <c r="I641">
         <v>33.24</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
-        <v>0.198</v>
+        <v>0.197</v>
       </c>
       <c r="L641">
-        <v>66.758</v>
+        <v>65.923</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>26.187</v>
+        <v>25.172</v>
       </c>
       <c r="C642">
         <v>15.519</v>
       </c>
       <c r="D642">
         <v>0.82</v>
       </c>
       <c r="E642">
-        <v>42.526</v>
+        <v>41.511</v>
       </c>
       <c r="F642">
-        <v>18.144</v>
+        <v>17.441</v>
       </c>
       <c r="G642">
         <v>8.929</v>
       </c>
       <c r="H642">
         <v>0.125</v>
       </c>
       <c r="I642">
         <v>32.895</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
-        <v>0.168</v>
+        <v>0.167</v>
       </c>
       <c r="L642">
-        <v>60.261</v>
+        <v>59.556</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>18.178</v>
+        <v>17.473</v>
       </c>
       <c r="C643">
-        <v>14.653</v>
+        <v>14.652</v>
       </c>
       <c r="D643">
         <v>0.307</v>
       </c>
       <c r="E643">
-        <v>33.138</v>
+        <v>32.432</v>
       </c>
       <c r="F643">
-        <v>12.595</v>
+        <v>12.106</v>
       </c>
       <c r="G643">
         <v>8.853</v>
       </c>
       <c r="H643">
         <v>0.047</v>
       </c>
       <c r="I643">
         <v>33.583</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
-        <v>0.117</v>
+        <v>0.116</v>
       </c>
       <c r="L643">
-        <v>55.194</v>
+        <v>54.705</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>15.602</v>
+        <v>14.997</v>
       </c>
       <c r="C644">
-        <v>15.2</v>
+        <v>15.212</v>
       </c>
       <c r="D644">
-        <v>0</v>
+        <v>0.579</v>
       </c>
       <c r="E644">
-        <v>30.802</v>
+        <v>30.788</v>
       </c>
       <c r="F644">
-        <v>10.81</v>
+        <v>10.391</v>
       </c>
       <c r="G644">
-        <v>9.001</v>
+        <v>9.004</v>
       </c>
       <c r="H644">
-        <v>0</v>
+        <v>0.088</v>
       </c>
       <c r="I644">
-        <v>33.809</v>
+        <v>33.861</v>
       </c>
       <c r="J644">
         <v>0</v>
       </c>
       <c r="K644">
         <v>0.1</v>
       </c>
       <c r="L644">
-        <v>53.72</v>
+        <v>53.443</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>25.441</v>
+      </c>
+      <c r="C645">
+        <v>17.196</v>
+      </c>
+      <c r="D645">
+        <v>0.028</v>
+      </c>
+      <c r="E645">
+        <v>42.665</v>
+      </c>
+      <c r="F645">
+        <v>17.627</v>
+      </c>
+      <c r="G645">
+        <v>9.381</v>
+      </c>
+      <c r="H645">
+        <v>0.004</v>
+      </c>
+      <c r="I645">
+        <v>31.874</v>
+      </c>
+      <c r="J645">
+        <v>0</v>
+      </c>
+      <c r="K645">
+        <v>0.169</v>
+      </c>
+      <c r="L645">
+        <v>59.056</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>34.432</v>
+      </c>
+      <c r="C646">
+        <v>32.52</v>
+      </c>
+      <c r="D646">
+        <v>-2.373</v>
+      </c>
+      <c r="E646">
+        <v>64.578</v>
+      </c>
+      <c r="F646">
+        <v>23.856</v>
+      </c>
+      <c r="G646">
+        <v>13.673</v>
+      </c>
+      <c r="H646">
+        <v>-0.361</v>
+      </c>
+      <c r="I646">
+        <v>33.068</v>
+      </c>
+      <c r="J646">
+        <v>0</v>
+      </c>
+      <c r="K646">
+        <v>0.229</v>
+      </c>
+      <c r="L646">
+        <v>70.466</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27638,75 +27714,75 @@
       </c>
       <c r="I87">
         <v>386.466</v>
       </c>
       <c r="J87">
         <v>0.108</v>
       </c>
       <c r="K87">
         <v>2.691</v>
       </c>
       <c r="L87">
         <v>899.68</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>453.776</v>
       </c>
       <c r="C88">
         <v>481.167</v>
       </c>
       <c r="D88">
-        <v>10.863</v>
+        <v>11.513</v>
       </c>
       <c r="E88">
-        <v>945.806</v>
+        <v>946.456</v>
       </c>
       <c r="F88">
         <v>314.399</v>
       </c>
       <c r="G88">
         <v>187.507</v>
       </c>
       <c r="H88">
-        <v>1.651</v>
+        <v>1.749</v>
       </c>
       <c r="I88">
         <v>388.536</v>
       </c>
       <c r="J88">
         <v>0.175</v>
       </c>
       <c r="K88">
         <v>2.913</v>
       </c>
       <c r="L88">
-        <v>895.18</v>
+        <v>895.278</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>