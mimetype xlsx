--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.8a Heat Content of Petroleum Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Kerosene Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Commercial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="110.402" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23874,876 +23874,914 @@
       </c>
       <c r="H624">
         <v>0.354</v>
       </c>
       <c r="I624">
         <v>32.276</v>
       </c>
       <c r="J624">
         <v>0.041</v>
       </c>
       <c r="K624">
         <v>0.312</v>
       </c>
       <c r="L624">
         <v>92.772</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>63.282</v>
       </c>
       <c r="C625">
-        <v>85.456</v>
+        <v>85.496</v>
       </c>
       <c r="D625">
         <v>2.018</v>
       </c>
       <c r="E625">
-        <v>150.756</v>
+        <v>150.796</v>
       </c>
       <c r="F625">
         <v>43.845</v>
       </c>
       <c r="G625">
-        <v>27.942</v>
+        <v>27.952</v>
       </c>
       <c r="H625">
         <v>0.307</v>
       </c>
       <c r="I625">
         <v>30.427</v>
       </c>
       <c r="J625">
         <v>0.043</v>
       </c>
       <c r="K625">
         <v>0.406</v>
       </c>
       <c r="L625">
-        <v>102.97</v>
+        <v>102.98</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>71.561</v>
       </c>
       <c r="C626">
-        <v>62.145</v>
+        <v>62.128</v>
       </c>
       <c r="D626">
         <v>1.011</v>
       </c>
       <c r="E626">
-        <v>134.718</v>
+        <v>134.701</v>
       </c>
       <c r="F626">
         <v>49.581</v>
       </c>
       <c r="G626">
-        <v>21.337</v>
+        <v>21.333</v>
       </c>
       <c r="H626">
         <v>0.154</v>
       </c>
       <c r="I626">
         <v>29.73</v>
       </c>
       <c r="J626">
         <v>0.019</v>
       </c>
       <c r="K626">
         <v>0.459</v>
       </c>
       <c r="L626">
-        <v>101.281</v>
+        <v>101.277</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>51.364</v>
       </c>
       <c r="C627">
-        <v>55.709</v>
+        <v>55.729</v>
       </c>
       <c r="D627">
         <v>1.055</v>
       </c>
       <c r="E627">
-        <v>108.128</v>
+        <v>108.148</v>
       </c>
       <c r="F627">
         <v>35.587</v>
       </c>
       <c r="G627">
-        <v>19.916</v>
+        <v>19.922</v>
       </c>
       <c r="H627">
         <v>0.16</v>
       </c>
       <c r="I627">
         <v>32.801</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
         <v>0.33</v>
       </c>
       <c r="L627">
-        <v>88.794</v>
+        <v>88.799</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>33.332</v>
       </c>
       <c r="C628">
-        <v>37.652</v>
+        <v>37.621</v>
       </c>
       <c r="D628">
         <v>1.553</v>
       </c>
       <c r="E628">
-        <v>72.537</v>
+        <v>72.506</v>
       </c>
       <c r="F628">
         <v>23.094</v>
       </c>
       <c r="G628">
-        <v>14.887</v>
+        <v>14.879</v>
       </c>
       <c r="H628">
         <v>0.236</v>
       </c>
       <c r="I628">
         <v>31.502</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
         <v>0.214</v>
       </c>
       <c r="L628">
-        <v>69.932</v>
+        <v>69.924</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>28.838</v>
       </c>
       <c r="C629">
-        <v>23.907</v>
+        <v>23.908</v>
       </c>
       <c r="D629">
         <v>1.572</v>
       </c>
       <c r="E629">
         <v>54.318</v>
       </c>
       <c r="F629">
         <v>19.981</v>
       </c>
       <c r="G629">
         <v>11.337</v>
       </c>
       <c r="H629">
         <v>0.239</v>
       </c>
       <c r="I629">
         <v>34.466</v>
       </c>
       <c r="J629">
         <v>0.035</v>
       </c>
       <c r="K629">
         <v>0.185</v>
       </c>
       <c r="L629">
         <v>66.243</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>24.538</v>
       </c>
       <c r="C630">
-        <v>15.47</v>
+        <v>15.465</v>
       </c>
       <c r="D630">
         <v>1.113</v>
       </c>
       <c r="E630">
-        <v>41.121</v>
+        <v>41.116</v>
       </c>
       <c r="F630">
         <v>17.001</v>
       </c>
       <c r="G630">
-        <v>8.903</v>
+        <v>8.901</v>
       </c>
       <c r="H630">
         <v>0.169</v>
       </c>
       <c r="I630">
         <v>32.674</v>
       </c>
       <c r="J630">
         <v>0.037</v>
       </c>
       <c r="K630">
         <v>0.158</v>
       </c>
       <c r="L630">
-        <v>58.942</v>
+        <v>58.941</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>17.033</v>
       </c>
       <c r="C631">
-        <v>14.606</v>
+        <v>14.605</v>
       </c>
       <c r="D631">
         <v>0.219</v>
       </c>
       <c r="E631">
-        <v>31.858</v>
+        <v>31.857</v>
       </c>
       <c r="F631">
         <v>11.801</v>
       </c>
       <c r="G631">
         <v>8.827</v>
       </c>
       <c r="H631">
         <v>0.033</v>
       </c>
       <c r="I631">
         <v>34.197</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
         <v>0.109</v>
       </c>
       <c r="L631">
-        <v>54.969</v>
+        <v>54.968</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>14.619</v>
       </c>
       <c r="C632">
-        <v>15.034</v>
+        <v>15.035</v>
       </c>
       <c r="D632">
         <v>0.001</v>
       </c>
       <c r="E632">
         <v>29.655</v>
       </c>
       <c r="F632">
         <v>10.129</v>
       </c>
       <c r="G632">
         <v>8.943</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>33.975</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0.094</v>
       </c>
       <c r="L632">
         <v>53.141</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>24.8</v>
       </c>
       <c r="C633">
-        <v>16.959</v>
+        <v>16.967</v>
       </c>
       <c r="D633">
         <v>0.001</v>
       </c>
       <c r="E633">
-        <v>41.76</v>
+        <v>41.768</v>
       </c>
       <c r="F633">
         <v>17.183</v>
       </c>
       <c r="G633">
-        <v>9.304</v>
+        <v>9.307</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>31.907</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
         <v>0.159</v>
       </c>
       <c r="L633">
-        <v>58.553</v>
+        <v>58.556</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>33.564</v>
       </c>
       <c r="C634">
-        <v>30.059</v>
+        <v>30.06</v>
       </c>
       <c r="D634">
         <v>0.154</v>
       </c>
       <c r="E634">
-        <v>63.777</v>
+        <v>63.778</v>
       </c>
       <c r="F634">
         <v>23.255</v>
       </c>
       <c r="G634">
         <v>12.996</v>
       </c>
       <c r="H634">
         <v>0.023</v>
       </c>
       <c r="I634">
         <v>33.288</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>0.215</v>
       </c>
       <c r="L634">
         <v>69.778</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>38.193</v>
       </c>
       <c r="C635">
-        <v>50.217</v>
+        <v>50.241</v>
       </c>
       <c r="D635">
         <v>1.214</v>
       </c>
       <c r="E635">
-        <v>89.624</v>
+        <v>89.648</v>
       </c>
       <c r="F635">
         <v>26.462</v>
       </c>
       <c r="G635">
-        <v>18.277</v>
+        <v>18.283</v>
       </c>
       <c r="H635">
         <v>0.184</v>
       </c>
       <c r="I635">
         <v>31.371</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
         <v>0.245</v>
       </c>
       <c r="L635">
-        <v>76.539</v>
+        <v>76.545</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>52.651</v>
       </c>
       <c r="C636">
-        <v>73.953</v>
+        <v>73.912</v>
       </c>
       <c r="D636">
         <v>1.601</v>
       </c>
       <c r="E636">
-        <v>128.204</v>
+        <v>128.164</v>
       </c>
       <c r="F636">
         <v>36.479</v>
       </c>
       <c r="G636">
-        <v>24.838</v>
+        <v>24.827</v>
       </c>
       <c r="H636">
         <v>0.243</v>
       </c>
       <c r="I636">
         <v>32.197</v>
       </c>
       <c r="J636">
         <v>0.039</v>
       </c>
       <c r="K636">
         <v>0.338</v>
       </c>
       <c r="L636">
-        <v>94.135</v>
+        <v>94.124</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>64.917</v>
+        <v>64.678</v>
       </c>
       <c r="C637">
-        <v>94.543</v>
+        <v>94.507</v>
       </c>
       <c r="D637">
         <v>3.103</v>
       </c>
       <c r="E637">
-        <v>162.563</v>
+        <v>162.289</v>
       </c>
       <c r="F637">
-        <v>44.978</v>
+        <v>44.812</v>
       </c>
       <c r="G637">
-        <v>30.407</v>
+        <v>30.397</v>
       </c>
       <c r="H637">
         <v>0.472</v>
       </c>
       <c r="I637">
         <v>31.133</v>
       </c>
       <c r="J637">
         <v>0.067</v>
       </c>
       <c r="K637">
-        <v>0.431</v>
+        <v>0.44</v>
       </c>
       <c r="L637">
-        <v>107.487</v>
+        <v>107.321</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>73.41</v>
+        <v>73.14</v>
       </c>
       <c r="C638">
-        <v>71.072</v>
+        <v>71.082</v>
       </c>
       <c r="D638">
         <v>2.848</v>
       </c>
       <c r="E638">
-        <v>147.33</v>
+        <v>147.07</v>
       </c>
       <c r="F638">
-        <v>50.862</v>
+        <v>50.675</v>
       </c>
       <c r="G638">
-        <v>23.6</v>
+        <v>23.603</v>
       </c>
       <c r="H638">
         <v>0.433</v>
       </c>
       <c r="I638">
         <v>28.779</v>
       </c>
       <c r="J638">
         <v>0.052</v>
       </c>
       <c r="K638">
-        <v>0.488</v>
+        <v>0.497</v>
       </c>
       <c r="L638">
-        <v>104.214</v>
+        <v>104.039</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>52.691</v>
+        <v>52.497</v>
       </c>
       <c r="C639">
-        <v>54.141</v>
+        <v>54.137</v>
       </c>
       <c r="D639">
         <v>1.999</v>
       </c>
       <c r="E639">
-        <v>108.83</v>
+        <v>108.633</v>
       </c>
       <c r="F639">
-        <v>36.507</v>
+        <v>36.373</v>
       </c>
       <c r="G639">
-        <v>19.507</v>
+        <v>19.506</v>
       </c>
       <c r="H639">
         <v>0.304</v>
       </c>
       <c r="I639">
         <v>32.168</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
-        <v>0.35</v>
+        <v>0.357</v>
       </c>
       <c r="L639">
-        <v>88.835</v>
+        <v>88.706</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>34.193</v>
+        <v>34.067</v>
       </c>
       <c r="C640">
-        <v>37.482</v>
+        <v>37.458</v>
       </c>
       <c r="D640">
         <v>0.766</v>
       </c>
       <c r="E640">
-        <v>72.441</v>
+        <v>72.291</v>
       </c>
       <c r="F640">
-        <v>23.69</v>
+        <v>23.603</v>
       </c>
       <c r="G640">
-        <v>14.854</v>
+        <v>14.848</v>
       </c>
       <c r="H640">
         <v>0.116</v>
       </c>
       <c r="I640">
         <v>31.646</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
-        <v>0.227</v>
+        <v>0.232</v>
       </c>
       <c r="L640">
-        <v>70.534</v>
+        <v>70.445</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>29.583</v>
+        <v>29.475</v>
       </c>
       <c r="C641">
-        <v>25.837</v>
+        <v>25.825</v>
       </c>
       <c r="D641">
         <v>0.788</v>
       </c>
       <c r="E641">
-        <v>56.208</v>
+        <v>56.087</v>
       </c>
       <c r="F641">
-        <v>20.497</v>
+        <v>20.421</v>
       </c>
       <c r="G641">
-        <v>11.871</v>
+        <v>11.867</v>
       </c>
       <c r="H641">
         <v>0.12</v>
       </c>
       <c r="I641">
         <v>33.24</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
-        <v>0.197</v>
+        <v>0.2</v>
       </c>
       <c r="L641">
-        <v>65.923</v>
+        <v>65.848</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>25.172</v>
+        <v>25.08</v>
       </c>
       <c r="C642">
-        <v>15.519</v>
+        <v>15.514</v>
       </c>
       <c r="D642">
         <v>0.82</v>
       </c>
       <c r="E642">
-        <v>41.511</v>
+        <v>41.413</v>
       </c>
       <c r="F642">
-        <v>17.441</v>
+        <v>17.376</v>
       </c>
       <c r="G642">
-        <v>8.929</v>
+        <v>8.927</v>
       </c>
       <c r="H642">
         <v>0.125</v>
       </c>
       <c r="I642">
         <v>32.895</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
-        <v>0.167</v>
+        <v>0.17</v>
       </c>
       <c r="L642">
-        <v>59.556</v>
+        <v>59.494</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>17.473</v>
+        <v>17.409</v>
       </c>
       <c r="C643">
-        <v>14.652</v>
+        <v>14.651</v>
       </c>
       <c r="D643">
         <v>0.307</v>
       </c>
       <c r="E643">
-        <v>32.432</v>
+        <v>32.366</v>
       </c>
       <c r="F643">
-        <v>12.106</v>
+        <v>12.062</v>
       </c>
       <c r="G643">
         <v>8.853</v>
       </c>
       <c r="H643">
         <v>0.047</v>
       </c>
       <c r="I643">
         <v>33.583</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
-        <v>0.116</v>
+        <v>0.118</v>
       </c>
       <c r="L643">
-        <v>54.705</v>
+        <v>54.662</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>14.997</v>
+        <v>14.942</v>
       </c>
       <c r="C644">
-        <v>15.212</v>
+        <v>15.188</v>
       </c>
       <c r="D644">
         <v>0.579</v>
       </c>
       <c r="E644">
-        <v>30.788</v>
+        <v>30.709</v>
       </c>
       <c r="F644">
-        <v>10.391</v>
+        <v>10.353</v>
       </c>
       <c r="G644">
-        <v>9.004</v>
+        <v>8.998</v>
       </c>
       <c r="H644">
         <v>0.088</v>
       </c>
       <c r="I644">
         <v>33.861</v>
       </c>
       <c r="J644">
         <v>0</v>
       </c>
       <c r="K644">
-        <v>0.1</v>
+        <v>0.102</v>
       </c>
       <c r="L644">
-        <v>53.443</v>
+        <v>53.401</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>25.441</v>
+        <v>25.347</v>
       </c>
       <c r="C645">
-        <v>17.196</v>
+        <v>17.212</v>
       </c>
       <c r="D645">
         <v>0.028</v>
       </c>
       <c r="E645">
-        <v>42.665</v>
+        <v>42.587</v>
       </c>
       <c r="F645">
-        <v>17.627</v>
+        <v>17.562</v>
       </c>
       <c r="G645">
-        <v>9.381</v>
+        <v>9.386</v>
       </c>
       <c r="H645">
         <v>0.004</v>
       </c>
       <c r="I645">
         <v>31.874</v>
       </c>
       <c r="J645">
         <v>0</v>
       </c>
       <c r="K645">
-        <v>0.169</v>
+        <v>0.172</v>
       </c>
       <c r="L645">
-        <v>59.056</v>
+        <v>58.999</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>34.432</v>
+        <v>34.305</v>
       </c>
       <c r="C646">
-        <v>32.52</v>
+        <v>32.556</v>
       </c>
       <c r="D646">
-        <v>-2.373</v>
+        <v>0.283</v>
       </c>
       <c r="E646">
-        <v>64.578</v>
+        <v>67.144</v>
       </c>
       <c r="F646">
-        <v>23.856</v>
+        <v>23.768</v>
       </c>
       <c r="G646">
-        <v>13.673</v>
+        <v>13.683</v>
       </c>
       <c r="H646">
-        <v>-0.361</v>
+        <v>0.043</v>
       </c>
       <c r="I646">
-        <v>33.068</v>
+        <v>32.622</v>
       </c>
       <c r="J646">
         <v>0</v>
       </c>
       <c r="K646">
-        <v>0.229</v>
+        <v>0.233</v>
       </c>
       <c r="L646">
-        <v>70.466</v>
+        <v>70.349</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>39.035</v>
+      </c>
+      <c r="C647">
+        <v>53.055</v>
+      </c>
+      <c r="D647">
+        <v>1.797</v>
+      </c>
+      <c r="E647">
+        <v>93.887</v>
+      </c>
+      <c r="F647">
+        <v>27.046</v>
+      </c>
+      <c r="G647">
+        <v>19.056</v>
+      </c>
+      <c r="H647">
+        <v>0.273</v>
+      </c>
+      <c r="I647">
+        <v>30.829</v>
+      </c>
+      <c r="J647">
+        <v>0</v>
+      </c>
+      <c r="K647">
+        <v>0.265</v>
+      </c>
+      <c r="L647">
+        <v>77.469</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>