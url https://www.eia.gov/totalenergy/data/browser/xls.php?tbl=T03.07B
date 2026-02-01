--- v0 (2025-12-18)
+++ v1 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.7b Petroleum Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane/Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Total Hydrocarbon Gas Liquids Consumed by the Industrial Sector</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.983" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27566,917 +27566,1005 @@
       </c>
       <c r="K624">
         <v>140.263</v>
       </c>
       <c r="L624">
         <v>20.412</v>
       </c>
       <c r="M624">
         <v>978.356</v>
       </c>
       <c r="N624">
         <v>5385.354</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>232.684</v>
       </c>
       <c r="C625">
         <v>639.101</v>
       </c>
       <c r="D625">
-        <v>370.249</v>
+        <v>370.46</v>
       </c>
       <c r="E625">
         <v>267.419</v>
       </c>
       <c r="F625">
-        <v>637.668</v>
+        <v>637.879</v>
       </c>
       <c r="G625">
-        <v>3082.725</v>
+        <v>3082.936</v>
       </c>
       <c r="H625">
-        <v>3.115</v>
+        <v>2.369</v>
       </c>
       <c r="I625">
         <v>41.357</v>
       </c>
       <c r="J625">
         <v>138.659</v>
       </c>
       <c r="K625">
         <v>196.317</v>
       </c>
       <c r="L625">
         <v>17.963</v>
       </c>
       <c r="M625">
         <v>964.695</v>
       </c>
       <c r="N625">
-        <v>5316.617</v>
+        <v>5316.083</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>230.022</v>
       </c>
       <c r="C626">
         <v>582.575</v>
       </c>
       <c r="D626">
-        <v>261.981</v>
+        <v>261.596</v>
       </c>
       <c r="E626">
         <v>238.724</v>
       </c>
       <c r="F626">
-        <v>500.705</v>
+        <v>500.321</v>
       </c>
       <c r="G626">
-        <v>3068.224</v>
+        <v>3067.839</v>
       </c>
       <c r="H626">
-        <v>1.668</v>
+        <v>1.269</v>
       </c>
       <c r="I626">
         <v>34.692</v>
       </c>
       <c r="J626">
         <v>144.827</v>
       </c>
       <c r="K626">
         <v>120.399</v>
       </c>
       <c r="L626">
         <v>18.22</v>
       </c>
       <c r="M626">
         <v>936.727</v>
       </c>
       <c r="N626">
-        <v>5137.354</v>
+        <v>5136.571</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>258.254</v>
       </c>
       <c r="C627">
         <v>484.094</v>
       </c>
       <c r="D627">
-        <v>145.65</v>
+        <v>145.856</v>
       </c>
       <c r="E627">
         <v>271.097</v>
       </c>
       <c r="F627">
-        <v>416.747</v>
+        <v>416.953</v>
       </c>
       <c r="G627">
-        <v>3026.801</v>
+        <v>3027.007</v>
       </c>
       <c r="H627">
-        <v>1.628</v>
+        <v>1.238</v>
       </c>
       <c r="I627">
         <v>36.958</v>
       </c>
       <c r="J627">
         <v>149.475</v>
       </c>
       <c r="K627">
         <v>133.692</v>
       </c>
       <c r="L627">
         <v>18.836</v>
       </c>
       <c r="M627">
         <v>960.451</v>
       </c>
       <c r="N627">
-        <v>5070.19</v>
+        <v>5070.007</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>295.989</v>
       </c>
       <c r="C628">
         <v>547.911</v>
       </c>
       <c r="D628">
-        <v>166.999</v>
+        <v>166.773</v>
       </c>
       <c r="E628">
         <v>285.733</v>
       </c>
       <c r="F628">
-        <v>452.733</v>
+        <v>452.506</v>
       </c>
       <c r="G628">
-        <v>2998.437</v>
+        <v>2998.211</v>
       </c>
       <c r="H628">
-        <v>2.477</v>
+        <v>1.884</v>
       </c>
       <c r="I628">
         <v>49.917</v>
       </c>
       <c r="J628">
         <v>148.341</v>
       </c>
       <c r="K628">
         <v>313.312</v>
       </c>
       <c r="L628">
         <v>20.706</v>
       </c>
       <c r="M628">
         <v>942.621</v>
       </c>
       <c r="N628">
-        <v>5319.711</v>
+        <v>5318.892</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>405.371</v>
       </c>
       <c r="C629">
         <v>522.969</v>
       </c>
       <c r="D629">
-        <v>255.482</v>
+        <v>255.29</v>
       </c>
       <c r="E629">
         <v>289.484</v>
       </c>
       <c r="F629">
-        <v>544.965</v>
+        <v>544.774</v>
       </c>
       <c r="G629">
-        <v>3243.42</v>
+        <v>3243.228</v>
       </c>
       <c r="H629">
-        <v>2.427</v>
+        <v>1.846</v>
       </c>
       <c r="I629">
         <v>38.098</v>
       </c>
       <c r="J629">
         <v>157.067</v>
       </c>
       <c r="K629">
         <v>285.779</v>
       </c>
       <c r="L629">
         <v>18.284</v>
       </c>
       <c r="M629">
         <v>1001.517</v>
       </c>
       <c r="N629">
-        <v>5674.933</v>
+        <v>5674.16</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>476.638</v>
       </c>
       <c r="C630">
         <v>411.682</v>
       </c>
       <c r="D630">
-        <v>308.904</v>
+        <v>308.798</v>
       </c>
       <c r="E630">
         <v>279.533</v>
       </c>
       <c r="F630">
-        <v>588.437</v>
+        <v>588.331</v>
       </c>
       <c r="G630">
-        <v>3228.255</v>
+        <v>3228.149</v>
       </c>
       <c r="H630">
-        <v>1.775</v>
+        <v>1.35</v>
       </c>
       <c r="I630">
         <v>44.286</v>
       </c>
       <c r="J630">
         <v>153.863</v>
       </c>
       <c r="K630">
         <v>173.418</v>
       </c>
       <c r="L630">
         <v>18.135</v>
       </c>
       <c r="M630">
         <v>1014.097</v>
       </c>
       <c r="N630">
-        <v>5522.149</v>
+        <v>5521.618</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>464.726</v>
       </c>
       <c r="C631">
         <v>459.632</v>
       </c>
       <c r="D631">
-        <v>305.281</v>
+        <v>305.243</v>
       </c>
       <c r="E631">
         <v>268.613</v>
       </c>
       <c r="F631">
-        <v>573.894</v>
+        <v>573.856</v>
       </c>
       <c r="G631">
-        <v>3012.432</v>
+        <v>3012.394</v>
       </c>
       <c r="H631">
-        <v>0.338</v>
+        <v>0.257</v>
       </c>
       <c r="I631">
         <v>39.507</v>
       </c>
       <c r="J631">
         <v>155.841</v>
       </c>
       <c r="K631">
         <v>293.922</v>
       </c>
       <c r="L631">
         <v>17.928</v>
       </c>
       <c r="M631">
         <v>1002.559</v>
       </c>
       <c r="N631">
-        <v>5446.885</v>
+        <v>5446.766</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>510.597</v>
       </c>
       <c r="C632">
         <v>583.41</v>
       </c>
       <c r="D632">
-        <v>363.524</v>
+        <v>363.463</v>
       </c>
       <c r="E632">
         <v>274.29</v>
       </c>
       <c r="F632">
-        <v>637.815</v>
+        <v>637.753</v>
       </c>
       <c r="G632">
-        <v>3376.862</v>
+        <v>3376.801</v>
       </c>
       <c r="H632">
-        <v>0.002</v>
+        <v>0.001</v>
       </c>
       <c r="I632">
         <v>47.602</v>
       </c>
       <c r="J632">
         <v>154.829</v>
       </c>
       <c r="K632">
         <v>188.32</v>
       </c>
       <c r="L632">
         <v>17.478</v>
       </c>
       <c r="M632">
         <v>1017.547</v>
       </c>
       <c r="N632">
-        <v>5896.646</v>
+        <v>5896.584</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>445.971</v>
       </c>
       <c r="C633">
         <v>490.625</v>
       </c>
       <c r="D633">
-        <v>408.04</v>
+        <v>407.813</v>
       </c>
       <c r="E633">
         <v>270.967</v>
       </c>
       <c r="F633">
-        <v>679.007</v>
+        <v>678.78</v>
       </c>
       <c r="G633">
-        <v>3517.525</v>
+        <v>3517.298</v>
       </c>
       <c r="H633">
-        <v>0.002</v>
+        <v>0.001</v>
       </c>
       <c r="I633">
         <v>39.574</v>
       </c>
       <c r="J633">
         <v>150.249</v>
       </c>
       <c r="K633">
         <v>187.17</v>
       </c>
       <c r="L633">
         <v>13.627</v>
       </c>
       <c r="M633">
         <v>948.792</v>
       </c>
       <c r="N633">
-        <v>5793.535</v>
+        <v>5793.307</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>471.896</v>
       </c>
       <c r="C634">
         <v>734.13</v>
       </c>
       <c r="D634">
-        <v>473.305</v>
+        <v>473.224</v>
       </c>
       <c r="E634">
         <v>280.935</v>
       </c>
       <c r="F634">
-        <v>754.241</v>
+        <v>754.16</v>
       </c>
       <c r="G634">
-        <v>3628.215</v>
+        <v>3628.135</v>
       </c>
       <c r="H634">
-        <v>0.237</v>
+        <v>0.18</v>
       </c>
       <c r="I634">
         <v>35.74</v>
       </c>
       <c r="J634">
         <v>151.696</v>
       </c>
       <c r="K634">
         <v>176.142</v>
       </c>
       <c r="L634">
         <v>20.04</v>
       </c>
       <c r="M634">
         <v>935.513</v>
       </c>
       <c r="N634">
-        <v>6153.609</v>
+        <v>6153.472</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>352.271</v>
       </c>
       <c r="C635">
         <v>501.518</v>
       </c>
       <c r="D635">
-        <v>271.91</v>
+        <v>272.302</v>
       </c>
       <c r="E635">
         <v>297</v>
       </c>
       <c r="F635">
-        <v>568.91</v>
+        <v>569.302</v>
       </c>
       <c r="G635">
-        <v>3345.096</v>
+        <v>3345.488</v>
       </c>
       <c r="H635">
-        <v>1.937</v>
+        <v>1.473</v>
       </c>
       <c r="I635">
         <v>24.485</v>
       </c>
       <c r="J635">
         <v>147.724</v>
       </c>
       <c r="K635">
         <v>186.893</v>
       </c>
       <c r="L635">
         <v>19.37</v>
       </c>
       <c r="M635">
         <v>968.416</v>
       </c>
       <c r="N635">
-        <v>5547.708</v>
+        <v>5547.637</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>239.152</v>
       </c>
       <c r="C636">
         <v>492.712</v>
       </c>
       <c r="D636">
-        <v>358.071</v>
+        <v>358.547</v>
       </c>
       <c r="E636">
         <v>294.355</v>
       </c>
       <c r="F636">
-        <v>652.426</v>
+        <v>652.901</v>
       </c>
       <c r="G636">
-        <v>3547.909</v>
+        <v>3548.384</v>
       </c>
       <c r="H636">
-        <v>2.47</v>
+        <v>1.879</v>
       </c>
       <c r="I636">
         <v>24.015</v>
       </c>
       <c r="J636">
         <v>146.725</v>
       </c>
       <c r="K636">
         <v>109.704</v>
       </c>
       <c r="L636">
         <v>19.463</v>
       </c>
       <c r="M636">
         <v>946.186</v>
       </c>
       <c r="N636">
-        <v>5528.336</v>
+        <v>5528.22</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>223.783</v>
       </c>
       <c r="C637">
-        <v>689.277</v>
+        <v>693.908</v>
       </c>
       <c r="D637">
-        <v>425.763</v>
+        <v>425.796</v>
       </c>
       <c r="E637">
         <v>281.355</v>
       </c>
       <c r="F637">
-        <v>707.117</v>
+        <v>707.151</v>
       </c>
       <c r="G637">
-        <v>3372.169</v>
+        <v>3372.203</v>
       </c>
       <c r="H637">
         <v>5.076</v>
       </c>
       <c r="I637">
         <v>32.845</v>
       </c>
       <c r="J637">
         <v>141.877</v>
       </c>
       <c r="K637">
         <v>294.89</v>
       </c>
       <c r="L637">
-        <v>21.749</v>
+        <v>21.974</v>
       </c>
       <c r="M637">
         <v>935.912</v>
       </c>
       <c r="N637">
-        <v>5717.579</v>
+        <v>5722.469</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>220.932</v>
       </c>
       <c r="C638">
-        <v>505.332</v>
+        <v>513.34</v>
       </c>
       <c r="D638">
-        <v>383.194</v>
+        <v>383.994</v>
       </c>
       <c r="E638">
         <v>262.036</v>
       </c>
       <c r="F638">
-        <v>645.23</v>
+        <v>646.03</v>
       </c>
       <c r="G638">
-        <v>3191.206</v>
+        <v>3192.006</v>
       </c>
       <c r="H638">
         <v>5.157</v>
       </c>
       <c r="I638">
         <v>27.479</v>
       </c>
       <c r="J638">
         <v>145.2</v>
       </c>
       <c r="K638">
         <v>102.505</v>
       </c>
       <c r="L638">
-        <v>19.995</v>
+        <v>20.203</v>
       </c>
       <c r="M638">
         <v>922.247</v>
       </c>
       <c r="N638">
-        <v>5140.053</v>
+        <v>5149.069</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>243.819</v>
       </c>
       <c r="C639">
-        <v>562.208</v>
+        <v>562.726</v>
       </c>
       <c r="D639">
-        <v>239.027</v>
+        <v>239.114</v>
       </c>
       <c r="E639">
         <v>245</v>
       </c>
       <c r="F639">
-        <v>484.027</v>
+        <v>484.114</v>
       </c>
       <c r="G639">
-        <v>3042.956</v>
+        <v>3043.044</v>
       </c>
       <c r="H639">
         <v>3.269</v>
       </c>
       <c r="I639">
         <v>34.671</v>
       </c>
       <c r="J639">
         <v>146.59</v>
       </c>
       <c r="K639">
         <v>152.615</v>
       </c>
       <c r="L639">
-        <v>18.674</v>
+        <v>18.872</v>
       </c>
       <c r="M639">
         <v>939.484</v>
       </c>
       <c r="N639">
-        <v>5144.287</v>
+        <v>5145.09</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>316.188</v>
       </c>
       <c r="C640">
-        <v>565.243</v>
+        <v>560.771</v>
       </c>
       <c r="D640">
-        <v>184.677</v>
+        <v>184.962</v>
       </c>
       <c r="E640">
         <v>266</v>
       </c>
       <c r="F640">
-        <v>450.677</v>
+        <v>450.962</v>
       </c>
       <c r="G640">
-        <v>3017.251</v>
+        <v>3017.536</v>
       </c>
       <c r="H640">
         <v>1.295</v>
       </c>
       <c r="I640">
         <v>46.607</v>
       </c>
       <c r="J640">
         <v>149.02</v>
       </c>
       <c r="K640">
         <v>229.487</v>
       </c>
       <c r="L640">
-        <v>18.36</v>
+        <v>18.557</v>
       </c>
       <c r="M640">
         <v>963.643</v>
       </c>
       <c r="N640">
-        <v>5307.094</v>
+        <v>5303.102</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>386.386</v>
       </c>
       <c r="C641">
-        <v>496.824</v>
+        <v>490.583</v>
       </c>
       <c r="D641">
-        <v>221.009</v>
+        <v>221.3</v>
       </c>
       <c r="E641">
         <v>272.032</v>
       </c>
       <c r="F641">
-        <v>493.041</v>
+        <v>493.332</v>
       </c>
       <c r="G641">
-        <v>3153.51</v>
+        <v>3153.801</v>
       </c>
       <c r="H641">
         <v>1.289</v>
       </c>
       <c r="I641">
         <v>44.346</v>
       </c>
       <c r="J641">
         <v>151.476</v>
       </c>
       <c r="K641">
         <v>291.394</v>
       </c>
       <c r="L641">
-        <v>12.519</v>
+        <v>12.649</v>
       </c>
       <c r="M641">
         <v>1007.662</v>
       </c>
       <c r="N641">
-        <v>5545.405</v>
+        <v>5539.586</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>462.769</v>
       </c>
       <c r="C642">
-        <v>556.96</v>
+        <v>549.337</v>
       </c>
       <c r="D642">
-        <v>304.04</v>
+        <v>304.041</v>
       </c>
       <c r="E642">
         <v>269.233</v>
       </c>
       <c r="F642">
-        <v>573.273</v>
+        <v>573.274</v>
       </c>
       <c r="G642">
-        <v>3390.896</v>
+        <v>3390.897</v>
       </c>
       <c r="H642">
         <v>1.386</v>
       </c>
       <c r="I642">
         <v>40.281</v>
       </c>
       <c r="J642">
         <v>154.903</v>
       </c>
       <c r="K642">
         <v>207.169</v>
       </c>
       <c r="L642">
-        <v>18.125</v>
+        <v>18.319</v>
       </c>
       <c r="M642">
         <v>1035.105</v>
       </c>
       <c r="N642">
-        <v>5867.595</v>
+        <v>5860.167</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>486.828</v>
       </c>
       <c r="C643">
-        <v>487.711</v>
+        <v>477.833</v>
       </c>
       <c r="D643">
-        <v>380.53</v>
+        <v>380.534</v>
       </c>
       <c r="E643">
         <v>282.323</v>
       </c>
       <c r="F643">
-        <v>662.852</v>
+        <v>662.856</v>
       </c>
       <c r="G643">
-        <v>3489.06</v>
+        <v>3489.064</v>
       </c>
       <c r="H643">
         <v>0.502</v>
       </c>
       <c r="I643">
         <v>52.308</v>
       </c>
       <c r="J643">
         <v>153.039</v>
       </c>
       <c r="K643">
         <v>242.476</v>
       </c>
       <c r="L643">
-        <v>21.347</v>
+        <v>21.578</v>
       </c>
       <c r="M643">
         <v>1038.954</v>
       </c>
       <c r="N643">
-        <v>5972.226</v>
+        <v>5962.583</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>493.957</v>
+        <v>492.499</v>
       </c>
       <c r="C644">
-        <v>427.902</v>
+        <v>461.616</v>
       </c>
       <c r="D644">
-        <v>261.335</v>
+        <v>517.692</v>
       </c>
       <c r="E644">
         <v>251.419</v>
       </c>
       <c r="F644">
-        <v>512.755</v>
+        <v>769.112</v>
       </c>
       <c r="G644">
-        <v>3533.059</v>
+        <v>3836.705</v>
       </c>
       <c r="H644">
-        <v>-0.001</v>
+        <v>0.947</v>
       </c>
       <c r="I644">
-        <v>49.145</v>
+        <v>48.191</v>
       </c>
       <c r="J644">
-        <v>154.072</v>
+        <v>154.307</v>
       </c>
       <c r="K644">
-        <v>264.91</v>
+        <v>176.289</v>
       </c>
       <c r="L644">
-        <v>15.143</v>
+        <v>16.265</v>
       </c>
       <c r="M644">
-        <v>1037.825</v>
+        <v>1039.281</v>
       </c>
       <c r="N644">
-        <v>5976.013</v>
+        <v>6226.1</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>497.694</v>
+      </c>
+      <c r="C645">
+        <v>571.601</v>
+      </c>
+      <c r="D645">
+        <v>401.352</v>
+      </c>
+      <c r="E645">
+        <v>250.933</v>
+      </c>
+      <c r="F645">
+        <v>652.285</v>
+      </c>
+      <c r="G645">
+        <v>3532.396</v>
+      </c>
+      <c r="H645">
+        <v>0.048</v>
+      </c>
+      <c r="I645">
+        <v>56.588</v>
+      </c>
+      <c r="J645">
+        <v>150.096</v>
+      </c>
+      <c r="K645">
+        <v>149.077</v>
+      </c>
+      <c r="L645">
+        <v>22.844</v>
+      </c>
+      <c r="M645">
+        <v>1015.98</v>
+      </c>
+      <c r="N645">
+        <v>5996.324</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>437.155</v>
+      </c>
+      <c r="C646">
+        <v>691.649</v>
+      </c>
+      <c r="D646">
+        <v>329.84</v>
+      </c>
+      <c r="E646">
+        <v>224.968</v>
+      </c>
+      <c r="F646">
+        <v>554.808</v>
+      </c>
+      <c r="G646">
+        <v>3459.205</v>
+      </c>
+      <c r="H646">
+        <v>-3.881</v>
+      </c>
+      <c r="I646">
+        <v>54.763</v>
+      </c>
+      <c r="J646">
+        <v>150.695</v>
+      </c>
+      <c r="K646">
+        <v>114.231</v>
+      </c>
+      <c r="L646">
+        <v>18.448</v>
+      </c>
+      <c r="M646">
+        <v>927.206</v>
+      </c>
+      <c r="N646">
+        <v>5849.471</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31923,69 +32011,69 @@
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>365.737</v>
       </c>
       <c r="C88">
         <v>537.826</v>
       </c>
       <c r="D88">
         <v>307.9</v>
       </c>
       <c r="E88">
         <v>276.645</v>
       </c>
       <c r="F88">
         <v>584.545</v>
       </c>
       <c r="G88">
         <v>3257.178</v>
       </c>
       <c r="H88">
-        <v>1.505</v>
+        <v>1.145</v>
       </c>
       <c r="I88">
         <v>38.02</v>
       </c>
       <c r="J88">
         <v>149.968</v>
       </c>
       <c r="K88">
         <v>197.31</v>
       </c>
       <c r="L88">
         <v>18.342</v>
       </c>
       <c r="M88">
         <v>970.124</v>
       </c>
       <c r="N88">
-        <v>5536.011</v>
+        <v>5535.651</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>