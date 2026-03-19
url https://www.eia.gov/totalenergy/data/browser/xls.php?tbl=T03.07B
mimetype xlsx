--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.7b Petroleum Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Propane/Propylene Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Total Hydrocarbon Gas Liquids Consumed by the Industrial Sector</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.983" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27566,1005 +27566,1049 @@
       </c>
       <c r="K624">
         <v>140.263</v>
       </c>
       <c r="L624">
         <v>20.412</v>
       </c>
       <c r="M624">
         <v>978.356</v>
       </c>
       <c r="N624">
         <v>5385.354</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>232.684</v>
       </c>
       <c r="C625">
         <v>639.101</v>
       </c>
       <c r="D625">
-        <v>370.46</v>
+        <v>370.032</v>
       </c>
       <c r="E625">
         <v>267.419</v>
       </c>
       <c r="F625">
-        <v>637.879</v>
+        <v>637.451</v>
       </c>
       <c r="G625">
-        <v>3082.936</v>
+        <v>3082.508</v>
       </c>
       <c r="H625">
         <v>2.369</v>
       </c>
       <c r="I625">
         <v>41.357</v>
       </c>
       <c r="J625">
         <v>138.659</v>
       </c>
       <c r="K625">
         <v>196.317</v>
       </c>
       <c r="L625">
         <v>17.963</v>
       </c>
       <c r="M625">
         <v>964.695</v>
       </c>
       <c r="N625">
-        <v>5316.083</v>
+        <v>5315.655</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>230.022</v>
       </c>
       <c r="C626">
         <v>582.575</v>
       </c>
       <c r="D626">
-        <v>261.596</v>
+        <v>261.789</v>
       </c>
       <c r="E626">
         <v>238.724</v>
       </c>
       <c r="F626">
-        <v>500.321</v>
+        <v>500.513</v>
       </c>
       <c r="G626">
-        <v>3067.839</v>
+        <v>3068.032</v>
       </c>
       <c r="H626">
         <v>1.269</v>
       </c>
       <c r="I626">
         <v>34.692</v>
       </c>
       <c r="J626">
         <v>144.827</v>
       </c>
       <c r="K626">
         <v>120.399</v>
       </c>
       <c r="L626">
         <v>18.22</v>
       </c>
       <c r="M626">
         <v>936.727</v>
       </c>
       <c r="N626">
-        <v>5136.571</v>
+        <v>5136.763</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>258.254</v>
       </c>
       <c r="C627">
         <v>484.094</v>
       </c>
       <c r="D627">
-        <v>145.856</v>
+        <v>145.645</v>
       </c>
       <c r="E627">
         <v>271.097</v>
       </c>
       <c r="F627">
-        <v>416.953</v>
+        <v>416.742</v>
       </c>
       <c r="G627">
-        <v>3027.007</v>
+        <v>3026.796</v>
       </c>
       <c r="H627">
         <v>1.238</v>
       </c>
       <c r="I627">
         <v>36.958</v>
       </c>
       <c r="J627">
         <v>149.475</v>
       </c>
       <c r="K627">
         <v>133.692</v>
       </c>
       <c r="L627">
         <v>18.836</v>
       </c>
       <c r="M627">
         <v>960.451</v>
       </c>
       <c r="N627">
-        <v>5070.007</v>
+        <v>5069.796</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>295.989</v>
       </c>
       <c r="C628">
         <v>547.911</v>
       </c>
       <c r="D628">
-        <v>166.773</v>
+        <v>167.107</v>
       </c>
       <c r="E628">
         <v>285.733</v>
       </c>
       <c r="F628">
-        <v>452.506</v>
+        <v>452.84</v>
       </c>
       <c r="G628">
-        <v>2998.211</v>
+        <v>2998.545</v>
       </c>
       <c r="H628">
         <v>1.884</v>
       </c>
       <c r="I628">
         <v>49.917</v>
       </c>
       <c r="J628">
         <v>148.341</v>
       </c>
       <c r="K628">
         <v>313.312</v>
       </c>
       <c r="L628">
         <v>20.706</v>
       </c>
       <c r="M628">
         <v>942.621</v>
       </c>
       <c r="N628">
-        <v>5318.892</v>
+        <v>5319.225</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>405.371</v>
       </c>
       <c r="C629">
         <v>522.969</v>
       </c>
       <c r="D629">
-        <v>255.29</v>
+        <v>255.287</v>
       </c>
       <c r="E629">
         <v>289.484</v>
       </c>
       <c r="F629">
-        <v>544.774</v>
+        <v>544.771</v>
       </c>
       <c r="G629">
-        <v>3243.228</v>
+        <v>3243.225</v>
       </c>
       <c r="H629">
         <v>1.846</v>
       </c>
       <c r="I629">
         <v>38.098</v>
       </c>
       <c r="J629">
         <v>157.067</v>
       </c>
       <c r="K629">
         <v>285.779</v>
       </c>
       <c r="L629">
         <v>18.284</v>
       </c>
       <c r="M629">
         <v>1001.517</v>
       </c>
       <c r="N629">
-        <v>5674.16</v>
+        <v>5674.157</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>476.638</v>
       </c>
       <c r="C630">
         <v>411.682</v>
       </c>
       <c r="D630">
-        <v>308.798</v>
+        <v>308.858</v>
       </c>
       <c r="E630">
         <v>279.533</v>
       </c>
       <c r="F630">
-        <v>588.331</v>
+        <v>588.391</v>
       </c>
       <c r="G630">
-        <v>3228.149</v>
+        <v>3228.209</v>
       </c>
       <c r="H630">
         <v>1.35</v>
       </c>
       <c r="I630">
         <v>44.286</v>
       </c>
       <c r="J630">
         <v>153.863</v>
       </c>
       <c r="K630">
         <v>173.418</v>
       </c>
       <c r="L630">
         <v>18.135</v>
       </c>
       <c r="M630">
         <v>1014.097</v>
       </c>
       <c r="N630">
-        <v>5521.618</v>
+        <v>5521.678</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>464.726</v>
       </c>
       <c r="C631">
         <v>459.632</v>
       </c>
       <c r="D631">
-        <v>305.243</v>
+        <v>305.251</v>
       </c>
       <c r="E631">
         <v>268.613</v>
       </c>
       <c r="F631">
-        <v>573.856</v>
+        <v>573.864</v>
       </c>
       <c r="G631">
-        <v>3012.394</v>
+        <v>3012.403</v>
       </c>
       <c r="H631">
         <v>0.257</v>
       </c>
       <c r="I631">
         <v>39.507</v>
       </c>
       <c r="J631">
         <v>155.841</v>
       </c>
       <c r="K631">
         <v>293.922</v>
       </c>
       <c r="L631">
         <v>17.928</v>
       </c>
       <c r="M631">
         <v>1002.559</v>
       </c>
       <c r="N631">
-        <v>5446.766</v>
+        <v>5446.774</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>510.597</v>
       </c>
       <c r="C632">
         <v>583.41</v>
       </c>
       <c r="D632">
-        <v>363.463</v>
+        <v>363.458</v>
       </c>
       <c r="E632">
         <v>274.29</v>
       </c>
       <c r="F632">
-        <v>637.753</v>
+        <v>637.749</v>
       </c>
       <c r="G632">
-        <v>3376.801</v>
+        <v>3376.796</v>
       </c>
       <c r="H632">
         <v>0.001</v>
       </c>
       <c r="I632">
         <v>47.602</v>
       </c>
       <c r="J632">
         <v>154.829</v>
       </c>
       <c r="K632">
         <v>188.32</v>
       </c>
       <c r="L632">
         <v>17.478</v>
       </c>
       <c r="M632">
         <v>1017.547</v>
       </c>
       <c r="N632">
-        <v>5896.584</v>
+        <v>5896.579</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>445.971</v>
       </c>
       <c r="C633">
         <v>490.625</v>
       </c>
       <c r="D633">
-        <v>407.813</v>
+        <v>407.718</v>
       </c>
       <c r="E633">
         <v>270.967</v>
       </c>
       <c r="F633">
-        <v>678.78</v>
+        <v>678.684</v>
       </c>
       <c r="G633">
-        <v>3517.298</v>
+        <v>3517.202</v>
       </c>
       <c r="H633">
         <v>0.001</v>
       </c>
       <c r="I633">
         <v>39.574</v>
       </c>
       <c r="J633">
         <v>150.249</v>
       </c>
       <c r="K633">
         <v>187.17</v>
       </c>
       <c r="L633">
         <v>13.627</v>
       </c>
       <c r="M633">
         <v>948.792</v>
       </c>
       <c r="N633">
-        <v>5793.307</v>
+        <v>5793.212</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>471.896</v>
       </c>
       <c r="C634">
         <v>734.13</v>
       </c>
       <c r="D634">
-        <v>473.224</v>
+        <v>473.221</v>
       </c>
       <c r="E634">
         <v>280.935</v>
       </c>
       <c r="F634">
-        <v>754.16</v>
+        <v>754.156</v>
       </c>
       <c r="G634">
-        <v>3628.135</v>
+        <v>3628.131</v>
       </c>
       <c r="H634">
         <v>0.18</v>
       </c>
       <c r="I634">
         <v>35.74</v>
       </c>
       <c r="J634">
         <v>151.696</v>
       </c>
       <c r="K634">
         <v>176.142</v>
       </c>
       <c r="L634">
         <v>20.04</v>
       </c>
       <c r="M634">
         <v>935.513</v>
       </c>
       <c r="N634">
-        <v>6153.472</v>
+        <v>6153.468</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>352.271</v>
       </c>
       <c r="C635">
         <v>501.518</v>
       </c>
       <c r="D635">
-        <v>272.302</v>
+        <v>272.034</v>
       </c>
       <c r="E635">
         <v>297</v>
       </c>
       <c r="F635">
-        <v>569.302</v>
+        <v>569.034</v>
       </c>
       <c r="G635">
-        <v>3345.488</v>
+        <v>3345.22</v>
       </c>
       <c r="H635">
         <v>1.473</v>
       </c>
       <c r="I635">
         <v>24.485</v>
       </c>
       <c r="J635">
         <v>147.724</v>
       </c>
       <c r="K635">
         <v>186.893</v>
       </c>
       <c r="L635">
         <v>19.37</v>
       </c>
       <c r="M635">
         <v>968.416</v>
       </c>
       <c r="N635">
-        <v>5547.637</v>
+        <v>5547.37</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>239.152</v>
       </c>
       <c r="C636">
         <v>492.712</v>
       </c>
       <c r="D636">
-        <v>358.547</v>
+        <v>358.98</v>
       </c>
       <c r="E636">
         <v>294.355</v>
       </c>
       <c r="F636">
-        <v>652.901</v>
+        <v>653.335</v>
       </c>
       <c r="G636">
-        <v>3548.384</v>
+        <v>3548.817</v>
       </c>
       <c r="H636">
         <v>1.879</v>
       </c>
       <c r="I636">
         <v>24.015</v>
       </c>
       <c r="J636">
         <v>146.725</v>
       </c>
       <c r="K636">
         <v>109.704</v>
       </c>
       <c r="L636">
         <v>19.463</v>
       </c>
       <c r="M636">
         <v>946.186</v>
       </c>
       <c r="N636">
-        <v>5528.22</v>
+        <v>5528.653</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>223.783</v>
       </c>
       <c r="C637">
-        <v>693.908</v>
+        <v>700.651</v>
       </c>
       <c r="D637">
-        <v>425.796</v>
+        <v>426.176</v>
       </c>
       <c r="E637">
         <v>281.355</v>
       </c>
       <c r="F637">
-        <v>707.151</v>
+        <v>707.531</v>
       </c>
       <c r="G637">
-        <v>3372.203</v>
+        <v>3372.583</v>
       </c>
       <c r="H637">
         <v>5.076</v>
       </c>
       <c r="I637">
         <v>32.845</v>
       </c>
       <c r="J637">
         <v>141.877</v>
       </c>
       <c r="K637">
         <v>294.89</v>
       </c>
       <c r="L637">
-        <v>21.974</v>
+        <v>22.064</v>
       </c>
       <c r="M637">
         <v>935.912</v>
       </c>
       <c r="N637">
-        <v>5722.469</v>
+        <v>5729.682</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>220.932</v>
       </c>
       <c r="C638">
-        <v>513.34</v>
+        <v>520.734</v>
       </c>
       <c r="D638">
-        <v>383.994</v>
+        <v>383.877</v>
       </c>
       <c r="E638">
         <v>262.036</v>
       </c>
       <c r="F638">
-        <v>646.03</v>
+        <v>645.913</v>
       </c>
       <c r="G638">
-        <v>3192.006</v>
+        <v>3191.889</v>
       </c>
       <c r="H638">
         <v>5.157</v>
       </c>
       <c r="I638">
         <v>27.479</v>
       </c>
       <c r="J638">
         <v>145.2</v>
       </c>
       <c r="K638">
         <v>102.505</v>
       </c>
       <c r="L638">
-        <v>20.203</v>
+        <v>20.285</v>
       </c>
       <c r="M638">
         <v>922.247</v>
       </c>
       <c r="N638">
-        <v>5149.069</v>
+        <v>5156.427</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>243.819</v>
       </c>
       <c r="C639">
-        <v>562.726</v>
+        <v>569.737</v>
       </c>
       <c r="D639">
-        <v>239.114</v>
+        <v>239.152</v>
       </c>
       <c r="E639">
         <v>245</v>
       </c>
       <c r="F639">
-        <v>484.114</v>
+        <v>484.152</v>
       </c>
       <c r="G639">
-        <v>3043.044</v>
+        <v>3043.082</v>
       </c>
       <c r="H639">
         <v>3.269</v>
       </c>
       <c r="I639">
         <v>34.671</v>
       </c>
       <c r="J639">
         <v>146.59</v>
       </c>
       <c r="K639">
         <v>152.615</v>
       </c>
       <c r="L639">
-        <v>18.872</v>
+        <v>18.951</v>
       </c>
       <c r="M639">
         <v>939.484</v>
       </c>
       <c r="N639">
-        <v>5145.09</v>
+        <v>5152.219</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>316.188</v>
       </c>
       <c r="C640">
-        <v>560.771</v>
+        <v>567.759</v>
       </c>
       <c r="D640">
-        <v>184.962</v>
+        <v>185.227</v>
       </c>
       <c r="E640">
         <v>266</v>
       </c>
       <c r="F640">
-        <v>450.962</v>
+        <v>451.227</v>
       </c>
       <c r="G640">
-        <v>3017.536</v>
+        <v>3017.8</v>
       </c>
       <c r="H640">
         <v>1.295</v>
       </c>
       <c r="I640">
         <v>46.607</v>
       </c>
       <c r="J640">
         <v>149.02</v>
       </c>
       <c r="K640">
         <v>229.487</v>
       </c>
       <c r="L640">
-        <v>18.557</v>
+        <v>18.637</v>
       </c>
       <c r="M640">
         <v>963.643</v>
       </c>
       <c r="N640">
-        <v>5303.102</v>
+        <v>5310.435</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>386.386</v>
       </c>
       <c r="C641">
-        <v>490.583</v>
+        <v>497.62</v>
       </c>
       <c r="D641">
-        <v>221.3</v>
+        <v>221.434</v>
       </c>
       <c r="E641">
         <v>272.032</v>
       </c>
       <c r="F641">
-        <v>493.332</v>
+        <v>493.466</v>
       </c>
       <c r="G641">
-        <v>3153.801</v>
+        <v>3153.936</v>
       </c>
       <c r="H641">
         <v>1.289</v>
       </c>
       <c r="I641">
         <v>44.346</v>
       </c>
       <c r="J641">
         <v>151.476</v>
       </c>
       <c r="K641">
         <v>291.394</v>
       </c>
       <c r="L641">
-        <v>12.649</v>
+        <v>12.702</v>
       </c>
       <c r="M641">
         <v>1007.662</v>
       </c>
       <c r="N641">
-        <v>5539.586</v>
+        <v>5546.809</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>462.769</v>
       </c>
       <c r="C642">
-        <v>549.337</v>
+        <v>556.537</v>
       </c>
       <c r="D642">
-        <v>304.041</v>
+        <v>304.095</v>
       </c>
       <c r="E642">
         <v>269.233</v>
       </c>
       <c r="F642">
-        <v>573.274</v>
+        <v>573.328</v>
       </c>
       <c r="G642">
-        <v>3390.897</v>
+        <v>3390.951</v>
       </c>
       <c r="H642">
         <v>1.386</v>
       </c>
       <c r="I642">
         <v>40.281</v>
       </c>
       <c r="J642">
         <v>154.903</v>
       </c>
       <c r="K642">
         <v>207.169</v>
       </c>
       <c r="L642">
-        <v>18.319</v>
+        <v>18.399</v>
       </c>
       <c r="M642">
         <v>1035.105</v>
       </c>
       <c r="N642">
-        <v>5860.167</v>
+        <v>5867.501</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>486.828</v>
       </c>
       <c r="C643">
-        <v>477.833</v>
+        <v>484.928</v>
       </c>
       <c r="D643">
-        <v>380.534</v>
+        <v>380.553</v>
       </c>
       <c r="E643">
         <v>282.323</v>
       </c>
       <c r="F643">
-        <v>662.856</v>
+        <v>662.875</v>
       </c>
       <c r="G643">
-        <v>3489.064</v>
+        <v>3489.083</v>
       </c>
       <c r="H643">
         <v>0.502</v>
       </c>
       <c r="I643">
         <v>52.308</v>
       </c>
       <c r="J643">
         <v>153.039</v>
       </c>
       <c r="K643">
         <v>242.476</v>
       </c>
       <c r="L643">
-        <v>21.578</v>
+        <v>21.673</v>
       </c>
       <c r="M643">
         <v>1038.954</v>
       </c>
       <c r="N643">
-        <v>5962.583</v>
+        <v>5969.791</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>492.499</v>
       </c>
       <c r="C644">
-        <v>461.616</v>
+        <v>468.7</v>
       </c>
       <c r="D644">
-        <v>517.692</v>
+        <v>517.945</v>
       </c>
       <c r="E644">
         <v>251.419</v>
       </c>
       <c r="F644">
-        <v>769.112</v>
+        <v>769.365</v>
       </c>
       <c r="G644">
-        <v>3836.705</v>
+        <v>3836.958</v>
       </c>
       <c r="H644">
         <v>0.947</v>
       </c>
       <c r="I644">
         <v>48.191</v>
       </c>
       <c r="J644">
         <v>154.307</v>
       </c>
       <c r="K644">
         <v>176.289</v>
       </c>
       <c r="L644">
-        <v>16.265</v>
+        <v>16.336</v>
       </c>
       <c r="M644">
         <v>1039.281</v>
       </c>
       <c r="N644">
-        <v>6226.1</v>
+        <v>6233.507</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>497.694</v>
       </c>
       <c r="C645">
-        <v>571.601</v>
+        <v>578.57</v>
       </c>
       <c r="D645">
-        <v>401.352</v>
+        <v>401.175</v>
       </c>
       <c r="E645">
         <v>250.933</v>
       </c>
       <c r="F645">
-        <v>652.285</v>
+        <v>652.108</v>
       </c>
       <c r="G645">
-        <v>3532.396</v>
+        <v>3532.219</v>
       </c>
       <c r="H645">
         <v>0.048</v>
       </c>
       <c r="I645">
         <v>56.588</v>
       </c>
       <c r="J645">
         <v>150.096</v>
       </c>
       <c r="K645">
         <v>149.077</v>
       </c>
       <c r="L645">
-        <v>22.844</v>
+        <v>22.947</v>
       </c>
       <c r="M645">
         <v>1015.98</v>
       </c>
       <c r="N645">
-        <v>5996.324</v>
+        <v>6003.219</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>437.155</v>
+        <v>437.158</v>
       </c>
       <c r="C646">
-        <v>691.649</v>
+        <v>656.939</v>
       </c>
       <c r="D646">
-        <v>329.84</v>
+        <v>387.418</v>
       </c>
       <c r="E646">
         <v>224.968</v>
       </c>
       <c r="F646">
-        <v>554.808</v>
+        <v>612.386</v>
       </c>
       <c r="G646">
-        <v>3459.205</v>
+        <v>3490.264</v>
       </c>
       <c r="H646">
-        <v>-3.881</v>
+        <v>0.463</v>
       </c>
       <c r="I646">
-        <v>54.763</v>
+        <v>46.276</v>
       </c>
       <c r="J646">
-        <v>150.695</v>
+        <v>148.659</v>
       </c>
       <c r="K646">
-        <v>114.231</v>
+        <v>168.255</v>
       </c>
       <c r="L646">
-        <v>18.448</v>
+        <v>19.365</v>
       </c>
       <c r="M646">
-        <v>927.206</v>
+        <v>914.167</v>
       </c>
       <c r="N646">
-        <v>5849.471</v>
+        <v>5881.548</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>334.598</v>
+      </c>
+      <c r="C647">
+        <v>529.4</v>
+      </c>
+      <c r="D647">
+        <v>185.085</v>
+      </c>
+      <c r="E647">
+        <v>254.333</v>
+      </c>
+      <c r="F647">
+        <v>439.418</v>
+      </c>
+      <c r="G647">
+        <v>3318.96</v>
+      </c>
+      <c r="H647">
+        <v>3.037</v>
+      </c>
+      <c r="I647">
+        <v>49.295</v>
+      </c>
+      <c r="J647">
+        <v>145.173</v>
+      </c>
+      <c r="K647">
+        <v>98.647</v>
+      </c>
+      <c r="L647">
+        <v>21.886</v>
+      </c>
+      <c r="M647">
+        <v>943.505</v>
+      </c>
+      <c r="N647">
+        <v>5444.5</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>