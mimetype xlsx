--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 3.7a Petroleum Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Kerosene Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Commercial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23871,765 +23871,803 @@
       </c>
       <c r="G624">
         <v>186.43</v>
       </c>
       <c r="H624">
         <v>2.012</v>
       </c>
       <c r="I624">
         <v>206.212</v>
       </c>
       <c r="J624">
         <v>0.229</v>
       </c>
       <c r="K624">
         <v>1.602</v>
       </c>
       <c r="L624">
         <v>606.646</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>353.591</v>
+        <v>353.787</v>
       </c>
       <c r="C625">
         <v>717.853</v>
       </c>
       <c r="D625">
         <v>10.833</v>
       </c>
       <c r="E625">
-        <v>1082.277</v>
+        <v>1082.474</v>
       </c>
       <c r="F625">
-        <v>244.985</v>
+        <v>245.122</v>
       </c>
       <c r="G625">
         <v>234.707</v>
       </c>
       <c r="H625">
         <v>1.647</v>
       </c>
       <c r="I625">
         <v>194.36</v>
       </c>
       <c r="J625">
         <v>0.245</v>
       </c>
       <c r="K625">
-        <v>2.081</v>
+        <v>2.084</v>
       </c>
       <c r="L625">
-        <v>678.026</v>
+        <v>678.165</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>427.429</v>
+        <v>427.667</v>
       </c>
       <c r="C626">
         <v>557.609</v>
       </c>
       <c r="D626">
         <v>5.803</v>
       </c>
       <c r="E626">
-        <v>990.841</v>
+        <v>991.079</v>
       </c>
       <c r="F626">
-        <v>296.144</v>
+        <v>296.309</v>
       </c>
       <c r="G626">
         <v>191.476</v>
       </c>
       <c r="H626">
         <v>0.882</v>
       </c>
       <c r="I626">
         <v>203.007</v>
       </c>
       <c r="J626">
         <v>0.116</v>
       </c>
       <c r="K626">
-        <v>2.516</v>
+        <v>2.519</v>
       </c>
       <c r="L626">
-        <v>694.14</v>
+        <v>694.308</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>286.997</v>
+        <v>287.156</v>
       </c>
       <c r="C627">
         <v>468.029</v>
       </c>
       <c r="D627">
         <v>5.662</v>
       </c>
       <c r="E627">
-        <v>760.688</v>
+        <v>760.847</v>
       </c>
       <c r="F627">
-        <v>198.846</v>
+        <v>198.956</v>
       </c>
       <c r="G627">
         <v>167.308</v>
       </c>
       <c r="H627">
         <v>0.861</v>
       </c>
       <c r="I627">
         <v>209.522</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
-        <v>1.689</v>
+        <v>1.692</v>
       </c>
       <c r="L627">
-        <v>578.225</v>
+        <v>578.338</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>192.45</v>
+        <v>192.557</v>
       </c>
       <c r="C628">
         <v>326.574</v>
       </c>
       <c r="D628">
         <v>8.617</v>
       </c>
       <c r="E628">
-        <v>527.641</v>
+        <v>527.748</v>
       </c>
       <c r="F628">
-        <v>133.339</v>
+        <v>133.413</v>
       </c>
       <c r="G628">
         <v>129.146</v>
       </c>
       <c r="H628">
         <v>1.31</v>
       </c>
       <c r="I628">
         <v>207.932</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
-        <v>1.133</v>
+        <v>1.134</v>
       </c>
       <c r="L628">
-        <v>472.86</v>
+        <v>472.935</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>161.135</v>
+        <v>161.225</v>
       </c>
       <c r="C629">
         <v>200.632</v>
       </c>
       <c r="D629">
         <v>8.441</v>
       </c>
       <c r="E629">
-        <v>370.208</v>
+        <v>370.297</v>
       </c>
       <c r="F629">
-        <v>111.642</v>
+        <v>111.705</v>
       </c>
       <c r="G629">
         <v>95.168</v>
       </c>
       <c r="H629">
         <v>1.283</v>
       </c>
       <c r="I629">
         <v>220.163</v>
       </c>
       <c r="J629">
         <v>0.198</v>
       </c>
       <c r="K629">
-        <v>0.948</v>
+        <v>0.95</v>
       </c>
       <c r="L629">
-        <v>429.403</v>
+        <v>429.466</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>141.679</v>
+        <v>141.758</v>
       </c>
       <c r="C630">
         <v>134.173</v>
       </c>
       <c r="D630">
         <v>6.173</v>
       </c>
       <c r="E630">
-        <v>282.025</v>
+        <v>282.103</v>
       </c>
       <c r="F630">
-        <v>98.162</v>
+        <v>98.217</v>
       </c>
       <c r="G630">
         <v>77.238</v>
       </c>
       <c r="H630">
         <v>0.938</v>
       </c>
       <c r="I630">
         <v>215.672</v>
       </c>
       <c r="J630">
         <v>0.219</v>
       </c>
       <c r="K630">
-        <v>0.834</v>
+        <v>0.835</v>
       </c>
       <c r="L630">
-        <v>393.063</v>
+        <v>393.119</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>95.174</v>
+        <v>95.227</v>
       </c>
       <c r="C631">
         <v>122.634</v>
       </c>
       <c r="D631">
         <v>1.176</v>
       </c>
       <c r="E631">
-        <v>218.985</v>
+        <v>219.037</v>
       </c>
       <c r="F631">
-        <v>65.941</v>
+        <v>65.978</v>
       </c>
       <c r="G631">
         <v>74.125</v>
       </c>
       <c r="H631">
         <v>0.179</v>
       </c>
       <c r="I631">
         <v>218.444</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
-        <v>0.56</v>
+        <v>0.561</v>
       </c>
       <c r="L631">
-        <v>359.25</v>
+        <v>359.287</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>81.687</v>
+        <v>81.732</v>
       </c>
       <c r="C632">
         <v>126.216</v>
       </c>
       <c r="D632">
         <v>0.006</v>
       </c>
       <c r="E632">
-        <v>207.909</v>
+        <v>207.954</v>
       </c>
       <c r="F632">
-        <v>56.597</v>
+        <v>56.628</v>
       </c>
       <c r="G632">
         <v>75.091</v>
       </c>
       <c r="H632">
         <v>0.001</v>
       </c>
       <c r="I632">
         <v>217.026</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0.481</v>
       </c>
       <c r="L632">
-        <v>349.196</v>
+        <v>349.228</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>143.191</v>
+        <v>143.271</v>
       </c>
       <c r="C633">
         <v>146.993</v>
       </c>
       <c r="D633">
         <v>0.006</v>
       </c>
       <c r="E633">
-        <v>290.19</v>
+        <v>290.27</v>
       </c>
       <c r="F633">
-        <v>99.21</v>
+        <v>99.265</v>
       </c>
       <c r="G633">
         <v>80.697</v>
       </c>
       <c r="H633">
         <v>0.001</v>
       </c>
       <c r="I633">
         <v>210.607</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
-        <v>0.843</v>
+        <v>0.844</v>
       </c>
       <c r="L633">
-        <v>391.357</v>
+        <v>391.414</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>187.543</v>
+        <v>187.647</v>
       </c>
       <c r="C634">
         <v>252.385</v>
       </c>
       <c r="D634">
         <v>0.825</v>
       </c>
       <c r="E634">
-        <v>440.753</v>
+        <v>440.857</v>
       </c>
       <c r="F634">
-        <v>129.939</v>
+        <v>130.011</v>
       </c>
       <c r="G634">
         <v>109.13</v>
       </c>
       <c r="H634">
         <v>0.125</v>
       </c>
       <c r="I634">
         <v>212.635</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
-        <v>1.104</v>
+        <v>1.105</v>
       </c>
       <c r="L634">
-        <v>452.933</v>
+        <v>453.007</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>220.517</v>
+        <v>220.639</v>
       </c>
       <c r="C635">
         <v>436.103</v>
       </c>
       <c r="D635">
         <v>6.736</v>
       </c>
       <c r="E635">
-        <v>663.356</v>
+        <v>663.479</v>
       </c>
       <c r="F635">
-        <v>152.785</v>
+        <v>152.87</v>
       </c>
       <c r="G635">
         <v>158.695</v>
       </c>
       <c r="H635">
         <v>1.024</v>
       </c>
       <c r="I635">
         <v>207.066</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
-        <v>1.298</v>
+        <v>1.3</v>
       </c>
       <c r="L635">
-        <v>520.868</v>
+        <v>520.955</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>294.191</v>
+        <v>294.354</v>
       </c>
       <c r="C636">
         <v>621.453</v>
       </c>
       <c r="D636">
         <v>8.592</v>
       </c>
       <c r="E636">
-        <v>924.236</v>
+        <v>924.399</v>
       </c>
       <c r="F636">
-        <v>203.83</v>
+        <v>203.943</v>
       </c>
       <c r="G636">
         <v>208.7</v>
       </c>
       <c r="H636">
         <v>1.306</v>
       </c>
       <c r="I636">
         <v>205.666</v>
       </c>
       <c r="J636">
         <v>0.222</v>
       </c>
       <c r="K636">
-        <v>1.732</v>
+        <v>1.734</v>
       </c>
       <c r="L636">
-        <v>621.456</v>
+        <v>621.571</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>377.355</v>
+        <v>377.565</v>
       </c>
       <c r="C637">
         <v>794.031</v>
       </c>
       <c r="D637">
         <v>17.656</v>
       </c>
       <c r="E637">
-        <v>1189.042</v>
+        <v>1189.251</v>
       </c>
       <c r="F637">
-        <v>261.45</v>
+        <v>261.596</v>
       </c>
       <c r="G637">
         <v>255.372</v>
       </c>
       <c r="H637">
         <v>2.684</v>
       </c>
       <c r="I637">
         <v>198.871</v>
       </c>
       <c r="J637">
         <v>0.378</v>
       </c>
       <c r="K637">
-        <v>2.221</v>
+        <v>2.224</v>
       </c>
       <c r="L637">
-        <v>720.976</v>
+        <v>721.124</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>472.447</v>
+        <v>472.71</v>
       </c>
       <c r="C638">
         <v>661.474</v>
       </c>
       <c r="D638">
         <v>17.936</v>
       </c>
       <c r="E638">
-        <v>1151.857</v>
+        <v>1152.12</v>
       </c>
       <c r="F638">
-        <v>327.335</v>
+        <v>327.517</v>
       </c>
       <c r="G638">
         <v>219.61</v>
       </c>
       <c r="H638">
         <v>2.726</v>
       </c>
       <c r="I638">
         <v>203.529</v>
       </c>
       <c r="J638">
         <v>0.323</v>
       </c>
       <c r="K638">
-        <v>2.781</v>
+        <v>2.785</v>
       </c>
       <c r="L638">
-        <v>756.303</v>
+        <v>756.489</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>306.285</v>
+        <v>306.455</v>
       </c>
       <c r="C639">
         <v>454.762</v>
       </c>
       <c r="D639">
         <v>11.371</v>
       </c>
       <c r="E639">
-        <v>772.418</v>
+        <v>772.588</v>
       </c>
       <c r="F639">
-        <v>212.21</v>
+        <v>212.328</v>
       </c>
       <c r="G639">
         <v>163.841</v>
       </c>
       <c r="H639">
         <v>1.728</v>
       </c>
       <c r="I639">
         <v>205.478</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
-        <v>1.803</v>
+        <v>1.805</v>
       </c>
       <c r="L639">
-        <v>585.06</v>
+        <v>585.18</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>205.385</v>
+        <v>205.499</v>
       </c>
       <c r="C640">
         <v>325.503</v>
       </c>
       <c r="D640">
         <v>4.504</v>
       </c>
       <c r="E640">
-        <v>535.393</v>
+        <v>535.507</v>
       </c>
       <c r="F640">
-        <v>142.301</v>
+        <v>142.38</v>
       </c>
       <c r="G640">
         <v>128.969</v>
       </c>
       <c r="H640">
         <v>0.685</v>
       </c>
       <c r="I640">
         <v>208.883</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
-        <v>1.209</v>
+        <v>1.211</v>
       </c>
       <c r="L640">
-        <v>482.046</v>
+        <v>482.127</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>171.965</v>
+        <v>172.06</v>
       </c>
       <c r="C641">
         <v>217.22</v>
       </c>
       <c r="D641">
         <v>4.482</v>
       </c>
       <c r="E641">
-        <v>393.667</v>
+        <v>393.762</v>
       </c>
       <c r="F641">
-        <v>119.146</v>
+        <v>119.212</v>
       </c>
       <c r="G641">
         <v>99.756</v>
       </c>
       <c r="H641">
         <v>0.681</v>
       </c>
       <c r="I641">
         <v>212.326</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
-        <v>1.012</v>
+        <v>1.014</v>
       </c>
       <c r="L641">
-        <v>432.921</v>
+        <v>432.988</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>151.201</v>
+        <v>151.285</v>
       </c>
       <c r="C642">
         <v>134.676</v>
       </c>
       <c r="D642">
         <v>4.82</v>
       </c>
       <c r="E642">
-        <v>290.698</v>
+        <v>290.782</v>
       </c>
       <c r="F642">
-        <v>104.76</v>
+        <v>104.818</v>
       </c>
       <c r="G642">
         <v>77.486</v>
       </c>
       <c r="H642">
         <v>0.733</v>
       </c>
       <c r="I642">
         <v>217.13</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
-        <v>0.89</v>
+        <v>0.891</v>
       </c>
       <c r="L642">
-        <v>400.999</v>
+        <v>401.058</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>101.571</v>
+        <v>101.627</v>
       </c>
       <c r="C643">
         <v>123.058</v>
       </c>
       <c r="D643">
         <v>1.746</v>
       </c>
       <c r="E643">
-        <v>226.375</v>
+        <v>226.431</v>
       </c>
       <c r="F643">
-        <v>70.373</v>
+        <v>70.412</v>
       </c>
       <c r="G643">
         <v>74.352</v>
       </c>
       <c r="H643">
         <v>0.265</v>
       </c>
       <c r="I643">
         <v>214.517</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
-        <v>0.598</v>
+        <v>0.599</v>
       </c>
       <c r="L643">
-        <v>360.106</v>
+        <v>360.146</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>87.225</v>
+      </c>
+      <c r="C644">
+        <v>127.657</v>
+      </c>
+      <c r="D644">
+        <v>-0.002</v>
+      </c>
+      <c r="E644">
+        <v>214.88</v>
+      </c>
+      <c r="F644">
+        <v>60.434</v>
+      </c>
+      <c r="G644">
+        <v>75.593</v>
+      </c>
+      <c r="H644">
+        <v>0</v>
+      </c>
+      <c r="I644">
+        <v>215.966</v>
+      </c>
+      <c r="J644">
+        <v>0</v>
+      </c>
+      <c r="K644">
+        <v>0.514</v>
+      </c>
+      <c r="L644">
+        <v>352.506</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27594,81 +27632,81 @@
       </c>
       <c r="G87">
         <v>131.33</v>
       </c>
       <c r="H87">
         <v>1.116</v>
       </c>
       <c r="I87">
         <v>209.707</v>
       </c>
       <c r="J87">
         <v>0.052</v>
       </c>
       <c r="K87">
         <v>1.173</v>
       </c>
       <c r="L87">
         <v>497.213</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>214.755</v>
+        <v>214.875</v>
       </c>
       <c r="C88">
         <v>342.271</v>
       </c>
       <c r="D88">
         <v>5.235</v>
       </c>
       <c r="E88">
-        <v>562.261</v>
+        <v>562.38</v>
       </c>
       <c r="F88">
-        <v>148.793</v>
+        <v>148.876</v>
       </c>
       <c r="G88">
         <v>133.38</v>
       </c>
       <c r="H88">
         <v>0.796</v>
       </c>
       <c r="I88">
         <v>210.213</v>
       </c>
       <c r="J88">
         <v>0.083</v>
       </c>
       <c r="K88">
-        <v>1.264</v>
+        <v>1.266</v>
       </c>
       <c r="L88">
-        <v>494.529</v>
+        <v>494.614</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>