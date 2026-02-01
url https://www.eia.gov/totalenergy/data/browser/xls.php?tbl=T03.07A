--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.7a Petroleum Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Kerosene Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Commercial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23874,800 +23874,876 @@
       </c>
       <c r="H624">
         <v>2.012</v>
       </c>
       <c r="I624">
         <v>206.212</v>
       </c>
       <c r="J624">
         <v>0.229</v>
       </c>
       <c r="K624">
         <v>1.602</v>
       </c>
       <c r="L624">
         <v>606.646</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>353.787</v>
       </c>
       <c r="C625">
-        <v>717.853</v>
+        <v>717.687</v>
       </c>
       <c r="D625">
-        <v>10.833</v>
+        <v>11.482</v>
       </c>
       <c r="E625">
-        <v>1082.474</v>
+        <v>1082.956</v>
       </c>
       <c r="F625">
         <v>245.122</v>
       </c>
       <c r="G625">
-        <v>234.707</v>
+        <v>234.663</v>
       </c>
       <c r="H625">
-        <v>1.647</v>
+        <v>1.744</v>
       </c>
       <c r="I625">
         <v>194.36</v>
       </c>
       <c r="J625">
         <v>0.245</v>
       </c>
       <c r="K625">
         <v>2.084</v>
       </c>
       <c r="L625">
-        <v>678.165</v>
+        <v>678.217</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>427.667</v>
       </c>
       <c r="C626">
-        <v>557.609</v>
+        <v>557.912</v>
       </c>
       <c r="D626">
-        <v>5.803</v>
+        <v>6.15</v>
       </c>
       <c r="E626">
-        <v>991.079</v>
+        <v>991.729</v>
       </c>
       <c r="F626">
         <v>296.309</v>
       </c>
       <c r="G626">
-        <v>191.476</v>
+        <v>191.557</v>
       </c>
       <c r="H626">
-        <v>0.882</v>
+        <v>0.934</v>
       </c>
       <c r="I626">
         <v>203.007</v>
       </c>
       <c r="J626">
         <v>0.116</v>
       </c>
       <c r="K626">
         <v>2.519</v>
       </c>
       <c r="L626">
-        <v>694.308</v>
+        <v>694.442</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>287.156</v>
       </c>
       <c r="C627">
-        <v>468.029</v>
+        <v>467.867</v>
       </c>
       <c r="D627">
-        <v>5.662</v>
+        <v>6.001</v>
       </c>
       <c r="E627">
-        <v>760.847</v>
+        <v>761.024</v>
       </c>
       <c r="F627">
         <v>198.956</v>
       </c>
       <c r="G627">
-        <v>167.308</v>
+        <v>167.264</v>
       </c>
       <c r="H627">
-        <v>0.861</v>
+        <v>0.911</v>
       </c>
       <c r="I627">
         <v>209.522</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
         <v>1.692</v>
       </c>
       <c r="L627">
-        <v>578.338</v>
+        <v>578.345</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>192.557</v>
       </c>
       <c r="C628">
-        <v>326.574</v>
+        <v>326.752</v>
       </c>
       <c r="D628">
-        <v>8.617</v>
+        <v>9.132</v>
       </c>
       <c r="E628">
-        <v>527.748</v>
+        <v>528.442</v>
       </c>
       <c r="F628">
         <v>133.413</v>
       </c>
       <c r="G628">
-        <v>129.146</v>
+        <v>129.194</v>
       </c>
       <c r="H628">
-        <v>1.31</v>
+        <v>1.387</v>
       </c>
       <c r="I628">
         <v>207.932</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
         <v>1.134</v>
       </c>
       <c r="L628">
-        <v>472.935</v>
+        <v>473.061</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>161.225</v>
       </c>
       <c r="C629">
-        <v>200.632</v>
+        <v>200.783</v>
       </c>
       <c r="D629">
-        <v>8.441</v>
+        <v>8.946</v>
       </c>
       <c r="E629">
-        <v>370.297</v>
+        <v>370.953</v>
       </c>
       <c r="F629">
         <v>111.705</v>
       </c>
       <c r="G629">
-        <v>95.168</v>
+        <v>95.209</v>
       </c>
       <c r="H629">
-        <v>1.283</v>
+        <v>1.359</v>
       </c>
       <c r="I629">
         <v>220.163</v>
       </c>
       <c r="J629">
         <v>0.198</v>
       </c>
       <c r="K629">
         <v>0.95</v>
       </c>
       <c r="L629">
-        <v>429.466</v>
+        <v>429.583</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>141.758</v>
       </c>
       <c r="C630">
-        <v>134.173</v>
+        <v>134.256</v>
       </c>
       <c r="D630">
-        <v>6.173</v>
+        <v>6.542</v>
       </c>
       <c r="E630">
-        <v>282.103</v>
+        <v>282.556</v>
       </c>
       <c r="F630">
         <v>98.217</v>
       </c>
       <c r="G630">
-        <v>77.238</v>
+        <v>77.261</v>
       </c>
       <c r="H630">
-        <v>0.938</v>
+        <v>0.994</v>
       </c>
       <c r="I630">
         <v>215.672</v>
       </c>
       <c r="J630">
         <v>0.219</v>
       </c>
       <c r="K630">
         <v>0.835</v>
       </c>
       <c r="L630">
-        <v>393.119</v>
+        <v>393.196</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>95.227</v>
       </c>
       <c r="C631">
-        <v>122.634</v>
+        <v>122.664</v>
       </c>
       <c r="D631">
-        <v>1.176</v>
+        <v>1.247</v>
       </c>
       <c r="E631">
-        <v>219.037</v>
+        <v>219.138</v>
       </c>
       <c r="F631">
         <v>65.978</v>
       </c>
       <c r="G631">
-        <v>74.125</v>
+        <v>74.133</v>
       </c>
       <c r="H631">
-        <v>0.179</v>
+        <v>0.189</v>
       </c>
       <c r="I631">
         <v>218.444</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
         <v>0.561</v>
       </c>
       <c r="L631">
-        <v>359.287</v>
+        <v>359.306</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>81.732</v>
       </c>
       <c r="C632">
-        <v>126.216</v>
+        <v>126.264</v>
       </c>
       <c r="D632">
         <v>0.006</v>
       </c>
       <c r="E632">
-        <v>207.954</v>
+        <v>208.003</v>
       </c>
       <c r="F632">
         <v>56.628</v>
       </c>
       <c r="G632">
-        <v>75.091</v>
+        <v>75.105</v>
       </c>
       <c r="H632">
         <v>0.001</v>
       </c>
       <c r="I632">
         <v>217.026</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0.481</v>
       </c>
       <c r="L632">
-        <v>349.228</v>
+        <v>349.241</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>143.271</v>
       </c>
       <c r="C633">
-        <v>146.993</v>
+        <v>147.172</v>
       </c>
       <c r="D633">
         <v>0.006</v>
       </c>
       <c r="E633">
-        <v>290.27</v>
+        <v>290.449</v>
       </c>
       <c r="F633">
         <v>99.265</v>
       </c>
       <c r="G633">
-        <v>80.697</v>
+        <v>80.745</v>
       </c>
       <c r="H633">
         <v>0.001</v>
       </c>
       <c r="I633">
         <v>210.607</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
         <v>0.844</v>
       </c>
       <c r="L633">
-        <v>391.414</v>
+        <v>391.462</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>187.647</v>
       </c>
       <c r="C634">
-        <v>252.385</v>
+        <v>252.449</v>
       </c>
       <c r="D634">
-        <v>0.825</v>
+        <v>0.874</v>
       </c>
       <c r="E634">
-        <v>440.857</v>
+        <v>440.97</v>
       </c>
       <c r="F634">
         <v>130.011</v>
       </c>
       <c r="G634">
-        <v>109.13</v>
+        <v>109.147</v>
       </c>
       <c r="H634">
-        <v>0.125</v>
+        <v>0.133</v>
       </c>
       <c r="I634">
         <v>212.635</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>1.105</v>
       </c>
       <c r="L634">
-        <v>453.007</v>
+        <v>453.032</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>220.639</v>
       </c>
       <c r="C635">
-        <v>436.103</v>
+        <v>435.794</v>
       </c>
       <c r="D635">
-        <v>6.736</v>
+        <v>7.14</v>
       </c>
       <c r="E635">
-        <v>663.479</v>
+        <v>663.573</v>
       </c>
       <c r="F635">
         <v>152.87</v>
       </c>
       <c r="G635">
-        <v>158.695</v>
+        <v>158.612</v>
       </c>
       <c r="H635">
-        <v>1.024</v>
+        <v>1.084</v>
       </c>
       <c r="I635">
         <v>207.066</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
         <v>1.3</v>
       </c>
       <c r="L635">
-        <v>520.955</v>
+        <v>520.932</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>294.354</v>
       </c>
       <c r="C636">
-        <v>621.453</v>
+        <v>621.079</v>
       </c>
       <c r="D636">
-        <v>8.592</v>
+        <v>9.106</v>
       </c>
       <c r="E636">
-        <v>924.399</v>
+        <v>924.539</v>
       </c>
       <c r="F636">
         <v>203.943</v>
       </c>
       <c r="G636">
-        <v>208.7</v>
+        <v>208.599</v>
       </c>
       <c r="H636">
-        <v>1.306</v>
+        <v>1.383</v>
       </c>
       <c r="I636">
         <v>205.666</v>
       </c>
       <c r="J636">
         <v>0.222</v>
       </c>
       <c r="K636">
         <v>1.734</v>
       </c>
       <c r="L636">
-        <v>621.571</v>
+        <v>621.548</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>377.565</v>
+        <v>362.928</v>
       </c>
       <c r="C637">
-        <v>794.031</v>
+        <v>794.004</v>
       </c>
       <c r="D637">
         <v>17.656</v>
       </c>
       <c r="E637">
-        <v>1189.251</v>
+        <v>1174.588</v>
       </c>
       <c r="F637">
-        <v>261.596</v>
+        <v>251.454</v>
       </c>
       <c r="G637">
-        <v>255.372</v>
+        <v>255.364</v>
       </c>
       <c r="H637">
         <v>2.684</v>
       </c>
       <c r="I637">
         <v>198.871</v>
       </c>
       <c r="J637">
         <v>0.378</v>
       </c>
       <c r="K637">
-        <v>2.224</v>
+        <v>2.213</v>
       </c>
       <c r="L637">
-        <v>721.124</v>
+        <v>710.965</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>472.71</v>
+        <v>454.384</v>
       </c>
       <c r="C638">
-        <v>661.474</v>
+        <v>660.844</v>
       </c>
       <c r="D638">
         <v>17.936</v>
       </c>
       <c r="E638">
-        <v>1152.12</v>
+        <v>1133.164</v>
       </c>
       <c r="F638">
-        <v>327.517</v>
+        <v>314.82</v>
       </c>
       <c r="G638">
-        <v>219.61</v>
+        <v>219.44</v>
       </c>
       <c r="H638">
         <v>2.726</v>
       </c>
       <c r="I638">
         <v>203.529</v>
       </c>
       <c r="J638">
         <v>0.323</v>
       </c>
       <c r="K638">
-        <v>2.785</v>
+        <v>2.771</v>
       </c>
       <c r="L638">
-        <v>756.489</v>
+        <v>743.608</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>306.455</v>
+        <v>294.575</v>
       </c>
       <c r="C639">
-        <v>454.762</v>
+        <v>454.694</v>
       </c>
       <c r="D639">
         <v>11.371</v>
       </c>
       <c r="E639">
-        <v>772.588</v>
+        <v>760.639</v>
       </c>
       <c r="F639">
-        <v>212.328</v>
+        <v>204.096</v>
       </c>
       <c r="G639">
-        <v>163.841</v>
+        <v>163.823</v>
       </c>
       <c r="H639">
         <v>1.728</v>
       </c>
       <c r="I639">
         <v>205.478</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
-        <v>1.805</v>
+        <v>1.796</v>
       </c>
       <c r="L639">
-        <v>585.18</v>
+        <v>576.921</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>205.499</v>
+        <v>197.532</v>
       </c>
       <c r="C640">
-        <v>325.503</v>
+        <v>325.279</v>
       </c>
       <c r="D640">
         <v>4.504</v>
       </c>
       <c r="E640">
-        <v>535.507</v>
+        <v>527.316</v>
       </c>
       <c r="F640">
-        <v>142.38</v>
+        <v>136.86</v>
       </c>
       <c r="G640">
-        <v>128.969</v>
+        <v>128.909</v>
       </c>
       <c r="H640">
         <v>0.685</v>
       </c>
       <c r="I640">
         <v>208.883</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
-        <v>1.211</v>
+        <v>1.204</v>
       </c>
       <c r="L640">
-        <v>482.127</v>
+        <v>476.541</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>172.06</v>
+        <v>165.39</v>
       </c>
       <c r="C641">
-        <v>217.22</v>
+        <v>216.991</v>
       </c>
       <c r="D641">
         <v>4.482</v>
       </c>
       <c r="E641">
-        <v>393.762</v>
+        <v>386.863</v>
       </c>
       <c r="F641">
-        <v>119.212</v>
+        <v>114.59</v>
       </c>
       <c r="G641">
-        <v>99.756</v>
+        <v>99.694</v>
       </c>
       <c r="H641">
         <v>0.681</v>
       </c>
       <c r="I641">
         <v>212.326</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
-        <v>1.014</v>
+        <v>1.008</v>
       </c>
       <c r="L641">
-        <v>432.988</v>
+        <v>428.3</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>151.285</v>
+        <v>145.42</v>
       </c>
       <c r="C642">
-        <v>134.676</v>
+        <v>134.675</v>
       </c>
       <c r="D642">
         <v>4.82</v>
       </c>
       <c r="E642">
-        <v>290.782</v>
+        <v>284.916</v>
       </c>
       <c r="F642">
-        <v>104.818</v>
+        <v>100.754</v>
       </c>
       <c r="G642">
         <v>77.486</v>
       </c>
       <c r="H642">
         <v>0.733</v>
       </c>
       <c r="I642">
         <v>217.13</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
-        <v>0.891</v>
+        <v>0.887</v>
       </c>
       <c r="L642">
-        <v>401.058</v>
+        <v>396.99</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>101.627</v>
+        <v>97.687</v>
       </c>
       <c r="C643">
-        <v>123.058</v>
+        <v>123.055</v>
       </c>
       <c r="D643">
         <v>1.746</v>
       </c>
       <c r="E643">
-        <v>226.431</v>
+        <v>222.488</v>
       </c>
       <c r="F643">
-        <v>70.412</v>
+        <v>67.683</v>
       </c>
       <c r="G643">
-        <v>74.352</v>
+        <v>74.351</v>
       </c>
       <c r="H643">
         <v>0.265</v>
       </c>
       <c r="I643">
         <v>214.517</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
-        <v>0.599</v>
+        <v>0.596</v>
       </c>
       <c r="L643">
-        <v>360.146</v>
+        <v>357.412</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>87.225</v>
+        <v>83.844</v>
       </c>
       <c r="C644">
-        <v>127.657</v>
+        <v>127.757</v>
       </c>
       <c r="D644">
-        <v>-0.002</v>
+        <v>3.293</v>
       </c>
       <c r="E644">
-        <v>214.88</v>
+        <v>214.894</v>
       </c>
       <c r="F644">
-        <v>60.434</v>
+        <v>58.091</v>
       </c>
       <c r="G644">
-        <v>75.593</v>
+        <v>75.62</v>
       </c>
       <c r="H644">
-        <v>0</v>
+        <v>0.501</v>
       </c>
       <c r="I644">
-        <v>215.966</v>
+        <v>216.294</v>
       </c>
       <c r="J644">
         <v>0</v>
       </c>
       <c r="K644">
-        <v>0.514</v>
+        <v>0.511</v>
       </c>
       <c r="L644">
-        <v>352.506</v>
+        <v>351.017</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>146.972</v>
+      </c>
+      <c r="C645">
+        <v>149.23</v>
+      </c>
+      <c r="D645">
+        <v>0.166</v>
+      </c>
+      <c r="E645">
+        <v>296.368</v>
+      </c>
+      <c r="F645">
+        <v>101.83</v>
+      </c>
+      <c r="G645">
+        <v>81.413</v>
+      </c>
+      <c r="H645">
+        <v>0.025</v>
+      </c>
+      <c r="I645">
+        <v>210.393</v>
+      </c>
+      <c r="J645">
+        <v>0</v>
+      </c>
+      <c r="K645">
+        <v>0.896</v>
+      </c>
+      <c r="L645">
+        <v>394.556</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>192.495</v>
+      </c>
+      <c r="C646">
+        <v>273.111</v>
+      </c>
+      <c r="D646">
+        <v>-13.5</v>
+      </c>
+      <c r="E646">
+        <v>452.106</v>
+      </c>
+      <c r="F646">
+        <v>133.37</v>
+      </c>
+      <c r="G646">
+        <v>114.834</v>
+      </c>
+      <c r="H646">
+        <v>-2.052</v>
+      </c>
+      <c r="I646">
+        <v>211.232</v>
+      </c>
+      <c r="J646">
+        <v>0</v>
+      </c>
+      <c r="K646">
+        <v>1.174</v>
+      </c>
+      <c r="L646">
+        <v>458.558</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -27638,75 +27714,75 @@
       </c>
       <c r="I87">
         <v>209.707</v>
       </c>
       <c r="J87">
         <v>0.052</v>
       </c>
       <c r="K87">
         <v>1.173</v>
       </c>
       <c r="L87">
         <v>497.213</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>214.875</v>
       </c>
       <c r="C88">
         <v>342.271</v>
       </c>
       <c r="D88">
-        <v>5.235</v>
+        <v>5.548</v>
       </c>
       <c r="E88">
-        <v>562.38</v>
+        <v>562.693</v>
       </c>
       <c r="F88">
         <v>148.876</v>
       </c>
       <c r="G88">
         <v>133.38</v>
       </c>
       <c r="H88">
-        <v>0.796</v>
+        <v>0.843</v>
       </c>
       <c r="I88">
         <v>210.213</v>
       </c>
       <c r="J88">
         <v>0.083</v>
       </c>
       <c r="K88">
         <v>1.266</v>
       </c>
       <c r="L88">
-        <v>494.614</v>
+        <v>494.661</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>