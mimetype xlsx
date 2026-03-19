--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.7a Petroleum Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Kerosene Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Petroleum Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Propane Consumed by the Commercial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23874,876 +23874,914 @@
       </c>
       <c r="H624">
         <v>2.012</v>
       </c>
       <c r="I624">
         <v>206.212</v>
       </c>
       <c r="J624">
         <v>0.229</v>
       </c>
       <c r="K624">
         <v>1.602</v>
       </c>
       <c r="L624">
         <v>606.646</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>353.787</v>
       </c>
       <c r="C625">
-        <v>717.687</v>
+        <v>718.024</v>
       </c>
       <c r="D625">
         <v>11.482</v>
       </c>
       <c r="E625">
-        <v>1082.956</v>
+        <v>1083.293</v>
       </c>
       <c r="F625">
         <v>245.122</v>
       </c>
       <c r="G625">
-        <v>234.663</v>
+        <v>234.754</v>
       </c>
       <c r="H625">
         <v>1.744</v>
       </c>
       <c r="I625">
         <v>194.36</v>
       </c>
       <c r="J625">
         <v>0.245</v>
       </c>
       <c r="K625">
         <v>2.084</v>
       </c>
       <c r="L625">
-        <v>678.217</v>
+        <v>678.308</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>427.667</v>
       </c>
       <c r="C626">
-        <v>557.912</v>
+        <v>557.76</v>
       </c>
       <c r="D626">
         <v>6.15</v>
       </c>
       <c r="E626">
-        <v>991.729</v>
+        <v>991.577</v>
       </c>
       <c r="F626">
         <v>296.309</v>
       </c>
       <c r="G626">
-        <v>191.557</v>
+        <v>191.516</v>
       </c>
       <c r="H626">
         <v>0.934</v>
       </c>
       <c r="I626">
         <v>203.007</v>
       </c>
       <c r="J626">
         <v>0.116</v>
       </c>
       <c r="K626">
         <v>2.519</v>
       </c>
       <c r="L626">
-        <v>694.442</v>
+        <v>694.401</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>287.156</v>
       </c>
       <c r="C627">
-        <v>467.867</v>
+        <v>468.033</v>
       </c>
       <c r="D627">
         <v>6.001</v>
       </c>
       <c r="E627">
-        <v>761.024</v>
+        <v>761.19</v>
       </c>
       <c r="F627">
         <v>198.956</v>
       </c>
       <c r="G627">
-        <v>167.264</v>
+        <v>167.309</v>
       </c>
       <c r="H627">
         <v>0.911</v>
       </c>
       <c r="I627">
         <v>209.522</v>
       </c>
       <c r="J627">
         <v>0</v>
       </c>
       <c r="K627">
         <v>1.692</v>
       </c>
       <c r="L627">
-        <v>578.345</v>
+        <v>578.39</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>192.557</v>
       </c>
       <c r="C628">
-        <v>326.752</v>
+        <v>326.49</v>
       </c>
       <c r="D628">
         <v>9.132</v>
       </c>
       <c r="E628">
-        <v>528.442</v>
+        <v>528.179</v>
       </c>
       <c r="F628">
         <v>133.413</v>
       </c>
       <c r="G628">
-        <v>129.194</v>
+        <v>129.123</v>
       </c>
       <c r="H628">
         <v>1.387</v>
       </c>
       <c r="I628">
         <v>207.932</v>
       </c>
       <c r="J628">
         <v>0</v>
       </c>
       <c r="K628">
         <v>1.134</v>
       </c>
       <c r="L628">
-        <v>473.061</v>
+        <v>472.99</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>161.225</v>
       </c>
       <c r="C629">
-        <v>200.783</v>
+        <v>200.785</v>
       </c>
       <c r="D629">
         <v>8.946</v>
       </c>
       <c r="E629">
-        <v>370.953</v>
+        <v>370.956</v>
       </c>
       <c r="F629">
         <v>111.705</v>
       </c>
       <c r="G629">
         <v>95.209</v>
       </c>
       <c r="H629">
         <v>1.359</v>
       </c>
       <c r="I629">
         <v>220.163</v>
       </c>
       <c r="J629">
         <v>0.198</v>
       </c>
       <c r="K629">
         <v>0.95</v>
       </c>
       <c r="L629">
         <v>429.583</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>141.758</v>
       </c>
       <c r="C630">
-        <v>134.256</v>
+        <v>134.209</v>
       </c>
       <c r="D630">
         <v>6.542</v>
       </c>
       <c r="E630">
-        <v>282.556</v>
+        <v>282.509</v>
       </c>
       <c r="F630">
         <v>98.217</v>
       </c>
       <c r="G630">
-        <v>77.261</v>
+        <v>77.248</v>
       </c>
       <c r="H630">
         <v>0.994</v>
       </c>
       <c r="I630">
         <v>215.672</v>
       </c>
       <c r="J630">
         <v>0.219</v>
       </c>
       <c r="K630">
         <v>0.835</v>
       </c>
       <c r="L630">
-        <v>393.196</v>
+        <v>393.184</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>95.227</v>
       </c>
       <c r="C631">
-        <v>122.664</v>
+        <v>122.658</v>
       </c>
       <c r="D631">
         <v>1.247</v>
       </c>
       <c r="E631">
-        <v>219.138</v>
+        <v>219.131</v>
       </c>
       <c r="F631">
         <v>65.978</v>
       </c>
       <c r="G631">
-        <v>74.133</v>
+        <v>74.132</v>
       </c>
       <c r="H631">
         <v>0.189</v>
       </c>
       <c r="I631">
         <v>218.444</v>
       </c>
       <c r="J631">
         <v>0</v>
       </c>
       <c r="K631">
         <v>0.561</v>
       </c>
       <c r="L631">
-        <v>359.306</v>
+        <v>359.304</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>81.732</v>
       </c>
       <c r="C632">
-        <v>126.264</v>
+        <v>126.268</v>
       </c>
       <c r="D632">
         <v>0.006</v>
       </c>
       <c r="E632">
-        <v>208.003</v>
+        <v>208.006</v>
       </c>
       <c r="F632">
         <v>56.628</v>
       </c>
       <c r="G632">
-        <v>75.105</v>
+        <v>75.106</v>
       </c>
       <c r="H632">
         <v>0.001</v>
       </c>
       <c r="I632">
         <v>217.026</v>
       </c>
       <c r="J632">
         <v>0</v>
       </c>
       <c r="K632">
         <v>0.481</v>
       </c>
       <c r="L632">
-        <v>349.241</v>
+        <v>349.242</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>143.271</v>
       </c>
       <c r="C633">
-        <v>147.172</v>
+        <v>147.247</v>
       </c>
       <c r="D633">
         <v>0.006</v>
       </c>
       <c r="E633">
-        <v>290.449</v>
+        <v>290.524</v>
       </c>
       <c r="F633">
         <v>99.265</v>
       </c>
       <c r="G633">
-        <v>80.745</v>
+        <v>80.765</v>
       </c>
       <c r="H633">
         <v>0.001</v>
       </c>
       <c r="I633">
         <v>210.607</v>
       </c>
       <c r="J633">
         <v>0</v>
       </c>
       <c r="K633">
         <v>0.844</v>
       </c>
       <c r="L633">
-        <v>391.462</v>
+        <v>391.482</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>187.647</v>
       </c>
       <c r="C634">
-        <v>252.449</v>
+        <v>252.452</v>
       </c>
       <c r="D634">
         <v>0.874</v>
       </c>
       <c r="E634">
-        <v>440.97</v>
+        <v>440.973</v>
       </c>
       <c r="F634">
         <v>130.011</v>
       </c>
       <c r="G634">
-        <v>109.147</v>
+        <v>109.148</v>
       </c>
       <c r="H634">
         <v>0.133</v>
       </c>
       <c r="I634">
         <v>212.635</v>
       </c>
       <c r="J634">
         <v>0</v>
       </c>
       <c r="K634">
         <v>1.105</v>
       </c>
       <c r="L634">
         <v>453.032</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>220.639</v>
       </c>
       <c r="C635">
-        <v>435.794</v>
+        <v>436.005</v>
       </c>
       <c r="D635">
         <v>7.14</v>
       </c>
       <c r="E635">
-        <v>663.573</v>
+        <v>663.784</v>
       </c>
       <c r="F635">
         <v>152.87</v>
       </c>
       <c r="G635">
-        <v>158.612</v>
+        <v>158.669</v>
       </c>
       <c r="H635">
         <v>1.084</v>
       </c>
       <c r="I635">
         <v>207.066</v>
       </c>
       <c r="J635">
         <v>0</v>
       </c>
       <c r="K635">
         <v>1.3</v>
       </c>
       <c r="L635">
-        <v>520.932</v>
+        <v>520.989</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>294.354</v>
       </c>
       <c r="C636">
-        <v>621.079</v>
+        <v>620.738</v>
       </c>
       <c r="D636">
         <v>9.106</v>
       </c>
       <c r="E636">
-        <v>924.539</v>
+        <v>924.198</v>
       </c>
       <c r="F636">
         <v>203.943</v>
       </c>
       <c r="G636">
-        <v>208.599</v>
+        <v>208.507</v>
       </c>
       <c r="H636">
         <v>1.383</v>
       </c>
       <c r="I636">
         <v>205.666</v>
       </c>
       <c r="J636">
         <v>0.222</v>
       </c>
       <c r="K636">
         <v>1.734</v>
       </c>
       <c r="L636">
-        <v>621.548</v>
+        <v>621.456</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>362.928</v>
+        <v>361.594</v>
       </c>
       <c r="C637">
-        <v>794.004</v>
+        <v>793.705</v>
       </c>
       <c r="D637">
         <v>17.656</v>
       </c>
       <c r="E637">
-        <v>1174.588</v>
+        <v>1172.955</v>
       </c>
       <c r="F637">
-        <v>251.454</v>
+        <v>250.53</v>
       </c>
       <c r="G637">
-        <v>255.364</v>
+        <v>255.284</v>
       </c>
       <c r="H637">
         <v>2.684</v>
       </c>
       <c r="I637">
         <v>198.871</v>
       </c>
       <c r="J637">
         <v>0.378</v>
       </c>
       <c r="K637">
-        <v>2.213</v>
+        <v>2.256</v>
       </c>
       <c r="L637">
-        <v>710.965</v>
+        <v>710.003</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>454.384</v>
+        <v>452.714</v>
       </c>
       <c r="C638">
-        <v>660.844</v>
+        <v>660.936</v>
       </c>
       <c r="D638">
         <v>17.936</v>
       </c>
       <c r="E638">
-        <v>1133.164</v>
+        <v>1131.587</v>
       </c>
       <c r="F638">
-        <v>314.82</v>
+        <v>313.663</v>
       </c>
       <c r="G638">
-        <v>219.44</v>
+        <v>219.465</v>
       </c>
       <c r="H638">
         <v>2.726</v>
       </c>
       <c r="I638">
         <v>203.529</v>
       </c>
       <c r="J638">
         <v>0.323</v>
       </c>
       <c r="K638">
-        <v>2.771</v>
+        <v>2.824</v>
       </c>
       <c r="L638">
-        <v>743.608</v>
+        <v>742.529</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>294.575</v>
+        <v>293.492</v>
       </c>
       <c r="C639">
-        <v>454.694</v>
+        <v>454.663</v>
       </c>
       <c r="D639">
         <v>11.371</v>
       </c>
       <c r="E639">
-        <v>760.639</v>
+        <v>759.526</v>
       </c>
       <c r="F639">
-        <v>204.096</v>
+        <v>203.346</v>
       </c>
       <c r="G639">
-        <v>163.823</v>
+        <v>163.815</v>
       </c>
       <c r="H639">
         <v>1.728</v>
       </c>
       <c r="I639">
         <v>205.478</v>
       </c>
       <c r="J639">
         <v>0</v>
       </c>
       <c r="K639">
-        <v>1.796</v>
+        <v>1.831</v>
       </c>
       <c r="L639">
-        <v>576.921</v>
+        <v>576.198</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>197.532</v>
+        <v>196.806</v>
       </c>
       <c r="C640">
-        <v>325.279</v>
+        <v>325.071</v>
       </c>
       <c r="D640">
         <v>4.504</v>
       </c>
       <c r="E640">
-        <v>527.316</v>
+        <v>526.381</v>
       </c>
       <c r="F640">
-        <v>136.86</v>
+        <v>136.357</v>
       </c>
       <c r="G640">
-        <v>128.909</v>
+        <v>128.852</v>
       </c>
       <c r="H640">
         <v>0.685</v>
       </c>
       <c r="I640">
         <v>208.883</v>
       </c>
       <c r="J640">
         <v>0</v>
       </c>
       <c r="K640">
-        <v>1.204</v>
+        <v>1.228</v>
       </c>
       <c r="L640">
-        <v>476.541</v>
+        <v>476.005</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>165.39</v>
+        <v>164.782</v>
       </c>
       <c r="C641">
-        <v>216.991</v>
+        <v>216.885</v>
       </c>
       <c r="D641">
         <v>4.482</v>
       </c>
       <c r="E641">
-        <v>386.863</v>
+        <v>386.149</v>
       </c>
       <c r="F641">
-        <v>114.59</v>
+        <v>114.169</v>
       </c>
       <c r="G641">
-        <v>99.694</v>
+        <v>99.665</v>
       </c>
       <c r="H641">
         <v>0.681</v>
       </c>
       <c r="I641">
         <v>212.326</v>
       </c>
       <c r="J641">
         <v>0</v>
       </c>
       <c r="K641">
-        <v>1.008</v>
+        <v>1.028</v>
       </c>
       <c r="L641">
-        <v>428.3</v>
+        <v>427.87</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>145.42</v>
+        <v>144.886</v>
       </c>
       <c r="C642">
-        <v>134.675</v>
+        <v>134.633</v>
       </c>
       <c r="D642">
         <v>4.82</v>
       </c>
       <c r="E642">
-        <v>284.916</v>
+        <v>284.339</v>
       </c>
       <c r="F642">
-        <v>100.754</v>
+        <v>100.384</v>
       </c>
       <c r="G642">
-        <v>77.486</v>
+        <v>77.475</v>
       </c>
       <c r="H642">
         <v>0.733</v>
       </c>
       <c r="I642">
         <v>217.13</v>
       </c>
       <c r="J642">
         <v>0</v>
       </c>
       <c r="K642">
-        <v>0.887</v>
+        <v>0.904</v>
       </c>
       <c r="L642">
-        <v>396.99</v>
+        <v>396.625</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>97.687</v>
+        <v>97.328</v>
       </c>
       <c r="C643">
-        <v>123.055</v>
+        <v>123.04</v>
       </c>
       <c r="D643">
         <v>1.746</v>
       </c>
       <c r="E643">
-        <v>222.488</v>
+        <v>222.114</v>
       </c>
       <c r="F643">
-        <v>67.683</v>
+        <v>67.434</v>
       </c>
       <c r="G643">
-        <v>74.351</v>
+        <v>74.347</v>
       </c>
       <c r="H643">
         <v>0.265</v>
       </c>
       <c r="I643">
         <v>214.517</v>
       </c>
       <c r="J643">
         <v>0</v>
       </c>
       <c r="K643">
-        <v>0.596</v>
+        <v>0.607</v>
       </c>
       <c r="L643">
-        <v>357.412</v>
+        <v>357.171</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>83.844</v>
+        <v>83.536</v>
       </c>
       <c r="C644">
-        <v>127.757</v>
+        <v>127.558</v>
       </c>
       <c r="D644">
         <v>3.293</v>
       </c>
       <c r="E644">
-        <v>214.894</v>
+        <v>214.387</v>
       </c>
       <c r="F644">
-        <v>58.091</v>
+        <v>57.878</v>
       </c>
       <c r="G644">
-        <v>75.62</v>
+        <v>75.566</v>
       </c>
       <c r="H644">
         <v>0.501</v>
       </c>
       <c r="I644">
         <v>216.294</v>
       </c>
       <c r="J644">
         <v>0</v>
       </c>
       <c r="K644">
-        <v>0.511</v>
+        <v>0.521</v>
       </c>
       <c r="L644">
-        <v>351.017</v>
+        <v>350.76</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>146.972</v>
+        <v>146.432</v>
       </c>
       <c r="C645">
-        <v>149.23</v>
+        <v>149.369</v>
       </c>
       <c r="D645">
         <v>0.166</v>
       </c>
       <c r="E645">
-        <v>296.368</v>
+        <v>295.967</v>
       </c>
       <c r="F645">
-        <v>101.83</v>
+        <v>101.455</v>
       </c>
       <c r="G645">
-        <v>81.413</v>
+        <v>81.45</v>
       </c>
       <c r="H645">
         <v>0.025</v>
       </c>
       <c r="I645">
         <v>210.393</v>
       </c>
       <c r="J645">
         <v>0</v>
       </c>
       <c r="K645">
-        <v>0.896</v>
+        <v>0.914</v>
       </c>
       <c r="L645">
-        <v>394.556</v>
+        <v>394.237</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>192.495</v>
+        <v>191.787</v>
       </c>
       <c r="C646">
-        <v>273.111</v>
+        <v>273.42</v>
       </c>
       <c r="D646">
-        <v>-13.5</v>
+        <v>1.61</v>
       </c>
       <c r="E646">
-        <v>452.106</v>
+        <v>466.817</v>
       </c>
       <c r="F646">
-        <v>133.37</v>
+        <v>132.88</v>
       </c>
       <c r="G646">
-        <v>114.834</v>
+        <v>114.918</v>
       </c>
       <c r="H646">
-        <v>-2.052</v>
+        <v>0.245</v>
       </c>
       <c r="I646">
-        <v>211.232</v>
+        <v>208.378</v>
       </c>
       <c r="J646">
         <v>0</v>
       </c>
       <c r="K646">
-        <v>1.174</v>
+        <v>1.197</v>
       </c>
       <c r="L646">
-        <v>458.558</v>
+        <v>457.617</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>225.508</v>
+      </c>
+      <c r="C647">
+        <v>460.431</v>
+      </c>
+      <c r="D647">
+        <v>10.562</v>
+      </c>
+      <c r="E647">
+        <v>696.5</v>
+      </c>
+      <c r="F647">
+        <v>156.243</v>
+      </c>
+      <c r="G647">
+        <v>165.371</v>
+      </c>
+      <c r="H647">
+        <v>1.605</v>
+      </c>
+      <c r="I647">
+        <v>203.492</v>
+      </c>
+      <c r="J647">
+        <v>0</v>
+      </c>
+      <c r="K647">
+        <v>1.407</v>
+      </c>
+      <c r="L647">
+        <v>528.117</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>