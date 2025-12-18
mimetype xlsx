--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 3.5 Petroleum Products Supplied by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Asphalt and Road Oil Product Supplied</t>
   </si>
   <si>
     <t>Aviation Gasoline Product Supplied</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Product Supplied</t>
   </si>
   <si>
     <t>Propane Product Supplied</t>
   </si>
   <si>
     <t>Propylene Product Supplied</t>
   </si>
   <si>
     <t>Propane/Propylene Product Supplied</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -32205,143 +32205,193 @@
       </c>
       <c r="K643">
         <v>108.293</v>
       </c>
       <c r="L643">
         <v>9150.143</v>
       </c>
       <c r="M643">
         <v>276.109</v>
       </c>
       <c r="N643">
         <v>347.266</v>
       </c>
       <c r="O643">
         <v>1253.117</v>
       </c>
       <c r="P643">
         <v>20984.269</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>519.457</v>
+        <v>493.957</v>
       </c>
       <c r="C644">
-        <v>12.544</v>
+        <v>13.355</v>
       </c>
       <c r="D644">
-        <v>3844.194</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>3702.944</v>
+      </c>
+      <c r="E644">
+        <v>473.105</v>
+      </c>
+      <c r="F644">
+        <v>251.419</v>
       </c>
       <c r="G644">
-        <v>806.536</v>
+        <v>724.525</v>
       </c>
       <c r="H644">
-        <v>3494.529</v>
+        <v>3744.829</v>
       </c>
       <c r="I644">
-        <v>1786.839</v>
+        <v>1832.224</v>
       </c>
       <c r="J644">
-        <v>1.701</v>
+        <v>-0.003</v>
       </c>
       <c r="K644">
-        <v>83.414</v>
+        <v>101.744</v>
       </c>
       <c r="L644">
-        <v>8997.323</v>
+        <v>9211.922</v>
       </c>
       <c r="M644">
-        <v>269.387</v>
+        <v>297.141</v>
       </c>
       <c r="N644">
-        <v>277.516</v>
+        <v>248.814</v>
       </c>
       <c r="O644">
-        <v>1850.065</v>
+        <v>1237.562</v>
       </c>
       <c r="P644">
-        <v>21136.968</v>
+        <v>20884.49</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>461.933</v>
       </c>
       <c r="C645">
-        <v>12.966</v>
+        <v>13.297</v>
       </c>
       <c r="D645">
         <v>3735.667</v>
       </c>
       <c r="E645" t="s">
         <v>22</v>
       </c>
       <c r="F645" t="s">
         <v>22</v>
       </c>
       <c r="G645">
-        <v>893.5</v>
+        <v>893.483</v>
       </c>
       <c r="H645">
-        <v>3538.532</v>
+        <v>3754.634</v>
       </c>
       <c r="I645">
         <v>1651.467</v>
       </c>
       <c r="J645">
-        <v>7.098</v>
+        <v>6.949</v>
       </c>
       <c r="K645">
-        <v>78.343</v>
+        <v>80.342</v>
       </c>
       <c r="L645">
         <v>8754.533</v>
       </c>
       <c r="M645">
-        <v>275.967</v>
+        <v>300.967</v>
       </c>
       <c r="N645">
         <v>274.6</v>
       </c>
       <c r="O645">
-        <v>1883.762</v>
+        <v>1640.477</v>
       </c>
       <c r="P645">
         <v>20674.867</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>452.283</v>
+      </c>
+      <c r="C646">
+        <v>11.397</v>
+      </c>
+      <c r="D646">
+        <v>3880.645</v>
+      </c>
+      <c r="E646" t="s">
+        <v>22</v>
+      </c>
+      <c r="F646" t="s">
+        <v>22</v>
+      </c>
+      <c r="G646">
+        <v>881.452</v>
+      </c>
+      <c r="H646">
+        <v>3667.284</v>
+      </c>
+      <c r="I646">
+        <v>1751.774</v>
+      </c>
+      <c r="J646">
+        <v>7.62</v>
+      </c>
+      <c r="K646">
+        <v>89.268</v>
+      </c>
+      <c r="L646">
+        <v>8703.71</v>
+      </c>
+      <c r="M646">
+        <v>240.687</v>
+      </c>
+      <c r="N646">
+        <v>257.71</v>
+      </c>
+      <c r="O646">
+        <v>1401.783</v>
+      </c>
+      <c r="P646">
+        <v>20464.161</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>