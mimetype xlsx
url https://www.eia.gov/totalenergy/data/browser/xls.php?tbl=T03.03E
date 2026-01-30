--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.3e Petroleum Trade: Exports by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Exports</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Exports</t>
   </si>
   <si>
     <t>Propane Exports</t>
   </si>
   <si>
     <t>Total Hydrocarbon Gas Liquids Exports</t>
   </si>
   <si>
     <t>Jet Fuel Exports</t>
   </si>
   <si>
     <t>Finished Motor Gasoline Exports</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20790,107 +20790,203 @@
       </c>
       <c r="E643">
         <v>3213.837</v>
       </c>
       <c r="F643">
         <v>186.649</v>
       </c>
       <c r="G643">
         <v>789.771</v>
       </c>
       <c r="H643">
         <v>137.863</v>
       </c>
       <c r="I643">
         <v>1081.843</v>
       </c>
       <c r="J643">
         <v>10325.075</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>3797.935</v>
+        <v>4024.599</v>
       </c>
       <c r="C644">
-        <v>1355.839</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>1326.001</v>
+      </c>
+      <c r="D644">
+        <v>1621.572</v>
+      </c>
+      <c r="E644">
+        <v>2865.929</v>
       </c>
       <c r="F644">
-        <v>216.968</v>
+        <v>200.142</v>
       </c>
       <c r="G644">
-        <v>895.452</v>
+        <v>746.725</v>
       </c>
       <c r="H644">
-        <v>124.387</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>123.016</v>
+      </c>
+      <c r="I644">
+        <v>1235.788</v>
       </c>
       <c r="J644">
-        <v>10652.194</v>
+        <v>10522.201</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>4117.133</v>
+        <v>4338.348</v>
       </c>
       <c r="C645">
-        <v>1276.367</v>
-[...1 lines deleted...]
-      <c r="D645" t="s">
+        <v>1248.306</v>
+      </c>
+      <c r="D645">
+        <v>1905.318</v>
+      </c>
+      <c r="E645">
+        <v>3241.439</v>
+      </c>
+      <c r="F645">
+        <v>253.953</v>
+      </c>
+      <c r="G645">
+        <v>778.554</v>
+      </c>
+      <c r="H645">
+        <v>115.14</v>
+      </c>
+      <c r="I645">
+        <v>1194.417</v>
+      </c>
+      <c r="J645">
+        <v>11170.157</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>4198.402</v>
+      </c>
+      <c r="C646">
+        <v>1208.038</v>
+      </c>
+      <c r="D646">
+        <v>1843.857</v>
+      </c>
+      <c r="E646">
+        <v>3136.876</v>
+      </c>
+      <c r="F646">
+        <v>219.839</v>
+      </c>
+      <c r="G646">
+        <v>753.44</v>
+      </c>
+      <c r="H646">
+        <v>111.426</v>
+      </c>
+      <c r="I646">
+        <v>1181.81</v>
+      </c>
+      <c r="J646">
+        <v>10809.83</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>3616.867</v>
+      </c>
+      <c r="C647">
+        <v>1362.2</v>
+      </c>
+      <c r="D647" t="s">
         <v>17</v>
       </c>
-      <c r="E645" t="s">
+      <c r="E647" t="s">
         <v>17</v>
       </c>
-      <c r="F645">
-[...8 lines deleted...]
-      <c r="I645" t="s">
+      <c r="F647">
+        <v>232.433</v>
+      </c>
+      <c r="G647">
+        <v>1081.133</v>
+      </c>
+      <c r="H647">
+        <v>135.9</v>
+      </c>
+      <c r="I647" t="s">
         <v>17</v>
       </c>
-      <c r="J645">
-        <v>11036.8</v>
+      <c r="J647">
+        <v>10963.067</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>3988.839</v>
+      </c>
+      <c r="C648">
+        <v>1379.613</v>
+      </c>
+      <c r="D648" t="s">
+        <v>17</v>
+      </c>
+      <c r="E648" t="s">
+        <v>17</v>
+      </c>
+      <c r="F648">
+        <v>279.935</v>
+      </c>
+      <c r="G648">
+        <v>970.484</v>
+      </c>
+      <c r="H648">
+        <v>106.323</v>
+      </c>
+      <c r="I648" t="s">
+        <v>17</v>
+      </c>
+      <c r="J648">
+        <v>11272.129</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>