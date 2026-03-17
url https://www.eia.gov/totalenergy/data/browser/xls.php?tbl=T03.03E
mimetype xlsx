--- v1 (2026-01-30)
+++ v2 (2026-03-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.3e Petroleum Trade: Exports by Type</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Exports</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Exports</t>
   </si>
   <si>
     <t>Propane Exports</t>
   </si>
   <si>
     <t>Total Hydrocarbon Gas Liquids Exports</t>
   </si>
   <si>
     <t>Jet Fuel Exports</t>
   </si>
   <si>
     <t>Finished Motor Gasoline Exports</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z648"/>
+  <dimension ref="A1:Z649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A648"/>
+      <selection activeCell="A13" sqref="A13:A649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20854,139 +20854,171 @@
       </c>
       <c r="E645">
         <v>3241.439</v>
       </c>
       <c r="F645">
         <v>253.953</v>
       </c>
       <c r="G645">
         <v>778.554</v>
       </c>
       <c r="H645">
         <v>115.14</v>
       </c>
       <c r="I645">
         <v>1194.417</v>
       </c>
       <c r="J645">
         <v>11170.157</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>4198.402</v>
+        <v>4412.201</v>
       </c>
       <c r="C646">
-        <v>1208.038</v>
+        <v>1273.603</v>
       </c>
       <c r="D646">
-        <v>1843.857</v>
+        <v>1785.885</v>
       </c>
       <c r="E646">
-        <v>3136.876</v>
+        <v>3064.258</v>
       </c>
       <c r="F646">
-        <v>219.839</v>
+        <v>149.259</v>
       </c>
       <c r="G646">
-        <v>753.44</v>
+        <v>843.898</v>
       </c>
       <c r="H646">
-        <v>111.426</v>
+        <v>98.559</v>
       </c>
       <c r="I646">
-        <v>1181.81</v>
+        <v>1181.953</v>
       </c>
       <c r="J646">
-        <v>10809.83</v>
+        <v>11023.732</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
-        <v>3616.867</v>
+        <v>3887.772</v>
       </c>
       <c r="C647">
-        <v>1362.2</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>1313.067</v>
+      </c>
+      <c r="D647">
+        <v>1997.994</v>
+      </c>
+      <c r="E647">
+        <v>3373.719</v>
       </c>
       <c r="F647">
-        <v>232.433</v>
+        <v>223.367</v>
       </c>
       <c r="G647">
-        <v>1081.133</v>
+        <v>1022.928</v>
       </c>
       <c r="H647">
-        <v>135.9</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>80.576</v>
+      </c>
+      <c r="I647">
+        <v>1396.541</v>
       </c>
       <c r="J647">
-        <v>10963.067</v>
+        <v>11297.97</v>
       </c>
     </row>
     <row r="648" spans="1:26">
       <c r="A648" s="6">
         <v>45992.0</v>
       </c>
       <c r="B648">
         <v>3988.839</v>
       </c>
       <c r="C648">
         <v>1379.613</v>
       </c>
       <c r="D648" t="s">
         <v>17</v>
       </c>
       <c r="E648" t="s">
         <v>17</v>
       </c>
       <c r="F648">
         <v>279.935</v>
       </c>
       <c r="G648">
         <v>970.484</v>
       </c>
       <c r="H648">
         <v>106.323</v>
       </c>
       <c r="I648" t="s">
         <v>17</v>
       </c>
       <c r="J648">
         <v>11272.129</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
+      <c r="A649" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B649">
+        <v>4133.903</v>
+      </c>
+      <c r="C649">
+        <v>1278.742</v>
+      </c>
+      <c r="D649" t="s">
+        <v>17</v>
+      </c>
+      <c r="E649" t="s">
+        <v>17</v>
+      </c>
+      <c r="F649">
+        <v>296.258</v>
+      </c>
+      <c r="G649">
+        <v>919.161</v>
+      </c>
+      <c r="H649">
+        <v>69.484</v>
+      </c>
+      <c r="I649" t="s">
+        <v>17</v>
+      </c>
+      <c r="J649">
+        <v>11114.258</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>