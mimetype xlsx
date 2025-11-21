--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 3.3a Petroleum Trade:  Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Imports From Persian Gulf</t>
   </si>
   <si>
     <t>Petroleum Imports From OPEC</t>
   </si>
   <si>
     <t>Petroleum Imports</t>
   </si>
   <si>
     <t>Petroleum Exports</t>
   </si>
   <si>
     <t>Petroleum Net Imports</t>
   </si>
   <si>
     <t>Petroleum Products Supplied</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26457,125 +26457,166 @@
         <v>21007.196</v>
       </c>
       <c r="H642">
         <v>3.3</v>
       </c>
       <c r="I642">
         <v>5.8</v>
       </c>
       <c r="J642">
         <v>37.8</v>
       </c>
       <c r="K642">
         <v>-13.2</v>
       </c>
       <c r="L642">
         <v>8.8</v>
       </c>
       <c r="M642">
         <v>15.5</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
-      <c r="B643" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="B643">
+        <v>674.806</v>
+      </c>
+      <c r="C643">
+        <v>933.323</v>
       </c>
       <c r="D643">
-        <v>7686.665</v>
+        <v>7961.484</v>
       </c>
       <c r="E643">
-        <v>10135.516</v>
+        <v>10325.075</v>
       </c>
       <c r="F643">
-        <v>-2448.851</v>
+        <v>-2363.591</v>
       </c>
       <c r="G643">
-        <v>20639.877</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>20984.269</v>
+      </c>
+      <c r="H643">
+        <v>3.2</v>
+      </c>
+      <c r="I643">
+        <v>4.4</v>
       </c>
       <c r="J643">
-        <v>37.2</v>
+        <v>37.9</v>
       </c>
       <c r="K643">
-        <v>-11.9</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>-11.3</v>
+      </c>
+      <c r="L643">
+        <v>8.5</v>
+      </c>
+      <c r="M643">
+        <v>11.7</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644" t="s">
         <v>20</v>
       </c>
       <c r="C644" t="s">
         <v>20</v>
       </c>
       <c r="D644">
         <v>8369</v>
       </c>
       <c r="E644">
         <v>10652.194</v>
       </c>
       <c r="F644">
         <v>-2283.194</v>
       </c>
       <c r="G644">
         <v>21136.968</v>
       </c>
       <c r="H644" t="s">
         <v>20</v>
       </c>
       <c r="I644" t="s">
         <v>20</v>
       </c>
       <c r="J644">
         <v>39.6</v>
       </c>
       <c r="K644">
         <v>-10.8</v>
       </c>
       <c r="L644" t="s">
         <v>20</v>
       </c>
       <c r="M644" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645" t="s">
+        <v>20</v>
+      </c>
+      <c r="C645" t="s">
+        <v>20</v>
+      </c>
+      <c r="D645">
+        <v>8037.8</v>
+      </c>
+      <c r="E645">
+        <v>11036.8</v>
+      </c>
+      <c r="F645">
+        <v>-2999</v>
+      </c>
+      <c r="G645">
+        <v>20674.867</v>
+      </c>
+      <c r="H645" t="s">
+        <v>20</v>
+      </c>
+      <c r="I645" t="s">
+        <v>20</v>
+      </c>
+      <c r="J645">
+        <v>38.9</v>
+      </c>
+      <c r="K645">
+        <v>-14.5</v>
+      </c>
+      <c r="L645" t="s">
+        <v>20</v>
+      </c>
+      <c r="M645" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>