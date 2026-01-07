--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 3.3a Petroleum Trade:  Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Petroleum Imports From Persian Gulf</t>
   </si>
   <si>
     <t>Petroleum Imports From OPEC</t>
   </si>
   <si>
     <t>Petroleum Imports</t>
   </si>
   <si>
     <t>Petroleum Exports</t>
   </si>
   <si>
     <t>Petroleum Net Imports</t>
   </si>
   <si>
     <t>Petroleum Products Supplied</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
@@ -26498,125 +26498,207 @@
         <v>20984.269</v>
       </c>
       <c r="H643">
         <v>3.2</v>
       </c>
       <c r="I643">
         <v>4.4</v>
       </c>
       <c r="J643">
         <v>37.9</v>
       </c>
       <c r="K643">
         <v>-11.3</v>
       </c>
       <c r="L643">
         <v>8.5</v>
       </c>
       <c r="M643">
         <v>11.7</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
-      <c r="B644" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="B644">
+        <v>822</v>
+      </c>
+      <c r="C644">
+        <v>1301.581</v>
       </c>
       <c r="D644">
-        <v>8369</v>
+        <v>8187.742</v>
       </c>
       <c r="E644">
-        <v>10652.194</v>
+        <v>10522.201</v>
       </c>
       <c r="F644">
-        <v>-2283.194</v>
+        <v>-2334.459</v>
       </c>
       <c r="G644">
-        <v>21136.968</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>21195.423</v>
+      </c>
+      <c r="H644">
+        <v>3.9</v>
+      </c>
+      <c r="I644">
+        <v>6.1</v>
       </c>
       <c r="J644">
-        <v>39.6</v>
+        <v>38.6</v>
       </c>
       <c r="K644">
-        <v>-10.8</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>-11</v>
+      </c>
+      <c r="L644">
+        <v>10</v>
+      </c>
+      <c r="M644">
+        <v>15.9</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
-      <c r="B645" t="s">
+      <c r="B645">
+        <v>762.433</v>
+      </c>
+      <c r="C645">
+        <v>1316.033</v>
+      </c>
+      <c r="D645">
+        <v>8330.233</v>
+      </c>
+      <c r="E645">
+        <v>10872.941</v>
+      </c>
+      <c r="F645">
+        <v>-2542.707</v>
+      </c>
+      <c r="G645">
+        <v>20890.609</v>
+      </c>
+      <c r="H645">
+        <v>3.6</v>
+      </c>
+      <c r="I645">
+        <v>6.3</v>
+      </c>
+      <c r="J645">
+        <v>39.9</v>
+      </c>
+      <c r="K645">
+        <v>-12.2</v>
+      </c>
+      <c r="L645">
+        <v>9.2</v>
+      </c>
+      <c r="M645">
+        <v>15.8</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646" t="s">
         <v>20</v>
       </c>
-      <c r="C645" t="s">
+      <c r="C646" t="s">
         <v>20</v>
       </c>
-      <c r="D645">
-[...11 lines deleted...]
-      <c r="H645" t="s">
+      <c r="D646">
+        <v>7254.161</v>
+      </c>
+      <c r="E646">
+        <v>11255.419</v>
+      </c>
+      <c r="F646">
+        <v>-4001.258</v>
+      </c>
+      <c r="G646">
+        <v>20464.161</v>
+      </c>
+      <c r="H646" t="s">
         <v>20</v>
       </c>
-      <c r="I645" t="s">
+      <c r="I646" t="s">
         <v>20</v>
       </c>
-      <c r="J645">
-[...5 lines deleted...]
-      <c r="L645" t="s">
+      <c r="J646">
+        <v>35.4</v>
+      </c>
+      <c r="K646">
+        <v>-19.6</v>
+      </c>
+      <c r="L646" t="s">
         <v>20</v>
       </c>
-      <c r="M645" t="s">
+      <c r="M646" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647" t="s">
+        <v>20</v>
+      </c>
+      <c r="C647" t="s">
+        <v>20</v>
+      </c>
+      <c r="D647">
+        <v>7633.867</v>
+      </c>
+      <c r="E647">
+        <v>10963.067</v>
+      </c>
+      <c r="F647">
+        <v>-3329.2</v>
+      </c>
+      <c r="G647">
+        <v>20398.933</v>
+      </c>
+      <c r="H647" t="s">
+        <v>20</v>
+      </c>
+      <c r="I647" t="s">
+        <v>20</v>
+      </c>
+      <c r="J647">
+        <v>37.4</v>
+      </c>
+      <c r="K647">
+        <v>-16.3</v>
+      </c>
+      <c r="L647" t="s">
+        <v>20</v>
+      </c>
+      <c r="M647" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>