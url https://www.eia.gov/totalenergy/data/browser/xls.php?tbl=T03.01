--- v0 (2025-11-02)
+++ v1 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 3.1 Petroleum Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Production, 48 States</t>
   </si>
   <si>
     <t>Crude Oil Production, Alaska</t>
   </si>
   <si>
     <t>Crude Oil Production, Total</t>
   </si>
   <si>
     <t>Natural Gas Liquids Production</t>
   </si>
   <si>
     <t>Total Petroleum Field Production</t>
   </si>
   <si>
     <t>Biofuels Plant Net Production</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28311,219 +28311,351 @@
       </c>
       <c r="I641">
         <v>8009.452</v>
       </c>
       <c r="J641">
         <v>10224.766</v>
       </c>
       <c r="K641">
         <v>-2215.314</v>
       </c>
       <c r="L641">
         <v>966.276</v>
       </c>
       <c r="M641">
         <v>187.012</v>
       </c>
       <c r="N641">
         <v>20322.93</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>13110.605</v>
+        <v>13188.143</v>
       </c>
       <c r="C642">
         <v>422.341</v>
       </c>
       <c r="D642">
-        <v>13532.946</v>
+        <v>13610.484</v>
       </c>
       <c r="E642">
         <v>7483.933</v>
       </c>
       <c r="F642">
-        <v>21016.879</v>
+        <v>21094.417</v>
       </c>
       <c r="G642">
         <v>1385.109</v>
       </c>
       <c r="H642">
         <v>1023.167</v>
       </c>
       <c r="I642">
         <v>7950.767</v>
       </c>
       <c r="J642">
         <v>10714.532</v>
       </c>
       <c r="K642">
         <v>-2763.765</v>
       </c>
       <c r="L642">
         <v>106.809</v>
       </c>
       <c r="M642">
-        <v>452.616</v>
+        <v>375.078</v>
       </c>
       <c r="N642">
         <v>21007.196</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>13284.533</v>
+        <v>13350.171</v>
       </c>
       <c r="C643">
         <v>357.11</v>
       </c>
       <c r="D643">
-        <v>13641.643</v>
+        <v>13707.281</v>
       </c>
       <c r="E643">
         <v>7576.581</v>
       </c>
       <c r="F643">
-        <v>21218.224</v>
+        <v>21283.861</v>
       </c>
       <c r="G643">
         <v>1384.332</v>
       </c>
       <c r="H643">
         <v>1015.903</v>
       </c>
       <c r="I643">
         <v>7961.484</v>
       </c>
       <c r="J643">
         <v>10325.075</v>
       </c>
       <c r="K643">
         <v>-2363.591</v>
       </c>
       <c r="L643">
         <v>658.712</v>
       </c>
       <c r="M643">
-        <v>388.114</v>
+        <v>322.476</v>
       </c>
       <c r="N643">
         <v>20984.269</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>13018.29</v>
+        <v>13423.505</v>
       </c>
       <c r="C644">
-        <v>384.355</v>
+        <v>386.616</v>
       </c>
       <c r="D644">
-        <v>13402.645</v>
+        <v>13810.121</v>
       </c>
       <c r="E644">
-        <v>7506.903</v>
+        <v>7712.065</v>
       </c>
       <c r="F644">
-        <v>20909.548</v>
+        <v>21522.186</v>
       </c>
       <c r="G644">
-        <v>1377.935</v>
+        <v>1352.892</v>
       </c>
       <c r="H644">
-        <v>1020.742</v>
+        <v>1036.935</v>
       </c>
       <c r="I644">
-        <v>8369</v>
+        <v>8187.742</v>
       </c>
       <c r="J644">
-        <v>10652.194</v>
+        <v>10522.201</v>
       </c>
       <c r="K644">
-        <v>-2283.194</v>
+        <v>-2334.459</v>
       </c>
       <c r="L644">
-        <v>469.747</v>
+        <v>725.291</v>
       </c>
       <c r="M644">
-        <v>581.682</v>
+        <v>343.16</v>
       </c>
       <c r="N644">
-        <v>21136.968</v>
+        <v>21195.424</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>13097.8</v>
+        <v>13420.736</v>
       </c>
       <c r="C645">
-        <v>420.233</v>
+        <v>418.044</v>
       </c>
       <c r="D645">
-        <v>13518.033</v>
+        <v>13838.78</v>
       </c>
       <c r="E645">
-        <v>7622.3</v>
+        <v>7894.667</v>
       </c>
       <c r="F645">
-        <v>21140.333</v>
+        <v>21733.446</v>
       </c>
       <c r="G645">
-        <v>1349.767</v>
+        <v>1374.364</v>
       </c>
       <c r="H645">
-        <v>986.833</v>
+        <v>986.567</v>
       </c>
       <c r="I645">
-        <v>8037.8</v>
+        <v>8330.233</v>
       </c>
       <c r="J645">
-        <v>11036.8</v>
+        <v>11170.157</v>
       </c>
       <c r="K645">
-        <v>-2999</v>
+        <v>-2839.924</v>
       </c>
       <c r="L645">
-        <v>568.295</v>
+        <v>221.977</v>
       </c>
       <c r="M645">
-        <v>765.229</v>
+        <v>-312.405</v>
       </c>
       <c r="N645">
-        <v>20674.867</v>
+        <v>20720.07</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>13442.64</v>
+      </c>
+      <c r="C646">
+        <v>427.791</v>
+      </c>
+      <c r="D646">
+        <v>13870.431</v>
+      </c>
+      <c r="E646">
+        <v>7798.452</v>
+      </c>
+      <c r="F646">
+        <v>21668.882</v>
+      </c>
+      <c r="G646">
+        <v>1413.135</v>
+      </c>
+      <c r="H646">
+        <v>871.581</v>
+      </c>
+      <c r="I646">
+        <v>7495.548</v>
+      </c>
+      <c r="J646">
+        <v>10809.83</v>
+      </c>
+      <c r="K646">
+        <v>-3314.281</v>
+      </c>
+      <c r="L646">
+        <v>-433.057</v>
+      </c>
+      <c r="M646">
+        <v>-194.245</v>
+      </c>
+      <c r="N646">
+        <v>20878.129</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>13402.2</v>
+      </c>
+      <c r="C647">
+        <v>430.2</v>
+      </c>
+      <c r="D647">
+        <v>13832.4</v>
+      </c>
+      <c r="E647">
+        <v>7618.314</v>
+      </c>
+      <c r="F647">
+        <v>21450.714</v>
+      </c>
+      <c r="G647">
+        <v>1389.255</v>
+      </c>
+      <c r="H647">
+        <v>995.126</v>
+      </c>
+      <c r="I647">
+        <v>7634.084</v>
+      </c>
+      <c r="J647">
+        <v>10963.067</v>
+      </c>
+      <c r="K647">
+        <v>-3328.983</v>
+      </c>
+      <c r="L647">
+        <v>231.709</v>
+      </c>
+      <c r="M647">
+        <v>124.55</v>
+      </c>
+      <c r="N647">
+        <v>20398.953</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>13396.838</v>
+      </c>
+      <c r="C648">
+        <v>433.581</v>
+      </c>
+      <c r="D648">
+        <v>13830.419</v>
+      </c>
+      <c r="E648">
+        <v>7385.792</v>
+      </c>
+      <c r="F648">
+        <v>21216.211</v>
+      </c>
+      <c r="G648">
+        <v>1428.248</v>
+      </c>
+      <c r="H648">
+        <v>1024.221</v>
+      </c>
+      <c r="I648">
+        <v>7935.086</v>
+      </c>
+      <c r="J648">
+        <v>11272.129</v>
+      </c>
+      <c r="K648">
+        <v>-3337.043</v>
+      </c>
+      <c r="L648">
+        <v>637.34</v>
+      </c>
+      <c r="M648">
+        <v>354.238</v>
+      </c>
+      <c r="N648">
+        <v>20048.535</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>