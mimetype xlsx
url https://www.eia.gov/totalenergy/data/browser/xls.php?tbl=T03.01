--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 3.1 Petroleum Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Crude Oil Production, 48 States</t>
   </si>
   <si>
     <t>Crude Oil Production, Alaska</t>
   </si>
   <si>
     <t>Crude Oil Production, Total</t>
   </si>
   <si>
     <t>Natural Gas Liquids Production</t>
   </si>
   <si>
     <t>Total Petroleum Field Production</t>
   </si>
   <si>
     <t>Biofuels Plant Net Production</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z648"/>
+  <dimension ref="A1:Z649"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A648"/>
+      <selection activeCell="A13" sqref="A13:A649"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.85" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28443,219 +28443,263 @@
       </c>
       <c r="I644">
         <v>8187.742</v>
       </c>
       <c r="J644">
         <v>10522.201</v>
       </c>
       <c r="K644">
         <v>-2334.459</v>
       </c>
       <c r="L644">
         <v>725.291</v>
       </c>
       <c r="M644">
         <v>343.16</v>
       </c>
       <c r="N644">
         <v>21195.424</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>13420.736</v>
+        <v>13410.112</v>
       </c>
       <c r="C645">
         <v>418.044</v>
       </c>
       <c r="D645">
-        <v>13838.78</v>
+        <v>13828.156</v>
       </c>
       <c r="E645">
         <v>7894.667</v>
       </c>
       <c r="F645">
-        <v>21733.446</v>
+        <v>21722.822</v>
       </c>
       <c r="G645">
         <v>1374.364</v>
       </c>
       <c r="H645">
         <v>986.567</v>
       </c>
       <c r="I645">
         <v>8330.233</v>
       </c>
       <c r="J645">
         <v>11170.157</v>
       </c>
       <c r="K645">
         <v>-2839.924</v>
       </c>
       <c r="L645">
         <v>221.977</v>
       </c>
       <c r="M645">
-        <v>-312.405</v>
+        <v>-301.782</v>
       </c>
       <c r="N645">
         <v>20720.07</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>13442.64</v>
+        <v>13436.109</v>
       </c>
       <c r="C646">
         <v>427.791</v>
       </c>
       <c r="D646">
-        <v>13870.431</v>
+        <v>13863.9</v>
       </c>
       <c r="E646">
         <v>7798.452</v>
       </c>
       <c r="F646">
-        <v>21668.882</v>
+        <v>21662.352</v>
       </c>
       <c r="G646">
         <v>1413.135</v>
       </c>
       <c r="H646">
         <v>871.581</v>
       </c>
       <c r="I646">
         <v>7495.548</v>
       </c>
       <c r="J646">
-        <v>10809.83</v>
+        <v>11023.732</v>
       </c>
       <c r="K646">
-        <v>-3314.281</v>
+        <v>-3528.183</v>
       </c>
       <c r="L646">
         <v>-433.057</v>
       </c>
       <c r="M646">
-        <v>-194.245</v>
+        <v>-5.54</v>
       </c>
       <c r="N646">
-        <v>20878.129</v>
+        <v>20846.401</v>
       </c>
     </row>
     <row r="647" spans="1:26">
       <c r="A647" s="6">
         <v>45962.0</v>
       </c>
       <c r="B647">
-        <v>13402.2</v>
+        <v>13353.395</v>
       </c>
       <c r="C647">
-        <v>430.2</v>
+        <v>428.499</v>
       </c>
       <c r="D647">
-        <v>13832.4</v>
+        <v>13781.894</v>
       </c>
       <c r="E647">
-        <v>7618.314</v>
+        <v>7849.1</v>
       </c>
       <c r="F647">
-        <v>21450.714</v>
+        <v>21630.994</v>
       </c>
       <c r="G647">
-        <v>1389.255</v>
+        <v>1429.774</v>
       </c>
       <c r="H647">
-        <v>995.126</v>
+        <v>917.067</v>
       </c>
       <c r="I647">
-        <v>7634.084</v>
+        <v>7433.533</v>
       </c>
       <c r="J647">
-        <v>10963.067</v>
+        <v>11297.97</v>
       </c>
       <c r="K647">
-        <v>-3328.983</v>
+        <v>-3864.436</v>
       </c>
       <c r="L647">
-        <v>231.709</v>
+        <v>460.969</v>
       </c>
       <c r="M647">
-        <v>124.55</v>
+        <v>574.179</v>
       </c>
       <c r="N647">
-        <v>20398.953</v>
+        <v>20226.609</v>
       </c>
     </row>
     <row r="648" spans="1:26">
       <c r="A648" s="6">
         <v>45992.0</v>
       </c>
       <c r="B648">
         <v>13396.838</v>
       </c>
       <c r="C648">
         <v>433.581</v>
       </c>
       <c r="D648">
         <v>13830.419</v>
       </c>
       <c r="E648">
-        <v>7385.792</v>
+        <v>7385.677</v>
       </c>
       <c r="F648">
-        <v>21216.211</v>
+        <v>21216.096</v>
       </c>
       <c r="G648">
         <v>1428.248</v>
       </c>
       <c r="H648">
         <v>1024.221</v>
       </c>
       <c r="I648">
         <v>7935.086</v>
       </c>
       <c r="J648">
         <v>11272.129</v>
       </c>
       <c r="K648">
         <v>-3337.043</v>
       </c>
       <c r="L648">
         <v>637.34</v>
       </c>
       <c r="M648">
-        <v>354.238</v>
+        <v>354.353</v>
       </c>
       <c r="N648">
         <v>20048.535</v>
+      </c>
+    </row>
+    <row r="649" spans="1:26">
+      <c r="A649" s="6">
+        <v>46023.0</v>
+      </c>
+      <c r="B649">
+        <v>13183.677</v>
+      </c>
+      <c r="C649">
+        <v>429.516</v>
+      </c>
+      <c r="D649">
+        <v>13613.194</v>
+      </c>
+      <c r="E649">
+        <v>7167.258</v>
+      </c>
+      <c r="F649">
+        <v>20780.452</v>
+      </c>
+      <c r="G649">
+        <v>1410.323</v>
+      </c>
+      <c r="H649">
+        <v>991.806</v>
+      </c>
+      <c r="I649">
+        <v>8004.452</v>
+      </c>
+      <c r="J649">
+        <v>11114.258</v>
+      </c>
+      <c r="K649">
+        <v>-3109.806</v>
+      </c>
+      <c r="L649">
+        <v>81.719</v>
+      </c>
+      <c r="M649">
+        <v>780.074</v>
+      </c>
+      <c r="N649">
+        <v>20771.129</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>