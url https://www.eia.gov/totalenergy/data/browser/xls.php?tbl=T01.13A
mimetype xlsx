--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.13a Non-Combustion Use of Fossil Fuels in Physical Units</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Natural Gas Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Asphalt &amp; Road Oil Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Hydrocarbon Gas Liquids Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Lubricants Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Petrochemical Feedstocks Non-Combustion Consumption</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -21611,1160 +21611,1195 @@
       </c>
       <c r="G612">
         <v>242.525</v>
       </c>
       <c r="H612">
         <v>5.725</v>
       </c>
       <c r="I612">
         <v>33.71</v>
       </c>
       <c r="J612">
         <v>93.303</v>
       </c>
       <c r="K612">
         <v>3073.271</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>66.366</v>
       </c>
       <c r="C613">
-        <v>84.025</v>
+        <v>84.031</v>
       </c>
       <c r="D613">
         <v>227.022</v>
       </c>
       <c r="E613">
         <v>2678.821</v>
       </c>
       <c r="F613">
         <v>115.307</v>
       </c>
       <c r="G613">
         <v>231.523</v>
       </c>
       <c r="H613">
         <v>3.126</v>
       </c>
       <c r="I613">
         <v>47.968</v>
       </c>
       <c r="J613">
         <v>86.323</v>
       </c>
       <c r="K613">
         <v>3390.089</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>62.014</v>
       </c>
       <c r="C614">
-        <v>77.566</v>
+        <v>77.572</v>
       </c>
       <c r="D614">
         <v>243.668</v>
       </c>
       <c r="E614">
         <v>2686.879</v>
       </c>
       <c r="F614">
         <v>113.482</v>
       </c>
       <c r="G614">
         <v>214.743</v>
       </c>
       <c r="H614">
         <v>6.695</v>
       </c>
       <c r="I614">
         <v>36.464</v>
       </c>
       <c r="J614">
         <v>89.989</v>
       </c>
       <c r="K614">
         <v>3391.92</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>68.859</v>
       </c>
       <c r="C615">
-        <v>82.718</v>
+        <v>82.725</v>
       </c>
       <c r="D615">
         <v>257.731</v>
       </c>
       <c r="E615">
         <v>2589.299</v>
       </c>
       <c r="F615">
         <v>59.947</v>
       </c>
       <c r="G615">
         <v>260.505</v>
       </c>
       <c r="H615">
         <v>8.419</v>
       </c>
       <c r="I615">
         <v>48.258</v>
       </c>
       <c r="J615">
         <v>92.674</v>
       </c>
       <c r="K615">
         <v>3316.834</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>61.887</v>
       </c>
       <c r="C616">
-        <v>77.607</v>
+        <v>77.613</v>
       </c>
       <c r="D616">
         <v>324.824</v>
       </c>
       <c r="E616">
         <v>2778.944</v>
       </c>
       <c r="F616">
         <v>80.827</v>
       </c>
       <c r="G616">
         <v>307.249</v>
       </c>
       <c r="H616">
         <v>9.488</v>
       </c>
       <c r="I616">
         <v>47.933</v>
       </c>
       <c r="J616">
         <v>85.89</v>
       </c>
       <c r="K616">
         <v>3635.156</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>63.815</v>
       </c>
       <c r="C617">
-        <v>73.525</v>
+        <v>73.531</v>
       </c>
       <c r="D617">
         <v>408.951</v>
       </c>
       <c r="E617">
         <v>2899.941</v>
       </c>
       <c r="F617">
         <v>96.903</v>
       </c>
       <c r="G617">
         <v>298.289</v>
       </c>
       <c r="H617">
         <v>6.374</v>
       </c>
       <c r="I617">
         <v>39.258</v>
       </c>
       <c r="J617">
         <v>87.383</v>
       </c>
       <c r="K617">
         <v>3837.099</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>63.051</v>
       </c>
       <c r="C618">
-        <v>69.63</v>
+        <v>69.635</v>
       </c>
       <c r="D618">
         <v>470.452</v>
       </c>
       <c r="E618">
         <v>2888.543</v>
       </c>
       <c r="F618">
         <v>94.878</v>
       </c>
       <c r="G618">
         <v>236.572</v>
       </c>
       <c r="H618">
         <v>5.627</v>
       </c>
       <c r="I618">
         <v>45.267</v>
       </c>
       <c r="J618">
         <v>91.145</v>
       </c>
       <c r="K618">
         <v>3832.484</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>65.853</v>
       </c>
       <c r="C619">
-        <v>70.813</v>
+        <v>70.818</v>
       </c>
       <c r="D619">
         <v>460.217</v>
       </c>
       <c r="E619">
         <v>3047.182</v>
       </c>
       <c r="F619">
         <v>94.285</v>
       </c>
       <c r="G619">
         <v>264.324</v>
       </c>
       <c r="H619">
         <v>2.365</v>
       </c>
       <c r="I619">
         <v>54.452</v>
       </c>
       <c r="J619">
         <v>98.588</v>
       </c>
       <c r="K619">
         <v>4021.412</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>66.156</v>
       </c>
       <c r="C620">
-        <v>73.019</v>
+        <v>73.024</v>
       </c>
       <c r="D620">
         <v>513.156</v>
       </c>
       <c r="E620">
         <v>2826.686</v>
       </c>
       <c r="F620">
         <v>81.33</v>
       </c>
       <c r="G620">
         <v>226.849</v>
       </c>
       <c r="H620">
         <v>8.475</v>
       </c>
       <c r="I620">
         <v>43.452</v>
       </c>
       <c r="J620">
         <v>90.403</v>
       </c>
       <c r="K620">
         <v>3790.35</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>63.871</v>
       </c>
       <c r="C621">
-        <v>71.407</v>
+        <v>71.412</v>
       </c>
       <c r="D621">
         <v>475.107</v>
       </c>
       <c r="E621">
         <v>2844.21</v>
       </c>
       <c r="F621">
         <v>73.568</v>
       </c>
       <c r="G621">
         <v>241.444</v>
       </c>
       <c r="H621">
         <v>11.199</v>
       </c>
       <c r="I621">
         <v>44.8</v>
       </c>
       <c r="J621">
         <v>97.658</v>
       </c>
       <c r="K621">
         <v>3787.986</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>62.624</v>
       </c>
       <c r="C622">
-        <v>76.972</v>
+        <v>76.978</v>
       </c>
       <c r="D622">
         <v>449.709</v>
       </c>
       <c r="E622">
         <v>2901.047</v>
       </c>
       <c r="F622">
         <v>97.342</v>
       </c>
       <c r="G622">
         <v>194.084</v>
       </c>
       <c r="H622">
         <v>7.46</v>
       </c>
       <c r="I622">
         <v>57.355</v>
       </c>
       <c r="J622">
         <v>92.265</v>
       </c>
       <c r="K622">
         <v>3799.261</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>67.916</v>
       </c>
       <c r="C623">
-        <v>80.537</v>
+        <v>80.543</v>
       </c>
       <c r="D623">
         <v>329.542</v>
       </c>
       <c r="E623">
         <v>3022.957</v>
       </c>
       <c r="F623">
         <v>51.652</v>
       </c>
       <c r="G623">
         <v>253.535</v>
       </c>
       <c r="H623">
         <v>12.909</v>
       </c>
       <c r="I623">
         <v>51.033</v>
       </c>
       <c r="J623">
         <v>89.228</v>
       </c>
       <c r="K623">
         <v>3810.856</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>64.166</v>
       </c>
       <c r="C624">
-        <v>85.773</v>
+        <v>85.78</v>
       </c>
       <c r="D624">
         <v>249.71</v>
       </c>
       <c r="E624">
         <v>3286.012</v>
       </c>
       <c r="F624">
         <v>38.71</v>
       </c>
       <c r="G624">
         <v>243.348</v>
       </c>
       <c r="H624">
         <v>4.482</v>
       </c>
       <c r="I624">
         <v>41.935</v>
       </c>
       <c r="J624">
         <v>93.058</v>
       </c>
       <c r="K624">
         <v>3957.256</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>62.501</v>
       </c>
       <c r="C625">
-        <v>86.647</v>
+        <v>86.65</v>
       </c>
       <c r="D625">
         <v>232.684</v>
       </c>
       <c r="E625">
-        <v>2907.171</v>
+        <v>2907.224</v>
       </c>
       <c r="F625">
         <v>85.62</v>
       </c>
       <c r="G625">
         <v>273.971</v>
       </c>
       <c r="H625">
         <v>6.273</v>
       </c>
       <c r="I625">
         <v>39.903</v>
       </c>
       <c r="J625">
         <v>90.818</v>
       </c>
       <c r="K625">
-        <v>3636.44</v>
+        <v>3636.493</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>61.93</v>
       </c>
       <c r="C626">
-        <v>77.704</v>
+        <v>77.707</v>
       </c>
       <c r="D626">
         <v>230.022</v>
       </c>
       <c r="E626">
-        <v>2935.162</v>
+        <v>2935.177</v>
       </c>
       <c r="F626">
         <v>71.821</v>
       </c>
       <c r="G626">
         <v>285.542</v>
       </c>
       <c r="H626">
         <v>3.847</v>
       </c>
       <c r="I626">
         <v>46.345</v>
       </c>
       <c r="J626">
         <v>72.804</v>
       </c>
       <c r="K626">
-        <v>3645.544</v>
+        <v>3645.558</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>65.066</v>
       </c>
       <c r="C627">
-        <v>81.393</v>
+        <v>81.396</v>
       </c>
       <c r="D627">
         <v>258.254</v>
       </c>
       <c r="E627">
-        <v>2922.46</v>
+        <v>2922.414</v>
       </c>
       <c r="F627">
         <v>76.514</v>
       </c>
       <c r="G627">
         <v>278.128</v>
       </c>
       <c r="H627">
         <v>4.272</v>
       </c>
       <c r="I627">
         <v>43.548</v>
       </c>
       <c r="J627">
         <v>87.608</v>
       </c>
       <c r="K627">
-        <v>3670.785</v>
+        <v>3670.739</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>60.125</v>
       </c>
       <c r="C628">
-        <v>75.911</v>
+        <v>75.914</v>
       </c>
       <c r="D628">
         <v>295.989</v>
       </c>
       <c r="E628">
-        <v>2896.148</v>
+        <v>2895.959</v>
       </c>
       <c r="F628">
         <v>103.343</v>
       </c>
       <c r="G628">
         <v>228.895</v>
       </c>
       <c r="H628">
         <v>10.011</v>
       </c>
       <c r="I628">
         <v>47.3</v>
       </c>
       <c r="J628">
         <v>92.517</v>
       </c>
       <c r="K628">
-        <v>3674.203</v>
+        <v>3674.014</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>62.634</v>
       </c>
       <c r="C629">
-        <v>73.811</v>
+        <v>73.814</v>
       </c>
       <c r="D629">
         <v>405.371</v>
       </c>
       <c r="E629">
-        <v>3098.699</v>
+        <v>3098.882</v>
       </c>
       <c r="F629">
         <v>78.874</v>
       </c>
       <c r="G629">
         <v>247.242</v>
       </c>
       <c r="H629">
         <v>9.131</v>
       </c>
       <c r="I629">
         <v>56.71</v>
       </c>
       <c r="J629">
         <v>93.754</v>
       </c>
       <c r="K629">
-        <v>3989.781</v>
+        <v>3989.965</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>60.414</v>
       </c>
       <c r="C630">
-        <v>70.287</v>
+        <v>70.289</v>
       </c>
       <c r="D630">
         <v>476.638</v>
       </c>
       <c r="E630">
-        <v>3062.728</v>
+        <v>3062.715</v>
       </c>
       <c r="F630">
         <v>91.685</v>
       </c>
       <c r="G630">
         <v>254.448</v>
       </c>
       <c r="H630">
         <v>5.541</v>
       </c>
       <c r="I630">
         <v>42.333</v>
       </c>
       <c r="J630">
         <v>90.774</v>
       </c>
       <c r="K630">
-        <v>4024.148</v>
+        <v>4024.134</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>64.96</v>
       </c>
       <c r="C631">
-        <v>72.687</v>
+        <v>72.69</v>
       </c>
       <c r="D631">
         <v>464.726</v>
       </c>
       <c r="E631">
-        <v>2849.915</v>
+        <v>2849.879</v>
       </c>
       <c r="F631">
         <v>81.79</v>
       </c>
       <c r="G631">
         <v>270.54</v>
       </c>
       <c r="H631">
         <v>9.391</v>
       </c>
       <c r="I631">
         <v>33.742</v>
       </c>
       <c r="J631">
         <v>94.743</v>
       </c>
       <c r="K631">
-        <v>3804.848</v>
+        <v>3804.811</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>66.124</v>
       </c>
       <c r="C632">
-        <v>73.945</v>
+        <v>73.948</v>
       </c>
       <c r="D632">
         <v>510.597</v>
       </c>
       <c r="E632">
-        <v>3195.481</v>
+        <v>3195.437</v>
       </c>
       <c r="F632">
         <v>98.549</v>
       </c>
       <c r="G632">
         <v>275.234</v>
       </c>
       <c r="H632">
         <v>6.017</v>
       </c>
       <c r="I632">
         <v>40.968</v>
       </c>
       <c r="J632">
         <v>94.334</v>
       </c>
       <c r="K632">
-        <v>4221.18</v>
+        <v>4221.136</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>61.408</v>
       </c>
       <c r="C633">
-        <v>71.441</v>
+        <v>71.444</v>
       </c>
       <c r="D633">
         <v>445.971</v>
       </c>
       <c r="E633">
-        <v>3309.834</v>
+        <v>3309.645</v>
       </c>
       <c r="F633">
         <v>81.929</v>
       </c>
       <c r="G633">
         <v>236.565</v>
       </c>
       <c r="H633">
         <v>5.981</v>
       </c>
       <c r="I633">
         <v>34.8</v>
       </c>
       <c r="J633">
         <v>91.613</v>
       </c>
       <c r="K633">
-        <v>4206.692</v>
+        <v>4206.504</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>64.158</v>
       </c>
       <c r="C634">
-        <v>75.139</v>
+        <v>75.142</v>
       </c>
       <c r="D634">
         <v>471.896</v>
       </c>
       <c r="E634">
-        <v>3411.313</v>
+        <v>3411.239</v>
       </c>
       <c r="F634">
         <v>73.993</v>
       </c>
       <c r="G634">
         <v>229.355</v>
       </c>
       <c r="H634">
         <v>5.628</v>
       </c>
       <c r="I634">
         <v>40.129</v>
       </c>
       <c r="J634">
         <v>90.838</v>
       </c>
       <c r="K634">
-        <v>4323.151</v>
+        <v>4323.077</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>62.965</v>
       </c>
       <c r="C635">
-        <v>78.47</v>
+        <v>78.473</v>
       </c>
       <c r="D635">
         <v>352.271</v>
       </c>
       <c r="E635">
-        <v>3203.113</v>
+        <v>3203.29</v>
       </c>
       <c r="F635">
         <v>50.69</v>
       </c>
       <c r="G635">
         <v>257.938</v>
       </c>
       <c r="H635">
         <v>5.972</v>
       </c>
       <c r="I635">
         <v>33.167</v>
       </c>
       <c r="J635">
         <v>88.083</v>
       </c>
       <c r="K635">
-        <v>3991.233</v>
+        <v>3991.41</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>67.206</v>
       </c>
       <c r="C636">
-        <v>86.709</v>
+        <v>86.712</v>
       </c>
       <c r="D636">
         <v>239.152</v>
       </c>
       <c r="E636">
-        <v>3373.776</v>
+        <v>3373.933</v>
       </c>
       <c r="F636">
         <v>49.718</v>
       </c>
       <c r="G636">
         <v>253.131</v>
       </c>
       <c r="H636">
         <v>3.505</v>
       </c>
       <c r="I636">
         <v>28.839</v>
       </c>
       <c r="J636">
         <v>94.276</v>
       </c>
       <c r="K636">
-        <v>4042.396</v>
+        <v>4042.553</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>61.02</v>
       </c>
       <c r="C637">
-        <v>90.276</v>
+        <v>90.432</v>
       </c>
       <c r="D637">
         <v>223.783</v>
       </c>
       <c r="E637">
-        <v>3183.681</v>
+        <v>3183.887</v>
       </c>
       <c r="F637">
         <v>67.999</v>
       </c>
       <c r="G637">
         <v>246.203</v>
       </c>
       <c r="H637">
         <v>9.422</v>
       </c>
       <c r="I637">
         <v>37.226</v>
       </c>
       <c r="J637">
-        <v>91.572</v>
+        <v>91.593</v>
       </c>
       <c r="K637">
-        <v>3859.886</v>
+        <v>3860.113</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>55.282</v>
       </c>
       <c r="C638">
-        <v>80.428</v>
+        <v>80.506</v>
       </c>
       <c r="D638">
         <v>220.932</v>
       </c>
       <c r="E638">
-        <v>3022.822</v>
+        <v>3023.125</v>
       </c>
       <c r="F638">
         <v>56.89</v>
       </c>
       <c r="G638">
         <v>236.65</v>
       </c>
       <c r="H638">
         <v>3.275</v>
       </c>
       <c r="I638">
         <v>36.464</v>
       </c>
       <c r="J638">
-        <v>88.123</v>
+        <v>88.145</v>
       </c>
       <c r="K638">
-        <v>3665.156</v>
+        <v>3665.481</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>61.135</v>
       </c>
       <c r="C639">
-        <v>81.23</v>
+        <v>81.268</v>
       </c>
       <c r="D639">
         <v>243.819</v>
       </c>
       <c r="E639">
-        <v>2917.262</v>
+        <v>2917.488</v>
       </c>
       <c r="F639">
         <v>71.779</v>
       </c>
       <c r="G639">
         <v>260.694</v>
       </c>
       <c r="H639">
         <v>4.876</v>
       </c>
       <c r="I639">
         <v>35.806</v>
       </c>
       <c r="J639">
-        <v>84.446</v>
+        <v>84.469</v>
       </c>
       <c r="K639">
-        <v>3618.684</v>
+        <v>3618.933</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>58.364</v>
       </c>
       <c r="C640">
-        <v>75.774</v>
+        <v>76.048</v>
       </c>
       <c r="D640">
         <v>316.188</v>
       </c>
       <c r="E640">
-        <v>2909.847</v>
+        <v>2909.824</v>
       </c>
       <c r="F640">
         <v>96.49</v>
       </c>
       <c r="G640">
         <v>281.204</v>
       </c>
       <c r="H640">
         <v>7.333</v>
       </c>
       <c r="I640">
         <v>39.067</v>
       </c>
       <c r="J640">
-        <v>86.206</v>
+        <v>86.23</v>
       </c>
       <c r="K640">
-        <v>3736.333</v>
+        <v>3736.335</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>61.586</v>
       </c>
       <c r="C641">
-        <v>75.058</v>
+        <v>75.148</v>
       </c>
       <c r="D641">
         <v>386.386</v>
       </c>
       <c r="E641">
-        <v>3031.06</v>
+        <v>3031.084</v>
       </c>
       <c r="F641">
         <v>91.808</v>
       </c>
       <c r="G641">
         <v>306.315</v>
       </c>
       <c r="H641">
         <v>9.311</v>
       </c>
       <c r="I641">
         <v>34.355</v>
       </c>
       <c r="J641">
-        <v>82.437</v>
+        <v>82.461</v>
       </c>
       <c r="K641">
-        <v>3941.673</v>
+        <v>3941.72</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>62.119</v>
       </c>
       <c r="C642">
-        <v>70.346</v>
+        <v>70.453</v>
       </c>
       <c r="D642">
         <v>462.769</v>
       </c>
       <c r="E642">
-        <v>3226.46</v>
+        <v>3226.414</v>
       </c>
       <c r="F642">
         <v>83.394</v>
       </c>
       <c r="G642">
         <v>299.583</v>
       </c>
       <c r="H642">
         <v>6.62</v>
       </c>
       <c r="I642">
         <v>29.5</v>
       </c>
       <c r="J642">
-        <v>88.203</v>
+        <v>88.228</v>
       </c>
       <c r="K642">
-        <v>4196.529</v>
+        <v>4196.508</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>58.531</v>
       </c>
       <c r="C643">
-        <v>72.351</v>
+        <v>72.322</v>
       </c>
       <c r="D643">
         <v>486.828</v>
       </c>
       <c r="E643">
-        <v>3306.051</v>
+        <v>3306.05</v>
       </c>
       <c r="F643">
         <v>108.293</v>
       </c>
       <c r="G643">
         <v>293.845</v>
       </c>
       <c r="H643">
         <v>7.748</v>
       </c>
       <c r="I643">
         <v>38.387</v>
       </c>
       <c r="J643">
-        <v>89.392</v>
+        <v>89.418</v>
       </c>
       <c r="K643">
-        <v>4330.545</v>
+        <v>4330.57</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>61.211</v>
       </c>
       <c r="C644">
-        <v>74.129</v>
+        <v>74.181</v>
       </c>
       <c r="D644">
-        <v>493.957</v>
+        <v>492.499</v>
       </c>
       <c r="E644">
-        <v>3382.304</v>
+        <v>3593.564</v>
       </c>
       <c r="F644">
-        <v>101.744</v>
+        <v>99.768</v>
       </c>
       <c r="G644">
-        <v>293.922</v>
+        <v>294.87</v>
       </c>
       <c r="H644">
-        <v>8.464</v>
+        <v>5.633</v>
       </c>
       <c r="I644">
         <v>36.419</v>
       </c>
       <c r="J644">
-        <v>86.728</v>
+        <v>87.516</v>
       </c>
       <c r="K644">
-        <v>4403.539</v>
+        <v>4610.27</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>58.662</v>
+      </c>
+      <c r="C645">
+        <v>71.703</v>
+      </c>
+      <c r="D645">
+        <v>500.116</v>
+      </c>
+      <c r="E645">
+        <v>3570.348</v>
+      </c>
+      <c r="F645">
+        <v>105.394</v>
+      </c>
+      <c r="G645">
+        <v>273.421</v>
+      </c>
+      <c r="H645">
+        <v>4.312</v>
+      </c>
+      <c r="I645">
+        <v>36.167</v>
+      </c>
+      <c r="J645">
+        <v>94.098</v>
+      </c>
+      <c r="K645">
+        <v>4583.855</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -24625,86 +24660,86 @@
       </c>
       <c r="G62">
         <v>245.639</v>
       </c>
       <c r="H62">
         <v>6.789</v>
       </c>
       <c r="I62">
         <v>46.542</v>
       </c>
       <c r="J62">
         <v>96.83</v>
       </c>
       <c r="K62">
         <v>3565.981</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>776.578</v>
       </c>
       <c r="C63">
-        <v>923.591</v>
+        <v>923.663</v>
       </c>
       <c r="D63">
         <v>368.169</v>
       </c>
       <c r="E63">
         <v>2872.249</v>
       </c>
       <c r="F63">
         <v>83.024</v>
       </c>
       <c r="G63">
         <v>247.845</v>
       </c>
       <c r="H63">
         <v>7.194</v>
       </c>
       <c r="I63">
         <v>46.589</v>
       </c>
       <c r="J63">
         <v>91.23</v>
       </c>
       <c r="K63">
         <v>3716.3</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>759.492</v>
       </c>
       <c r="C64">
-        <v>924.145</v>
+        <v>924.179</v>
       </c>
       <c r="D64">
         <v>365.737</v>
       </c>
       <c r="E64">
         <v>3097.808</v>
       </c>
       <c r="F64">
         <v>78.713</v>
       </c>
       <c r="G64">
         <v>257.573</v>
       </c>
       <c r="H64">
         <v>6.305</v>
       </c>
       <c r="I64">
         <v>40.631</v>
       </c>
       <c r="J64">
         <v>90.269</v>
       </c>
       <c r="K64">
         <v>3937.036</v>
       </c>