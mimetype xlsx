--- v1 (2026-01-18)
+++ v2 (2026-03-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 1.13a Non-Combustion Use of Fossil Fuels in Physical Units</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Natural Gas Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Asphalt &amp; Road Oil Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Hydrocarbon Gas Liquids Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Lubricants Non-Combustion Consumption</t>
   </si>
   <si>
     <t>Petrochemical Feedstocks Non-Combustion Consumption</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="40.562" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -21611,1195 +21611,1265 @@
       </c>
       <c r="G612">
         <v>242.525</v>
       </c>
       <c r="H612">
         <v>5.725</v>
       </c>
       <c r="I612">
         <v>33.71</v>
       </c>
       <c r="J612">
         <v>93.303</v>
       </c>
       <c r="K612">
         <v>3073.271</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>66.366</v>
       </c>
       <c r="C613">
-        <v>84.031</v>
+        <v>84.048</v>
       </c>
       <c r="D613">
         <v>227.022</v>
       </c>
       <c r="E613">
         <v>2678.821</v>
       </c>
       <c r="F613">
         <v>115.307</v>
       </c>
       <c r="G613">
         <v>231.523</v>
       </c>
       <c r="H613">
         <v>3.126</v>
       </c>
       <c r="I613">
         <v>47.968</v>
       </c>
       <c r="J613">
         <v>86.323</v>
       </c>
       <c r="K613">
         <v>3390.089</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>62.014</v>
       </c>
       <c r="C614">
-        <v>77.572</v>
+        <v>77.586</v>
       </c>
       <c r="D614">
         <v>243.668</v>
       </c>
       <c r="E614">
         <v>2686.879</v>
       </c>
       <c r="F614">
         <v>113.482</v>
       </c>
       <c r="G614">
         <v>214.743</v>
       </c>
       <c r="H614">
         <v>6.695</v>
       </c>
       <c r="I614">
         <v>36.464</v>
       </c>
       <c r="J614">
         <v>89.989</v>
       </c>
       <c r="K614">
         <v>3391.92</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>68.859</v>
       </c>
       <c r="C615">
-        <v>82.725</v>
+        <v>82.65</v>
       </c>
       <c r="D615">
         <v>257.731</v>
       </c>
       <c r="E615">
         <v>2589.299</v>
       </c>
       <c r="F615">
         <v>59.947</v>
       </c>
       <c r="G615">
         <v>260.505</v>
       </c>
       <c r="H615">
         <v>8.419</v>
       </c>
       <c r="I615">
         <v>48.258</v>
       </c>
       <c r="J615">
         <v>92.674</v>
       </c>
       <c r="K615">
         <v>3316.834</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>61.887</v>
       </c>
       <c r="C616">
-        <v>77.613</v>
+        <v>77.621</v>
       </c>
       <c r="D616">
         <v>324.824</v>
       </c>
       <c r="E616">
         <v>2778.944</v>
       </c>
       <c r="F616">
         <v>80.827</v>
       </c>
       <c r="G616">
         <v>307.249</v>
       </c>
       <c r="H616">
         <v>9.488</v>
       </c>
       <c r="I616">
         <v>47.933</v>
       </c>
       <c r="J616">
         <v>85.89</v>
       </c>
       <c r="K616">
         <v>3635.156</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>63.815</v>
       </c>
       <c r="C617">
-        <v>73.531</v>
+        <v>73.505</v>
       </c>
       <c r="D617">
         <v>408.951</v>
       </c>
       <c r="E617">
         <v>2899.941</v>
       </c>
       <c r="F617">
         <v>96.903</v>
       </c>
       <c r="G617">
         <v>298.289</v>
       </c>
       <c r="H617">
         <v>6.374</v>
       </c>
       <c r="I617">
         <v>39.258</v>
       </c>
       <c r="J617">
         <v>87.383</v>
       </c>
       <c r="K617">
         <v>3837.099</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>63.051</v>
       </c>
       <c r="C618">
-        <v>69.635</v>
+        <v>69.621</v>
       </c>
       <c r="D618">
         <v>470.452</v>
       </c>
       <c r="E618">
         <v>2888.543</v>
       </c>
       <c r="F618">
         <v>94.878</v>
       </c>
       <c r="G618">
         <v>236.572</v>
       </c>
       <c r="H618">
         <v>5.627</v>
       </c>
       <c r="I618">
         <v>45.267</v>
       </c>
       <c r="J618">
         <v>91.145</v>
       </c>
       <c r="K618">
         <v>3832.484</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>65.853</v>
       </c>
       <c r="C619">
-        <v>70.818</v>
+        <v>70.759</v>
       </c>
       <c r="D619">
         <v>460.217</v>
       </c>
       <c r="E619">
         <v>3047.182</v>
       </c>
       <c r="F619">
         <v>94.285</v>
       </c>
       <c r="G619">
         <v>264.324</v>
       </c>
       <c r="H619">
         <v>2.365</v>
       </c>
       <c r="I619">
         <v>54.452</v>
       </c>
       <c r="J619">
         <v>98.588</v>
       </c>
       <c r="K619">
         <v>4021.412</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>66.156</v>
       </c>
       <c r="C620">
-        <v>73.024</v>
+        <v>73.055</v>
       </c>
       <c r="D620">
         <v>513.156</v>
       </c>
       <c r="E620">
         <v>2826.686</v>
       </c>
       <c r="F620">
         <v>81.33</v>
       </c>
       <c r="G620">
         <v>226.849</v>
       </c>
       <c r="H620">
         <v>8.475</v>
       </c>
       <c r="I620">
         <v>43.452</v>
       </c>
       <c r="J620">
         <v>90.403</v>
       </c>
       <c r="K620">
         <v>3790.35</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>63.871</v>
       </c>
       <c r="C621">
-        <v>71.412</v>
+        <v>71.418</v>
       </c>
       <c r="D621">
         <v>475.107</v>
       </c>
       <c r="E621">
         <v>2844.21</v>
       </c>
       <c r="F621">
         <v>73.568</v>
       </c>
       <c r="G621">
         <v>241.444</v>
       </c>
       <c r="H621">
         <v>11.199</v>
       </c>
       <c r="I621">
         <v>44.8</v>
       </c>
       <c r="J621">
         <v>97.658</v>
       </c>
       <c r="K621">
         <v>3787.986</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>62.624</v>
       </c>
       <c r="C622">
-        <v>76.978</v>
+        <v>76.988</v>
       </c>
       <c r="D622">
         <v>449.709</v>
       </c>
       <c r="E622">
         <v>2901.047</v>
       </c>
       <c r="F622">
         <v>97.342</v>
       </c>
       <c r="G622">
         <v>194.084</v>
       </c>
       <c r="H622">
         <v>7.46</v>
       </c>
       <c r="I622">
         <v>57.355</v>
       </c>
       <c r="J622">
         <v>92.265</v>
       </c>
       <c r="K622">
         <v>3799.261</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>67.916</v>
       </c>
       <c r="C623">
-        <v>80.543</v>
+        <v>80.582</v>
       </c>
       <c r="D623">
         <v>329.542</v>
       </c>
       <c r="E623">
         <v>3022.957</v>
       </c>
       <c r="F623">
         <v>51.652</v>
       </c>
       <c r="G623">
         <v>253.535</v>
       </c>
       <c r="H623">
         <v>12.909</v>
       </c>
       <c r="I623">
         <v>51.033</v>
       </c>
       <c r="J623">
         <v>89.228</v>
       </c>
       <c r="K623">
         <v>3810.856</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>64.166</v>
       </c>
       <c r="C624">
-        <v>85.78</v>
+        <v>85.83</v>
       </c>
       <c r="D624">
         <v>249.71</v>
       </c>
       <c r="E624">
         <v>3286.012</v>
       </c>
       <c r="F624">
         <v>38.71</v>
       </c>
       <c r="G624">
         <v>243.348</v>
       </c>
       <c r="H624">
         <v>4.482</v>
       </c>
       <c r="I624">
         <v>41.935</v>
       </c>
       <c r="J624">
         <v>93.058</v>
       </c>
       <c r="K624">
         <v>3957.256</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>62.501</v>
       </c>
       <c r="C625">
-        <v>86.65</v>
+        <v>86.447</v>
       </c>
       <c r="D625">
         <v>232.684</v>
       </c>
       <c r="E625">
-        <v>2907.224</v>
+        <v>2934.785</v>
       </c>
       <c r="F625">
         <v>85.62</v>
       </c>
       <c r="G625">
         <v>273.971</v>
       </c>
       <c r="H625">
         <v>6.273</v>
       </c>
       <c r="I625">
         <v>39.903</v>
       </c>
       <c r="J625">
         <v>90.818</v>
       </c>
       <c r="K625">
-        <v>3636.493</v>
+        <v>3664.054</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>61.93</v>
       </c>
       <c r="C626">
-        <v>77.707</v>
+        <v>77.803</v>
       </c>
       <c r="D626">
         <v>230.022</v>
       </c>
       <c r="E626">
-        <v>2935.177</v>
+        <v>2954.675</v>
       </c>
       <c r="F626">
         <v>71.821</v>
       </c>
       <c r="G626">
         <v>285.542</v>
       </c>
       <c r="H626">
         <v>3.847</v>
       </c>
       <c r="I626">
         <v>46.345</v>
       </c>
       <c r="J626">
         <v>72.804</v>
       </c>
       <c r="K626">
-        <v>3645.558</v>
+        <v>3665.056</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>65.066</v>
       </c>
       <c r="C627">
-        <v>81.396</v>
+        <v>81.365</v>
       </c>
       <c r="D627">
         <v>258.254</v>
       </c>
       <c r="E627">
-        <v>2922.414</v>
+        <v>2933.381</v>
       </c>
       <c r="F627">
         <v>76.514</v>
       </c>
       <c r="G627">
         <v>278.128</v>
       </c>
       <c r="H627">
         <v>4.272</v>
       </c>
       <c r="I627">
         <v>43.548</v>
       </c>
       <c r="J627">
         <v>87.608</v>
       </c>
       <c r="K627">
-        <v>3670.739</v>
+        <v>3681.705</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>60.125</v>
       </c>
       <c r="C628">
-        <v>75.914</v>
+        <v>75.839</v>
       </c>
       <c r="D628">
         <v>295.989</v>
       </c>
       <c r="E628">
-        <v>2895.959</v>
+        <v>2908.749</v>
       </c>
       <c r="F628">
         <v>103.343</v>
       </c>
       <c r="G628">
         <v>228.895</v>
       </c>
       <c r="H628">
         <v>10.011</v>
       </c>
       <c r="I628">
         <v>47.3</v>
       </c>
       <c r="J628">
         <v>92.517</v>
       </c>
       <c r="K628">
-        <v>3674.014</v>
+        <v>3686.804</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>62.634</v>
       </c>
       <c r="C629">
-        <v>73.814</v>
+        <v>73.698</v>
       </c>
       <c r="D629">
         <v>405.371</v>
       </c>
       <c r="E629">
-        <v>3098.882</v>
+        <v>3117.721</v>
       </c>
       <c r="F629">
         <v>78.874</v>
       </c>
       <c r="G629">
         <v>247.242</v>
       </c>
       <c r="H629">
         <v>9.131</v>
       </c>
       <c r="I629">
         <v>56.71</v>
       </c>
       <c r="J629">
         <v>93.754</v>
       </c>
       <c r="K629">
-        <v>3989.965</v>
+        <v>4008.804</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>60.414</v>
       </c>
       <c r="C630">
-        <v>70.289</v>
+        <v>70.255</v>
       </c>
       <c r="D630">
         <v>476.638</v>
       </c>
       <c r="E630">
-        <v>3062.715</v>
+        <v>3085.863</v>
       </c>
       <c r="F630">
         <v>91.685</v>
       </c>
       <c r="G630">
         <v>254.448</v>
       </c>
       <c r="H630">
         <v>5.541</v>
       </c>
       <c r="I630">
         <v>42.333</v>
       </c>
       <c r="J630">
         <v>90.774</v>
       </c>
       <c r="K630">
-        <v>4024.134</v>
+        <v>4047.283</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>64.96</v>
       </c>
       <c r="C631">
-        <v>72.69</v>
+        <v>72.791</v>
       </c>
       <c r="D631">
         <v>464.726</v>
       </c>
       <c r="E631">
-        <v>2849.879</v>
+        <v>2872.79</v>
       </c>
       <c r="F631">
         <v>81.79</v>
       </c>
       <c r="G631">
         <v>270.54</v>
       </c>
       <c r="H631">
         <v>9.391</v>
       </c>
       <c r="I631">
         <v>33.742</v>
       </c>
       <c r="J631">
         <v>94.743</v>
       </c>
       <c r="K631">
-        <v>3804.811</v>
+        <v>3827.723</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>66.124</v>
       </c>
       <c r="C632">
-        <v>73.948</v>
+        <v>74.027</v>
       </c>
       <c r="D632">
         <v>510.597</v>
       </c>
       <c r="E632">
-        <v>3195.437</v>
+        <v>3222.698</v>
       </c>
       <c r="F632">
         <v>98.549</v>
       </c>
       <c r="G632">
         <v>275.234</v>
       </c>
       <c r="H632">
         <v>6.017</v>
       </c>
       <c r="I632">
         <v>40.968</v>
       </c>
       <c r="J632">
         <v>94.334</v>
       </c>
       <c r="K632">
-        <v>4221.136</v>
+        <v>4248.398</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>61.408</v>
       </c>
       <c r="C633">
-        <v>71.444</v>
+        <v>71.53</v>
       </c>
       <c r="D633">
         <v>445.971</v>
       </c>
       <c r="E633">
-        <v>3309.645</v>
+        <v>3340.208</v>
       </c>
       <c r="F633">
         <v>81.929</v>
       </c>
       <c r="G633">
         <v>236.565</v>
       </c>
       <c r="H633">
         <v>5.981</v>
       </c>
       <c r="I633">
         <v>34.8</v>
       </c>
       <c r="J633">
         <v>91.613</v>
       </c>
       <c r="K633">
-        <v>4206.504</v>
+        <v>4237.066</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>64.158</v>
       </c>
       <c r="C634">
-        <v>75.142</v>
+        <v>75.177</v>
       </c>
       <c r="D634">
         <v>471.896</v>
       </c>
       <c r="E634">
-        <v>3411.239</v>
+        <v>3446.751</v>
       </c>
       <c r="F634">
         <v>73.993</v>
       </c>
       <c r="G634">
         <v>229.355</v>
       </c>
       <c r="H634">
         <v>5.628</v>
       </c>
       <c r="I634">
         <v>40.129</v>
       </c>
       <c r="J634">
         <v>90.838</v>
       </c>
       <c r="K634">
-        <v>4323.077</v>
+        <v>4358.589</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>62.965</v>
       </c>
       <c r="C635">
-        <v>78.473</v>
+        <v>78.639</v>
       </c>
       <c r="D635">
         <v>352.271</v>
       </c>
       <c r="E635">
-        <v>3203.29</v>
+        <v>3223.595</v>
       </c>
       <c r="F635">
         <v>50.69</v>
       </c>
       <c r="G635">
         <v>257.938</v>
       </c>
       <c r="H635">
         <v>5.972</v>
       </c>
       <c r="I635">
         <v>33.167</v>
       </c>
       <c r="J635">
         <v>88.083</v>
       </c>
       <c r="K635">
-        <v>3991.41</v>
+        <v>4011.715</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>67.206</v>
       </c>
       <c r="C636">
-        <v>86.712</v>
+        <v>86.609</v>
       </c>
       <c r="D636">
         <v>239.152</v>
       </c>
       <c r="E636">
-        <v>3373.933</v>
+        <v>3401.277</v>
       </c>
       <c r="F636">
         <v>49.718</v>
       </c>
       <c r="G636">
         <v>253.131</v>
       </c>
       <c r="H636">
         <v>3.505</v>
       </c>
       <c r="I636">
         <v>28.839</v>
       </c>
       <c r="J636">
         <v>94.276</v>
       </c>
       <c r="K636">
-        <v>4042.553</v>
+        <v>4069.897</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>61.02</v>
       </c>
       <c r="C637">
-        <v>90.432</v>
+        <v>89.844</v>
       </c>
       <c r="D637">
         <v>223.783</v>
       </c>
       <c r="E637">
-        <v>3183.887</v>
+        <v>3215.907</v>
       </c>
       <c r="F637">
         <v>67.999</v>
       </c>
       <c r="G637">
         <v>246.203</v>
       </c>
       <c r="H637">
         <v>9.422</v>
       </c>
       <c r="I637">
         <v>37.226</v>
       </c>
       <c r="J637">
-        <v>91.593</v>
+        <v>91.64</v>
       </c>
       <c r="K637">
-        <v>3860.113</v>
+        <v>3892.181</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>55.282</v>
       </c>
       <c r="C638">
-        <v>80.506</v>
+        <v>79.872</v>
       </c>
       <c r="D638">
         <v>220.932</v>
       </c>
       <c r="E638">
-        <v>3023.125</v>
+        <v>3052.046</v>
       </c>
       <c r="F638">
         <v>56.89</v>
       </c>
       <c r="G638">
         <v>236.65</v>
       </c>
       <c r="H638">
         <v>3.275</v>
       </c>
       <c r="I638">
         <v>36.464</v>
       </c>
       <c r="J638">
-        <v>88.145</v>
+        <v>88.209</v>
       </c>
       <c r="K638">
-        <v>3665.481</v>
+        <v>3694.467</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>61.135</v>
       </c>
       <c r="C639">
-        <v>81.268</v>
+        <v>80.68</v>
       </c>
       <c r="D639">
         <v>243.819</v>
       </c>
       <c r="E639">
-        <v>2917.488</v>
+        <v>2935.279</v>
       </c>
       <c r="F639">
         <v>71.779</v>
       </c>
       <c r="G639">
         <v>260.694</v>
       </c>
       <c r="H639">
         <v>4.876</v>
       </c>
       <c r="I639">
         <v>35.806</v>
       </c>
       <c r="J639">
-        <v>84.469</v>
+        <v>84.496</v>
       </c>
       <c r="K639">
-        <v>3618.933</v>
+        <v>3636.749</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>58.364</v>
       </c>
       <c r="C640">
-        <v>76.048</v>
+        <v>75.509</v>
       </c>
       <c r="D640">
         <v>316.188</v>
       </c>
       <c r="E640">
-        <v>2909.824</v>
+        <v>2924.088</v>
       </c>
       <c r="F640">
         <v>96.49</v>
       </c>
       <c r="G640">
         <v>281.204</v>
       </c>
       <c r="H640">
         <v>7.333</v>
       </c>
       <c r="I640">
         <v>39.067</v>
       </c>
       <c r="J640">
-        <v>86.23</v>
+        <v>86.232</v>
       </c>
       <c r="K640">
-        <v>3736.335</v>
+        <v>3750.6</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>61.586</v>
       </c>
       <c r="C641">
-        <v>75.148</v>
+        <v>74.724</v>
       </c>
       <c r="D641">
         <v>386.386</v>
       </c>
       <c r="E641">
-        <v>3031.084</v>
+        <v>3047.938</v>
       </c>
       <c r="F641">
         <v>91.808</v>
       </c>
       <c r="G641">
         <v>306.315</v>
       </c>
       <c r="H641">
         <v>9.311</v>
       </c>
       <c r="I641">
         <v>34.355</v>
       </c>
       <c r="J641">
-        <v>82.461</v>
+        <v>82.451</v>
       </c>
       <c r="K641">
-        <v>3941.72</v>
+        <v>3958.564</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>62.119</v>
       </c>
       <c r="C642">
-        <v>70.453</v>
+        <v>70.118</v>
       </c>
       <c r="D642">
         <v>462.769</v>
       </c>
       <c r="E642">
-        <v>3226.414</v>
+        <v>3249.302</v>
       </c>
       <c r="F642">
         <v>83.394</v>
       </c>
       <c r="G642">
         <v>299.583</v>
       </c>
       <c r="H642">
         <v>6.62</v>
       </c>
       <c r="I642">
         <v>29.5</v>
       </c>
       <c r="J642">
-        <v>88.228</v>
+        <v>88.216</v>
       </c>
       <c r="K642">
-        <v>4196.508</v>
+        <v>4219.383</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>58.531</v>
+        <v>60.695</v>
       </c>
       <c r="C643">
-        <v>72.322</v>
+        <v>72.607</v>
       </c>
       <c r="D643">
         <v>486.828</v>
       </c>
       <c r="E643">
-        <v>3306.05</v>
+        <v>3334.607</v>
       </c>
       <c r="F643">
         <v>108.293</v>
       </c>
       <c r="G643">
         <v>293.845</v>
       </c>
       <c r="H643">
         <v>7.748</v>
       </c>
       <c r="I643">
         <v>38.387</v>
       </c>
       <c r="J643">
-        <v>89.418</v>
+        <v>89.396</v>
       </c>
       <c r="K643">
-        <v>4330.57</v>
+        <v>4359.105</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>61.211</v>
+        <v>60.465</v>
       </c>
       <c r="C644">
-        <v>74.181</v>
+        <v>74.128</v>
       </c>
       <c r="D644">
         <v>492.499</v>
       </c>
       <c r="E644">
-        <v>3593.564</v>
+        <v>3632.513</v>
       </c>
       <c r="F644">
         <v>99.768</v>
       </c>
       <c r="G644">
         <v>294.87</v>
       </c>
       <c r="H644">
         <v>5.633</v>
       </c>
       <c r="I644">
         <v>36.419</v>
       </c>
       <c r="J644">
-        <v>87.516</v>
+        <v>87.488</v>
       </c>
       <c r="K644">
-        <v>4610.27</v>
+        <v>4649.19</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>58.662</v>
+        <v>58.886</v>
       </c>
       <c r="C645">
-        <v>71.703</v>
+        <v>71.814</v>
       </c>
       <c r="D645">
-        <v>500.116</v>
+        <v>497.694</v>
       </c>
       <c r="E645">
-        <v>3570.348</v>
+        <v>3364.125</v>
       </c>
       <c r="F645">
-        <v>105.394</v>
+        <v>117.154</v>
       </c>
       <c r="G645">
-        <v>273.421</v>
+        <v>283.092</v>
       </c>
       <c r="H645">
-        <v>4.312</v>
+        <v>4.763</v>
       </c>
       <c r="I645">
         <v>36.167</v>
       </c>
       <c r="J645">
-        <v>94.098</v>
+        <v>94.84</v>
       </c>
       <c r="K645">
-        <v>4583.855</v>
+        <v>4397.834</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>60.126</v>
+      </c>
+      <c r="C646">
+        <v>74.593</v>
+      </c>
+      <c r="D646">
+        <v>437.158</v>
+      </c>
+      <c r="E646">
+        <v>3332.386</v>
+      </c>
+      <c r="F646">
+        <v>95.806</v>
+      </c>
+      <c r="G646">
+        <v>238.524</v>
+      </c>
+      <c r="H646">
+        <v>5.376</v>
+      </c>
+      <c r="I646">
+        <v>36.548</v>
+      </c>
+      <c r="J646">
+        <v>79.675</v>
+      </c>
+      <c r="K646">
+        <v>4225.473</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>60.127</v>
+      </c>
+      <c r="C647">
+        <v>79.776</v>
+      </c>
+      <c r="D647">
+        <v>334.598</v>
+      </c>
+      <c r="E647">
+        <v>3216.41</v>
+      </c>
+      <c r="F647">
+        <v>102.055</v>
+      </c>
+      <c r="G647">
+        <v>254.573</v>
+      </c>
+      <c r="H647">
+        <v>3.152</v>
+      </c>
+      <c r="I647">
+        <v>32.8</v>
+      </c>
+      <c r="J647">
+        <v>85.773</v>
+      </c>
+      <c r="K647">
+        <v>4029.361</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -24701,69 +24771,69 @@
       </c>
       <c r="I63">
         <v>46.589</v>
       </c>
       <c r="J63">
         <v>91.23</v>
       </c>
       <c r="K63">
         <v>3716.3</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>759.492</v>
       </c>
       <c r="C64">
         <v>924.179</v>
       </c>
       <c r="D64">
         <v>365.737</v>
       </c>
       <c r="E64">
-        <v>3097.808</v>
+        <v>3120.9</v>
       </c>
       <c r="F64">
         <v>78.713</v>
       </c>
       <c r="G64">
         <v>257.573</v>
       </c>
       <c r="H64">
         <v>6.305</v>
       </c>
       <c r="I64">
         <v>40.631</v>
       </c>
       <c r="J64">
         <v>90.269</v>
       </c>
       <c r="K64">
-        <v>3937.036</v>
+        <v>3960.128</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>