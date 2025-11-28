--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 1.11 Heating Degree-Days by Census Division</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Heating Degree-Days, New England</t>
   </si>
   <si>
     <t>Heating Degree-Days, Middle Atlantic</t>
   </si>
   <si>
     <t>Heating Degree-Days, East North Central</t>
   </si>
   <si>
     <t>Heating Degree-Days, West North Central</t>
   </si>
   <si>
     <t>Heating Degree-Days, South Atlantic</t>
   </si>
   <si>
     <t>Heating Degree-Days, East South Central</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.984" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22022,250 +22022,250 @@
       </c>
       <c r="F624">
         <v>452</v>
       </c>
       <c r="G624">
         <v>598</v>
       </c>
       <c r="H624">
         <v>391</v>
       </c>
       <c r="I624">
         <v>774</v>
       </c>
       <c r="J624">
         <v>479</v>
       </c>
       <c r="K624">
         <v>624</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="C625">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="D625">
         <v>1191</v>
       </c>
       <c r="E625">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="F625">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="G625">
         <v>854</v>
       </c>
       <c r="H625">
         <v>634</v>
       </c>
       <c r="I625">
         <v>924</v>
       </c>
       <c r="J625">
         <v>575</v>
       </c>
       <c r="K625">
         <v>840</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C626">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="D626">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="E626">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F626">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="G626">
         <v>450</v>
       </c>
       <c r="H626">
         <v>255</v>
       </c>
       <c r="I626">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="J626">
         <v>499</v>
       </c>
       <c r="K626">
         <v>575</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>762</v>
       </c>
       <c r="C627">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="D627">
         <v>689</v>
       </c>
       <c r="E627">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F627">
         <v>269</v>
       </c>
       <c r="G627">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H627">
         <v>185</v>
       </c>
       <c r="I627">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J627">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="K627">
         <v>489</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>543</v>
       </c>
       <c r="C628">
         <v>430</v>
       </c>
       <c r="D628">
         <v>393</v>
       </c>
       <c r="E628">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F628">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G628">
         <v>140</v>
       </c>
       <c r="H628">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I628">
         <v>393</v>
       </c>
       <c r="J628">
         <v>346</v>
       </c>
       <c r="K628">
         <v>281</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C629">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D629">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E629">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F629">
         <v>24</v>
       </c>
       <c r="G629">
         <v>28</v>
       </c>
       <c r="H629">
         <v>3</v>
       </c>
       <c r="I629">
         <v>256</v>
       </c>
       <c r="J629">
         <v>207</v>
       </c>
       <c r="K629">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>17</v>
       </c>
       <c r="C630">
         <v>9</v>
       </c>
       <c r="D630">
         <v>19</v>
       </c>
       <c r="E630">
         <v>35</v>
       </c>
       <c r="F630">
         <v>1</v>
       </c>
       <c r="G630">
         <v>0</v>
       </c>
       <c r="H630">
         <v>0</v>
       </c>
       <c r="I630">
         <v>46</v>
       </c>
       <c r="J630">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K630">
         <v>20</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>1</v>
       </c>
       <c r="C631">
         <v>1</v>
       </c>
       <c r="D631">
         <v>7</v>
       </c>
       <c r="E631">
         <v>12</v>
       </c>
       <c r="F631">
         <v>0</v>
       </c>
       <c r="G631">
@@ -22276,419 +22276,489 @@
       </c>
       <c r="I631">
         <v>10</v>
       </c>
       <c r="J631">
         <v>8</v>
       </c>
       <c r="K631">
         <v>4</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>17</v>
       </c>
       <c r="C632">
         <v>8</v>
       </c>
       <c r="D632">
         <v>13</v>
       </c>
       <c r="E632">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>0</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>17</v>
       </c>
       <c r="J632">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K632">
         <v>9</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>95</v>
       </c>
       <c r="C633">
         <v>62</v>
       </c>
       <c r="D633">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E633">
         <v>54</v>
       </c>
       <c r="F633">
         <v>10</v>
       </c>
       <c r="G633">
         <v>11</v>
       </c>
       <c r="H633">
         <v>2</v>
       </c>
       <c r="I633">
         <v>72</v>
       </c>
       <c r="J633">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="K633">
         <v>37</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C634">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D634">
         <v>293</v>
       </c>
       <c r="E634">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F634">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G634">
         <v>132</v>
       </c>
       <c r="H634">
         <v>18</v>
       </c>
       <c r="I634">
         <v>227</v>
       </c>
       <c r="J634">
         <v>145</v>
       </c>
       <c r="K634">
         <v>186</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C635">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="D635">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E635">
         <v>699</v>
       </c>
       <c r="F635">
         <v>223</v>
       </c>
       <c r="G635">
         <v>275</v>
       </c>
       <c r="H635">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I635">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J635">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="K635">
         <v>430</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="C636">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="D636">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E636">
         <v>1081</v>
       </c>
       <c r="F636">
         <v>513</v>
       </c>
       <c r="G636">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="H636">
         <v>338</v>
       </c>
       <c r="I636">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="J636">
         <v>484</v>
       </c>
       <c r="K636">
         <v>704</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="C637">
         <v>1217</v>
       </c>
       <c r="D637">
         <v>1357</v>
       </c>
       <c r="E637">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="F637">
         <v>723</v>
       </c>
       <c r="G637">
         <v>941</v>
       </c>
       <c r="H637">
         <v>660</v>
       </c>
       <c r="I637">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="J637">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="K637">
         <v>946</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="C638">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D638">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="E638">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="F638">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="G638">
         <v>547</v>
       </c>
       <c r="H638">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="I638">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="J638">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="K638">
         <v>686</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C639">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D639">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E639">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F639">
         <v>272</v>
       </c>
       <c r="G639">
         <v>348</v>
       </c>
       <c r="H639">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I639">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J639">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="K639">
         <v>470</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="C640">
         <v>424</v>
       </c>
       <c r="D640">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E640">
         <v>437</v>
       </c>
       <c r="F640">
         <v>93</v>
       </c>
       <c r="G640">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H640">
         <v>42</v>
       </c>
       <c r="I640">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J640">
         <v>315</v>
       </c>
       <c r="K640">
         <v>279</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>231</v>
       </c>
       <c r="C641">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D641">
         <v>248</v>
       </c>
       <c r="E641">
         <v>201</v>
       </c>
       <c r="F641">
         <v>38</v>
       </c>
       <c r="G641">
         <v>58</v>
       </c>
       <c r="H641">
         <v>11</v>
       </c>
       <c r="I641">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J641">
         <v>165</v>
       </c>
       <c r="K641">
         <v>136</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>26</v>
       </c>
       <c r="C642">
         <v>10</v>
       </c>
       <c r="D642">
         <v>18</v>
       </c>
       <c r="E642">
         <v>34</v>
       </c>
       <c r="F642">
         <v>1</v>
       </c>
       <c r="G642">
         <v>0</v>
       </c>
       <c r="H642">
         <v>0</v>
       </c>
       <c r="I642">
         <v>55</v>
       </c>
       <c r="J642">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K642">
         <v>20</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>2</v>
+      </c>
+      <c r="C643">
+        <v>0</v>
+      </c>
+      <c r="D643">
+        <v>2</v>
+      </c>
+      <c r="E643">
+        <v>9</v>
+      </c>
+      <c r="F643">
+        <v>0</v>
+      </c>
+      <c r="G643">
+        <v>0</v>
+      </c>
+      <c r="H643">
+        <v>0</v>
+      </c>
+      <c r="I643">
+        <v>10</v>
+      </c>
+      <c r="J643">
+        <v>15</v>
+      </c>
+      <c r="K643">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>29</v>
+      </c>
+      <c r="C644">
+        <v>16</v>
+      </c>
+      <c r="D644">
+        <v>21</v>
+      </c>
+      <c r="E644">
+        <v>24</v>
+      </c>
+      <c r="F644">
+        <v>1</v>
+      </c>
+      <c r="G644">
+        <v>0</v>
+      </c>
+      <c r="H644">
+        <v>0</v>
+      </c>
+      <c r="I644">
+        <v>16</v>
+      </c>
+      <c r="J644">
+        <v>9</v>
+      </c>
+      <c r="K644">
+        <v>11</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25421,78 +25491,78 @@
       </c>
       <c r="F87">
         <v>2142</v>
       </c>
       <c r="G87">
         <v>2818</v>
       </c>
       <c r="H87">
         <v>1718</v>
       </c>
       <c r="I87">
         <v>5114</v>
       </c>
       <c r="J87">
         <v>3608</v>
       </c>
       <c r="K87">
         <v>3802</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>5675</v>
+        <v>5680</v>
       </c>
       <c r="C88">
-        <v>5018</v>
+        <v>5014</v>
       </c>
       <c r="D88">
         <v>5186</v>
       </c>
       <c r="E88">
-        <v>5569</v>
+        <v>5573</v>
       </c>
       <c r="F88">
-        <v>2238</v>
+        <v>2234</v>
       </c>
       <c r="G88">
-        <v>2884</v>
+        <v>2883</v>
       </c>
       <c r="H88">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="I88">
-        <v>4672</v>
+        <v>4675</v>
       </c>
       <c r="J88">
-        <v>3326</v>
+        <v>3321</v>
       </c>
       <c r="K88">
-        <v>3689</v>
+        <v>3688</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>