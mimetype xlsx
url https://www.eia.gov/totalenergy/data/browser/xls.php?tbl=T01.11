--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.11 Heating Degree-Days by Census Division</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Heating Degree-Days, New England</t>
   </si>
   <si>
     <t>Heating Degree-Days, Middle Atlantic</t>
   </si>
   <si>
     <t>Heating Degree-Days, East North Central</t>
   </si>
   <si>
     <t>Heating Degree-Days, West North Central</t>
   </si>
   <si>
     <t>Heating Degree-Days, South Atlantic</t>
   </si>
   <si>
     <t>Heating Degree-Days, East South Central</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.984" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22025,247 +22025,247 @@
       </c>
       <c r="G624">
         <v>598</v>
       </c>
       <c r="H624">
         <v>391</v>
       </c>
       <c r="I624">
         <v>774</v>
       </c>
       <c r="J624">
         <v>479</v>
       </c>
       <c r="K624">
         <v>624</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>1088</v>
       </c>
       <c r="C625">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D625">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="E625">
-        <v>1341</v>
+        <v>1340</v>
       </c>
       <c r="F625">
         <v>572</v>
       </c>
       <c r="G625">
         <v>854</v>
       </c>
       <c r="H625">
         <v>634</v>
       </c>
       <c r="I625">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="J625">
         <v>575</v>
       </c>
       <c r="K625">
         <v>840</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>915</v>
       </c>
       <c r="C626">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D626">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="E626">
         <v>761</v>
       </c>
       <c r="F626">
         <v>403</v>
       </c>
       <c r="G626">
         <v>450</v>
       </c>
       <c r="H626">
         <v>255</v>
       </c>
       <c r="I626">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="J626">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="K626">
         <v>575</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>762</v>
       </c>
       <c r="C627">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D627">
         <v>689</v>
       </c>
       <c r="E627">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="F627">
         <v>269</v>
       </c>
       <c r="G627">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="H627">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I627">
         <v>642</v>
       </c>
       <c r="J627">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="K627">
         <v>489</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C628">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D628">
         <v>393</v>
       </c>
       <c r="E628">
         <v>398</v>
       </c>
       <c r="F628">
         <v>111</v>
       </c>
       <c r="G628">
         <v>140</v>
       </c>
       <c r="H628">
         <v>46</v>
       </c>
       <c r="I628">
         <v>393</v>
       </c>
       <c r="J628">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="K628">
         <v>281</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>190</v>
       </c>
       <c r="C629">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D629">
         <v>134</v>
       </c>
       <c r="E629">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F629">
         <v>24</v>
       </c>
       <c r="G629">
         <v>28</v>
       </c>
       <c r="H629">
         <v>3</v>
       </c>
       <c r="I629">
         <v>256</v>
       </c>
       <c r="J629">
         <v>207</v>
       </c>
       <c r="K629">
         <v>113</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>17</v>
       </c>
       <c r="C630">
         <v>9</v>
       </c>
       <c r="D630">
         <v>19</v>
       </c>
       <c r="E630">
         <v>35</v>
       </c>
       <c r="F630">
         <v>1</v>
       </c>
       <c r="G630">
         <v>0</v>
       </c>
       <c r="H630">
         <v>0</v>
       </c>
       <c r="I630">
         <v>46</v>
       </c>
       <c r="J630">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K630">
         <v>20</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>1</v>
       </c>
       <c r="C631">
         <v>1</v>
       </c>
       <c r="D631">
         <v>7</v>
       </c>
       <c r="E631">
         <v>12</v>
       </c>
       <c r="F631">
         <v>0</v>
       </c>
       <c r="G631">
@@ -22291,386 +22291,386 @@
       <c r="B632">
         <v>17</v>
       </c>
       <c r="C632">
         <v>8</v>
       </c>
       <c r="D632">
         <v>13</v>
       </c>
       <c r="E632">
         <v>22</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>0</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>17</v>
       </c>
       <c r="J632">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K632">
         <v>9</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>95</v>
       </c>
       <c r="C633">
         <v>62</v>
       </c>
       <c r="D633">
         <v>47</v>
       </c>
       <c r="E633">
         <v>54</v>
       </c>
       <c r="F633">
         <v>10</v>
       </c>
       <c r="G633">
         <v>11</v>
       </c>
       <c r="H633">
         <v>2</v>
       </c>
       <c r="I633">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J633">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="K633">
         <v>37</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C634">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D634">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="E634">
         <v>268</v>
       </c>
       <c r="F634">
         <v>108</v>
       </c>
       <c r="G634">
         <v>132</v>
       </c>
       <c r="H634">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I634">
         <v>227</v>
       </c>
       <c r="J634">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K634">
         <v>186</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>608</v>
       </c>
       <c r="C635">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D635">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="E635">
         <v>699</v>
       </c>
       <c r="F635">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="G635">
         <v>275</v>
       </c>
       <c r="H635">
         <v>153</v>
       </c>
       <c r="I635">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="J635">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="K635">
         <v>430</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C636">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D636">
-        <v>1031</v>
+        <v>1030</v>
       </c>
       <c r="E636">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="F636">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="G636">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H636">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I636">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="J636">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="K636">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C637">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="D637">
         <v>1357</v>
       </c>
       <c r="E637">
-        <v>1407</v>
+        <v>1405</v>
       </c>
       <c r="F637">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="G637">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="H637">
         <v>660</v>
       </c>
       <c r="I637">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="J637">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="K637">
         <v>946</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="C638">
         <v>974</v>
       </c>
       <c r="D638">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="E638">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="F638">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="G638">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H638">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="I638">
         <v>676</v>
       </c>
       <c r="J638">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K638">
         <v>686</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>791</v>
       </c>
       <c r="C639">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="D639">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="E639">
         <v>669</v>
       </c>
       <c r="F639">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="G639">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H639">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I639">
         <v>552</v>
       </c>
       <c r="J639">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="K639">
         <v>470</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C640">
         <v>424</v>
       </c>
       <c r="D640">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="E640">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F640">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G640">
         <v>119</v>
       </c>
       <c r="H640">
         <v>42</v>
       </c>
       <c r="I640">
         <v>391</v>
       </c>
       <c r="J640">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="K640">
         <v>279</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C641">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D641">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E641">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F641">
         <v>38</v>
       </c>
       <c r="G641">
         <v>58</v>
       </c>
       <c r="H641">
         <v>11</v>
       </c>
       <c r="I641">
         <v>203</v>
       </c>
       <c r="J641">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="K641">
         <v>136</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>26</v>
       </c>
       <c r="C642">
         <v>10</v>
       </c>
       <c r="D642">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E642">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F642">
         <v>1</v>
       </c>
       <c r="G642">
         <v>0</v>
       </c>
       <c r="H642">
         <v>0</v>
       </c>
       <c r="I642">
         <v>55</v>
       </c>
       <c r="J642">
         <v>53</v>
       </c>
       <c r="K642">
         <v>20</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
@@ -22687,78 +22687,113 @@
       </c>
       <c r="F643">
         <v>0</v>
       </c>
       <c r="G643">
         <v>0</v>
       </c>
       <c r="H643">
         <v>0</v>
       </c>
       <c r="I643">
         <v>10</v>
       </c>
       <c r="J643">
         <v>15</v>
       </c>
       <c r="K643">
         <v>4</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C644">
         <v>16</v>
       </c>
       <c r="D644">
         <v>21</v>
       </c>
       <c r="E644">
         <v>24</v>
       </c>
       <c r="F644">
         <v>1</v>
       </c>
       <c r="G644">
         <v>0</v>
       </c>
       <c r="H644">
         <v>0</v>
       </c>
       <c r="I644">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J644">
         <v>9</v>
       </c>
       <c r="K644">
         <v>11</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>91</v>
+      </c>
+      <c r="C645">
+        <v>53</v>
+      </c>
+      <c r="D645">
+        <v>64</v>
+      </c>
+      <c r="E645">
+        <v>66</v>
+      </c>
+      <c r="F645">
+        <v>10</v>
+      </c>
+      <c r="G645">
+        <v>13</v>
+      </c>
+      <c r="H645">
+        <v>2</v>
+      </c>
+      <c r="I645">
+        <v>88</v>
+      </c>
+      <c r="J645">
+        <v>37</v>
+      </c>
+      <c r="K645">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25491,78 +25526,78 @@
       </c>
       <c r="F87">
         <v>2142</v>
       </c>
       <c r="G87">
         <v>2818</v>
       </c>
       <c r="H87">
         <v>1718</v>
       </c>
       <c r="I87">
         <v>5114</v>
       </c>
       <c r="J87">
         <v>3608</v>
       </c>
       <c r="K87">
         <v>3802</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>5680</v>
+        <v>5678</v>
       </c>
       <c r="C88">
-        <v>5014</v>
+        <v>5021</v>
       </c>
       <c r="D88">
-        <v>5186</v>
+        <v>5185</v>
       </c>
       <c r="E88">
-        <v>5573</v>
+        <v>5572</v>
       </c>
       <c r="F88">
-        <v>2234</v>
+        <v>2231</v>
       </c>
       <c r="G88">
         <v>2883</v>
       </c>
       <c r="H88">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="I88">
         <v>4675</v>
       </c>
       <c r="J88">
-        <v>3321</v>
+        <v>3336</v>
       </c>
       <c r="K88">
-        <v>3688</v>
+        <v>3690</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>