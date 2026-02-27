--- v2 (2026-01-13)
+++ v3 (2026-02-27)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 1.11 Heating Degree-Days by Census Division</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Heating Degree-Days, New England</t>
   </si>
   <si>
     <t>Heating Degree-Days, Middle Atlantic</t>
   </si>
   <si>
     <t>Heating Degree-Days, East North Central</t>
   </si>
   <si>
     <t>Heating Degree-Days, West North Central</t>
   </si>
   <si>
     <t>Heating Degree-Days, South Atlantic</t>
   </si>
   <si>
     <t>Heating Degree-Days, East South Central</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="63.984" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.419" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22025,215 +22025,215 @@
       </c>
       <c r="G624">
         <v>598</v>
       </c>
       <c r="H624">
         <v>391</v>
       </c>
       <c r="I624">
         <v>774</v>
       </c>
       <c r="J624">
         <v>479</v>
       </c>
       <c r="K624">
         <v>624</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>1088</v>
       </c>
       <c r="C625">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D625">
         <v>1192</v>
       </c>
       <c r="E625">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="F625">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="G625">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="H625">
         <v>634</v>
       </c>
       <c r="I625">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="J625">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="K625">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>915</v>
       </c>
       <c r="C626">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D626">
         <v>775</v>
       </c>
       <c r="E626">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="F626">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="G626">
         <v>450</v>
       </c>
       <c r="H626">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I626">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="J626">
         <v>500</v>
       </c>
       <c r="K626">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>762</v>
       </c>
       <c r="C627">
         <v>671</v>
       </c>
       <c r="D627">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="E627">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F627">
         <v>269</v>
       </c>
       <c r="G627">
         <v>358</v>
       </c>
       <c r="H627">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="I627">
         <v>642</v>
       </c>
       <c r="J627">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="K627">
         <v>489</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>544</v>
       </c>
       <c r="C628">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="D628">
         <v>393</v>
       </c>
       <c r="E628">
         <v>398</v>
       </c>
       <c r="F628">
         <v>111</v>
       </c>
       <c r="G628">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H628">
         <v>46</v>
       </c>
       <c r="I628">
         <v>393</v>
       </c>
       <c r="J628">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="K628">
         <v>281</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C629">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D629">
         <v>134</v>
       </c>
       <c r="E629">
         <v>164</v>
       </c>
       <c r="F629">
         <v>24</v>
       </c>
       <c r="G629">
         <v>28</v>
       </c>
       <c r="H629">
         <v>3</v>
       </c>
       <c r="I629">
         <v>256</v>
       </c>
       <c r="J629">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="K629">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>17</v>
       </c>
       <c r="C630">
         <v>9</v>
       </c>
       <c r="D630">
         <v>19</v>
       </c>
       <c r="E630">
         <v>35</v>
       </c>
       <c r="F630">
         <v>1</v>
       </c>
       <c r="G630">
         <v>0</v>
       </c>
       <c r="H630">
@@ -22323,354 +22323,354 @@
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>95</v>
       </c>
       <c r="C633">
         <v>62</v>
       </c>
       <c r="D633">
         <v>47</v>
       </c>
       <c r="E633">
         <v>54</v>
       </c>
       <c r="F633">
         <v>10</v>
       </c>
       <c r="G633">
         <v>11</v>
       </c>
       <c r="H633">
         <v>2</v>
       </c>
       <c r="I633">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J633">
         <v>42</v>
       </c>
       <c r="K633">
         <v>37</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>381</v>
       </c>
       <c r="C634">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="D634">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E634">
         <v>268</v>
       </c>
       <c r="F634">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G634">
         <v>132</v>
       </c>
       <c r="H634">
         <v>17</v>
       </c>
       <c r="I634">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="J634">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="K634">
         <v>186</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="C635">
         <v>552</v>
       </c>
       <c r="D635">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E635">
         <v>699</v>
       </c>
       <c r="F635">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G635">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="H635">
         <v>153</v>
       </c>
       <c r="I635">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J635">
         <v>456</v>
       </c>
       <c r="K635">
         <v>430</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>1062</v>
+        <v>1060</v>
       </c>
       <c r="C636">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="D636">
         <v>1030</v>
       </c>
       <c r="E636">
         <v>1082</v>
       </c>
       <c r="F636">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="G636">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="H636">
         <v>339</v>
       </c>
       <c r="I636">
         <v>729</v>
       </c>
       <c r="J636">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="K636">
-        <v>705</v>
+        <v>704</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>1250</v>
+        <v>1248</v>
       </c>
       <c r="C637">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="D637">
         <v>1357</v>
       </c>
       <c r="E637">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="F637">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="G637">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="H637">
         <v>660</v>
       </c>
       <c r="I637">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="J637">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="K637">
         <v>946</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>1075</v>
       </c>
       <c r="C638">
         <v>974</v>
       </c>
       <c r="D638">
         <v>1075</v>
       </c>
       <c r="E638">
         <v>1198</v>
       </c>
       <c r="F638">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="G638">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="H638">
         <v>381</v>
       </c>
       <c r="I638">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="J638">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="K638">
         <v>686</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>791</v>
       </c>
       <c r="C639">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D639">
         <v>676</v>
       </c>
       <c r="E639">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="F639">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G639">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="H639">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I639">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="J639">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K639">
         <v>470</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C640">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="D640">
         <v>455</v>
       </c>
       <c r="E640">
         <v>438</v>
       </c>
       <c r="F640">
         <v>92</v>
       </c>
       <c r="G640">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H640">
         <v>42</v>
       </c>
       <c r="I640">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J640">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="K640">
         <v>279</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C641">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D641">
         <v>247</v>
       </c>
       <c r="E641">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F641">
         <v>38</v>
       </c>
       <c r="G641">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H641">
         <v>11</v>
       </c>
       <c r="I641">
         <v>203</v>
       </c>
       <c r="J641">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="K641">
         <v>136</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>26</v>
       </c>
       <c r="C642">
         <v>10</v>
       </c>
       <c r="D642">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E642">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F642">
         <v>1</v>
       </c>
       <c r="G642">
         <v>0</v>
       </c>
       <c r="H642">
         <v>0</v>
       </c>
       <c r="I642">
         <v>55</v>
       </c>
       <c r="J642">
         <v>53</v>
       </c>
       <c r="K642">
         <v>20</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
@@ -22687,113 +22687,183 @@
       </c>
       <c r="F643">
         <v>0</v>
       </c>
       <c r="G643">
         <v>0</v>
       </c>
       <c r="H643">
         <v>0</v>
       </c>
       <c r="I643">
         <v>10</v>
       </c>
       <c r="J643">
         <v>15</v>
       </c>
       <c r="K643">
         <v>4</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C644">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D644">
         <v>21</v>
       </c>
       <c r="E644">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F644">
         <v>1</v>
       </c>
       <c r="G644">
         <v>0</v>
       </c>
       <c r="H644">
         <v>0</v>
       </c>
       <c r="I644">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="J644">
         <v>9</v>
       </c>
       <c r="K644">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C645">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D645">
         <v>64</v>
       </c>
       <c r="E645">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F645">
         <v>10</v>
       </c>
       <c r="G645">
         <v>13</v>
       </c>
       <c r="H645">
         <v>2</v>
       </c>
       <c r="I645">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J645">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="K645">
         <v>40</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>381</v>
+      </c>
+      <c r="C646">
+        <v>340</v>
+      </c>
+      <c r="D646">
+        <v>303</v>
+      </c>
+      <c r="E646">
+        <v>272</v>
+      </c>
+      <c r="F646">
+        <v>132</v>
+      </c>
+      <c r="G646">
+        <v>142</v>
+      </c>
+      <c r="H646">
+        <v>24</v>
+      </c>
+      <c r="I646">
+        <v>308</v>
+      </c>
+      <c r="J646">
+        <v>216</v>
+      </c>
+      <c r="K646">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>756</v>
+      </c>
+      <c r="C647">
+        <v>686</v>
+      </c>
+      <c r="D647">
+        <v>742</v>
+      </c>
+      <c r="E647">
+        <v>705</v>
+      </c>
+      <c r="F647">
+        <v>305</v>
+      </c>
+      <c r="G647">
+        <v>390</v>
+      </c>
+      <c r="H647">
+        <v>146</v>
+      </c>
+      <c r="I647">
+        <v>480</v>
+      </c>
+      <c r="J647">
+        <v>338</v>
+      </c>
+      <c r="K647">
+        <v>463</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -25529,75 +25599,75 @@
       </c>
       <c r="G87">
         <v>2818</v>
       </c>
       <c r="H87">
         <v>1718</v>
       </c>
       <c r="I87">
         <v>5114</v>
       </c>
       <c r="J87">
         <v>3608</v>
       </c>
       <c r="K87">
         <v>3802</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>5678</v>
       </c>
       <c r="C88">
-        <v>5021</v>
+        <v>5020</v>
       </c>
       <c r="D88">
-        <v>5185</v>
+        <v>5189</v>
       </c>
       <c r="E88">
-        <v>5572</v>
+        <v>5573</v>
       </c>
       <c r="F88">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="G88">
-        <v>2883</v>
+        <v>2878</v>
       </c>
       <c r="H88">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="I88">
-        <v>4675</v>
+        <v>4677</v>
       </c>
       <c r="J88">
-        <v>3336</v>
+        <v>3334</v>
       </c>
       <c r="K88">
-        <v>3690</v>
+        <v>3691</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>