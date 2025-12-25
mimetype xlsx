--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
-[...5 lines deleted...]
-    <t>Next Update: October 28, 2025</t>
+    <t>December 2025 Monthly Energy Review</t>
+  </si>
+  <si>
+    <t>Release Date: December 23, 2025</t>
+  </si>
+  <si>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 1.10 Electric and Fuel Cell Electric Light-Duty Vehicles Overview</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Battery Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Plug-In Hybrid Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Hydrogen Fuel Cell Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Light-Duty Vehicles, All Fuels</t>
   </si>
   <si>
     <t>Electric Vehicle Share of Total Light-Duty Vehicles</t>
   </si>
@@ -454,54 +454,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z24"/>
+  <dimension ref="A1:Z25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A24"/>
+      <selection activeCell="A13" sqref="A13:A25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="92.406" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
@@ -551,204 +551,204 @@
       <c r="A12" s="5"/>
       <c r="B12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="6">
         <v>2012</v>
       </c>
       <c r="B13">
-        <v>29.688</v>
+        <v>35.167</v>
       </c>
       <c r="C13">
-        <v>64.674</v>
+        <v>33.806</v>
       </c>
       <c r="D13">
-        <v>94.362</v>
+        <v>68.973</v>
       </c>
       <c r="E13">
-        <v>0.127</v>
+        <v>0</v>
       </c>
       <c r="F13">
-        <v>231872.803</v>
+        <v>230766.772</v>
       </c>
       <c r="G13">
-        <v>0.040696</v>
+        <v>0.029889</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="6">
         <v>2013</v>
       </c>
       <c r="B14">
-        <v>85.706</v>
+        <v>82.933</v>
       </c>
       <c r="C14">
-        <v>108.946</v>
+        <v>79.416</v>
       </c>
       <c r="D14">
-        <v>194.652</v>
+        <v>162.349</v>
       </c>
       <c r="E14">
-        <v>0.177</v>
+        <v>0</v>
       </c>
       <c r="F14">
-        <v>237326.062</v>
+        <v>235945.839</v>
       </c>
       <c r="G14">
-        <v>0.082019</v>
+        <v>0.068808</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="6">
         <v>2014</v>
       </c>
       <c r="B15">
-        <v>127.448</v>
+        <v>125.932</v>
       </c>
       <c r="C15">
-        <v>158.762</v>
+        <v>134.702</v>
       </c>
       <c r="D15">
-        <v>286.21</v>
+        <v>260.634</v>
       </c>
       <c r="E15">
-        <v>0.145</v>
+        <v>0.001</v>
       </c>
       <c r="F15">
-        <v>240796.578</v>
+        <v>239711.05</v>
       </c>
       <c r="G15">
-        <v>0.11886</v>
+        <v>0.108728</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="6">
         <v>2015</v>
       </c>
       <c r="B16">
-        <v>194.84</v>
+        <v>195.35</v>
       </c>
       <c r="C16">
-        <v>196.657</v>
+        <v>175.432</v>
       </c>
       <c r="D16">
-        <v>391.497</v>
+        <v>370.782</v>
       </c>
       <c r="E16">
-        <v>0.204</v>
+        <v>0.074</v>
       </c>
       <c r="F16">
-        <v>248926.091</v>
+        <v>248327.097</v>
       </c>
       <c r="G16">
-        <v>0.157274</v>
+        <v>0.149312</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="6">
         <v>2016</v>
       </c>
       <c r="B17">
-        <v>272.648</v>
+        <v>274.502</v>
       </c>
       <c r="C17">
-        <v>239.019</v>
+        <v>223.59</v>
       </c>
       <c r="D17">
-        <v>511.667</v>
+        <v>498.092</v>
       </c>
       <c r="E17">
-        <v>1.101</v>
+        <v>0.92</v>
       </c>
       <c r="F17">
-        <v>251219.004</v>
+        <v>251518.717</v>
       </c>
       <c r="G17">
-        <v>0.203674</v>
+        <v>0.198034</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="6">
         <v>2017</v>
       </c>
       <c r="B18">
-        <v>353.348</v>
+        <v>358.866</v>
       </c>
       <c r="C18">
-        <v>368.288</v>
+        <v>345.081</v>
       </c>
       <c r="D18">
-        <v>721.636</v>
+        <v>703.947</v>
       </c>
       <c r="E18">
-        <v>4.623</v>
+        <v>4.447</v>
       </c>
       <c r="F18">
-        <v>257206.461</v>
+        <v>256927.966</v>
       </c>
       <c r="G18">
-        <v>0.280567</v>
+        <v>0.273986</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="6">
         <v>2018</v>
       </c>
       <c r="B19">
-        <v>572.996</v>
+        <v>573.713</v>
       </c>
       <c r="C19">
-        <v>491.195</v>
+        <v>471.458</v>
       </c>
       <c r="D19">
-        <v>1064.191</v>
+        <v>1045.171</v>
       </c>
       <c r="E19">
-        <v>5.922</v>
+        <v>5.823</v>
       </c>
       <c r="F19">
-        <v>259182.397</v>
+        <v>259163.24</v>
       </c>
       <c r="G19">
-        <v>0.410595</v>
+        <v>0.403287</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="6">
         <v>2019</v>
       </c>
       <c r="B20">
         <v>756.288</v>
       </c>
       <c r="C20">
         <v>560.645</v>
       </c>
       <c r="D20">
         <v>1316.933</v>
       </c>
       <c r="E20">
         <v>7.527</v>
       </c>
       <c r="F20">
         <v>261539.89</v>
       </c>
       <c r="G20">
         <v>0.50353</v>
       </c>
     </row>
@@ -820,50 +820,73 @@
       <c r="G23">
         <v>1.134294</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="6">
         <v>2023</v>
       </c>
       <c r="B24">
         <v>3403.691</v>
       </c>
       <c r="C24">
         <v>1151.169</v>
       </c>
       <c r="D24">
         <v>4554.86</v>
       </c>
       <c r="E24">
         <v>16.833</v>
       </c>
       <c r="F24">
         <v>264733.276</v>
       </c>
       <c r="G24">
         <v>1.720547</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" s="6">
+        <v>2024</v>
+      </c>
+      <c r="B25">
+        <v>4351.329</v>
+      </c>
+      <c r="C25">
+        <v>1465.573</v>
+      </c>
+      <c r="D25">
+        <v>5816.902</v>
+      </c>
+      <c r="E25">
+        <v>16.692</v>
+      </c>
+      <c r="F25">
+        <v>267111.14</v>
+      </c>
+      <c r="G25">
+        <v>2.177708</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>