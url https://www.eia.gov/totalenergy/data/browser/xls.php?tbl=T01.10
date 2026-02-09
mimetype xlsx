--- v1 (2025-12-25)
+++ v2 (2026-02-09)
@@ -17,57 +17,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Annual Data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
-[...5 lines deleted...]
-    <t>Next Update: January 27, 2026</t>
+    <t>January 2026 Monthly Energy Review</t>
+  </si>
+  <si>
+    <t>Release Date: January 27, 2026</t>
+  </si>
+  <si>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.10 Electric and Fuel Cell Electric Light-Duty Vehicles Overview</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Battery Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Plug-In Hybrid Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Hydrogen Fuel Cell Electric Light-Duty Vehicles</t>
   </si>
   <si>
     <t>Light-Duty Vehicles, All Fuels</t>
   </si>
   <si>
     <t>Electric Vehicle Share of Total Light-Duty Vehicles</t>
   </si>