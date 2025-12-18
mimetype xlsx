--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 1.4a Primary Energy Imports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Coke Imports</t>
   </si>
   <si>
     <t>Natural Gas Imports</t>
   </si>
   <si>
     <t>Crude Oil Imports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Imports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Imports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20776,54 +20776,86 @@
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0.005181</v>
       </c>
       <c r="C643">
         <v>0.001072</v>
       </c>
       <c r="D643">
         <v>0.264307</v>
       </c>
       <c r="E643">
         <v>1.189207</v>
       </c>
       <c r="F643">
         <v>0.274934</v>
       </c>
       <c r="G643">
         <v>1.464141</v>
       </c>
       <c r="H643">
         <v>0.001264</v>
       </c>
       <c r="I643">
-        <v>0.004423</v>
+        <v>0.022797</v>
       </c>
       <c r="J643">
-        <v>1.740387</v>
+        <v>1.758761</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0.007901</v>
+      </c>
+      <c r="C644">
+        <v>0.000886</v>
+      </c>
+      <c r="D644">
+        <v>0.243724</v>
+      </c>
+      <c r="E644">
+        <v>1.18069</v>
+      </c>
+      <c r="F644">
+        <v>0.3197</v>
+      </c>
+      <c r="G644">
+        <v>1.50039</v>
+      </c>
+      <c r="H644">
+        <v>0.002423</v>
+      </c>
+      <c r="I644">
+        <v>0.022731</v>
+      </c>
+      <c r="J644">
+        <v>1.778055</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>