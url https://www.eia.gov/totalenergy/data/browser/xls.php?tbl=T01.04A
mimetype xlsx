--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.4a Primary Energy Imports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Coke Imports</t>
   </si>
   <si>
     <t>Natural Gas Imports</t>
   </si>
   <si>
     <t>Crude Oil Imports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Imports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Imports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -19801,805 +19801,805 @@
       </c>
       <c r="G612">
         <v>1.469911</v>
       </c>
       <c r="H612">
         <v>0.00852</v>
       </c>
       <c r="I612">
         <v>0.016626</v>
       </c>
       <c r="J612">
         <v>1.801606</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.009643</v>
       </c>
       <c r="C613">
         <v>0.000115</v>
       </c>
       <c r="D613">
-        <v>0.28211</v>
+        <v>0.282088</v>
       </c>
       <c r="E613">
         <v>1.184372</v>
       </c>
       <c r="F613">
         <v>0.352559</v>
       </c>
       <c r="G613">
         <v>1.536931</v>
       </c>
       <c r="H613">
         <v>0.008462</v>
       </c>
       <c r="I613">
         <v>0.015314</v>
       </c>
       <c r="J613">
-        <v>1.852574</v>
+        <v>1.852552</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.006571</v>
       </c>
       <c r="C614">
         <v>1.3E-5</v>
       </c>
       <c r="D614">
-        <v>0.250029</v>
+        <v>0.250009</v>
       </c>
       <c r="E614">
         <v>1.125848</v>
       </c>
       <c r="F614">
         <v>0.343963</v>
       </c>
       <c r="G614">
         <v>1.469811</v>
       </c>
       <c r="H614">
         <v>0.008101</v>
       </c>
       <c r="I614">
         <v>0.012025</v>
       </c>
       <c r="J614">
-        <v>1.74655</v>
+        <v>1.74653</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.006158</v>
       </c>
       <c r="C615">
         <v>1.6E-5</v>
       </c>
       <c r="D615">
-        <v>0.255757</v>
+        <v>0.255736</v>
       </c>
       <c r="E615">
         <v>1.184887</v>
       </c>
       <c r="F615">
         <v>0.319711</v>
       </c>
       <c r="G615">
         <v>1.504599</v>
       </c>
       <c r="H615">
         <v>0.009227</v>
       </c>
       <c r="I615">
         <v>0.013275</v>
       </c>
       <c r="J615">
-        <v>1.789032</v>
+        <v>1.789012</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.009351</v>
       </c>
       <c r="C616">
         <v>0.000846</v>
       </c>
       <c r="D616">
-        <v>0.225897</v>
+        <v>0.225879</v>
       </c>
       <c r="E616">
         <v>1.131591</v>
       </c>
       <c r="F616">
         <v>0.366627</v>
       </c>
       <c r="G616">
         <v>1.498217</v>
       </c>
       <c r="H616">
         <v>0.007666</v>
       </c>
       <c r="I616">
         <v>0.012237</v>
       </c>
       <c r="J616">
-        <v>1.754215</v>
+        <v>1.754196</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.006698</v>
       </c>
       <c r="C617">
         <v>0.000288</v>
       </c>
       <c r="D617">
-        <v>0.221548</v>
+        <v>0.221531</v>
       </c>
       <c r="E617">
         <v>1.215268</v>
       </c>
       <c r="F617">
         <v>0.342497</v>
       </c>
       <c r="G617">
         <v>1.557765</v>
       </c>
       <c r="H617">
         <v>0.010771</v>
       </c>
       <c r="I617">
         <v>0.013319</v>
       </c>
       <c r="J617">
-        <v>1.81039</v>
+        <v>1.810372</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.006192</v>
       </c>
       <c r="C618">
         <v>0.000911</v>
       </c>
       <c r="D618">
-        <v>0.237344</v>
+        <v>0.237325</v>
       </c>
       <c r="E618">
         <v>1.185688</v>
       </c>
       <c r="F618">
         <v>0.375338</v>
       </c>
       <c r="G618">
         <v>1.561025</v>
       </c>
       <c r="H618">
         <v>0.009186</v>
       </c>
       <c r="I618">
         <v>0.01046</v>
       </c>
       <c r="J618">
-        <v>1.825118</v>
+        <v>1.825099</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.007142</v>
       </c>
       <c r="C619">
         <v>0.001154</v>
       </c>
       <c r="D619">
-        <v>0.262495</v>
+        <v>0.262474</v>
       </c>
       <c r="E619">
         <v>1.1853</v>
       </c>
       <c r="F619">
         <v>0.328083</v>
       </c>
       <c r="G619">
         <v>1.513383</v>
       </c>
       <c r="H619">
         <v>0.008466</v>
       </c>
       <c r="I619">
         <v>0.010978</v>
       </c>
       <c r="J619">
-        <v>1.803618</v>
+        <v>1.803597</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.007779</v>
       </c>
       <c r="C620">
         <v>8.1E-5</v>
       </c>
       <c r="D620">
-        <v>0.252596</v>
+        <v>0.252576</v>
       </c>
       <c r="E620">
         <v>1.31379</v>
       </c>
       <c r="F620">
         <v>0.318843</v>
       </c>
       <c r="G620">
         <v>1.632633</v>
       </c>
       <c r="H620">
         <v>0.011687</v>
       </c>
       <c r="I620">
         <v>0.010245</v>
       </c>
       <c r="J620">
-        <v>1.915022</v>
+        <v>1.915001</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.006885</v>
       </c>
       <c r="C621">
         <v>6.6E-5</v>
       </c>
       <c r="D621">
-        <v>0.235759</v>
+        <v>0.23574</v>
       </c>
       <c r="E621">
         <v>1.215783</v>
       </c>
       <c r="F621">
         <v>0.308105</v>
       </c>
       <c r="G621">
         <v>1.523888</v>
       </c>
       <c r="H621">
         <v>0.010477</v>
       </c>
       <c r="I621">
         <v>0.008039</v>
       </c>
       <c r="J621">
-        <v>1.785114</v>
+        <v>1.785095</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.009064</v>
       </c>
       <c r="C622">
         <v>0.000817</v>
       </c>
       <c r="D622">
-        <v>0.236744</v>
+        <v>0.236725</v>
       </c>
       <c r="E622">
         <v>1.152415</v>
       </c>
       <c r="F622">
         <v>0.290561</v>
       </c>
       <c r="G622">
         <v>1.442976</v>
       </c>
       <c r="H622">
         <v>0.007378</v>
       </c>
       <c r="I622">
         <v>0.007543</v>
       </c>
       <c r="J622">
-        <v>1.704523</v>
+        <v>1.704504</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.007349</v>
       </c>
       <c r="C623">
         <v>0.000752</v>
       </c>
       <c r="D623">
-        <v>0.257318</v>
+        <v>0.257298</v>
       </c>
       <c r="E623">
         <v>1.260063</v>
       </c>
       <c r="F623">
         <v>0.273117</v>
       </c>
       <c r="G623">
         <v>1.53318</v>
       </c>
       <c r="H623">
         <v>0.011106</v>
       </c>
       <c r="I623">
         <v>0.008425</v>
       </c>
       <c r="J623">
-        <v>1.818131</v>
+        <v>1.818111</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.005104</v>
       </c>
       <c r="C624">
         <v>4.7E-5</v>
       </c>
       <c r="D624">
-        <v>0.283782</v>
+        <v>0.283759</v>
       </c>
       <c r="E624">
         <v>1.207191</v>
       </c>
       <c r="F624">
         <v>0.334632</v>
       </c>
       <c r="G624">
         <v>1.541823</v>
       </c>
       <c r="H624">
         <v>0.011562</v>
       </c>
       <c r="I624">
         <v>0.010925</v>
       </c>
       <c r="J624">
-        <v>1.853243</v>
+        <v>1.853221</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0.002193</v>
       </c>
       <c r="C625">
         <v>6.0E-6</v>
       </c>
       <c r="D625">
-        <v>0.331072</v>
+        <v>0.331041</v>
       </c>
       <c r="E625">
         <v>1.245214</v>
       </c>
       <c r="F625">
         <v>0.301912</v>
       </c>
       <c r="G625">
         <v>1.547125</v>
       </c>
       <c r="H625">
         <v>0.011429</v>
       </c>
       <c r="I625">
         <v>0.012328</v>
       </c>
       <c r="J625">
-        <v>1.904153</v>
+        <v>1.904122</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.003529</v>
       </c>
       <c r="C626">
         <v>0.0001</v>
       </c>
       <c r="D626">
-        <v>0.264748</v>
+        <v>0.264722</v>
       </c>
       <c r="E626">
         <v>1.14904</v>
       </c>
       <c r="F626">
         <v>0.273612</v>
       </c>
       <c r="G626">
         <v>1.422652</v>
       </c>
       <c r="H626">
         <v>0.01469</v>
       </c>
       <c r="I626">
         <v>0.008663</v>
       </c>
       <c r="J626">
-        <v>1.714381</v>
+        <v>1.714356</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.001989</v>
       </c>
       <c r="C627">
         <v>0.000377</v>
       </c>
       <c r="D627">
-        <v>0.249498</v>
+        <v>0.249475</v>
       </c>
       <c r="E627">
         <v>1.161388</v>
       </c>
       <c r="F627">
         <v>0.305885</v>
       </c>
       <c r="G627">
         <v>1.467274</v>
       </c>
       <c r="H627">
         <v>0.009692</v>
       </c>
       <c r="I627">
         <v>0.00753</v>
       </c>
       <c r="J627">
-        <v>1.73636</v>
+        <v>1.736337</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.005944</v>
       </c>
       <c r="C628">
         <v>1.1E-5</v>
       </c>
       <c r="D628">
-        <v>0.22746</v>
+        <v>0.227439</v>
       </c>
       <c r="E628">
         <v>1.199003</v>
       </c>
       <c r="F628">
         <v>0.318448</v>
       </c>
       <c r="G628">
         <v>1.517451</v>
       </c>
       <c r="H628">
         <v>0.013451</v>
       </c>
       <c r="I628">
         <v>0.00614</v>
       </c>
       <c r="J628">
-        <v>1.770457</v>
+        <v>1.770436</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.001869</v>
       </c>
       <c r="C629">
         <v>4.5E-5</v>
       </c>
       <c r="D629">
-        <v>0.244432</v>
+        <v>0.244409</v>
       </c>
       <c r="E629">
         <v>1.323547</v>
       </c>
       <c r="F629">
         <v>0.352247</v>
       </c>
       <c r="G629">
         <v>1.675794</v>
       </c>
       <c r="H629">
         <v>0.01087</v>
       </c>
       <c r="I629">
         <v>0.006113</v>
       </c>
       <c r="J629">
-        <v>1.939124</v>
+        <v>1.9391</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.004749</v>
       </c>
       <c r="C630">
         <v>2.0E-6</v>
       </c>
       <c r="D630">
-        <v>0.252916</v>
+        <v>0.252892</v>
       </c>
       <c r="E630">
         <v>1.21571</v>
       </c>
       <c r="F630">
         <v>0.329047</v>
       </c>
       <c r="G630">
         <v>1.544757</v>
       </c>
       <c r="H630">
         <v>0.01188</v>
       </c>
       <c r="I630">
         <v>0.009808</v>
       </c>
       <c r="J630">
-        <v>1.82411</v>
+        <v>1.824086</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.004334</v>
       </c>
       <c r="C631">
         <v>0.000711</v>
       </c>
       <c r="D631">
-        <v>0.27823</v>
+        <v>0.278203</v>
       </c>
       <c r="E631">
         <v>1.337277</v>
       </c>
       <c r="F631">
         <v>0.321295</v>
       </c>
       <c r="G631">
         <v>1.658572</v>
       </c>
       <c r="H631">
         <v>0.012</v>
       </c>
       <c r="I631">
         <v>0.013651</v>
       </c>
       <c r="J631">
-        <v>1.967498</v>
+        <v>1.967471</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.006754</v>
       </c>
       <c r="C632">
         <v>0.0005</v>
       </c>
       <c r="D632">
-        <v>0.267413</v>
+        <v>0.267388</v>
       </c>
       <c r="E632">
         <v>1.188734</v>
       </c>
       <c r="F632">
         <v>0.29955</v>
       </c>
       <c r="G632">
         <v>1.488284</v>
       </c>
       <c r="H632">
         <v>0.010419</v>
       </c>
       <c r="I632">
         <v>0.011517</v>
       </c>
       <c r="J632">
-        <v>1.784888</v>
+        <v>1.784862</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.005813</v>
       </c>
       <c r="C633">
         <v>8.0E-6</v>
       </c>
       <c r="D633">
-        <v>0.252728</v>
+        <v>0.252704</v>
       </c>
       <c r="E633">
         <v>1.173943</v>
       </c>
       <c r="F633">
         <v>0.271956</v>
       </c>
       <c r="G633">
         <v>1.445898</v>
       </c>
       <c r="H633">
         <v>0.008813</v>
       </c>
       <c r="I633">
         <v>0.010556</v>
       </c>
       <c r="J633">
-        <v>1.723816</v>
+        <v>1.723792</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.00277</v>
       </c>
       <c r="C634">
         <v>0.001005</v>
       </c>
       <c r="D634">
-        <v>0.260316</v>
+        <v>0.260291</v>
       </c>
       <c r="E634">
         <v>1.193747</v>
       </c>
       <c r="F634">
         <v>0.250678</v>
       </c>
       <c r="G634">
         <v>1.444426</v>
       </c>
       <c r="H634">
         <v>0.006558</v>
       </c>
       <c r="I634">
         <v>0.009542</v>
       </c>
       <c r="J634">
-        <v>1.724616</v>
+        <v>1.724591</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0.003917</v>
       </c>
       <c r="C635">
         <v>0.000412</v>
       </c>
       <c r="D635">
-        <v>0.277207</v>
+        <v>0.277181</v>
       </c>
       <c r="E635">
         <v>1.19619</v>
       </c>
       <c r="F635">
         <v>0.258602</v>
       </c>
       <c r="G635">
         <v>1.454792</v>
       </c>
       <c r="H635">
         <v>0.003674</v>
       </c>
       <c r="I635">
         <v>0.006109</v>
       </c>
       <c r="J635">
-        <v>1.746112</v>
+        <v>1.746086</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0.002973</v>
       </c>
       <c r="C636">
         <v>9.0E-6</v>
       </c>
       <c r="D636">
-        <v>0.317446</v>
+        <v>0.317416</v>
       </c>
       <c r="E636">
         <v>1.232265</v>
       </c>
       <c r="F636">
         <v>0.287183</v>
       </c>
       <c r="G636">
         <v>1.519448</v>
       </c>
       <c r="H636">
         <v>0.009444</v>
       </c>
       <c r="I636">
         <v>0.011509</v>
       </c>
       <c r="J636">
-        <v>1.860829</v>
+        <v>1.860799</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.005734</v>
       </c>
       <c r="C637">
         <v>0.000158</v>
       </c>
       <c r="D637">
         <v>0.344077</v>
       </c>
       <c r="E637">
         <v>1.24956</v>
       </c>
       <c r="F637">
         <v>0.280471</v>
       </c>
       <c r="G637">
         <v>1.530031</v>
       </c>
       <c r="H637">
@@ -20776,86 +20776,150 @@
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0.005181</v>
       </c>
       <c r="C643">
         <v>0.001072</v>
       </c>
       <c r="D643">
         <v>0.264307</v>
       </c>
       <c r="E643">
         <v>1.189207</v>
       </c>
       <c r="F643">
         <v>0.274934</v>
       </c>
       <c r="G643">
         <v>1.464141</v>
       </c>
       <c r="H643">
         <v>0.001264</v>
       </c>
       <c r="I643">
-        <v>0.022797</v>
+        <v>0.007343</v>
       </c>
       <c r="J643">
-        <v>1.758761</v>
+        <v>1.743307</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>0.007901</v>
+        <v>0.005642</v>
       </c>
       <c r="C644">
         <v>0.000886</v>
       </c>
       <c r="D644">
         <v>0.243724</v>
       </c>
       <c r="E644">
         <v>1.18069</v>
       </c>
       <c r="F644">
         <v>0.3197</v>
       </c>
       <c r="G644">
         <v>1.50039</v>
       </c>
       <c r="H644">
         <v>0.002423</v>
       </c>
       <c r="I644">
-        <v>0.022731</v>
+        <v>0.008212</v>
       </c>
       <c r="J644">
-        <v>1.778055</v>
+        <v>1.761276</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.007888</v>
+      </c>
+      <c r="C645">
+        <v>0.000609</v>
+      </c>
+      <c r="D645">
+        <v>0.2314</v>
+      </c>
+      <c r="E645">
+        <v>1.16414</v>
+      </c>
+      <c r="F645">
+        <v>0.313758</v>
+      </c>
+      <c r="G645">
+        <v>1.477899</v>
+      </c>
+      <c r="H645">
+        <v>0.001912</v>
+      </c>
+      <c r="I645">
+        <v>0.007956</v>
+      </c>
+      <c r="J645">
+        <v>1.727663</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.007863</v>
+      </c>
+      <c r="C646">
+        <v>0.000613</v>
+      </c>
+      <c r="D646">
+        <v>0.237382</v>
+      </c>
+      <c r="E646">
+        <v>1.108328</v>
+      </c>
+      <c r="F646">
+        <v>0.264298</v>
+      </c>
+      <c r="G646">
+        <v>1.372626</v>
+      </c>
+      <c r="H646">
+        <v>0.005888</v>
+      </c>
+      <c r="I646">
+        <v>0.005458</v>
+      </c>
+      <c r="J646">
+        <v>1.629829</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -23330,101 +23394,101 @@
       </c>
       <c r="G86">
         <v>18.002939</v>
       </c>
       <c r="H86">
         <v>0.072585</v>
       </c>
       <c r="I86">
         <v>0.194383</v>
       </c>
       <c r="J86">
         <v>21.506729</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>0.087938</v>
       </c>
       <c r="C87">
         <v>0.005106</v>
       </c>
       <c r="D87">
-        <v>3.001379</v>
+        <v>3.001137</v>
       </c>
       <c r="E87">
         <v>14.362196</v>
       </c>
       <c r="F87">
         <v>3.954035</v>
       </c>
       <c r="G87">
         <v>18.316231</v>
       </c>
       <c r="H87">
         <v>0.114091</v>
       </c>
       <c r="I87">
         <v>0.132786</v>
       </c>
       <c r="J87">
-        <v>21.657531</v>
+        <v>21.657289</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>0.046836</v>
       </c>
       <c r="C88">
         <v>0.003185</v>
       </c>
       <c r="D88">
-        <v>3.223466</v>
+        <v>3.22316</v>
       </c>
       <c r="E88">
         <v>14.616058</v>
       </c>
       <c r="F88">
         <v>3.570414</v>
       </c>
       <c r="G88">
         <v>18.186472</v>
       </c>
       <c r="H88">
         <v>0.122921</v>
       </c>
       <c r="I88">
         <v>0.113464</v>
       </c>
       <c r="J88">
-        <v>21.696344</v>
+        <v>21.696038</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>