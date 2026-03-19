--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 1.4a Primary Energy Imports by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Imports</t>
   </si>
   <si>
     <t>Coal Coke Imports</t>
   </si>
   <si>
     <t>Natural Gas Imports</t>
   </si>
   <si>
     <t>Crude Oil Imports</t>
   </si>
   <si>
     <t>Petroleum Products, Excluding Biofuels, Imports</t>
   </si>
   <si>
     <t>Total Petroleum, Excluding Biofuels, Imports</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -19801,805 +19801,805 @@
       </c>
       <c r="G612">
         <v>1.469911</v>
       </c>
       <c r="H612">
         <v>0.00852</v>
       </c>
       <c r="I612">
         <v>0.016626</v>
       </c>
       <c r="J612">
         <v>1.801606</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.009643</v>
       </c>
       <c r="C613">
         <v>0.000115</v>
       </c>
       <c r="D613">
-        <v>0.282088</v>
+        <v>0.28211</v>
       </c>
       <c r="E613">
         <v>1.184372</v>
       </c>
       <c r="F613">
         <v>0.352559</v>
       </c>
       <c r="G613">
         <v>1.536931</v>
       </c>
       <c r="H613">
         <v>0.008462</v>
       </c>
       <c r="I613">
         <v>0.015314</v>
       </c>
       <c r="J613">
-        <v>1.852552</v>
+        <v>1.852574</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.006571</v>
       </c>
       <c r="C614">
         <v>1.3E-5</v>
       </c>
       <c r="D614">
-        <v>0.250009</v>
+        <v>0.250029</v>
       </c>
       <c r="E614">
         <v>1.125848</v>
       </c>
       <c r="F614">
         <v>0.343963</v>
       </c>
       <c r="G614">
         <v>1.469811</v>
       </c>
       <c r="H614">
         <v>0.008101</v>
       </c>
       <c r="I614">
         <v>0.012025</v>
       </c>
       <c r="J614">
-        <v>1.74653</v>
+        <v>1.74655</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.006158</v>
       </c>
       <c r="C615">
         <v>1.6E-5</v>
       </c>
       <c r="D615">
-        <v>0.255736</v>
+        <v>0.255695</v>
       </c>
       <c r="E615">
         <v>1.184887</v>
       </c>
       <c r="F615">
         <v>0.319711</v>
       </c>
       <c r="G615">
         <v>1.504599</v>
       </c>
       <c r="H615">
         <v>0.009227</v>
       </c>
       <c r="I615">
         <v>0.013275</v>
       </c>
       <c r="J615">
-        <v>1.789012</v>
+        <v>1.788971</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.009351</v>
       </c>
       <c r="C616">
         <v>0.000846</v>
       </c>
       <c r="D616">
-        <v>0.225879</v>
+        <v>0.225828</v>
       </c>
       <c r="E616">
         <v>1.131591</v>
       </c>
       <c r="F616">
         <v>0.366627</v>
       </c>
       <c r="G616">
         <v>1.498217</v>
       </c>
       <c r="H616">
         <v>0.007666</v>
       </c>
       <c r="I616">
         <v>0.012237</v>
       </c>
       <c r="J616">
-        <v>1.754196</v>
+        <v>1.754145</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.006698</v>
       </c>
       <c r="C617">
         <v>0.000288</v>
       </c>
       <c r="D617">
-        <v>0.221531</v>
+        <v>0.221513</v>
       </c>
       <c r="E617">
         <v>1.215268</v>
       </c>
       <c r="F617">
         <v>0.342497</v>
       </c>
       <c r="G617">
         <v>1.557765</v>
       </c>
       <c r="H617">
         <v>0.010771</v>
       </c>
       <c r="I617">
         <v>0.013319</v>
       </c>
       <c r="J617">
-        <v>1.810372</v>
+        <v>1.810355</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.006192</v>
       </c>
       <c r="C618">
         <v>0.000911</v>
       </c>
       <c r="D618">
-        <v>0.237325</v>
+        <v>0.237268</v>
       </c>
       <c r="E618">
         <v>1.185688</v>
       </c>
       <c r="F618">
         <v>0.375338</v>
       </c>
       <c r="G618">
         <v>1.561025</v>
       </c>
       <c r="H618">
         <v>0.009186</v>
       </c>
       <c r="I618">
         <v>0.01046</v>
       </c>
       <c r="J618">
-        <v>1.825099</v>
+        <v>1.825042</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.007142</v>
       </c>
       <c r="C619">
         <v>0.001154</v>
       </c>
       <c r="D619">
-        <v>0.262474</v>
+        <v>0.262495</v>
       </c>
       <c r="E619">
         <v>1.1853</v>
       </c>
       <c r="F619">
         <v>0.328083</v>
       </c>
       <c r="G619">
         <v>1.513383</v>
       </c>
       <c r="H619">
         <v>0.008466</v>
       </c>
       <c r="I619">
         <v>0.010978</v>
       </c>
       <c r="J619">
-        <v>1.803597</v>
+        <v>1.803618</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.007779</v>
       </c>
       <c r="C620">
         <v>8.1E-5</v>
       </c>
       <c r="D620">
-        <v>0.252576</v>
+        <v>0.252596</v>
       </c>
       <c r="E620">
         <v>1.31379</v>
       </c>
       <c r="F620">
         <v>0.318843</v>
       </c>
       <c r="G620">
         <v>1.632633</v>
       </c>
       <c r="H620">
         <v>0.011687</v>
       </c>
       <c r="I620">
         <v>0.010245</v>
       </c>
       <c r="J620">
-        <v>1.915001</v>
+        <v>1.915022</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.006885</v>
       </c>
       <c r="C621">
         <v>6.6E-5</v>
       </c>
       <c r="D621">
-        <v>0.23574</v>
+        <v>0.235759</v>
       </c>
       <c r="E621">
         <v>1.215783</v>
       </c>
       <c r="F621">
         <v>0.308105</v>
       </c>
       <c r="G621">
         <v>1.523888</v>
       </c>
       <c r="H621">
         <v>0.010477</v>
       </c>
       <c r="I621">
         <v>0.008039</v>
       </c>
       <c r="J621">
-        <v>1.785095</v>
+        <v>1.785114</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.009064</v>
       </c>
       <c r="C622">
         <v>0.000817</v>
       </c>
       <c r="D622">
-        <v>0.236725</v>
+        <v>0.236744</v>
       </c>
       <c r="E622">
         <v>1.152415</v>
       </c>
       <c r="F622">
         <v>0.290561</v>
       </c>
       <c r="G622">
         <v>1.442976</v>
       </c>
       <c r="H622">
         <v>0.007378</v>
       </c>
       <c r="I622">
         <v>0.007543</v>
       </c>
       <c r="J622">
-        <v>1.704504</v>
+        <v>1.704523</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.007349</v>
       </c>
       <c r="C623">
         <v>0.000752</v>
       </c>
       <c r="D623">
-        <v>0.257298</v>
+        <v>0.257318</v>
       </c>
       <c r="E623">
         <v>1.260063</v>
       </c>
       <c r="F623">
         <v>0.273117</v>
       </c>
       <c r="G623">
         <v>1.53318</v>
       </c>
       <c r="H623">
         <v>0.011106</v>
       </c>
       <c r="I623">
         <v>0.008425</v>
       </c>
       <c r="J623">
-        <v>1.818111</v>
+        <v>1.818131</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.005104</v>
       </c>
       <c r="C624">
         <v>4.7E-5</v>
       </c>
       <c r="D624">
-        <v>0.283759</v>
+        <v>0.283782</v>
       </c>
       <c r="E624">
         <v>1.207191</v>
       </c>
       <c r="F624">
         <v>0.334632</v>
       </c>
       <c r="G624">
         <v>1.541823</v>
       </c>
       <c r="H624">
         <v>0.011562</v>
       </c>
       <c r="I624">
         <v>0.010925</v>
       </c>
       <c r="J624">
-        <v>1.853221</v>
+        <v>1.853244</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0.002193</v>
       </c>
       <c r="C625">
         <v>6.0E-6</v>
       </c>
       <c r="D625">
-        <v>0.331041</v>
+        <v>0.331072</v>
       </c>
       <c r="E625">
         <v>1.245214</v>
       </c>
       <c r="F625">
         <v>0.301912</v>
       </c>
       <c r="G625">
         <v>1.547125</v>
       </c>
       <c r="H625">
         <v>0.011429</v>
       </c>
       <c r="I625">
         <v>0.012328</v>
       </c>
       <c r="J625">
-        <v>1.904122</v>
+        <v>1.904153</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.003529</v>
       </c>
       <c r="C626">
         <v>0.0001</v>
       </c>
       <c r="D626">
-        <v>0.264722</v>
+        <v>0.264748</v>
       </c>
       <c r="E626">
         <v>1.14904</v>
       </c>
       <c r="F626">
         <v>0.273612</v>
       </c>
       <c r="G626">
         <v>1.422652</v>
       </c>
       <c r="H626">
         <v>0.01469</v>
       </c>
       <c r="I626">
         <v>0.008663</v>
       </c>
       <c r="J626">
-        <v>1.714356</v>
+        <v>1.714381</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.001989</v>
       </c>
       <c r="C627">
         <v>0.000377</v>
       </c>
       <c r="D627">
-        <v>0.249475</v>
+        <v>0.249498</v>
       </c>
       <c r="E627">
         <v>1.161388</v>
       </c>
       <c r="F627">
         <v>0.305885</v>
       </c>
       <c r="G627">
         <v>1.467274</v>
       </c>
       <c r="H627">
         <v>0.009692</v>
       </c>
       <c r="I627">
         <v>0.00753</v>
       </c>
       <c r="J627">
-        <v>1.736337</v>
+        <v>1.73636</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.005944</v>
       </c>
       <c r="C628">
         <v>1.1E-5</v>
       </c>
       <c r="D628">
-        <v>0.227439</v>
+        <v>0.22746</v>
       </c>
       <c r="E628">
         <v>1.199003</v>
       </c>
       <c r="F628">
         <v>0.318448</v>
       </c>
       <c r="G628">
         <v>1.517451</v>
       </c>
       <c r="H628">
         <v>0.013451</v>
       </c>
       <c r="I628">
         <v>0.00614</v>
       </c>
       <c r="J628">
-        <v>1.770436</v>
+        <v>1.770457</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.001869</v>
       </c>
       <c r="C629">
         <v>4.5E-5</v>
       </c>
       <c r="D629">
-        <v>0.244409</v>
+        <v>0.244432</v>
       </c>
       <c r="E629">
         <v>1.323547</v>
       </c>
       <c r="F629">
         <v>0.352247</v>
       </c>
       <c r="G629">
         <v>1.675794</v>
       </c>
       <c r="H629">
         <v>0.01087</v>
       </c>
       <c r="I629">
         <v>0.006113</v>
       </c>
       <c r="J629">
-        <v>1.9391</v>
+        <v>1.939124</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.004749</v>
       </c>
       <c r="C630">
         <v>2.0E-6</v>
       </c>
       <c r="D630">
-        <v>0.252892</v>
+        <v>0.252916</v>
       </c>
       <c r="E630">
         <v>1.21571</v>
       </c>
       <c r="F630">
         <v>0.329047</v>
       </c>
       <c r="G630">
         <v>1.544757</v>
       </c>
       <c r="H630">
         <v>0.01188</v>
       </c>
       <c r="I630">
         <v>0.009808</v>
       </c>
       <c r="J630">
-        <v>1.824086</v>
+        <v>1.82411</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.004334</v>
       </c>
       <c r="C631">
         <v>0.000711</v>
       </c>
       <c r="D631">
-        <v>0.278203</v>
+        <v>0.27823</v>
       </c>
       <c r="E631">
         <v>1.337277</v>
       </c>
       <c r="F631">
         <v>0.321295</v>
       </c>
       <c r="G631">
         <v>1.658572</v>
       </c>
       <c r="H631">
         <v>0.012</v>
       </c>
       <c r="I631">
         <v>0.013651</v>
       </c>
       <c r="J631">
-        <v>1.967471</v>
+        <v>1.967498</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.006754</v>
       </c>
       <c r="C632">
         <v>0.0005</v>
       </c>
       <c r="D632">
-        <v>0.267388</v>
+        <v>0.267413</v>
       </c>
       <c r="E632">
         <v>1.188734</v>
       </c>
       <c r="F632">
         <v>0.29955</v>
       </c>
       <c r="G632">
         <v>1.488284</v>
       </c>
       <c r="H632">
         <v>0.010419</v>
       </c>
       <c r="I632">
         <v>0.011517</v>
       </c>
       <c r="J632">
-        <v>1.784862</v>
+        <v>1.784888</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.005813</v>
       </c>
       <c r="C633">
         <v>8.0E-6</v>
       </c>
       <c r="D633">
-        <v>0.252704</v>
+        <v>0.252728</v>
       </c>
       <c r="E633">
         <v>1.173943</v>
       </c>
       <c r="F633">
         <v>0.271956</v>
       </c>
       <c r="G633">
         <v>1.445898</v>
       </c>
       <c r="H633">
         <v>0.008813</v>
       </c>
       <c r="I633">
         <v>0.010556</v>
       </c>
       <c r="J633">
-        <v>1.723792</v>
+        <v>1.723816</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.00277</v>
       </c>
       <c r="C634">
         <v>0.001005</v>
       </c>
       <c r="D634">
-        <v>0.260291</v>
+        <v>0.260316</v>
       </c>
       <c r="E634">
         <v>1.193747</v>
       </c>
       <c r="F634">
         <v>0.250678</v>
       </c>
       <c r="G634">
         <v>1.444426</v>
       </c>
       <c r="H634">
         <v>0.006558</v>
       </c>
       <c r="I634">
         <v>0.009542</v>
       </c>
       <c r="J634">
-        <v>1.724591</v>
+        <v>1.724616</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0.003917</v>
       </c>
       <c r="C635">
         <v>0.000412</v>
       </c>
       <c r="D635">
-        <v>0.277181</v>
+        <v>0.2772</v>
       </c>
       <c r="E635">
         <v>1.19619</v>
       </c>
       <c r="F635">
         <v>0.258602</v>
       </c>
       <c r="G635">
         <v>1.454792</v>
       </c>
       <c r="H635">
         <v>0.003674</v>
       </c>
       <c r="I635">
         <v>0.006109</v>
       </c>
       <c r="J635">
-        <v>1.746086</v>
+        <v>1.746105</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0.002973</v>
       </c>
       <c r="C636">
         <v>9.0E-6</v>
       </c>
       <c r="D636">
-        <v>0.317416</v>
+        <v>0.317148</v>
       </c>
       <c r="E636">
         <v>1.232265</v>
       </c>
       <c r="F636">
         <v>0.287183</v>
       </c>
       <c r="G636">
         <v>1.519448</v>
       </c>
       <c r="H636">
         <v>0.009444</v>
       </c>
       <c r="I636">
         <v>0.011509</v>
       </c>
       <c r="J636">
-        <v>1.860799</v>
+        <v>1.860531</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.005734</v>
       </c>
       <c r="C637">
         <v>0.000158</v>
       </c>
       <c r="D637">
         <v>0.344077</v>
       </c>
       <c r="E637">
         <v>1.24956</v>
       </c>
       <c r="F637">
         <v>0.280471</v>
       </c>
       <c r="G637">
         <v>1.530031</v>
       </c>
       <c r="H637">
@@ -20790,136 +20790,168 @@
       </c>
       <c r="F643">
         <v>0.274934</v>
       </c>
       <c r="G643">
         <v>1.464141</v>
       </c>
       <c r="H643">
         <v>0.001264</v>
       </c>
       <c r="I643">
         <v>0.007343</v>
       </c>
       <c r="J643">
         <v>1.743307</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0.005642</v>
       </c>
       <c r="C644">
-        <v>0.000886</v>
+        <v>0.001117</v>
       </c>
       <c r="D644">
         <v>0.243724</v>
       </c>
       <c r="E644">
         <v>1.18069</v>
       </c>
       <c r="F644">
         <v>0.3197</v>
       </c>
       <c r="G644">
         <v>1.50039</v>
       </c>
       <c r="H644">
         <v>0.002423</v>
       </c>
       <c r="I644">
         <v>0.008212</v>
       </c>
       <c r="J644">
-        <v>1.761276</v>
+        <v>1.761507</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>0.007888</v>
+        <v>0.004596</v>
       </c>
       <c r="C645">
-        <v>0.000609</v>
+        <v>0.001076</v>
       </c>
       <c r="D645">
         <v>0.2314</v>
       </c>
       <c r="E645">
         <v>1.16414</v>
       </c>
       <c r="F645">
         <v>0.313758</v>
       </c>
       <c r="G645">
         <v>1.477899</v>
       </c>
       <c r="H645">
         <v>0.001912</v>
       </c>
       <c r="I645">
         <v>0.007956</v>
       </c>
       <c r="J645">
-        <v>1.727663</v>
+        <v>1.724838</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
-        <v>0.007863</v>
+        <v>0.008385</v>
       </c>
       <c r="C646">
         <v>0.000613</v>
       </c>
       <c r="D646">
-        <v>0.237382</v>
+        <v>0.238549</v>
       </c>
       <c r="E646">
         <v>1.108328</v>
       </c>
       <c r="F646">
         <v>0.264298</v>
       </c>
       <c r="G646">
         <v>1.372626</v>
       </c>
       <c r="H646">
         <v>0.005888</v>
       </c>
       <c r="I646">
         <v>0.005458</v>
       </c>
       <c r="J646">
-        <v>1.629829</v>
+        <v>1.631519</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0.007829</v>
+      </c>
+      <c r="C647">
+        <v>7.8E-5</v>
+      </c>
+      <c r="D647">
+        <v>0.270907</v>
+      </c>
+      <c r="E647">
+        <v>1.051175</v>
+      </c>
+      <c r="F647">
+        <v>0.26924</v>
+      </c>
+      <c r="G647">
+        <v>1.320415</v>
+      </c>
+      <c r="H647">
+        <v>0.001339</v>
+      </c>
+      <c r="I647">
+        <v>0.005922</v>
+      </c>
+      <c r="J647">
+        <v>1.60649</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -23444,51 +23476,51 @@
       <c r="B88">
         <v>0.046836</v>
       </c>
       <c r="C88">
         <v>0.003185</v>
       </c>
       <c r="D88">
         <v>3.22316</v>
       </c>
       <c r="E88">
         <v>14.616058</v>
       </c>
       <c r="F88">
         <v>3.570414</v>
       </c>
       <c r="G88">
         <v>18.186472</v>
       </c>
       <c r="H88">
         <v>0.122921</v>
       </c>
       <c r="I88">
         <v>0.113464</v>
       </c>
       <c r="J88">
-        <v>21.696038</v>
+        <v>21.696039</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>