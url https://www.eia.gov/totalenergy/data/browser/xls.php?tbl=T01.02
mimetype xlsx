--- v0 (2025-10-14)
+++ v1 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 1.2 Primary Energy Production by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Production</t>
   </si>
   <si>
     <t>Natural Gas (Dry) Production</t>
   </si>
   <si>
     <t>Crude Oil Production</t>
   </si>
   <si>
     <t>Natural Gas Plant Liquids Production</t>
   </si>
   <si>
     <t>Total Fossil Fuels Production</t>
   </si>
   <si>
     <t>Nuclear Electric Power Production</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="39.562" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="27.708" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27038,1360 +27038,1536 @@
       </c>
       <c r="J612">
         <v>0.039621</v>
       </c>
       <c r="K612">
         <v>0.131975</v>
       </c>
       <c r="L612">
         <v>0.439099</v>
       </c>
       <c r="M612">
         <v>0.69085</v>
       </c>
       <c r="N612">
         <v>8.336433</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>1.036902</v>
       </c>
       <c r="C613">
-        <v>3.277325</v>
+        <v>3.264249</v>
       </c>
       <c r="D613">
         <v>2.229196</v>
       </c>
       <c r="E613">
         <v>0.66949</v>
       </c>
       <c r="F613">
-        <v>7.212914</v>
+        <v>7.199838</v>
       </c>
       <c r="G613">
         <v>0.740734</v>
       </c>
       <c r="H613">
         <v>0.077637</v>
       </c>
       <c r="I613">
         <v>0.010238</v>
       </c>
       <c r="J613">
         <v>0.043675</v>
       </c>
       <c r="K613">
         <v>0.130877</v>
       </c>
       <c r="L613">
         <v>0.436791</v>
       </c>
       <c r="M613">
         <v>0.699219</v>
       </c>
       <c r="N613">
-        <v>8.652867</v>
+        <v>8.639791</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.930993</v>
       </c>
       <c r="C614">
-        <v>2.952576</v>
+        <v>2.940796</v>
       </c>
       <c r="D614">
         <v>2.010412</v>
       </c>
       <c r="E614">
         <v>0.612365</v>
       </c>
       <c r="F614">
-        <v>6.506346</v>
+        <v>6.494566</v>
       </c>
       <c r="G614">
         <v>0.635553</v>
       </c>
       <c r="H614">
         <v>0.068107</v>
       </c>
       <c r="I614">
         <v>0.009312</v>
       </c>
       <c r="J614">
         <v>0.050934</v>
       </c>
       <c r="K614">
         <v>0.14134</v>
       </c>
       <c r="L614">
         <v>0.392663</v>
       </c>
       <c r="M614">
         <v>0.662356</v>
       </c>
       <c r="N614">
-        <v>7.804256</v>
+        <v>7.792476</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>1.057804</v>
       </c>
       <c r="C615">
-        <v>3.314816</v>
+        <v>3.301591</v>
       </c>
       <c r="D615">
         <v>2.269238</v>
       </c>
       <c r="E615">
         <v>0.703896</v>
       </c>
       <c r="F615">
-        <v>7.345754</v>
+        <v>7.332529</v>
       </c>
       <c r="G615">
         <v>0.656599</v>
       </c>
       <c r="H615">
         <v>0.072783</v>
       </c>
       <c r="I615">
         <v>0.010313</v>
       </c>
       <c r="J615">
         <v>0.067325</v>
       </c>
       <c r="K615">
         <v>0.148708</v>
       </c>
       <c r="L615">
         <v>0.439248</v>
       </c>
       <c r="M615">
         <v>0.738376</v>
       </c>
       <c r="N615">
-        <v>8.74073</v>
+        <v>8.727504</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.954996</v>
       </c>
       <c r="C616">
-        <v>3.179476</v>
+        <v>3.166791</v>
       </c>
       <c r="D616">
         <v>2.17334</v>
       </c>
       <c r="E616">
         <v>0.691273</v>
       </c>
       <c r="F616">
-        <v>6.999084</v>
+        <v>6.986399</v>
       </c>
       <c r="G616">
         <v>0.592236</v>
       </c>
       <c r="H616">
         <v>0.067625</v>
       </c>
       <c r="I616">
         <v>0.009844</v>
       </c>
       <c r="J616">
         <v>0.080195</v>
       </c>
       <c r="K616">
         <v>0.145848</v>
       </c>
       <c r="L616">
         <v>0.407991</v>
       </c>
       <c r="M616">
         <v>0.711502</v>
       </c>
       <c r="N616">
-        <v>8.302823</v>
+        <v>8.290137</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.978943</v>
       </c>
       <c r="C617">
-        <v>3.323863</v>
+        <v>3.310601</v>
       </c>
       <c r="D617">
         <v>2.245449</v>
       </c>
       <c r="E617">
         <v>0.712476</v>
       </c>
       <c r="F617">
-        <v>7.260731</v>
+        <v>7.247469</v>
       </c>
       <c r="G617">
         <v>0.639194</v>
       </c>
       <c r="H617">
         <v>0.094346</v>
       </c>
       <c r="I617">
         <v>0.009983</v>
       </c>
       <c r="J617">
         <v>0.091191</v>
       </c>
       <c r="K617">
         <v>0.109959</v>
       </c>
       <c r="L617">
         <v>0.438492</v>
       </c>
       <c r="M617">
         <v>0.743971</v>
       </c>
       <c r="N617">
-        <v>8.643896</v>
+        <v>8.630634</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.959167</v>
       </c>
       <c r="C618">
-        <v>3.204951</v>
+        <v>3.192164</v>
       </c>
       <c r="D618">
         <v>2.182363</v>
       </c>
       <c r="E618">
         <v>0.68729</v>
       </c>
       <c r="F618">
-        <v>7.033771</v>
+        <v>7.020984</v>
       </c>
       <c r="G618">
         <v>0.67749</v>
       </c>
       <c r="H618">
         <v>0.073604</v>
       </c>
       <c r="I618">
         <v>0.009632</v>
       </c>
       <c r="J618">
         <v>0.092488</v>
       </c>
       <c r="K618">
         <v>0.09399</v>
       </c>
       <c r="L618">
         <v>0.431448</v>
       </c>
       <c r="M618">
         <v>0.701163</v>
       </c>
       <c r="N618">
-        <v>8.412424</v>
+        <v>8.399637</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.949697</v>
       </c>
       <c r="C619">
-        <v>3.318831</v>
+        <v>3.305589</v>
       </c>
       <c r="D619">
         <v>2.277229</v>
       </c>
       <c r="E619">
         <v>0.720992</v>
       </c>
       <c r="F619">
-        <v>7.266749</v>
+        <v>7.253507</v>
       </c>
       <c r="G619">
         <v>0.730465</v>
       </c>
       <c r="H619">
         <v>0.074988</v>
       </c>
       <c r="I619">
         <v>0.009815</v>
       </c>
       <c r="J619">
         <v>0.097451</v>
       </c>
       <c r="K619">
         <v>0.095552</v>
       </c>
       <c r="L619">
         <v>0.440978</v>
       </c>
       <c r="M619">
         <v>0.718784</v>
       </c>
       <c r="N619">
-        <v>8.715998</v>
+        <v>8.702757</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>1.03031</v>
       </c>
       <c r="C620">
-        <v>3.341985</v>
+        <v>3.328651</v>
       </c>
       <c r="D620">
         <v>2.292517</v>
       </c>
       <c r="E620">
         <v>0.734863</v>
       </c>
       <c r="F620">
-        <v>7.399674</v>
+        <v>7.38634</v>
       </c>
       <c r="G620">
         <v>0.728965</v>
       </c>
       <c r="H620">
         <v>0.072652</v>
       </c>
       <c r="I620">
         <v>0.009716</v>
       </c>
       <c r="J620">
         <v>0.092601</v>
       </c>
       <c r="K620">
         <v>0.096881</v>
       </c>
       <c r="L620">
         <v>0.444676</v>
       </c>
       <c r="M620">
         <v>0.716526</v>
       </c>
       <c r="N620">
-        <v>8.845165</v>
+        <v>8.831831</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.986431</v>
       </c>
       <c r="C621">
-        <v>3.238012</v>
+        <v>3.225093</v>
       </c>
       <c r="D621">
         <v>2.249079</v>
       </c>
       <c r="E621">
         <v>0.72881</v>
       </c>
       <c r="F621">
-        <v>7.202332</v>
+        <v>7.189413</v>
       </c>
       <c r="G621">
         <v>0.68523</v>
       </c>
       <c r="H621">
         <v>0.057716</v>
       </c>
       <c r="I621">
         <v>0.009705</v>
       </c>
       <c r="J621">
         <v>0.081384</v>
       </c>
       <c r="K621">
         <v>0.096742</v>
       </c>
       <c r="L621">
         <v>0.430249</v>
       </c>
       <c r="M621">
         <v>0.675796</v>
       </c>
       <c r="N621">
-        <v>8.563358</v>
+        <v>8.550439</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.966891</v>
       </c>
       <c r="C622">
-        <v>3.342041</v>
+        <v>3.328707</v>
       </c>
       <c r="D622">
         <v>2.330294</v>
       </c>
       <c r="E622">
         <v>0.754146</v>
       </c>
       <c r="F622">
-        <v>7.393373</v>
+        <v>7.380039</v>
       </c>
       <c r="G622">
         <v>0.642125</v>
       </c>
       <c r="H622">
         <v>0.053475</v>
       </c>
       <c r="I622">
         <v>0.010238</v>
       </c>
       <c r="J622">
         <v>0.074138</v>
       </c>
       <c r="K622">
         <v>0.1229</v>
       </c>
       <c r="L622">
         <v>0.43625</v>
       </c>
       <c r="M622">
         <v>0.697</v>
       </c>
       <c r="N622">
-        <v>8.732498</v>
+        <v>8.719164</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.966671</v>
       </c>
       <c r="C623">
-        <v>3.280485</v>
+        <v>3.267396</v>
       </c>
       <c r="D623">
         <v>2.272582</v>
       </c>
       <c r="E623">
         <v>0.727459</v>
       </c>
       <c r="F623">
-        <v>7.247198</v>
+        <v>7.234109</v>
       </c>
       <c r="G623">
         <v>0.650717</v>
       </c>
       <c r="H623">
         <v>0.058092</v>
       </c>
       <c r="I623">
         <v>0.010131</v>
       </c>
       <c r="J623">
         <v>0.05674</v>
       </c>
       <c r="K623">
         <v>0.124352</v>
       </c>
       <c r="L623">
         <v>0.435762</v>
       </c>
       <c r="M623">
         <v>0.685076</v>
       </c>
       <c r="N623">
-        <v>8.582991</v>
+        <v>8.569902</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.931683</v>
       </c>
       <c r="C624">
-        <v>3.389824</v>
+        <v>3.376299</v>
       </c>
       <c r="D624">
         <v>2.345042</v>
       </c>
       <c r="E624">
         <v>0.736825</v>
       </c>
       <c r="F624">
-        <v>7.403374</v>
+        <v>7.389849</v>
       </c>
       <c r="G624">
         <v>0.719666</v>
       </c>
       <c r="H624">
         <v>0.064922</v>
       </c>
       <c r="I624">
         <v>0.010418</v>
       </c>
       <c r="J624">
         <v>0.050292</v>
       </c>
       <c r="K624">
         <v>0.129787</v>
       </c>
       <c r="L624">
         <v>0.468477</v>
       </c>
       <c r="M624">
         <v>0.723896</v>
       </c>
       <c r="N624">
-        <v>8.846935</v>
+        <v>8.83341</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.912292</v>
+        <v>0.910652</v>
       </c>
       <c r="C625">
-        <v>3.324969</v>
+        <v>3.3213</v>
       </c>
       <c r="D625">
         <v>2.207543</v>
       </c>
       <c r="E625">
         <v>0.681001</v>
       </c>
       <c r="F625">
-        <v>7.125805</v>
+        <v>7.120496</v>
       </c>
       <c r="G625">
-        <v>0.722021</v>
+        <v>0.7214</v>
       </c>
       <c r="H625">
-        <v>0.074846</v>
+        <v>0.073542</v>
       </c>
       <c r="I625">
-        <v>0.010227</v>
+        <v>0.010152</v>
       </c>
       <c r="J625">
-        <v>0.053246</v>
+        <v>0.052445</v>
       </c>
       <c r="K625">
-        <v>0.119183</v>
+        <v>0.118706</v>
       </c>
       <c r="L625">
-        <v>0.434368</v>
+        <v>0.434799</v>
       </c>
       <c r="M625">
-        <v>0.69187</v>
+        <v>0.689644</v>
       </c>
       <c r="N625">
-        <v>8.539696</v>
+        <v>8.531539</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>0.910213</v>
+        <v>0.909851</v>
       </c>
       <c r="C626">
-        <v>3.184797</v>
+        <v>3.181282</v>
       </c>
       <c r="D626">
         <v>2.166019</v>
       </c>
       <c r="E626">
         <v>0.695968</v>
       </c>
       <c r="F626">
-        <v>6.956996</v>
+        <v>6.953119</v>
       </c>
       <c r="G626">
-        <v>0.67503</v>
+        <v>0.674449</v>
       </c>
       <c r="H626">
-        <v>0.068599</v>
+        <v>0.070954</v>
       </c>
       <c r="I626">
-        <v>0.009529</v>
+        <v>0.009476</v>
       </c>
       <c r="J626">
-        <v>0.065214</v>
+        <v>0.065106</v>
       </c>
       <c r="K626">
-        <v>0.141809</v>
+        <v>0.139829</v>
       </c>
       <c r="L626">
-        <v>0.420111</v>
+        <v>0.42628</v>
       </c>
       <c r="M626">
-        <v>0.705262</v>
+        <v>0.711645</v>
       </c>
       <c r="N626">
-        <v>8.337288</v>
+        <v>8.339213</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>0.865592</v>
+        <v>0.865549</v>
       </c>
       <c r="C627">
-        <v>3.298212</v>
+        <v>3.294573</v>
       </c>
       <c r="D627">
         <v>2.32623</v>
       </c>
       <c r="E627">
         <v>0.772025</v>
       </c>
       <c r="F627">
-        <v>7.262059</v>
+        <v>7.258376</v>
       </c>
       <c r="G627">
-        <v>0.66209</v>
+        <v>0.66152</v>
       </c>
       <c r="H627">
-        <v>0.07957</v>
+        <v>0.079713</v>
       </c>
       <c r="I627">
-        <v>0.009777</v>
+        <v>0.010017</v>
       </c>
       <c r="J627">
-        <v>0.08379</v>
+        <v>0.084311</v>
       </c>
       <c r="K627">
-        <v>0.155726</v>
+        <v>0.153888</v>
       </c>
       <c r="L627">
-        <v>0.448494</v>
+        <v>0.449238</v>
       </c>
       <c r="M627">
-        <v>0.777358</v>
+        <v>0.777166</v>
       </c>
       <c r="N627">
-        <v>8.701508</v>
+        <v>8.697062</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.740338</v>
+        <v>0.74055</v>
       </c>
       <c r="C628">
-        <v>3.163356</v>
+        <v>3.159865</v>
       </c>
       <c r="D628">
         <v>2.272273</v>
       </c>
       <c r="E628">
         <v>0.759924</v>
       </c>
       <c r="F628">
-        <v>6.935891</v>
+        <v>6.932612</v>
       </c>
       <c r="G628">
-        <v>0.60226</v>
+        <v>0.60091</v>
       </c>
       <c r="H628">
-        <v>0.066112</v>
+        <v>0.071365</v>
       </c>
       <c r="I628">
-        <v>0.009762</v>
+        <v>0.009571</v>
       </c>
       <c r="J628">
-        <v>0.098061</v>
+        <v>0.098328</v>
       </c>
       <c r="K628">
-        <v>0.161664</v>
+        <v>0.160666</v>
       </c>
       <c r="L628">
-        <v>0.421742</v>
+        <v>0.421256</v>
       </c>
       <c r="M628">
-        <v>0.757341</v>
+        <v>0.761186</v>
       </c>
       <c r="N628">
-        <v>8.295492</v>
+        <v>8.294709</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.813723</v>
+        <v>0.813618</v>
       </c>
       <c r="C629">
-        <v>3.262965</v>
+        <v>3.259365</v>
       </c>
       <c r="D629">
         <v>2.337828</v>
       </c>
       <c r="E629">
         <v>0.791951</v>
       </c>
       <c r="F629">
-        <v>7.206467</v>
+        <v>7.202762</v>
       </c>
       <c r="G629">
-        <v>0.679097</v>
+        <v>0.678513</v>
       </c>
       <c r="H629">
-        <v>0.077169</v>
+        <v>0.083516</v>
       </c>
       <c r="I629">
-        <v>0.009637</v>
+        <v>0.009631</v>
       </c>
       <c r="J629">
-        <v>0.111635</v>
+        <v>0.111958</v>
       </c>
       <c r="K629">
-        <v>0.132019</v>
+        <v>0.13394</v>
       </c>
       <c r="L629">
-        <v>0.438628</v>
+        <v>0.436085</v>
       </c>
       <c r="M629">
-        <v>0.769087</v>
+        <v>0.77513</v>
       </c>
       <c r="N629">
-        <v>8.654652</v>
+        <v>8.656404</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.890206</v>
+        <v>0.889642</v>
       </c>
       <c r="C630">
-        <v>3.197174</v>
+        <v>3.193646</v>
       </c>
       <c r="D630">
         <v>2.261659</v>
       </c>
       <c r="E630">
         <v>0.764293</v>
       </c>
       <c r="F630">
-        <v>7.113333</v>
+        <v>7.109241</v>
       </c>
       <c r="G630">
-        <v>0.712744</v>
+        <v>0.712131</v>
       </c>
       <c r="H630">
-        <v>0.072238</v>
+        <v>0.076417</v>
       </c>
       <c r="I630">
-        <v>0.009561</v>
+        <v>0.009306</v>
       </c>
       <c r="J630">
-        <v>0.118809</v>
+        <v>0.119139</v>
       </c>
       <c r="K630">
-        <v>0.130203</v>
+        <v>0.131913</v>
       </c>
       <c r="L630">
-        <v>0.434506</v>
+        <v>0.438369</v>
       </c>
       <c r="M630">
-        <v>0.765316</v>
+        <v>0.775144</v>
       </c>
       <c r="N630">
-        <v>8.591394</v>
+        <v>8.596516</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.898215</v>
+        <v>0.897434</v>
       </c>
       <c r="C631">
-        <v>3.347105</v>
+        <v>3.343412</v>
       </c>
       <c r="D631">
         <v>2.330097</v>
       </c>
       <c r="E631">
         <v>0.777478</v>
       </c>
       <c r="F631">
-        <v>7.352895</v>
+        <v>7.348421</v>
       </c>
       <c r="G631">
-        <v>0.730441</v>
+        <v>0.729451</v>
       </c>
       <c r="H631">
-        <v>0.072292</v>
+        <v>0.072962</v>
       </c>
       <c r="I631">
-        <v>0.009918</v>
+        <v>0.009533</v>
       </c>
       <c r="J631">
-        <v>0.11945</v>
+        <v>0.120168</v>
       </c>
       <c r="K631">
-        <v>0.095435</v>
+        <v>0.096575</v>
       </c>
       <c r="L631">
-        <v>0.45521</v>
+        <v>0.457471</v>
       </c>
       <c r="M631">
-        <v>0.752305</v>
+        <v>0.756708</v>
       </c>
       <c r="N631">
-        <v>8.835641</v>
+        <v>8.834581</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>0.972976</v>
+        <v>0.971635</v>
       </c>
       <c r="C632">
-        <v>3.312745</v>
+        <v>3.30909</v>
       </c>
       <c r="D632">
         <v>2.365064</v>
       </c>
       <c r="E632">
         <v>0.791854</v>
       </c>
       <c r="F632">
-        <v>7.442639</v>
+        <v>7.437643</v>
       </c>
       <c r="G632">
-        <v>0.729135</v>
+        <v>0.728507</v>
       </c>
       <c r="H632">
-        <v>0.072894</v>
+        <v>0.069914</v>
       </c>
       <c r="I632">
-        <v>0.009877</v>
+        <v>0.009566</v>
       </c>
       <c r="J632">
-        <v>0.11744</v>
+        <v>0.118115</v>
       </c>
       <c r="K632">
-        <v>0.098143</v>
+        <v>0.099936</v>
       </c>
       <c r="L632">
-        <v>0.459408</v>
+        <v>0.458855</v>
       </c>
       <c r="M632">
-        <v>0.757762</v>
+        <v>0.756385</v>
       </c>
       <c r="N632">
-        <v>8.929536</v>
+        <v>8.922535</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.94347</v>
+        <v>0.941853</v>
       </c>
       <c r="C633">
-        <v>3.166996</v>
+        <v>3.163502</v>
       </c>
       <c r="D633">
         <v>2.247824</v>
       </c>
       <c r="E633">
         <v>0.776551</v>
       </c>
       <c r="F633">
-        <v>7.134842</v>
+        <v>7.129729</v>
       </c>
       <c r="G633">
-        <v>0.654927</v>
+        <v>0.654363</v>
       </c>
       <c r="H633">
-        <v>0.056864</v>
+        <v>0.054289</v>
       </c>
       <c r="I633">
-        <v>0.009561</v>
+        <v>0.009304</v>
       </c>
       <c r="J633">
-        <v>0.100739</v>
+        <v>0.101424</v>
       </c>
       <c r="K633">
-        <v>0.098932</v>
+        <v>0.099557</v>
       </c>
       <c r="L633">
-        <v>0.43654</v>
+        <v>0.435823</v>
       </c>
       <c r="M633">
-        <v>0.702635</v>
+        <v>0.700397</v>
       </c>
       <c r="N633">
-        <v>8.492404</v>
+        <v>8.48449</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.914618</v>
+        <v>0.912047</v>
       </c>
       <c r="C634">
-        <v>3.307502</v>
+        <v>3.303852</v>
       </c>
       <c r="D634">
         <v>2.386122</v>
       </c>
       <c r="E634">
         <v>0.817956</v>
       </c>
       <c r="F634">
-        <v>7.426197</v>
+        <v>7.419977</v>
       </c>
       <c r="G634">
-        <v>0.614299</v>
+        <v>0.61377</v>
       </c>
       <c r="H634">
-        <v>0.053982</v>
+        <v>0.052382</v>
       </c>
       <c r="I634">
-        <v>0.009473</v>
+        <v>0.009681</v>
       </c>
       <c r="J634">
-        <v>0.094938</v>
+        <v>0.095764</v>
       </c>
       <c r="K634">
-        <v>0.136664</v>
+        <v>0.135086</v>
       </c>
       <c r="L634">
-        <v>0.443668</v>
+        <v>0.442432</v>
       </c>
       <c r="M634">
-        <v>0.738724</v>
+        <v>0.735345</v>
       </c>
       <c r="N634">
-        <v>8.779221</v>
+        <v>8.769092</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.845697</v>
+        <v>0.843679</v>
       </c>
       <c r="C635">
-        <v>3.20411</v>
+        <v>3.200574</v>
       </c>
       <c r="D635">
         <v>2.286266</v>
       </c>
       <c r="E635">
         <v>0.79257</v>
       </c>
       <c r="F635">
-        <v>7.128643</v>
+        <v>7.12309</v>
       </c>
       <c r="G635">
-        <v>0.647021</v>
+        <v>0.646464</v>
       </c>
       <c r="H635">
-        <v>0.062357</v>
+        <v>0.05706</v>
       </c>
       <c r="I635">
-        <v>0.009502</v>
+        <v>0.0097</v>
       </c>
       <c r="J635">
-        <v>0.070004</v>
+        <v>0.069728</v>
       </c>
       <c r="K635">
-        <v>0.139757</v>
+        <v>0.136934</v>
       </c>
       <c r="L635">
-        <v>0.453182</v>
+        <v>0.452505</v>
       </c>
       <c r="M635">
-        <v>0.734803</v>
+        <v>0.725928</v>
       </c>
       <c r="N635">
-        <v>8.510467</v>
+        <v>8.495482</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.88329</v>
+        <v>0.882242</v>
       </c>
       <c r="C636">
-        <v>3.394039</v>
+        <v>3.390294</v>
       </c>
       <c r="D636">
         <v>2.369784</v>
       </c>
       <c r="E636">
         <v>0.799071</v>
       </c>
       <c r="F636">
-        <v>7.446184</v>
+        <v>7.441391</v>
       </c>
       <c r="G636">
-        <v>0.744183</v>
+        <v>0.743543</v>
       </c>
       <c r="H636">
-        <v>0.069551</v>
+        <v>0.066647</v>
       </c>
       <c r="I636">
-        <v>0.010145</v>
+        <v>0.010132</v>
       </c>
       <c r="J636">
-        <v>0.064924</v>
+        <v>0.063761</v>
       </c>
       <c r="K636">
-        <v>0.137651</v>
+        <v>0.134867</v>
       </c>
       <c r="L636">
-        <v>0.463213</v>
+        <v>0.466293</v>
       </c>
       <c r="M636">
-        <v>0.745484</v>
+        <v>0.741701</v>
       </c>
       <c r="N636">
-        <v>8.935852</v>
+        <v>8.926635</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>0.927126</v>
+        <v>0.92587</v>
       </c>
       <c r="C637">
         <v>3.355259</v>
       </c>
       <c r="D637">
         <v>2.317423</v>
       </c>
       <c r="E637">
         <v>0.744206</v>
       </c>
       <c r="F637">
-        <v>7.344014</v>
+        <v>7.342758</v>
       </c>
       <c r="G637">
-        <v>0.749815</v>
+        <v>0.74917</v>
       </c>
       <c r="H637">
-        <v>0.072308</v>
+        <v>0.073116</v>
       </c>
       <c r="I637">
-        <v>0.010085</v>
+        <v>0.010133</v>
       </c>
       <c r="J637">
-        <v>0.074239</v>
+        <v>0.074546</v>
       </c>
       <c r="K637">
-        <v>0.148866</v>
+        <v>0.148803</v>
       </c>
       <c r="L637">
-        <v>0.443965</v>
+        <v>0.442401</v>
       </c>
       <c r="M637">
-        <v>0.749463</v>
+        <v>0.749</v>
       </c>
       <c r="N637">
-        <v>8.843293</v>
+        <v>8.840928</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>0.823224</v>
+        <v>0.822112</v>
       </c>
       <c r="C638">
         <v>3.047738</v>
       </c>
       <c r="D638">
         <v>2.108954</v>
       </c>
       <c r="E638">
         <v>0.695409</v>
       </c>
       <c r="F638">
-        <v>6.675326</v>
+        <v>6.674214</v>
       </c>
       <c r="G638">
-        <v>0.646232</v>
+        <v>0.645675</v>
       </c>
       <c r="H638">
-        <v>0.065958</v>
+        <v>0.066674</v>
       </c>
       <c r="I638">
-        <v>0.00912</v>
+        <v>0.009142</v>
       </c>
       <c r="J638">
         <v>0.07978</v>
       </c>
       <c r="K638">
-        <v>0.134501</v>
+        <v>0.134285</v>
       </c>
       <c r="L638">
-        <v>0.402491</v>
+        <v>0.401592</v>
       </c>
       <c r="M638">
-        <v>0.691849</v>
+        <v>0.691474</v>
       </c>
       <c r="N638">
-        <v>8.013407</v>
+        <v>8.011363</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>0.988532</v>
+        <v>0.987194</v>
       </c>
       <c r="C639">
         <v>3.454192</v>
       </c>
       <c r="D639">
         <v>2.37255</v>
       </c>
       <c r="E639">
         <v>0.812392</v>
       </c>
       <c r="F639">
-        <v>7.627666</v>
+        <v>7.626328</v>
       </c>
       <c r="G639">
-        <v>0.652797</v>
+        <v>0.652235</v>
       </c>
       <c r="H639">
-        <v>0.07518</v>
+        <v>0.076613</v>
       </c>
       <c r="I639">
-        <v>0.010364</v>
+        <v>0.010128</v>
       </c>
       <c r="J639">
-        <v>0.111424</v>
+        <v>0.111376</v>
       </c>
       <c r="K639">
-        <v>0.17296</v>
+        <v>0.17267</v>
       </c>
       <c r="L639">
-        <v>0.44062</v>
+        <v>0.440121</v>
       </c>
       <c r="M639">
-        <v>0.810548</v>
+        <v>0.810909</v>
       </c>
       <c r="N639">
-        <v>9.091011</v>
+        <v>9.089472</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>0.901522</v>
+        <v>0.866315</v>
       </c>
       <c r="C640">
         <v>3.329685</v>
       </c>
       <c r="D640">
         <v>2.298176</v>
       </c>
       <c r="E640">
         <v>0.789747</v>
       </c>
       <c r="F640">
-        <v>7.31913</v>
+        <v>7.283922</v>
       </c>
       <c r="G640">
-        <v>0.605093</v>
+        <v>0.604572</v>
       </c>
       <c r="H640">
-        <v>0.076479</v>
+        <v>0.07793</v>
       </c>
       <c r="I640">
-        <v>0.009602</v>
+        <v>0.009676</v>
       </c>
       <c r="J640">
-        <v>0.126654</v>
+        <v>0.126614</v>
       </c>
       <c r="K640">
-        <v>0.156036</v>
+        <v>0.156572</v>
       </c>
       <c r="L640">
-        <v>0.411647</v>
+        <v>0.410882</v>
       </c>
       <c r="M640">
-        <v>0.780418</v>
+        <v>0.781673</v>
       </c>
       <c r="N640">
-        <v>8.70464</v>
+        <v>8.670167</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>0.953411</v>
+        <v>0.910501</v>
       </c>
       <c r="C641">
-        <v>3.438196</v>
+        <v>3.428022</v>
       </c>
       <c r="D641">
-        <v>2.37149</v>
+        <v>2.371423</v>
       </c>
       <c r="E641">
         <v>0.828772</v>
       </c>
       <c r="F641">
-        <v>7.59187</v>
+        <v>7.538718</v>
       </c>
       <c r="G641">
-        <v>0.649538</v>
+        <v>0.648978</v>
       </c>
       <c r="H641">
-        <v>0.082003</v>
+        <v>0.083111</v>
       </c>
       <c r="I641">
-        <v>0.00946</v>
+        <v>0.009669</v>
       </c>
       <c r="J641">
-        <v>0.139202</v>
+        <v>0.139089</v>
       </c>
       <c r="K641">
-        <v>0.125925</v>
+        <v>0.125838</v>
       </c>
       <c r="L641">
-        <v>0.434551</v>
+        <v>0.433921</v>
       </c>
       <c r="M641">
-        <v>0.791141</v>
+        <v>0.791628</v>
       </c>
       <c r="N641">
-        <v>9.032548</v>
+        <v>8.979324</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.915649</v>
+        <v>0.874208</v>
       </c>
       <c r="C642">
-        <v>3.339933</v>
+        <v>3.345734</v>
       </c>
       <c r="D642">
-        <v>2.317684</v>
+        <v>2.322901</v>
       </c>
       <c r="E642">
         <v>0.803325</v>
       </c>
       <c r="F642">
-        <v>7.376591</v>
+        <v>7.346168</v>
       </c>
       <c r="G642">
-        <v>0.692155</v>
+        <v>0.691559</v>
       </c>
       <c r="H642">
-        <v>0.074977</v>
+        <v>0.075615</v>
       </c>
       <c r="I642">
-        <v>0.009541</v>
+        <v>0.009578</v>
       </c>
       <c r="J642">
-        <v>0.146623</v>
+        <v>0.146728</v>
       </c>
       <c r="K642">
-        <v>0.122325</v>
+        <v>0.122109</v>
       </c>
       <c r="L642">
-        <v>0.434889</v>
+        <v>0.433996</v>
       </c>
       <c r="M642">
-        <v>0.788355</v>
+        <v>0.788025</v>
       </c>
       <c r="N642">
-        <v>8.857102</v>
+        <v>8.825753</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>0.967084</v>
+      </c>
+      <c r="C643">
+        <v>3.478623</v>
+      </c>
+      <c r="D643">
+        <v>2.417402</v>
+      </c>
+      <c r="E643">
+        <v>0.840379</v>
+      </c>
+      <c r="F643">
+        <v>7.703488</v>
+      </c>
+      <c r="G643">
+        <v>0.739169</v>
+      </c>
+      <c r="H643">
+        <v>0.068186</v>
+      </c>
+      <c r="I643">
+        <v>0.009778</v>
+      </c>
+      <c r="J643">
+        <v>0.153256</v>
+      </c>
+      <c r="K643">
+        <v>0.108556</v>
+      </c>
+      <c r="L643">
+        <v>0.452506</v>
+      </c>
+      <c r="M643">
+        <v>0.792281</v>
+      </c>
+      <c r="N643">
+        <v>9.234939</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>1.001626</v>
+      </c>
+      <c r="C644">
+        <v>3.496033</v>
+      </c>
+      <c r="D644">
+        <v>2.435539</v>
+      </c>
+      <c r="E644">
+        <v>0.855407</v>
+      </c>
+      <c r="F644">
+        <v>7.788605</v>
+      </c>
+      <c r="G644">
+        <v>0.738374</v>
+      </c>
+      <c r="H644">
+        <v>0.068181</v>
+      </c>
+      <c r="I644">
+        <v>0.009995</v>
+      </c>
+      <c r="J644">
+        <v>0.145443</v>
+      </c>
+      <c r="K644">
+        <v>0.093137</v>
+      </c>
+      <c r="L644">
+        <v>0.444302</v>
+      </c>
+      <c r="M644">
+        <v>0.761059</v>
+      </c>
+      <c r="N644">
+        <v>9.288038</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.936378</v>
+      </c>
+      <c r="C645">
+        <v>3.368333</v>
+      </c>
+      <c r="D645">
+        <v>2.361865</v>
+      </c>
+      <c r="E645">
+        <v>0.847414</v>
+      </c>
+      <c r="F645">
+        <v>7.51399</v>
+      </c>
+      <c r="G645">
+        <v>0.683576</v>
+      </c>
+      <c r="H645">
+        <v>0.052277</v>
+      </c>
+      <c r="I645">
+        <v>0.009599</v>
+      </c>
+      <c r="J645">
+        <v>0.12978</v>
+      </c>
+      <c r="K645">
+        <v>0.087615</v>
+      </c>
+      <c r="L645">
+        <v>0.433877</v>
+      </c>
+      <c r="M645">
+        <v>0.713148</v>
+      </c>
+      <c r="N645">
+        <v>8.910714</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.922086</v>
+      </c>
+      <c r="C646">
+        <v>3.445748</v>
+      </c>
+      <c r="D646">
+        <v>2.446175</v>
+      </c>
+      <c r="E646">
+        <v>0.864989</v>
+      </c>
+      <c r="F646">
+        <v>7.678998</v>
+      </c>
+      <c r="G646">
+        <v>0.618458</v>
+      </c>
+      <c r="H646">
+        <v>0.056455</v>
+      </c>
+      <c r="I646">
+        <v>0.009716</v>
+      </c>
+      <c r="J646">
+        <v>0.114214</v>
+      </c>
+      <c r="K646">
+        <v>0.134912</v>
+      </c>
+      <c r="L646">
+        <v>0.448907</v>
+      </c>
+      <c r="M646">
+        <v>0.764204</v>
+      </c>
+      <c r="N646">
+        <v>9.06166</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31779,128 +31955,128 @@
       </c>
       <c r="J86">
         <v>0.763995</v>
       </c>
       <c r="K86">
         <v>1.481823</v>
       </c>
       <c r="L86">
         <v>5.196669</v>
       </c>
       <c r="M86">
         <v>8.430215</v>
       </c>
       <c r="N86">
         <v>98.741121</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="7">
         <v>2023</v>
       </c>
       <c r="B87">
         <v>11.750487</v>
       </c>
       <c r="C87">
-        <v>39.164186</v>
+        <v>39.007926</v>
       </c>
       <c r="D87">
         <v>26.876742</v>
       </c>
       <c r="E87">
         <v>8.479886</v>
       </c>
       <c r="F87">
-        <v>86.271301</v>
+        <v>86.115041</v>
       </c>
       <c r="G87">
         <v>8.098974</v>
       </c>
       <c r="H87">
         <v>0.835948</v>
       </c>
       <c r="I87">
         <v>0.119346</v>
       </c>
       <c r="J87">
         <v>0.878414</v>
       </c>
       <c r="K87">
         <v>1.436934</v>
       </c>
       <c r="L87">
         <v>5.203024</v>
       </c>
       <c r="M87">
         <v>8.473666</v>
       </c>
       <c r="N87">
-        <v>102.843941</v>
+        <v>102.687681</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>10.59063</v>
+        <v>10.578753</v>
       </c>
       <c r="C88">
-        <v>39.16397</v>
+        <v>39.120753</v>
       </c>
       <c r="D88">
         <v>27.55671</v>
       </c>
       <c r="E88">
         <v>9.220642</v>
       </c>
       <c r="F88">
-        <v>86.531951</v>
+        <v>86.476858</v>
       </c>
       <c r="G88">
-        <v>8.173249</v>
+        <v>8.165019</v>
       </c>
       <c r="H88">
-        <v>0.826474</v>
+        <v>0.828761</v>
       </c>
       <c r="I88">
-        <v>0.11697</v>
+        <v>0.116069</v>
       </c>
       <c r="J88">
-        <v>1.098252</v>
+        <v>1.100246</v>
       </c>
       <c r="K88">
-        <v>1.547186</v>
+        <v>1.541898</v>
       </c>
       <c r="L88">
-        <v>5.309068</v>
+        <v>5.319406</v>
       </c>
       <c r="M88">
-        <v>8.89795</v>
+        <v>8.906381</v>
       </c>
       <c r="N88">
-        <v>103.60315</v>
+        <v>103.548258</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>