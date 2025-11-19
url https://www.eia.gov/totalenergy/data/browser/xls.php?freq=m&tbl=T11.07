--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 11.7 Carbon Dioxide Emissions From Biomass Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass Waste CO2 Emissions</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, CO2 Emissions</t>
   </si>
   <si>
     <t>Biodiesel CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass Residential Sector CO2 Emissions</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.264" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24545,50 +24545,88 @@
         <v>6.976</v>
       </c>
       <c r="E642">
         <v>0.859</v>
       </c>
       <c r="F642">
         <v>25.209</v>
       </c>
       <c r="G642">
         <v>2.82</v>
       </c>
       <c r="H642">
         <v>1.213</v>
       </c>
       <c r="I642">
         <v>11.164</v>
       </c>
       <c r="J642">
         <v>7.555</v>
       </c>
       <c r="K642">
         <v>2.457</v>
       </c>
       <c r="L642">
         <v>25.209</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>15.443</v>
+      </c>
+      <c r="C643">
+        <v>2.702</v>
+      </c>
+      <c r="D643">
+        <v>7.087</v>
+      </c>
+      <c r="E643">
+        <v>0.82</v>
+      </c>
+      <c r="F643">
+        <v>26.051</v>
+      </c>
+      <c r="G643">
+        <v>2.914</v>
+      </c>
+      <c r="H643">
+        <v>1.262</v>
+      </c>
+      <c r="I643">
+        <v>11.715</v>
+      </c>
+      <c r="J643">
+        <v>7.622</v>
+      </c>
+      <c r="K643">
+        <v>2.539</v>
+      </c>
+      <c r="L643">
+        <v>26.051</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>