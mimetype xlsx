--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 11.7 Carbon Dioxide Emissions From Biomass Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass Waste CO2 Emissions</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, CO2 Emissions</t>
   </si>
   <si>
     <t>Biodiesel CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass Residential Sector CO2 Emissions</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.264" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23868,765 +23868,841 @@
       </c>
       <c r="G624">
         <v>3.044</v>
       </c>
       <c r="H624">
         <v>1.326</v>
       </c>
       <c r="I624">
         <v>12.239</v>
       </c>
       <c r="J624">
         <v>7.92</v>
       </c>
       <c r="K624">
         <v>2.759</v>
       </c>
       <c r="L624">
         <v>27.288</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>15.554</v>
+        <v>15.555</v>
       </c>
       <c r="C625">
-        <v>3.094</v>
+        <v>3.131</v>
       </c>
       <c r="D625">
         <v>6.193</v>
       </c>
       <c r="E625">
         <v>1.506</v>
       </c>
       <c r="F625">
-        <v>26.347</v>
+        <v>26.386</v>
       </c>
       <c r="G625">
         <v>2.846</v>
       </c>
       <c r="H625">
-        <v>1.291</v>
+        <v>1.305</v>
       </c>
       <c r="I625">
-        <v>11.985</v>
+        <v>11.962</v>
       </c>
       <c r="J625">
         <v>7.45</v>
       </c>
       <c r="K625">
-        <v>2.774</v>
+        <v>2.823</v>
       </c>
       <c r="L625">
-        <v>26.347</v>
+        <v>26.386</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>14.077</v>
+        <v>14.571</v>
       </c>
       <c r="C626">
-        <v>2.811</v>
+        <v>2.893</v>
       </c>
       <c r="D626">
         <v>6.341</v>
       </c>
       <c r="E626">
         <v>1.628</v>
       </c>
       <c r="F626">
-        <v>24.857</v>
+        <v>25.433</v>
       </c>
       <c r="G626">
         <v>2.662</v>
       </c>
       <c r="H626">
-        <v>1.187</v>
+        <v>1.202</v>
       </c>
       <c r="I626">
-        <v>10.977</v>
+        <v>11.341</v>
       </c>
       <c r="J626">
         <v>7.714</v>
       </c>
       <c r="K626">
-        <v>2.316</v>
+        <v>2.514</v>
       </c>
       <c r="L626">
-        <v>24.857</v>
+        <v>25.433</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>15.198</v>
+        <v>15.202</v>
       </c>
       <c r="C627">
-        <v>2.951</v>
+        <v>3.014</v>
       </c>
       <c r="D627">
         <v>6.781</v>
       </c>
       <c r="E627">
         <v>1.506</v>
       </c>
       <c r="F627">
-        <v>26.436</v>
+        <v>26.503</v>
       </c>
       <c r="G627">
         <v>2.846</v>
       </c>
       <c r="H627">
-        <v>1.235</v>
+        <v>1.257</v>
       </c>
       <c r="I627">
-        <v>11.925</v>
+        <v>11.886</v>
       </c>
       <c r="J627">
         <v>8.015</v>
       </c>
       <c r="K627">
-        <v>2.414</v>
+        <v>2.499</v>
       </c>
       <c r="L627">
-        <v>26.436</v>
+        <v>26.503</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>14.731</v>
+        <v>14.64</v>
       </c>
       <c r="C628">
-        <v>2.804</v>
+        <v>2.848</v>
       </c>
       <c r="D628">
         <v>6.269</v>
       </c>
       <c r="E628">
         <v>1.644</v>
       </c>
       <c r="F628">
-        <v>25.449</v>
+        <v>25.402</v>
       </c>
       <c r="G628">
         <v>2.754</v>
       </c>
       <c r="H628">
-        <v>1.189</v>
+        <v>1.208</v>
       </c>
       <c r="I628">
-        <v>11.652</v>
+        <v>11.601</v>
       </c>
       <c r="J628">
         <v>7.662</v>
       </c>
       <c r="K628">
-        <v>2.192</v>
+        <v>2.177</v>
       </c>
       <c r="L628">
-        <v>25.449</v>
+        <v>25.402</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>15.22</v>
+        <v>14.909</v>
       </c>
       <c r="C629">
-        <v>2.951</v>
+        <v>3.021</v>
       </c>
       <c r="D629">
         <v>7.278</v>
       </c>
       <c r="E629">
         <v>1.565</v>
       </c>
       <c r="F629">
-        <v>27.013</v>
+        <v>26.772</v>
       </c>
       <c r="G629">
         <v>2.846</v>
       </c>
       <c r="H629">
-        <v>1.271</v>
+        <v>1.305</v>
       </c>
       <c r="I629">
-        <v>11.816</v>
+        <v>11.697</v>
       </c>
       <c r="J629">
         <v>8.55</v>
       </c>
       <c r="K629">
-        <v>2.53</v>
+        <v>2.375</v>
       </c>
       <c r="L629">
-        <v>27.013</v>
+        <v>26.772</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>14.517</v>
+        <v>14.837</v>
       </c>
       <c r="C630">
-        <v>2.718</v>
+        <v>2.759</v>
       </c>
       <c r="D630">
         <v>6.723</v>
       </c>
       <c r="E630">
         <v>1.61</v>
       </c>
       <c r="F630">
-        <v>25.567</v>
+        <v>25.928</v>
       </c>
       <c r="G630">
         <v>2.754</v>
       </c>
       <c r="H630">
-        <v>1.231</v>
+        <v>1.254</v>
       </c>
       <c r="I630">
-        <v>11.046</v>
+        <v>11.377</v>
       </c>
       <c r="J630">
         <v>8.063</v>
       </c>
       <c r="K630">
-        <v>2.474</v>
+        <v>2.481</v>
       </c>
       <c r="L630">
-        <v>25.567</v>
+        <v>25.928</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>15.05</v>
+        <v>15.242</v>
       </c>
       <c r="C631">
-        <v>2.858</v>
+        <v>2.878</v>
       </c>
       <c r="D631">
         <v>7.167</v>
       </c>
       <c r="E631">
         <v>1.473</v>
       </c>
       <c r="F631">
-        <v>26.548</v>
+        <v>26.76</v>
       </c>
       <c r="G631">
         <v>2.846</v>
       </c>
       <c r="H631">
-        <v>1.297</v>
+        <v>1.316</v>
       </c>
       <c r="I631">
-        <v>11.493</v>
+        <v>11.646</v>
       </c>
       <c r="J631">
         <v>8.352</v>
       </c>
       <c r="K631">
-        <v>2.56</v>
+        <v>2.6</v>
       </c>
       <c r="L631">
-        <v>26.548</v>
+        <v>26.76</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>15.511</v>
+        <v>15.396</v>
       </c>
       <c r="C632">
-        <v>2.856</v>
+        <v>2.917</v>
       </c>
       <c r="D632">
         <v>7.011</v>
       </c>
       <c r="E632">
         <v>1.436</v>
       </c>
       <c r="F632">
-        <v>26.814</v>
+        <v>26.76</v>
       </c>
       <c r="G632">
         <v>2.846</v>
       </c>
       <c r="H632">
-        <v>1.277</v>
+        <v>1.286</v>
       </c>
       <c r="I632">
-        <v>11.891</v>
+        <v>11.777</v>
       </c>
       <c r="J632">
         <v>8.166</v>
       </c>
       <c r="K632">
-        <v>2.635</v>
+        <v>2.685</v>
       </c>
       <c r="L632">
-        <v>26.814</v>
+        <v>26.76</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>14.98</v>
+        <v>14.828</v>
       </c>
       <c r="C633">
-        <v>2.691</v>
+        <v>2.773</v>
       </c>
       <c r="D633">
         <v>6.591</v>
       </c>
       <c r="E633">
         <v>1.419</v>
       </c>
       <c r="F633">
-        <v>25.681</v>
+        <v>25.611</v>
       </c>
       <c r="G633">
         <v>2.754</v>
       </c>
       <c r="H633">
-        <v>1.19</v>
+        <v>1.23</v>
       </c>
       <c r="I633">
-        <v>11.567</v>
+        <v>11.503</v>
       </c>
       <c r="J633">
         <v>7.745</v>
       </c>
       <c r="K633">
-        <v>2.424</v>
+        <v>2.379</v>
       </c>
       <c r="L633">
-        <v>25.681</v>
+        <v>25.611</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>14.559</v>
+        <v>14.397</v>
       </c>
       <c r="C634">
-        <v>2.879</v>
+        <v>2.923</v>
       </c>
       <c r="D634">
         <v>7.147</v>
       </c>
       <c r="E634">
         <v>1.573</v>
       </c>
       <c r="F634">
-        <v>26.158</v>
+        <v>26.041</v>
       </c>
       <c r="G634">
         <v>2.846</v>
       </c>
       <c r="H634">
-        <v>1.247</v>
+        <v>1.271</v>
       </c>
       <c r="I634">
-        <v>11.379</v>
+        <v>11.397</v>
       </c>
       <c r="J634">
         <v>8.433</v>
       </c>
       <c r="K634">
-        <v>2.253</v>
+        <v>2.093</v>
       </c>
       <c r="L634">
-        <v>26.158</v>
+        <v>26.041</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>14.993</v>
+        <v>14.83</v>
       </c>
       <c r="C635">
-        <v>2.841</v>
+        <v>2.937</v>
       </c>
       <c r="D635">
         <v>6.673</v>
       </c>
       <c r="E635">
         <v>1.341</v>
       </c>
       <c r="F635">
-        <v>25.848</v>
+        <v>25.781</v>
       </c>
       <c r="G635">
         <v>2.754</v>
       </c>
       <c r="H635">
-        <v>1.234</v>
+        <v>1.249</v>
       </c>
       <c r="I635">
-        <v>11.774</v>
+        <v>11.731</v>
       </c>
       <c r="J635">
         <v>7.746</v>
       </c>
       <c r="K635">
-        <v>2.34</v>
+        <v>2.301</v>
       </c>
       <c r="L635">
-        <v>25.848</v>
+        <v>25.781</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>15.496</v>
+        <v>15.676</v>
       </c>
       <c r="C636">
-        <v>2.892</v>
+        <v>2.997</v>
       </c>
       <c r="D636">
         <v>6.688</v>
       </c>
       <c r="E636">
         <v>1.494</v>
       </c>
       <c r="F636">
-        <v>26.57</v>
+        <v>26.855</v>
       </c>
       <c r="G636">
         <v>2.846</v>
       </c>
       <c r="H636">
-        <v>1.265</v>
+        <v>1.282</v>
       </c>
       <c r="I636">
-        <v>12.049</v>
+        <v>12.204</v>
       </c>
       <c r="J636">
         <v>7.913</v>
       </c>
       <c r="K636">
-        <v>2.497</v>
+        <v>2.611</v>
       </c>
       <c r="L636">
-        <v>26.57</v>
+        <v>26.855</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>15.429</v>
+        <v>15.408</v>
       </c>
       <c r="C637">
-        <v>2.927</v>
+        <v>2.985</v>
       </c>
       <c r="D637">
         <v>6.536</v>
       </c>
       <c r="E637">
         <v>0.886</v>
       </c>
       <c r="F637">
-        <v>25.778</v>
+        <v>25.815</v>
       </c>
       <c r="G637">
         <v>2.914</v>
       </c>
       <c r="H637">
-        <v>1.234</v>
+        <v>1.264</v>
       </c>
       <c r="I637">
-        <v>11.847</v>
+        <v>11.84</v>
       </c>
       <c r="J637">
         <v>7.16</v>
       </c>
       <c r="K637">
-        <v>2.624</v>
+        <v>2.638</v>
       </c>
       <c r="L637">
-        <v>25.778</v>
+        <v>25.815</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>13.793</v>
+        <v>13.837</v>
       </c>
       <c r="C638">
-        <v>2.677</v>
+        <v>2.715</v>
       </c>
       <c r="D638">
         <v>6.073</v>
       </c>
       <c r="E638">
         <v>0.827</v>
       </c>
       <c r="F638">
-        <v>23.37</v>
+        <v>23.452</v>
       </c>
       <c r="G638">
         <v>2.632</v>
       </c>
       <c r="H638">
-        <v>1.141</v>
+        <v>1.148</v>
       </c>
       <c r="I638">
-        <v>10.62</v>
+        <v>10.664</v>
       </c>
       <c r="J638">
         <v>6.656</v>
       </c>
       <c r="K638">
-        <v>2.321</v>
+        <v>2.352</v>
       </c>
       <c r="L638">
-        <v>23.37</v>
+        <v>23.452</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>15.186</v>
+        <v>15.268</v>
       </c>
       <c r="C639">
-        <v>2.917</v>
+        <v>2.968</v>
       </c>
       <c r="D639">
         <v>6.667</v>
       </c>
       <c r="E639">
         <v>0.928</v>
       </c>
       <c r="F639">
-        <v>25.698</v>
+        <v>25.83</v>
       </c>
       <c r="G639">
         <v>2.914</v>
       </c>
       <c r="H639">
-        <v>1.247</v>
+        <v>1.255</v>
       </c>
       <c r="I639">
-        <v>11.78</v>
+        <v>11.842</v>
       </c>
       <c r="J639">
         <v>7.327</v>
       </c>
       <c r="K639">
-        <v>2.43</v>
+        <v>2.493</v>
       </c>
       <c r="L639">
-        <v>25.698</v>
+        <v>25.83</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>14.025</v>
+        <v>14.079</v>
       </c>
       <c r="C640">
-        <v>2.763</v>
+        <v>2.806</v>
       </c>
       <c r="D640">
         <v>6.8</v>
       </c>
       <c r="E640">
         <v>0.978</v>
       </c>
       <c r="F640">
-        <v>24.567</v>
+        <v>24.663</v>
       </c>
       <c r="G640">
         <v>2.82</v>
       </c>
       <c r="H640">
-        <v>1.205</v>
+        <v>1.208</v>
       </c>
       <c r="I640">
-        <v>11.032</v>
+        <v>11.102</v>
       </c>
       <c r="J640">
         <v>7.505</v>
       </c>
       <c r="K640">
-        <v>2.006</v>
+        <v>2.029</v>
       </c>
       <c r="L640">
-        <v>24.567</v>
+        <v>24.663</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>14.752</v>
+        <v>14.815</v>
       </c>
       <c r="C641">
-        <v>2.723</v>
+        <v>2.777</v>
       </c>
       <c r="D641">
         <v>6.753</v>
       </c>
       <c r="E641">
         <v>0.943</v>
       </c>
       <c r="F641">
-        <v>25.172</v>
+        <v>25.288</v>
       </c>
       <c r="G641">
         <v>2.914</v>
       </c>
       <c r="H641">
-        <v>1.191</v>
+        <v>1.195</v>
       </c>
       <c r="I641">
-        <v>11.37</v>
+        <v>11.454</v>
       </c>
       <c r="J641">
         <v>7.425</v>
       </c>
       <c r="K641">
-        <v>2.272</v>
+        <v>2.302</v>
       </c>
       <c r="L641">
-        <v>25.172</v>
+        <v>25.288</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>14.771</v>
+        <v>14.816</v>
       </c>
       <c r="C642">
-        <v>2.603</v>
+        <v>2.708</v>
       </c>
       <c r="D642">
         <v>6.976</v>
       </c>
       <c r="E642">
         <v>0.859</v>
       </c>
       <c r="F642">
-        <v>25.209</v>
+        <v>25.36</v>
       </c>
       <c r="G642">
         <v>2.82</v>
       </c>
       <c r="H642">
-        <v>1.213</v>
+        <v>1.24</v>
       </c>
       <c r="I642">
-        <v>11.164</v>
+        <v>11.218</v>
       </c>
       <c r="J642">
         <v>7.555</v>
       </c>
       <c r="K642">
-        <v>2.457</v>
+        <v>2.527</v>
       </c>
       <c r="L642">
-        <v>25.209</v>
+        <v>25.36</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>15.443</v>
+        <v>15.519</v>
       </c>
       <c r="C643">
-        <v>2.702</v>
+        <v>2.764</v>
       </c>
       <c r="D643">
         <v>7.087</v>
       </c>
       <c r="E643">
         <v>0.82</v>
       </c>
       <c r="F643">
-        <v>26.051</v>
+        <v>26.189</v>
       </c>
       <c r="G643">
         <v>2.914</v>
       </c>
       <c r="H643">
-        <v>1.262</v>
+        <v>1.267</v>
       </c>
       <c r="I643">
-        <v>11.715</v>
+        <v>11.788</v>
       </c>
       <c r="J643">
         <v>7.622</v>
       </c>
       <c r="K643">
-        <v>2.539</v>
+        <v>2.599</v>
       </c>
       <c r="L643">
-        <v>26.051</v>
+        <v>26.189</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>15.435</v>
+      </c>
+      <c r="C644">
+        <v>2.725</v>
+      </c>
+      <c r="D644">
+        <v>7.04</v>
+      </c>
+      <c r="E644">
+        <v>0.732</v>
+      </c>
+      <c r="F644">
+        <v>25.931</v>
+      </c>
+      <c r="G644">
+        <v>2.914</v>
+      </c>
+      <c r="H644">
+        <v>1.254</v>
+      </c>
+      <c r="I644">
+        <v>11.716</v>
+      </c>
+      <c r="J644">
+        <v>7.489</v>
+      </c>
+      <c r="K644">
+        <v>2.558</v>
+      </c>
+      <c r="L644">
+        <v>25.931</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>14.957</v>
+      </c>
+      <c r="C645">
+        <v>2.664</v>
+      </c>
+      <c r="D645">
+        <v>6.448</v>
+      </c>
+      <c r="E645">
+        <v>0.923</v>
+      </c>
+      <c r="F645">
+        <v>24.992</v>
+      </c>
+      <c r="G645">
+        <v>2.82</v>
+      </c>
+      <c r="H645">
+        <v>1.219</v>
+      </c>
+      <c r="I645">
+        <v>11.313</v>
+      </c>
+      <c r="J645">
+        <v>7.113</v>
+      </c>
+      <c r="K645">
+        <v>2.528</v>
+      </c>
+      <c r="L645">
+        <v>24.992</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -26679,81 +26755,81 @@
       </c>
       <c r="G63">
         <v>35.844</v>
       </c>
       <c r="H63">
         <v>15.196</v>
       </c>
       <c r="I63">
         <v>141.062</v>
       </c>
       <c r="J63">
         <v>95.632</v>
       </c>
       <c r="K63">
         <v>31.587</v>
       </c>
       <c r="L63">
         <v>319.321</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
-        <v>179.885</v>
+        <v>180.084</v>
       </c>
       <c r="C64">
-        <v>34.345</v>
+        <v>35.09</v>
       </c>
       <c r="D64">
         <v>80.861</v>
       </c>
       <c r="E64">
         <v>18.195</v>
       </c>
       <c r="F64">
-        <v>313.287</v>
+        <v>314.231</v>
       </c>
       <c r="G64">
         <v>33.601</v>
       </c>
       <c r="H64">
-        <v>14.914</v>
+        <v>15.164</v>
       </c>
       <c r="I64">
-        <v>139.554</v>
+        <v>140.12</v>
       </c>
       <c r="J64">
         <v>95.808</v>
       </c>
       <c r="K64">
-        <v>29.409</v>
+        <v>29.538</v>
       </c>
       <c r="L64">
-        <v>313.287</v>
+        <v>314.231</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>