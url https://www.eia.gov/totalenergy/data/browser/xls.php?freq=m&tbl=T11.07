--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 11.7 Carbon Dioxide Emissions From Biomass Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass Waste CO2 Emissions</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, CO2 Emissions</t>
   </si>
   <si>
     <t>Biodiesel CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass CO2 Emissions</t>
   </si>
   <si>
     <t>Biomass Residential Sector CO2 Emissions</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="87.264" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -24634,75 +24634,113 @@
       </c>
       <c r="I644">
         <v>11.716</v>
       </c>
       <c r="J644">
         <v>7.489</v>
       </c>
       <c r="K644">
         <v>2.558</v>
       </c>
       <c r="L644">
         <v>25.931</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>14.957</v>
       </c>
       <c r="C645">
         <v>2.664</v>
       </c>
       <c r="D645">
-        <v>6.448</v>
+        <v>6.677</v>
       </c>
       <c r="E645">
-        <v>0.923</v>
+        <v>0.954</v>
       </c>
       <c r="F645">
-        <v>24.992</v>
+        <v>25.252</v>
       </c>
       <c r="G645">
         <v>2.82</v>
       </c>
       <c r="H645">
-        <v>1.219</v>
+        <v>1.224</v>
       </c>
       <c r="I645">
-        <v>11.313</v>
+        <v>11.316</v>
       </c>
       <c r="J645">
-        <v>7.113</v>
+        <v>7.363</v>
       </c>
       <c r="K645">
         <v>2.528</v>
       </c>
       <c r="L645">
-        <v>24.992</v>
+        <v>25.252</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>14.811</v>
+      </c>
+      <c r="C646">
+        <v>2.83</v>
+      </c>
+      <c r="D646">
+        <v>7.351</v>
+      </c>
+      <c r="E646">
+        <v>0.808</v>
+      </c>
+      <c r="F646">
+        <v>25.8</v>
+      </c>
+      <c r="G646">
+        <v>2.914</v>
+      </c>
+      <c r="H646">
+        <v>1.243</v>
+      </c>
+      <c r="I646">
+        <v>11.508</v>
+      </c>
+      <c r="J646">
+        <v>7.863</v>
+      </c>
+      <c r="K646">
+        <v>2.271</v>
+      </c>
+      <c r="L646">
+        <v>25.8</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>