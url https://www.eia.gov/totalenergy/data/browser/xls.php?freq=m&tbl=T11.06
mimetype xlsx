--- v0 (2026-01-03)
+++ v1 (2026-02-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 11.6 Carbon Dioxide Emissions From Energy Consumption: Electric Power Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Electric Power Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas Electric Power Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel, Including Kerosene-Type Jet Fuel, Oil Electric Power Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Petroleum Coke Electric Power Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Residual Fuel Oil Electric Power Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Petroleum Electric Power Sector CO2 Emissions</t>
   </si>
@@ -477,54 +477,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="106.545" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="97.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="54.558" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -20566,328 +20566,360 @@
       </c>
       <c r="F636">
         <v>0.486</v>
       </c>
       <c r="G636">
         <v>1.334</v>
       </c>
       <c r="H636">
         <v>0.039</v>
       </c>
       <c r="I636">
         <v>0.593</v>
       </c>
       <c r="J636">
         <v>122.272</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>82.694</v>
       </c>
       <c r="C637">
-        <v>61.331</v>
+        <v>61.382</v>
       </c>
       <c r="D637">
         <v>1.331</v>
       </c>
       <c r="E637">
         <v>0.606</v>
       </c>
       <c r="F637">
         <v>0.704</v>
       </c>
       <c r="G637">
         <v>2.641</v>
       </c>
       <c r="H637">
         <v>0.039</v>
       </c>
       <c r="I637">
         <v>0.595</v>
       </c>
       <c r="J637">
-        <v>147.299</v>
+        <v>147.351</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>63.419</v>
       </c>
       <c r="C638">
-        <v>50.784</v>
+        <v>50.826</v>
       </c>
       <c r="D638">
         <v>0.459</v>
       </c>
       <c r="E638">
         <v>0.403</v>
       </c>
       <c r="F638">
         <v>0.411</v>
       </c>
       <c r="G638">
         <v>1.273</v>
       </c>
       <c r="H638">
         <v>0.035</v>
       </c>
       <c r="I638">
         <v>0.537</v>
       </c>
       <c r="J638">
-        <v>116.047</v>
+        <v>116.09</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>50.453</v>
       </c>
       <c r="C639">
-        <v>45.288</v>
+        <v>45.328</v>
       </c>
       <c r="D639">
         <v>0.282</v>
       </c>
       <c r="E639">
         <v>0.473</v>
       </c>
       <c r="F639">
         <v>0.36</v>
       </c>
       <c r="G639">
         <v>1.115</v>
       </c>
       <c r="H639">
         <v>0.039</v>
       </c>
       <c r="I639">
         <v>0.595</v>
       </c>
       <c r="J639">
-        <v>97.49</v>
+        <v>97.53</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>46.562</v>
       </c>
       <c r="C640">
-        <v>45.229</v>
+        <v>45.269</v>
       </c>
       <c r="D640">
         <v>0.294</v>
       </c>
       <c r="E640">
         <v>0.387</v>
       </c>
       <c r="F640">
         <v>0.343</v>
       </c>
       <c r="G640">
         <v>1.024</v>
       </c>
       <c r="H640">
         <v>0.037</v>
       </c>
       <c r="I640">
         <v>0.576</v>
       </c>
       <c r="J640">
-        <v>93.428</v>
+        <v>93.468</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>50.289</v>
       </c>
       <c r="C641">
-        <v>52.952</v>
+        <v>52.998</v>
       </c>
       <c r="D641">
         <v>0.25</v>
       </c>
       <c r="E641">
         <v>0.409</v>
       </c>
       <c r="F641">
         <v>0.34</v>
       </c>
       <c r="G641">
         <v>0.998</v>
       </c>
       <c r="H641">
         <v>0.039</v>
       </c>
       <c r="I641">
         <v>0.595</v>
       </c>
       <c r="J641">
-        <v>104.873</v>
+        <v>104.92</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>65.83</v>
       </c>
       <c r="C642">
-        <v>66.027</v>
+        <v>66.084</v>
       </c>
       <c r="D642">
         <v>0.414</v>
       </c>
       <c r="E642">
         <v>0.58</v>
       </c>
       <c r="F642">
         <v>0.424</v>
       </c>
       <c r="G642">
         <v>1.418</v>
       </c>
       <c r="H642">
         <v>0.037</v>
       </c>
       <c r="I642">
         <v>0.576</v>
       </c>
       <c r="J642">
-        <v>133.889</v>
+        <v>133.946</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>81.273</v>
       </c>
       <c r="C643">
-        <v>81.395</v>
+        <v>81.466</v>
       </c>
       <c r="D643">
         <v>0.378</v>
       </c>
       <c r="E643">
         <v>0.609</v>
       </c>
       <c r="F643">
         <v>0.468</v>
       </c>
       <c r="G643">
         <v>1.455</v>
       </c>
       <c r="H643">
         <v>0.039</v>
       </c>
       <c r="I643">
         <v>0.595</v>
       </c>
       <c r="J643">
-        <v>164.756</v>
+        <v>164.827</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>71.518</v>
       </c>
       <c r="C644">
-        <v>76.786</v>
+        <v>76.853</v>
       </c>
       <c r="D644">
         <v>0.36</v>
       </c>
       <c r="E644">
         <v>0.584</v>
       </c>
       <c r="F644">
         <v>0.41</v>
       </c>
       <c r="G644">
         <v>1.353</v>
       </c>
       <c r="H644">
         <v>0.039</v>
       </c>
       <c r="I644">
         <v>0.595</v>
       </c>
       <c r="J644">
-        <v>150.291</v>
+        <v>150.358</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>60.23</v>
       </c>
       <c r="C645">
-        <v>66.528</v>
+        <v>66.586</v>
       </c>
       <c r="D645">
         <v>0.288</v>
       </c>
       <c r="E645">
         <v>0.491</v>
       </c>
       <c r="F645">
         <v>0.388</v>
       </c>
       <c r="G645">
         <v>1.167</v>
       </c>
       <c r="H645">
         <v>0.037</v>
       </c>
       <c r="I645">
         <v>0.576</v>
       </c>
       <c r="J645">
-        <v>128.539</v>
+        <v>128.597</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>56.132</v>
+      </c>
+      <c r="C646">
+        <v>56.48</v>
+      </c>
+      <c r="D646">
+        <v>0.289</v>
+      </c>
+      <c r="E646">
+        <v>0.5</v>
+      </c>
+      <c r="F646">
+        <v>0.401</v>
+      </c>
+      <c r="G646">
+        <v>1.19</v>
+      </c>
+      <c r="H646">
+        <v>0.039</v>
+      </c>
+      <c r="I646">
+        <v>0.595</v>
+      </c>
+      <c r="J646">
+        <v>114.436</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>