--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 11.3 Carbon Dioxide Emissions From Energy Consumption: Commercial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Motor Gasoline, Excluding Ethanol, Commercial Sector CO2 Emissions</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23871,765 +23871,803 @@
       </c>
       <c r="G624">
         <v>2.118</v>
       </c>
       <c r="H624">
         <v>0.004</v>
       </c>
       <c r="I624">
         <v>0.023</v>
       </c>
       <c r="J624">
         <v>6.355</v>
       </c>
       <c r="K624">
         <v>40.955</v>
       </c>
       <c r="L624">
         <v>70.184</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.16</v>
+        <v>0.163</v>
       </c>
       <c r="C625">
         <v>29.816</v>
       </c>
       <c r="D625">
-        <v>3.249</v>
+        <v>3.251</v>
       </c>
       <c r="E625">
         <v>1.757</v>
       </c>
       <c r="F625">
         <v>0.021</v>
       </c>
       <c r="G625">
         <v>2</v>
       </c>
       <c r="H625">
         <v>0.004</v>
       </c>
       <c r="I625">
-        <v>0.03</v>
+        <v>0.031</v>
       </c>
       <c r="J625">
-        <v>7.062</v>
+        <v>7.064</v>
       </c>
       <c r="K625">
-        <v>48.203</v>
+        <v>48.363</v>
       </c>
       <c r="L625">
-        <v>85.242</v>
+        <v>85.407</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>0.114</v>
+        <v>0.121</v>
       </c>
       <c r="C626">
         <v>22.868</v>
       </c>
       <c r="D626">
-        <v>3.674</v>
+        <v>3.676</v>
       </c>
       <c r="E626">
         <v>1.341</v>
       </c>
       <c r="F626">
         <v>0.011</v>
       </c>
       <c r="G626">
         <v>1.947</v>
       </c>
       <c r="H626">
         <v>0.002</v>
       </c>
       <c r="I626">
         <v>0.034</v>
       </c>
       <c r="J626">
-        <v>7.009</v>
+        <v>7.011</v>
       </c>
       <c r="K626">
-        <v>34.982</v>
+        <v>35.222</v>
       </c>
       <c r="L626">
-        <v>64.973</v>
+        <v>65.223</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>0.106</v>
+        <v>0.095</v>
       </c>
       <c r="C627">
         <v>19.085</v>
       </c>
       <c r="D627">
-        <v>2.637</v>
+        <v>2.638</v>
       </c>
       <c r="E627">
         <v>1.253</v>
       </c>
       <c r="F627">
         <v>0.011</v>
       </c>
       <c r="G627">
         <v>2.153</v>
       </c>
       <c r="H627">
         <v>0</v>
       </c>
       <c r="I627">
         <v>0.025</v>
       </c>
       <c r="J627">
-        <v>6.079</v>
+        <v>6.08</v>
       </c>
       <c r="K627">
-        <v>34.117</v>
+        <v>34.422</v>
       </c>
       <c r="L627">
-        <v>59.387</v>
+        <v>59.682</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.053</v>
+        <v>0.082</v>
       </c>
       <c r="C628">
         <v>13.614</v>
       </c>
       <c r="D628">
-        <v>1.711</v>
+        <v>1.712</v>
       </c>
       <c r="E628">
         <v>0.936</v>
       </c>
       <c r="F628">
         <v>0.016</v>
       </c>
       <c r="G628">
         <v>2.074</v>
       </c>
       <c r="H628">
         <v>0</v>
       </c>
       <c r="I628">
         <v>0.016</v>
       </c>
       <c r="J628">
-        <v>4.753</v>
+        <v>4.754</v>
       </c>
       <c r="K628">
-        <v>33.096</v>
+        <v>33.439</v>
       </c>
       <c r="L628">
-        <v>51.517</v>
+        <v>51.889</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.032</v>
+        <v>0.05</v>
       </c>
       <c r="C629">
         <v>9.676</v>
       </c>
       <c r="D629">
         <v>1.481</v>
       </c>
       <c r="E629">
         <v>0.713</v>
       </c>
       <c r="F629">
         <v>0.017</v>
       </c>
       <c r="G629">
         <v>2.259</v>
       </c>
       <c r="H629">
         <v>0.004</v>
       </c>
       <c r="I629">
         <v>0.014</v>
       </c>
       <c r="J629">
-        <v>4.486</v>
+        <v>4.487</v>
       </c>
       <c r="K629">
-        <v>39.419</v>
+        <v>39.745</v>
       </c>
       <c r="L629">
-        <v>53.613</v>
+        <v>53.957</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.05</v>
+        <v>0.07</v>
       </c>
       <c r="C630">
         <v>8.424</v>
       </c>
       <c r="D630">
         <v>1.26</v>
       </c>
       <c r="E630">
         <v>0.56</v>
       </c>
       <c r="F630">
         <v>0.012</v>
       </c>
       <c r="G630">
         <v>2.146</v>
       </c>
       <c r="H630">
         <v>0.004</v>
       </c>
       <c r="I630">
         <v>0.012</v>
       </c>
       <c r="J630">
         <v>3.993</v>
       </c>
       <c r="K630">
-        <v>46.906</v>
+        <v>47.172</v>
       </c>
       <c r="L630">
-        <v>59.373</v>
+        <v>59.66</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.05</v>
+        <v>0.048</v>
       </c>
       <c r="C631">
         <v>8.039</v>
       </c>
       <c r="D631">
-        <v>0.874</v>
+        <v>0.875</v>
       </c>
       <c r="E631">
         <v>0.555</v>
       </c>
       <c r="F631">
         <v>0.002</v>
       </c>
       <c r="G631">
         <v>2.243</v>
       </c>
       <c r="H631">
         <v>0</v>
       </c>
       <c r="I631">
         <v>0.008</v>
       </c>
       <c r="J631">
         <v>3.683</v>
       </c>
       <c r="K631">
-        <v>55.033</v>
+        <v>55.417</v>
       </c>
       <c r="L631">
-        <v>66.805</v>
+        <v>67.187</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.052</v>
       </c>
       <c r="C632">
         <v>8.165</v>
       </c>
       <c r="D632">
         <v>0.751</v>
       </c>
       <c r="E632">
         <v>0.562</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>2.231</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>0.007</v>
       </c>
       <c r="J632">
         <v>3.551</v>
       </c>
       <c r="K632">
-        <v>54.571</v>
+        <v>55.066</v>
       </c>
       <c r="L632">
-        <v>66.338</v>
+        <v>66.834</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>0.05</v>
+        <v>0.052</v>
       </c>
       <c r="C633">
         <v>8.462</v>
       </c>
       <c r="D633">
-        <v>1.273</v>
+        <v>1.274</v>
       </c>
       <c r="E633">
         <v>0.585</v>
       </c>
       <c r="F633">
         <v>0</v>
       </c>
       <c r="G633">
         <v>2.095</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>0.012</v>
       </c>
       <c r="J633">
-        <v>3.965</v>
+        <v>3.966</v>
       </c>
       <c r="K633">
-        <v>46.089</v>
+        <v>46.306</v>
       </c>
       <c r="L633">
-        <v>58.567</v>
+        <v>58.786</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.097</v>
+        <v>0.092</v>
       </c>
       <c r="C634">
         <v>11.653</v>
       </c>
       <c r="D634">
-        <v>1.723</v>
+        <v>1.724</v>
       </c>
       <c r="E634">
         <v>0.817</v>
       </c>
       <c r="F634">
         <v>0.002</v>
       </c>
       <c r="G634">
         <v>2.179</v>
       </c>
       <c r="H634">
         <v>0</v>
       </c>
       <c r="I634">
         <v>0.016</v>
       </c>
       <c r="J634">
-        <v>4.737</v>
+        <v>4.738</v>
       </c>
       <c r="K634">
-        <v>41.459</v>
+        <v>41.745</v>
       </c>
       <c r="L634">
-        <v>57.946</v>
+        <v>58.228</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.106</v>
+        <v>0.11</v>
       </c>
       <c r="C635">
-        <v>17.336</v>
+        <v>17.335</v>
       </c>
       <c r="D635">
-        <v>1.961</v>
+        <v>1.962</v>
       </c>
       <c r="E635">
         <v>1.15</v>
       </c>
       <c r="F635">
         <v>0.013</v>
       </c>
       <c r="G635">
         <v>2.055</v>
       </c>
       <c r="H635">
         <v>0</v>
       </c>
       <c r="I635">
         <v>0.018</v>
       </c>
       <c r="J635">
-        <v>5.197</v>
+        <v>5.198</v>
       </c>
       <c r="K635">
-        <v>38.8</v>
+        <v>38.932</v>
       </c>
       <c r="L635">
-        <v>61.439</v>
+        <v>61.575</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.117</v>
+        <v>0.119</v>
       </c>
       <c r="C636">
-        <v>25.578</v>
+        <v>25.579</v>
       </c>
       <c r="D636">
-        <v>2.703</v>
+        <v>2.705</v>
       </c>
       <c r="E636">
         <v>1.563</v>
       </c>
       <c r="F636">
         <v>0.017</v>
       </c>
       <c r="G636">
         <v>2.113</v>
       </c>
       <c r="H636">
         <v>0.004</v>
       </c>
       <c r="I636">
         <v>0.025</v>
       </c>
       <c r="J636">
-        <v>6.425</v>
+        <v>6.426</v>
       </c>
       <c r="K636">
-        <v>43.202</v>
+        <v>43.6</v>
       </c>
       <c r="L636">
-        <v>75.322</v>
+        <v>75.724</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.144</v>
       </c>
       <c r="C637">
         <v>33.503</v>
       </c>
       <c r="D637">
-        <v>3.467</v>
+        <v>3.469</v>
       </c>
       <c r="E637">
         <v>1.912</v>
       </c>
       <c r="F637">
         <v>0.035</v>
       </c>
       <c r="G637">
         <v>2.042</v>
       </c>
       <c r="H637">
         <v>0.007</v>
       </c>
       <c r="I637">
         <v>0.033</v>
       </c>
       <c r="J637">
-        <v>7.495</v>
+        <v>7.497</v>
       </c>
       <c r="K637">
-        <v>50.305</v>
+        <v>50.22</v>
       </c>
       <c r="L637">
-        <v>91.446</v>
+        <v>91.364</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.123</v>
       </c>
       <c r="C638">
         <v>27.117</v>
       </c>
       <c r="D638">
-        <v>3.921</v>
+        <v>3.923</v>
       </c>
       <c r="E638">
         <v>1.485</v>
       </c>
       <c r="F638">
         <v>0.032</v>
       </c>
       <c r="G638">
         <v>1.886</v>
       </c>
       <c r="H638">
         <v>0.005</v>
       </c>
       <c r="I638">
         <v>0.037</v>
       </c>
       <c r="J638">
-        <v>7.366</v>
+        <v>7.368</v>
       </c>
       <c r="K638">
-        <v>40.603</v>
+        <v>40.628</v>
       </c>
       <c r="L638">
-        <v>75.21</v>
+        <v>75.237</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0.109</v>
       </c>
       <c r="C639">
         <v>19.937</v>
       </c>
       <c r="D639">
-        <v>2.814</v>
+        <v>2.816</v>
       </c>
       <c r="E639">
         <v>1.227</v>
       </c>
       <c r="F639">
         <v>0.022</v>
       </c>
       <c r="G639">
         <v>2.111</v>
       </c>
       <c r="H639">
         <v>0</v>
       </c>
       <c r="I639">
         <v>0.026</v>
       </c>
       <c r="J639">
-        <v>6.201</v>
+        <v>6.203</v>
       </c>
       <c r="K639">
-        <v>35.987</v>
+        <v>36.013</v>
       </c>
       <c r="L639">
-        <v>62.234</v>
+        <v>62.261</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>0.075</v>
+        <v>0.077</v>
       </c>
       <c r="C640">
         <v>14.536</v>
       </c>
       <c r="D640">
-        <v>1.826</v>
+        <v>1.827</v>
       </c>
       <c r="E640">
         <v>0.935</v>
       </c>
       <c r="F640">
         <v>0.009</v>
       </c>
       <c r="G640">
         <v>2.071</v>
       </c>
       <c r="H640">
         <v>0</v>
       </c>
       <c r="I640">
         <v>0.017</v>
       </c>
       <c r="J640">
-        <v>4.858</v>
+        <v>4.859</v>
       </c>
       <c r="K640">
-        <v>35.61</v>
+        <v>35.446</v>
       </c>
       <c r="L640">
-        <v>55.078</v>
+        <v>54.918</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>0.083</v>
+        <v>0.071</v>
       </c>
       <c r="C641">
         <v>10.459</v>
       </c>
       <c r="D641">
-        <v>1.58</v>
+        <v>1.581</v>
       </c>
       <c r="E641">
         <v>0.747</v>
       </c>
       <c r="F641">
         <v>0.009</v>
       </c>
       <c r="G641">
         <v>2.185</v>
       </c>
       <c r="H641">
         <v>0</v>
       </c>
       <c r="I641">
         <v>0.015</v>
       </c>
       <c r="J641">
-        <v>4.536</v>
+        <v>4.537</v>
       </c>
       <c r="K641">
-        <v>39.898</v>
+        <v>39.931</v>
       </c>
       <c r="L641">
-        <v>54.976</v>
+        <v>54.998</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.079</v>
+        <v>0.062</v>
       </c>
       <c r="C642">
         <v>8.583</v>
       </c>
       <c r="D642">
-        <v>1.344</v>
+        <v>1.345</v>
       </c>
       <c r="E642">
         <v>0.561</v>
       </c>
       <c r="F642">
         <v>0.009</v>
       </c>
       <c r="G642">
         <v>2.155</v>
       </c>
       <c r="H642">
         <v>0</v>
       </c>
       <c r="I642">
         <v>0.013</v>
       </c>
       <c r="J642">
-        <v>4.083</v>
+        <v>4.084</v>
       </c>
       <c r="K642">
-        <v>48.657</v>
+        <v>48.572</v>
       </c>
       <c r="L642">
-        <v>61.402</v>
+        <v>61.301</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0.062</v>
       </c>
       <c r="C643">
         <v>8.816</v>
       </c>
       <c r="D643">
-        <v>0.933</v>
+        <v>0.934</v>
       </c>
       <c r="E643">
         <v>0.557</v>
       </c>
       <c r="F643">
         <v>0.003</v>
       </c>
       <c r="G643">
         <v>2.201</v>
       </c>
       <c r="H643">
         <v>0</v>
       </c>
       <c r="I643">
         <v>0.009</v>
       </c>
       <c r="J643">
-        <v>3.703</v>
+        <v>3.704</v>
       </c>
       <c r="K643">
-        <v>58.056</v>
+        <v>57.881</v>
       </c>
       <c r="L643">
-        <v>70.637</v>
+        <v>70.463</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>0.073</v>
+      </c>
+      <c r="C644">
+        <v>8.393</v>
+      </c>
+      <c r="D644">
+        <v>0.801</v>
+      </c>
+      <c r="E644">
+        <v>0.566</v>
+      </c>
+      <c r="F644">
+        <v>0</v>
+      </c>
+      <c r="G644">
+        <v>2.215</v>
+      </c>
+      <c r="H644">
+        <v>0</v>
+      </c>
+      <c r="I644">
+        <v>0.008</v>
+      </c>
+      <c r="J644">
+        <v>3.59</v>
+      </c>
+      <c r="K644">
+        <v>53.98</v>
+      </c>
+      <c r="L644">
+        <v>66.036</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -26682,81 +26720,81 @@
       </c>
       <c r="G63">
         <v>25.353</v>
       </c>
       <c r="H63">
         <v>0.011</v>
       </c>
       <c r="I63">
         <v>0.202</v>
       </c>
       <c r="J63">
         <v>61.334</v>
       </c>
       <c r="K63">
         <v>516.475</v>
       </c>
       <c r="L63">
         <v>761.706</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
-        <v>0.987</v>
+        <v>1.053</v>
       </c>
       <c r="C64">
-        <v>182.707</v>
+        <v>182.706</v>
       </c>
       <c r="D64">
-        <v>23.297</v>
+        <v>23.31</v>
       </c>
       <c r="E64">
         <v>11.791</v>
       </c>
       <c r="F64">
         <v>0.121</v>
       </c>
       <c r="G64">
         <v>25.496</v>
       </c>
       <c r="H64">
         <v>0.018</v>
       </c>
       <c r="I64">
-        <v>0.218</v>
+        <v>0.219</v>
       </c>
       <c r="J64">
-        <v>60.94</v>
+        <v>60.954</v>
       </c>
       <c r="K64">
-        <v>517.065</v>
+        <v>520.678</v>
       </c>
       <c r="L64">
-        <v>761.7</v>
+        <v>765.39</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>