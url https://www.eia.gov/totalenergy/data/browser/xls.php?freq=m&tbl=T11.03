--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 11.3 Carbon Dioxide Emissions From Energy Consumption: Commercial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Motor Gasoline, Excluding Ethanol, Commercial Sector CO2 Emissions</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23418,1256 +23418,1332 @@
       </c>
       <c r="H612">
         <v>0.005</v>
       </c>
       <c r="I612">
         <v>0.028</v>
       </c>
       <c r="J612">
         <v>6.931</v>
       </c>
       <c r="K612">
         <v>46.387</v>
       </c>
       <c r="L612">
         <v>80.448</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.147</v>
       </c>
       <c r="C613">
-        <v>26.257</v>
+        <v>26.197</v>
       </c>
       <c r="D613">
         <v>3.35</v>
       </c>
       <c r="E613">
         <v>1.521</v>
       </c>
       <c r="F613">
         <v>0.039</v>
       </c>
       <c r="G613">
         <v>1.992</v>
       </c>
       <c r="H613">
         <v>0.005</v>
       </c>
       <c r="I613">
         <v>0.028</v>
       </c>
       <c r="J613">
         <v>6.935</v>
       </c>
       <c r="K613">
-        <v>40.957</v>
+        <v>40.972</v>
       </c>
       <c r="L613">
-        <v>74.295</v>
+        <v>74.251</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.127</v>
       </c>
       <c r="C614">
-        <v>23.427</v>
+        <v>23.374</v>
       </c>
       <c r="D614">
         <v>3.788</v>
       </c>
       <c r="E614">
         <v>1.34</v>
       </c>
       <c r="F614">
         <v>0.024</v>
       </c>
       <c r="G614">
         <v>1.896</v>
       </c>
       <c r="H614">
         <v>0.001</v>
       </c>
       <c r="I614">
         <v>0.032</v>
       </c>
       <c r="J614">
         <v>7.08</v>
       </c>
       <c r="K614">
-        <v>34.559</v>
+        <v>34.573</v>
       </c>
       <c r="L614">
-        <v>65.193</v>
+        <v>65.154</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.112</v>
       </c>
       <c r="C615">
-        <v>22.51</v>
+        <v>22.461</v>
       </c>
       <c r="D615">
         <v>2.719</v>
       </c>
       <c r="E615">
         <v>1.343</v>
       </c>
       <c r="F615">
         <v>0.005</v>
       </c>
       <c r="G615">
         <v>2.186</v>
       </c>
       <c r="H615">
         <v>0.001</v>
       </c>
       <c r="I615">
         <v>0.023</v>
       </c>
       <c r="J615">
         <v>6.276</v>
       </c>
       <c r="K615">
-        <v>38.335</v>
+        <v>38.353</v>
       </c>
       <c r="L615">
-        <v>67.233</v>
+        <v>67.201</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.094</v>
       </c>
       <c r="C616">
-        <v>13.965</v>
+        <v>13.937</v>
       </c>
       <c r="D616">
         <v>1.764</v>
       </c>
       <c r="E616">
         <v>0.931</v>
       </c>
       <c r="F616">
         <v>0.013</v>
       </c>
       <c r="G616">
         <v>2.088</v>
       </c>
       <c r="H616">
         <v>0</v>
       </c>
       <c r="I616">
         <v>0.015</v>
       </c>
       <c r="J616">
         <v>4.811</v>
       </c>
       <c r="K616">
-        <v>33.236</v>
+        <v>33.256</v>
       </c>
       <c r="L616">
-        <v>52.107</v>
+        <v>52.099</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.073</v>
       </c>
       <c r="C617">
-        <v>10.064</v>
+        <v>10.045</v>
       </c>
       <c r="D617">
         <v>1.527</v>
       </c>
       <c r="E617">
         <v>0.739</v>
       </c>
       <c r="F617">
         <v>0.02</v>
       </c>
       <c r="G617">
         <v>2.186</v>
       </c>
       <c r="H617">
         <v>0</v>
       </c>
       <c r="I617">
         <v>0.013</v>
       </c>
       <c r="J617">
         <v>4.484</v>
       </c>
       <c r="K617">
-        <v>38.415</v>
+        <v>38.441</v>
       </c>
       <c r="L617">
-        <v>53.037</v>
+        <v>53.044</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.059</v>
       </c>
       <c r="C618">
-        <v>8.249</v>
+        <v>8.233</v>
       </c>
       <c r="D618">
         <v>1.299</v>
       </c>
       <c r="E618">
         <v>0.582</v>
       </c>
       <c r="F618">
         <v>0.007</v>
       </c>
       <c r="G618">
         <v>2.181</v>
       </c>
       <c r="H618">
         <v>0</v>
       </c>
       <c r="I618">
         <v>0.011</v>
       </c>
       <c r="J618">
         <v>4.08</v>
       </c>
       <c r="K618">
-        <v>46.282</v>
+        <v>46.31</v>
       </c>
       <c r="L618">
-        <v>58.67</v>
+        <v>58.682</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.066</v>
       </c>
       <c r="C619">
-        <v>7.913</v>
+        <v>7.896</v>
       </c>
       <c r="D619">
         <v>0.902</v>
       </c>
       <c r="E619">
         <v>0.547</v>
       </c>
       <c r="F619">
         <v>0.017</v>
       </c>
       <c r="G619">
         <v>2.163</v>
       </c>
       <c r="H619">
         <v>0</v>
       </c>
       <c r="I619">
         <v>0.008</v>
       </c>
       <c r="J619">
         <v>3.637</v>
       </c>
       <c r="K619">
-        <v>57.12</v>
+        <v>57.151</v>
       </c>
       <c r="L619">
-        <v>68.736</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.068</v>
       </c>
       <c r="C620">
-        <v>8.088</v>
+        <v>8.072</v>
       </c>
       <c r="D620">
         <v>0.774</v>
       </c>
       <c r="E620">
         <v>0.554</v>
       </c>
       <c r="F620">
         <v>0.001</v>
       </c>
       <c r="G620">
         <v>2.223</v>
       </c>
       <c r="H620">
         <v>0</v>
       </c>
       <c r="I620">
         <v>0.007</v>
       </c>
       <c r="J620">
         <v>3.558</v>
       </c>
       <c r="K620">
-        <v>56.799</v>
+        <v>56.83</v>
       </c>
       <c r="L620">
-        <v>68.514</v>
+        <v>68.528</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.07</v>
       </c>
       <c r="C621">
-        <v>8.081</v>
+        <v>8.066</v>
       </c>
       <c r="D621">
         <v>1.313</v>
       </c>
       <c r="E621">
         <v>0.586</v>
       </c>
       <c r="F621">
         <v>0.015</v>
       </c>
       <c r="G621">
         <v>2.062</v>
       </c>
       <c r="H621">
         <v>0</v>
       </c>
       <c r="I621">
         <v>0.011</v>
       </c>
       <c r="J621">
         <v>3.986</v>
       </c>
       <c r="K621">
-        <v>47.004</v>
+        <v>47.032</v>
       </c>
       <c r="L621">
-        <v>59.141</v>
+        <v>59.154</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.081</v>
       </c>
       <c r="C622">
-        <v>12.365</v>
+        <v>12.341</v>
       </c>
       <c r="D622">
         <v>1.777</v>
       </c>
       <c r="E622">
         <v>0.824</v>
       </c>
       <c r="F622">
         <v>0.001</v>
       </c>
       <c r="G622">
         <v>2.186</v>
       </c>
       <c r="H622">
         <v>0</v>
       </c>
       <c r="I622">
         <v>0.015</v>
       </c>
       <c r="J622">
         <v>4.803</v>
       </c>
       <c r="K622">
-        <v>42.263</v>
+        <v>42.288</v>
       </c>
       <c r="L622">
-        <v>59.512</v>
+        <v>59.514</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.099</v>
       </c>
       <c r="C623">
-        <v>19.131</v>
+        <v>19.091</v>
       </c>
       <c r="D623">
         <v>2.022</v>
       </c>
       <c r="E623">
         <v>1.215</v>
       </c>
       <c r="F623">
         <v>0.001</v>
       </c>
       <c r="G623">
         <v>2.073</v>
       </c>
       <c r="H623">
         <v>0</v>
       </c>
       <c r="I623">
         <v>0.017</v>
       </c>
       <c r="J623">
         <v>5.328</v>
       </c>
       <c r="K623">
-        <v>39.922</v>
+        <v>39.942</v>
       </c>
       <c r="L623">
-        <v>64.481</v>
+        <v>64.459</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.117</v>
       </c>
       <c r="C624">
-        <v>22.758</v>
+        <v>22.708</v>
       </c>
       <c r="D624">
         <v>2.787</v>
       </c>
       <c r="E624">
         <v>1.396</v>
       </c>
       <c r="F624">
         <v>0.026</v>
       </c>
       <c r="G624">
         <v>2.118</v>
       </c>
       <c r="H624">
         <v>0.004</v>
       </c>
       <c r="I624">
         <v>0.023</v>
       </c>
       <c r="J624">
         <v>6.355</v>
       </c>
       <c r="K624">
-        <v>40.955</v>
+        <v>40.973</v>
       </c>
       <c r="L624">
-        <v>70.184</v>
+        <v>70.152</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>0.163</v>
+        <v>0.162</v>
       </c>
       <c r="C625">
-        <v>29.816</v>
+        <v>29.666</v>
       </c>
       <c r="D625">
         <v>3.251</v>
       </c>
       <c r="E625">
         <v>1.757</v>
       </c>
       <c r="F625">
-        <v>0.021</v>
+        <v>0.022</v>
       </c>
       <c r="G625">
         <v>2</v>
       </c>
       <c r="H625">
         <v>0.004</v>
       </c>
       <c r="I625">
         <v>0.031</v>
       </c>
       <c r="J625">
-        <v>7.064</v>
+        <v>7.065</v>
       </c>
       <c r="K625">
-        <v>48.363</v>
+        <v>48.413</v>
       </c>
       <c r="L625">
-        <v>85.407</v>
+        <v>85.307</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.121</v>
       </c>
       <c r="C626">
-        <v>22.868</v>
+        <v>22.754</v>
       </c>
       <c r="D626">
         <v>3.676</v>
       </c>
       <c r="E626">
-        <v>1.341</v>
+        <v>1.342</v>
       </c>
       <c r="F626">
         <v>0.011</v>
       </c>
       <c r="G626">
         <v>1.947</v>
       </c>
       <c r="H626">
         <v>0.002</v>
       </c>
       <c r="I626">
         <v>0.034</v>
       </c>
       <c r="J626">
-        <v>7.011</v>
+        <v>7.013</v>
       </c>
       <c r="K626">
-        <v>35.222</v>
+        <v>35.258</v>
       </c>
       <c r="L626">
-        <v>65.223</v>
+        <v>65.145</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.095</v>
       </c>
       <c r="C627">
-        <v>19.085</v>
+        <v>18.991</v>
       </c>
       <c r="D627">
         <v>2.638</v>
       </c>
       <c r="E627">
-        <v>1.253</v>
+        <v>1.252</v>
       </c>
       <c r="F627">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
       <c r="G627">
         <v>2.153</v>
       </c>
       <c r="H627">
         <v>0</v>
       </c>
       <c r="I627">
         <v>0.025</v>
       </c>
       <c r="J627">
-        <v>6.08</v>
+        <v>6.081</v>
       </c>
       <c r="K627">
-        <v>34.422</v>
+        <v>34.458</v>
       </c>
       <c r="L627">
-        <v>59.682</v>
+        <v>59.624</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>0.082</v>
+        <v>0.081</v>
       </c>
       <c r="C628">
-        <v>13.614</v>
+        <v>13.548</v>
       </c>
       <c r="D628">
         <v>1.712</v>
       </c>
       <c r="E628">
         <v>0.936</v>
       </c>
       <c r="F628">
-        <v>0.016</v>
+        <v>0.017</v>
       </c>
       <c r="G628">
         <v>2.074</v>
       </c>
       <c r="H628">
         <v>0</v>
       </c>
       <c r="I628">
         <v>0.016</v>
       </c>
       <c r="J628">
-        <v>4.754</v>
+        <v>4.756</v>
       </c>
       <c r="K628">
-        <v>33.439</v>
+        <v>33.475</v>
       </c>
       <c r="L628">
-        <v>51.889</v>
+        <v>51.86</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>0.05</v>
+        <v>0.049</v>
       </c>
       <c r="C629">
-        <v>9.676</v>
+        <v>9.63</v>
       </c>
       <c r="D629">
         <v>1.481</v>
       </c>
       <c r="E629">
         <v>0.713</v>
       </c>
       <c r="F629">
         <v>0.017</v>
       </c>
       <c r="G629">
         <v>2.259</v>
       </c>
       <c r="H629">
         <v>0.004</v>
       </c>
       <c r="I629">
         <v>0.014</v>
       </c>
       <c r="J629">
-        <v>4.487</v>
+        <v>4.488</v>
       </c>
       <c r="K629">
-        <v>39.745</v>
+        <v>39.789</v>
       </c>
       <c r="L629">
-        <v>53.957</v>
+        <v>53.956</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>0.07</v>
+        <v>0.069</v>
       </c>
       <c r="C630">
-        <v>8.424</v>
+        <v>8.383</v>
       </c>
       <c r="D630">
         <v>1.26</v>
       </c>
       <c r="E630">
         <v>0.56</v>
       </c>
       <c r="F630">
         <v>0.012</v>
       </c>
       <c r="G630">
         <v>2.146</v>
       </c>
       <c r="H630">
         <v>0.004</v>
       </c>
       <c r="I630">
         <v>0.012</v>
       </c>
       <c r="J630">
-        <v>3.993</v>
+        <v>3.994</v>
       </c>
       <c r="K630">
-        <v>47.172</v>
+        <v>47.222</v>
       </c>
       <c r="L630">
-        <v>59.66</v>
+        <v>59.669</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
       <c r="C631">
-        <v>8.039</v>
+        <v>8</v>
       </c>
       <c r="D631">
         <v>0.875</v>
       </c>
       <c r="E631">
         <v>0.555</v>
       </c>
       <c r="F631">
         <v>0.002</v>
       </c>
       <c r="G631">
         <v>2.243</v>
       </c>
       <c r="H631">
         <v>0</v>
       </c>
       <c r="I631">
         <v>0.008</v>
       </c>
       <c r="J631">
-        <v>3.683</v>
+        <v>3.684</v>
       </c>
       <c r="K631">
-        <v>55.417</v>
+        <v>55.476</v>
       </c>
       <c r="L631">
-        <v>67.187</v>
+        <v>67.207</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.052</v>
       </c>
       <c r="C632">
-        <v>8.165</v>
+        <v>8.125</v>
       </c>
       <c r="D632">
         <v>0.751</v>
       </c>
       <c r="E632">
         <v>0.562</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>2.231</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>0.007</v>
       </c>
       <c r="J632">
         <v>3.551</v>
       </c>
       <c r="K632">
-        <v>55.066</v>
+        <v>55.124</v>
       </c>
       <c r="L632">
-        <v>66.834</v>
+        <v>66.852</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.052</v>
       </c>
       <c r="C633">
-        <v>8.462</v>
+        <v>8.42</v>
       </c>
       <c r="D633">
         <v>1.274</v>
       </c>
       <c r="E633">
         <v>0.585</v>
       </c>
       <c r="F633">
         <v>0</v>
       </c>
       <c r="G633">
         <v>2.095</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>0.012</v>
       </c>
       <c r="J633">
         <v>3.966</v>
       </c>
       <c r="K633">
-        <v>46.306</v>
+        <v>46.353</v>
       </c>
       <c r="L633">
-        <v>58.786</v>
+        <v>58.791</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>0.092</v>
+        <v>0.091</v>
       </c>
       <c r="C634">
-        <v>11.653</v>
+        <v>11.596</v>
       </c>
       <c r="D634">
         <v>1.724</v>
       </c>
       <c r="E634">
         <v>0.817</v>
       </c>
       <c r="F634">
         <v>0.002</v>
       </c>
       <c r="G634">
         <v>2.179</v>
       </c>
       <c r="H634">
         <v>0</v>
       </c>
       <c r="I634">
         <v>0.016</v>
       </c>
       <c r="J634">
         <v>4.738</v>
       </c>
       <c r="K634">
-        <v>41.745</v>
+        <v>41.788</v>
       </c>
       <c r="L634">
-        <v>58.228</v>
+        <v>58.214</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>0.11</v>
+        <v>0.109</v>
       </c>
       <c r="C635">
-        <v>17.335</v>
+        <v>17.249</v>
       </c>
       <c r="D635">
         <v>1.962</v>
       </c>
       <c r="E635">
-        <v>1.15</v>
+        <v>1.149</v>
       </c>
       <c r="F635">
         <v>0.013</v>
       </c>
       <c r="G635">
         <v>2.055</v>
       </c>
       <c r="H635">
         <v>0</v>
       </c>
       <c r="I635">
         <v>0.018</v>
       </c>
       <c r="J635">
         <v>5.198</v>
       </c>
       <c r="K635">
-        <v>38.932</v>
+        <v>38.971</v>
       </c>
       <c r="L635">
-        <v>61.575</v>
+        <v>61.528</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>0.119</v>
+        <v>0.118</v>
       </c>
       <c r="C636">
-        <v>25.579</v>
+        <v>25.452</v>
       </c>
       <c r="D636">
         <v>2.705</v>
       </c>
       <c r="E636">
-        <v>1.563</v>
+        <v>1.562</v>
       </c>
       <c r="F636">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
       <c r="G636">
         <v>2.113</v>
       </c>
       <c r="H636">
         <v>0.004</v>
       </c>
       <c r="I636">
         <v>0.025</v>
       </c>
       <c r="J636">
-        <v>6.426</v>
+        <v>6.427</v>
       </c>
       <c r="K636">
-        <v>43.6</v>
+        <v>43.647</v>
       </c>
       <c r="L636">
-        <v>75.724</v>
+        <v>75.644</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>0.144</v>
+        <v>0.143</v>
       </c>
       <c r="C637">
-        <v>33.503</v>
+        <v>33.383</v>
       </c>
       <c r="D637">
-        <v>3.469</v>
+        <v>3.335</v>
       </c>
       <c r="E637">
         <v>1.912</v>
       </c>
       <c r="F637">
         <v>0.035</v>
       </c>
       <c r="G637">
         <v>2.042</v>
       </c>
       <c r="H637">
         <v>0.007</v>
       </c>
       <c r="I637">
-        <v>0.033</v>
+        <v>0.032</v>
       </c>
       <c r="J637">
-        <v>7.497</v>
+        <v>7.362</v>
       </c>
       <c r="K637">
-        <v>50.22</v>
+        <v>50.275</v>
       </c>
       <c r="L637">
-        <v>91.364</v>
+        <v>91.163</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.123</v>
       </c>
       <c r="C638">
-        <v>27.117</v>
+        <v>27.003</v>
       </c>
       <c r="D638">
-        <v>3.923</v>
+        <v>3.771</v>
       </c>
       <c r="E638">
-        <v>1.485</v>
+        <v>1.484</v>
       </c>
       <c r="F638">
         <v>0.032</v>
       </c>
       <c r="G638">
         <v>1.886</v>
       </c>
       <c r="H638">
         <v>0.005</v>
       </c>
       <c r="I638">
         <v>0.037</v>
       </c>
       <c r="J638">
-        <v>7.368</v>
+        <v>7.215</v>
       </c>
       <c r="K638">
-        <v>40.628</v>
+        <v>40.672</v>
       </c>
       <c r="L638">
-        <v>75.237</v>
+        <v>75.013</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0.109</v>
       </c>
       <c r="C639">
-        <v>19.937</v>
+        <v>20.129</v>
       </c>
       <c r="D639">
-        <v>2.816</v>
+        <v>2.707</v>
       </c>
       <c r="E639">
         <v>1.227</v>
       </c>
       <c r="F639">
         <v>0.022</v>
       </c>
       <c r="G639">
         <v>2.111</v>
       </c>
       <c r="H639">
         <v>0</v>
       </c>
       <c r="I639">
         <v>0.026</v>
       </c>
       <c r="J639">
-        <v>6.203</v>
+        <v>6.093</v>
       </c>
       <c r="K639">
-        <v>36.013</v>
+        <v>36.052</v>
       </c>
       <c r="L639">
-        <v>62.261</v>
+        <v>62.383</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.077</v>
       </c>
       <c r="C640">
-        <v>14.536</v>
+        <v>14.359</v>
       </c>
       <c r="D640">
-        <v>1.827</v>
+        <v>1.756</v>
       </c>
       <c r="E640">
-        <v>0.935</v>
+        <v>0.934</v>
       </c>
       <c r="F640">
         <v>0.009</v>
       </c>
       <c r="G640">
         <v>2.071</v>
       </c>
       <c r="H640">
         <v>0</v>
       </c>
       <c r="I640">
         <v>0.017</v>
       </c>
       <c r="J640">
-        <v>4.859</v>
+        <v>4.787</v>
       </c>
       <c r="K640">
-        <v>35.446</v>
+        <v>35.485</v>
       </c>
       <c r="L640">
-        <v>54.918</v>
+        <v>54.708</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.071</v>
       </c>
       <c r="C641">
-        <v>10.459</v>
+        <v>10.466</v>
       </c>
       <c r="D641">
-        <v>1.581</v>
+        <v>1.52</v>
       </c>
       <c r="E641">
-        <v>0.747</v>
+        <v>0.746</v>
       </c>
       <c r="F641">
         <v>0.009</v>
       </c>
       <c r="G641">
         <v>2.185</v>
       </c>
       <c r="H641">
         <v>0</v>
       </c>
       <c r="I641">
         <v>0.015</v>
       </c>
       <c r="J641">
-        <v>4.537</v>
+        <v>4.475</v>
       </c>
       <c r="K641">
-        <v>39.931</v>
+        <v>39.974</v>
       </c>
       <c r="L641">
-        <v>54.998</v>
+        <v>54.986</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.062</v>
+        <v>0.061</v>
       </c>
       <c r="C642">
-        <v>8.583</v>
+        <v>8.521</v>
       </c>
       <c r="D642">
-        <v>1.345</v>
+        <v>1.293</v>
       </c>
       <c r="E642">
         <v>0.561</v>
       </c>
       <c r="F642">
         <v>0.009</v>
       </c>
       <c r="G642">
         <v>2.155</v>
       </c>
       <c r="H642">
         <v>0</v>
       </c>
       <c r="I642">
         <v>0.013</v>
       </c>
       <c r="J642">
-        <v>4.084</v>
+        <v>4.032</v>
       </c>
       <c r="K642">
-        <v>48.572</v>
+        <v>48.625</v>
       </c>
       <c r="L642">
-        <v>61.301</v>
+        <v>61.239</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.062</v>
+        <v>0.061</v>
       </c>
       <c r="C643">
-        <v>8.816</v>
+        <v>8.487</v>
       </c>
       <c r="D643">
-        <v>0.934</v>
+        <v>0.898</v>
       </c>
       <c r="E643">
         <v>0.557</v>
       </c>
       <c r="F643">
         <v>0.003</v>
       </c>
       <c r="G643">
         <v>2.201</v>
       </c>
       <c r="H643">
         <v>0</v>
       </c>
       <c r="I643">
         <v>0.009</v>
       </c>
       <c r="J643">
-        <v>3.704</v>
+        <v>3.668</v>
       </c>
       <c r="K643">
-        <v>57.881</v>
+        <v>57.944</v>
       </c>
       <c r="L643">
-        <v>70.463</v>
+        <v>70.16</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>0.073</v>
+        <v>0.072</v>
       </c>
       <c r="C644">
-        <v>8.393</v>
+        <v>8.425</v>
       </c>
       <c r="D644">
-        <v>0.801</v>
+        <v>0.77</v>
       </c>
       <c r="E644">
         <v>0.566</v>
       </c>
       <c r="F644">
-        <v>0</v>
+        <v>0.006</v>
       </c>
       <c r="G644">
-        <v>2.215</v>
+        <v>2.222</v>
       </c>
       <c r="H644">
         <v>0</v>
       </c>
       <c r="I644">
-        <v>0.008</v>
+        <v>0.007</v>
       </c>
       <c r="J644">
-        <v>3.59</v>
+        <v>3.573</v>
       </c>
       <c r="K644">
-        <v>53.98</v>
+        <v>54.039</v>
       </c>
       <c r="L644">
-        <v>66.036</v>
+        <v>66.109</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.068</v>
+      </c>
+      <c r="C645">
+        <v>8.521</v>
+      </c>
+      <c r="D645">
+        <v>1.307</v>
+      </c>
+      <c r="E645">
+        <v>0.59</v>
+      </c>
+      <c r="F645">
+        <v>0</v>
+      </c>
+      <c r="G645">
+        <v>2.091</v>
+      </c>
+      <c r="H645">
+        <v>0</v>
+      </c>
+      <c r="I645">
+        <v>0.013</v>
+      </c>
+      <c r="J645">
+        <v>4</v>
+      </c>
+      <c r="K645">
+        <v>47.994</v>
+      </c>
+      <c r="L645">
+        <v>60.583</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.095</v>
+      </c>
+      <c r="C646">
+        <v>12.51</v>
+      </c>
+      <c r="D646">
+        <v>1.769</v>
+      </c>
+      <c r="E646">
+        <v>0.86</v>
+      </c>
+      <c r="F646">
+        <v>-0.026</v>
+      </c>
+      <c r="G646">
+        <v>2.159</v>
+      </c>
+      <c r="H646">
+        <v>0</v>
+      </c>
+      <c r="I646">
+        <v>0.017</v>
+      </c>
+      <c r="J646">
+        <v>4.778</v>
+      </c>
+      <c r="K646">
+        <v>44.757</v>
+      </c>
+      <c r="L646">
+        <v>62.141</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -26685,116 +26761,116 @@
       </c>
       <c r="H62">
         <v>0.048</v>
       </c>
       <c r="I62">
         <v>0.243</v>
       </c>
       <c r="J62">
         <v>66.533</v>
       </c>
       <c r="K62">
         <v>544.892</v>
       </c>
       <c r="L62">
         <v>805.134</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>1.114</v>
       </c>
       <c r="C63">
-        <v>182.784</v>
+        <v>182.401</v>
       </c>
       <c r="D63">
         <v>24.02</v>
       </c>
       <c r="E63">
         <v>11.578</v>
       </c>
       <c r="F63">
         <v>0.169</v>
       </c>
       <c r="G63">
         <v>25.353</v>
       </c>
       <c r="H63">
         <v>0.011</v>
       </c>
       <c r="I63">
         <v>0.202</v>
       </c>
       <c r="J63">
         <v>61.334</v>
       </c>
       <c r="K63">
-        <v>516.475</v>
+        <v>516.741</v>
       </c>
       <c r="L63">
-        <v>761.706</v>
+        <v>761.59</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
-        <v>1.053</v>
+        <v>1.045</v>
       </c>
       <c r="C64">
-        <v>182.706</v>
+        <v>181.807</v>
       </c>
       <c r="D64">
         <v>23.31</v>
       </c>
       <c r="E64">
         <v>11.791</v>
       </c>
       <c r="F64">
-        <v>0.121</v>
+        <v>0.128</v>
       </c>
       <c r="G64">
         <v>25.496</v>
       </c>
       <c r="H64">
         <v>0.018</v>
       </c>
       <c r="I64">
         <v>0.219</v>
       </c>
       <c r="J64">
-        <v>60.954</v>
+        <v>60.961</v>
       </c>
       <c r="K64">
-        <v>520.678</v>
+        <v>521.222</v>
       </c>
       <c r="L64">
-        <v>765.39</v>
+        <v>765.034</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>