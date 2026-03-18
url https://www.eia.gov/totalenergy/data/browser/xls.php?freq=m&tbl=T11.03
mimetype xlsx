--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 11.3 Carbon Dioxide Emissions From Energy Consumption: Commercial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Commercial Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Motor Gasoline, Excluding Ethanol, Commercial Sector CO2 Emissions</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="88.835" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="71.697" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="53.416" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23418,1332 +23418,1370 @@
       </c>
       <c r="H612">
         <v>0.005</v>
       </c>
       <c r="I612">
         <v>0.028</v>
       </c>
       <c r="J612">
         <v>6.931</v>
       </c>
       <c r="K612">
         <v>46.387</v>
       </c>
       <c r="L612">
         <v>80.448</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>0.147</v>
       </c>
       <c r="C613">
-        <v>26.197</v>
+        <v>26.221</v>
       </c>
       <c r="D613">
         <v>3.35</v>
       </c>
       <c r="E613">
         <v>1.521</v>
       </c>
       <c r="F613">
         <v>0.039</v>
       </c>
       <c r="G613">
         <v>1.992</v>
       </c>
       <c r="H613">
         <v>0.005</v>
       </c>
       <c r="I613">
         <v>0.028</v>
       </c>
       <c r="J613">
         <v>6.935</v>
       </c>
       <c r="K613">
         <v>40.972</v>
       </c>
       <c r="L613">
-        <v>74.251</v>
+        <v>74.274</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>0.127</v>
       </c>
       <c r="C614">
-        <v>23.374</v>
+        <v>23.382</v>
       </c>
       <c r="D614">
         <v>3.788</v>
       </c>
       <c r="E614">
         <v>1.34</v>
       </c>
       <c r="F614">
         <v>0.024</v>
       </c>
       <c r="G614">
         <v>1.896</v>
       </c>
       <c r="H614">
         <v>0.001</v>
       </c>
       <c r="I614">
         <v>0.032</v>
       </c>
       <c r="J614">
         <v>7.08</v>
       </c>
       <c r="K614">
         <v>34.573</v>
       </c>
       <c r="L614">
-        <v>65.154</v>
+        <v>65.162</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>0.112</v>
       </c>
       <c r="C615">
-        <v>22.461</v>
+        <v>22.47</v>
       </c>
       <c r="D615">
         <v>2.719</v>
       </c>
       <c r="E615">
         <v>1.343</v>
       </c>
       <c r="F615">
         <v>0.005</v>
       </c>
       <c r="G615">
         <v>2.186</v>
       </c>
       <c r="H615">
         <v>0.001</v>
       </c>
       <c r="I615">
         <v>0.023</v>
       </c>
       <c r="J615">
         <v>6.276</v>
       </c>
       <c r="K615">
-        <v>38.353</v>
+        <v>38.352</v>
       </c>
       <c r="L615">
-        <v>67.201</v>
+        <v>67.211</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>0.094</v>
       </c>
       <c r="C616">
-        <v>13.937</v>
+        <v>13.944</v>
       </c>
       <c r="D616">
         <v>1.764</v>
       </c>
       <c r="E616">
         <v>0.931</v>
       </c>
       <c r="F616">
         <v>0.013</v>
       </c>
       <c r="G616">
         <v>2.088</v>
       </c>
       <c r="H616">
         <v>0</v>
       </c>
       <c r="I616">
         <v>0.015</v>
       </c>
       <c r="J616">
         <v>4.811</v>
       </c>
       <c r="K616">
         <v>33.256</v>
       </c>
       <c r="L616">
-        <v>52.099</v>
+        <v>52.105</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>0.073</v>
       </c>
       <c r="C617">
-        <v>10.045</v>
+        <v>10.047</v>
       </c>
       <c r="D617">
         <v>1.527</v>
       </c>
       <c r="E617">
         <v>0.739</v>
       </c>
       <c r="F617">
         <v>0.02</v>
       </c>
       <c r="G617">
         <v>2.186</v>
       </c>
       <c r="H617">
         <v>0</v>
       </c>
       <c r="I617">
         <v>0.013</v>
       </c>
       <c r="J617">
         <v>4.484</v>
       </c>
       <c r="K617">
         <v>38.441</v>
       </c>
       <c r="L617">
-        <v>53.044</v>
+        <v>53.045</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>0.059</v>
       </c>
       <c r="C618">
-        <v>8.233</v>
+        <v>8.23</v>
       </c>
       <c r="D618">
         <v>1.299</v>
       </c>
       <c r="E618">
         <v>0.582</v>
       </c>
       <c r="F618">
         <v>0.007</v>
       </c>
       <c r="G618">
         <v>2.181</v>
       </c>
       <c r="H618">
         <v>0</v>
       </c>
       <c r="I618">
         <v>0.011</v>
       </c>
       <c r="J618">
         <v>4.08</v>
       </c>
       <c r="K618">
         <v>46.31</v>
       </c>
       <c r="L618">
-        <v>58.682</v>
+        <v>58.68</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>0.066</v>
       </c>
       <c r="C619">
-        <v>7.896</v>
+        <v>7.891</v>
       </c>
       <c r="D619">
         <v>0.902</v>
       </c>
       <c r="E619">
         <v>0.547</v>
       </c>
       <c r="F619">
         <v>0.017</v>
       </c>
       <c r="G619">
         <v>2.163</v>
       </c>
       <c r="H619">
         <v>0</v>
       </c>
       <c r="I619">
         <v>0.008</v>
       </c>
       <c r="J619">
         <v>3.637</v>
       </c>
       <c r="K619">
         <v>57.151</v>
       </c>
       <c r="L619">
-        <v>68.75</v>
+        <v>68.744</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>0.068</v>
       </c>
       <c r="C620">
-        <v>8.072</v>
+        <v>8.019</v>
       </c>
       <c r="D620">
         <v>0.774</v>
       </c>
       <c r="E620">
         <v>0.554</v>
       </c>
       <c r="F620">
         <v>0.001</v>
       </c>
       <c r="G620">
         <v>2.223</v>
       </c>
       <c r="H620">
         <v>0</v>
       </c>
       <c r="I620">
         <v>0.007</v>
       </c>
       <c r="J620">
         <v>3.558</v>
       </c>
       <c r="K620">
         <v>56.83</v>
       </c>
       <c r="L620">
-        <v>68.528</v>
+        <v>68.475</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>0.07</v>
       </c>
       <c r="C621">
-        <v>8.066</v>
+        <v>8.062</v>
       </c>
       <c r="D621">
         <v>1.313</v>
       </c>
       <c r="E621">
         <v>0.586</v>
       </c>
       <c r="F621">
         <v>0.015</v>
       </c>
       <c r="G621">
         <v>2.062</v>
       </c>
       <c r="H621">
         <v>0</v>
       </c>
       <c r="I621">
         <v>0.011</v>
       </c>
       <c r="J621">
         <v>3.986</v>
       </c>
       <c r="K621">
         <v>47.032</v>
       </c>
       <c r="L621">
-        <v>59.154</v>
+        <v>59.15</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>0.081</v>
       </c>
       <c r="C622">
-        <v>12.341</v>
+        <v>12.338</v>
       </c>
       <c r="D622">
         <v>1.777</v>
       </c>
       <c r="E622">
         <v>0.824</v>
       </c>
       <c r="F622">
         <v>0.001</v>
       </c>
       <c r="G622">
         <v>2.186</v>
       </c>
       <c r="H622">
         <v>0</v>
       </c>
       <c r="I622">
         <v>0.015</v>
       </c>
       <c r="J622">
         <v>4.803</v>
       </c>
       <c r="K622">
         <v>42.288</v>
       </c>
       <c r="L622">
-        <v>59.514</v>
+        <v>59.51</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>0.099</v>
       </c>
       <c r="C623">
-        <v>19.091</v>
+        <v>19.078</v>
       </c>
       <c r="D623">
         <v>2.022</v>
       </c>
       <c r="E623">
         <v>1.215</v>
       </c>
       <c r="F623">
         <v>0.001</v>
       </c>
       <c r="G623">
         <v>2.073</v>
       </c>
       <c r="H623">
         <v>0</v>
       </c>
       <c r="I623">
         <v>0.017</v>
       </c>
       <c r="J623">
         <v>5.328</v>
       </c>
       <c r="K623">
         <v>39.942</v>
       </c>
       <c r="L623">
-        <v>64.459</v>
+        <v>64.447</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>0.117</v>
       </c>
       <c r="C624">
-        <v>22.708</v>
+        <v>22.739</v>
       </c>
       <c r="D624">
         <v>2.787</v>
       </c>
       <c r="E624">
         <v>1.396</v>
       </c>
       <c r="F624">
         <v>0.026</v>
       </c>
       <c r="G624">
         <v>2.118</v>
       </c>
       <c r="H624">
         <v>0.004</v>
       </c>
       <c r="I624">
         <v>0.023</v>
       </c>
       <c r="J624">
         <v>6.355</v>
       </c>
       <c r="K624">
         <v>40.973</v>
       </c>
       <c r="L624">
-        <v>70.152</v>
+        <v>70.184</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>0.162</v>
       </c>
       <c r="C625">
-        <v>29.666</v>
+        <v>29.77</v>
       </c>
       <c r="D625">
         <v>3.251</v>
       </c>
       <c r="E625">
-        <v>1.757</v>
+        <v>1.758</v>
       </c>
       <c r="F625">
         <v>0.022</v>
       </c>
       <c r="G625">
         <v>2</v>
       </c>
       <c r="H625">
         <v>0.004</v>
       </c>
       <c r="I625">
         <v>0.031</v>
       </c>
       <c r="J625">
-        <v>7.065</v>
+        <v>7.066</v>
       </c>
       <c r="K625">
-        <v>48.413</v>
+        <v>48.423</v>
       </c>
       <c r="L625">
-        <v>85.307</v>
+        <v>85.421</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>0.121</v>
       </c>
       <c r="C626">
-        <v>22.754</v>
+        <v>22.763</v>
       </c>
       <c r="D626">
         <v>3.676</v>
       </c>
       <c r="E626">
-        <v>1.342</v>
+        <v>1.341</v>
       </c>
       <c r="F626">
         <v>0.011</v>
       </c>
       <c r="G626">
         <v>1.947</v>
       </c>
       <c r="H626">
         <v>0.002</v>
       </c>
       <c r="I626">
         <v>0.034</v>
       </c>
       <c r="J626">
-        <v>7.013</v>
+        <v>7.012</v>
       </c>
       <c r="K626">
-        <v>35.258</v>
+        <v>35.26</v>
       </c>
       <c r="L626">
-        <v>65.145</v>
+        <v>65.156</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>0.095</v>
       </c>
       <c r="C627">
-        <v>18.991</v>
+        <v>19.039</v>
       </c>
       <c r="D627">
         <v>2.638</v>
       </c>
       <c r="E627">
-        <v>1.252</v>
+        <v>1.253</v>
       </c>
       <c r="F627">
         <v>0.012</v>
       </c>
       <c r="G627">
         <v>2.153</v>
       </c>
       <c r="H627">
         <v>0</v>
       </c>
       <c r="I627">
         <v>0.025</v>
       </c>
       <c r="J627">
         <v>6.081</v>
       </c>
       <c r="K627">
-        <v>34.458</v>
+        <v>34.459</v>
       </c>
       <c r="L627">
-        <v>59.624</v>
+        <v>59.673</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>0.081</v>
       </c>
       <c r="C628">
-        <v>13.548</v>
+        <v>13.581</v>
       </c>
       <c r="D628">
         <v>1.712</v>
       </c>
       <c r="E628">
         <v>0.936</v>
       </c>
       <c r="F628">
         <v>0.017</v>
       </c>
       <c r="G628">
         <v>2.074</v>
       </c>
       <c r="H628">
         <v>0</v>
       </c>
       <c r="I628">
         <v>0.016</v>
       </c>
       <c r="J628">
-        <v>4.756</v>
+        <v>4.755</v>
       </c>
       <c r="K628">
         <v>33.475</v>
       </c>
       <c r="L628">
-        <v>51.86</v>
+        <v>51.892</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>0.049</v>
       </c>
       <c r="C629">
-        <v>9.63</v>
+        <v>9.638</v>
       </c>
       <c r="D629">
         <v>1.481</v>
       </c>
       <c r="E629">
         <v>0.713</v>
       </c>
       <c r="F629">
         <v>0.017</v>
       </c>
       <c r="G629">
         <v>2.259</v>
       </c>
       <c r="H629">
         <v>0.004</v>
       </c>
       <c r="I629">
         <v>0.014</v>
       </c>
       <c r="J629">
         <v>4.488</v>
       </c>
       <c r="K629">
-        <v>39.789</v>
+        <v>39.787</v>
       </c>
       <c r="L629">
-        <v>53.956</v>
+        <v>53.963</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>0.069</v>
       </c>
       <c r="C630">
-        <v>8.383</v>
+        <v>8.37</v>
       </c>
       <c r="D630">
         <v>1.26</v>
       </c>
       <c r="E630">
         <v>0.56</v>
       </c>
       <c r="F630">
         <v>0.012</v>
       </c>
       <c r="G630">
         <v>2.146</v>
       </c>
       <c r="H630">
         <v>0.004</v>
       </c>
       <c r="I630">
         <v>0.012</v>
       </c>
       <c r="J630">
         <v>3.994</v>
       </c>
       <c r="K630">
-        <v>47.222</v>
+        <v>47.214</v>
       </c>
       <c r="L630">
-        <v>59.669</v>
+        <v>59.647</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>0.047</v>
       </c>
       <c r="C631">
-        <v>8</v>
+        <v>8.045</v>
       </c>
       <c r="D631">
         <v>0.875</v>
       </c>
       <c r="E631">
         <v>0.555</v>
       </c>
       <c r="F631">
         <v>0.002</v>
       </c>
       <c r="G631">
         <v>2.243</v>
       </c>
       <c r="H631">
         <v>0</v>
       </c>
       <c r="I631">
         <v>0.008</v>
       </c>
       <c r="J631">
-        <v>3.684</v>
+        <v>3.683</v>
       </c>
       <c r="K631">
-        <v>55.476</v>
+        <v>55.478</v>
       </c>
       <c r="L631">
-        <v>67.207</v>
+        <v>67.254</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>0.052</v>
       </c>
       <c r="C632">
-        <v>8.125</v>
+        <v>8.1</v>
       </c>
       <c r="D632">
         <v>0.751</v>
       </c>
       <c r="E632">
         <v>0.562</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>2.231</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>0.007</v>
       </c>
       <c r="J632">
         <v>3.551</v>
       </c>
       <c r="K632">
-        <v>55.124</v>
+        <v>55.122</v>
       </c>
       <c r="L632">
-        <v>66.852</v>
+        <v>66.826</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>0.052</v>
       </c>
       <c r="C633">
-        <v>8.42</v>
+        <v>8.448</v>
       </c>
       <c r="D633">
         <v>1.274</v>
       </c>
       <c r="E633">
         <v>0.585</v>
       </c>
       <c r="F633">
         <v>0</v>
       </c>
       <c r="G633">
         <v>2.095</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>0.012</v>
       </c>
       <c r="J633">
         <v>3.966</v>
       </c>
       <c r="K633">
-        <v>46.353</v>
+        <v>46.339</v>
       </c>
       <c r="L633">
-        <v>58.791</v>
+        <v>58.805</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>0.091</v>
       </c>
       <c r="C634">
-        <v>11.596</v>
+        <v>11.427</v>
       </c>
       <c r="D634">
         <v>1.724</v>
       </c>
       <c r="E634">
         <v>0.817</v>
       </c>
       <c r="F634">
         <v>0.002</v>
       </c>
       <c r="G634">
         <v>2.179</v>
       </c>
       <c r="H634">
         <v>0</v>
       </c>
       <c r="I634">
         <v>0.016</v>
       </c>
       <c r="J634">
         <v>4.738</v>
       </c>
       <c r="K634">
-        <v>41.788</v>
+        <v>41.777</v>
       </c>
       <c r="L634">
-        <v>58.214</v>
+        <v>58.033</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>0.109</v>
       </c>
       <c r="C635">
-        <v>17.249</v>
+        <v>17.219</v>
       </c>
       <c r="D635">
         <v>1.962</v>
       </c>
       <c r="E635">
-        <v>1.149</v>
+        <v>1.15</v>
       </c>
       <c r="F635">
         <v>0.013</v>
       </c>
       <c r="G635">
         <v>2.055</v>
       </c>
       <c r="H635">
         <v>0</v>
       </c>
       <c r="I635">
         <v>0.018</v>
       </c>
       <c r="J635">
-        <v>5.198</v>
+        <v>5.199</v>
       </c>
       <c r="K635">
-        <v>38.971</v>
+        <v>38.968</v>
       </c>
       <c r="L635">
-        <v>61.528</v>
+        <v>61.495</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>0.118</v>
       </c>
       <c r="C636">
-        <v>25.452</v>
+        <v>25.428</v>
       </c>
       <c r="D636">
         <v>2.705</v>
       </c>
       <c r="E636">
-        <v>1.562</v>
+        <v>1.561</v>
       </c>
       <c r="F636">
         <v>0.018</v>
       </c>
       <c r="G636">
         <v>2.113</v>
       </c>
       <c r="H636">
         <v>0.004</v>
       </c>
       <c r="I636">
         <v>0.025</v>
       </c>
       <c r="J636">
-        <v>6.427</v>
+        <v>6.426</v>
       </c>
       <c r="K636">
-        <v>43.647</v>
+        <v>43.657</v>
       </c>
       <c r="L636">
-        <v>75.644</v>
+        <v>75.629</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.143</v>
       </c>
       <c r="C637">
-        <v>33.383</v>
+        <v>33.413</v>
       </c>
       <c r="D637">
-        <v>3.335</v>
+        <v>3.322</v>
       </c>
       <c r="E637">
-        <v>1.912</v>
+        <v>1.911</v>
       </c>
       <c r="F637">
         <v>0.035</v>
       </c>
       <c r="G637">
         <v>2.042</v>
       </c>
       <c r="H637">
         <v>0.007</v>
       </c>
       <c r="I637">
-        <v>0.032</v>
+        <v>0.033</v>
       </c>
       <c r="J637">
-        <v>7.362</v>
+        <v>7.35</v>
       </c>
       <c r="K637">
         <v>50.275</v>
       </c>
       <c r="L637">
-        <v>91.163</v>
+        <v>91.181</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.123</v>
       </c>
       <c r="C638">
-        <v>27.003</v>
+        <v>26.969</v>
       </c>
       <c r="D638">
-        <v>3.771</v>
+        <v>3.757</v>
       </c>
       <c r="E638">
         <v>1.484</v>
       </c>
       <c r="F638">
         <v>0.032</v>
       </c>
       <c r="G638">
         <v>1.886</v>
       </c>
       <c r="H638">
         <v>0.005</v>
       </c>
       <c r="I638">
         <v>0.037</v>
       </c>
       <c r="J638">
-        <v>7.215</v>
+        <v>7.202</v>
       </c>
       <c r="K638">
         <v>40.672</v>
       </c>
       <c r="L638">
-        <v>75.013</v>
+        <v>74.966</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0.109</v>
       </c>
       <c r="C639">
-        <v>20.129</v>
+        <v>19.979</v>
       </c>
       <c r="D639">
-        <v>2.707</v>
+        <v>2.697</v>
       </c>
       <c r="E639">
         <v>1.227</v>
       </c>
       <c r="F639">
         <v>0.022</v>
       </c>
       <c r="G639">
         <v>2.111</v>
       </c>
       <c r="H639">
         <v>0</v>
       </c>
       <c r="I639">
-        <v>0.026</v>
+        <v>0.027</v>
       </c>
       <c r="J639">
-        <v>6.093</v>
+        <v>6.084</v>
       </c>
       <c r="K639">
         <v>36.052</v>
       </c>
       <c r="L639">
-        <v>62.383</v>
+        <v>62.223</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.077</v>
       </c>
       <c r="C640">
-        <v>14.359</v>
+        <v>14.373</v>
       </c>
       <c r="D640">
-        <v>1.756</v>
+        <v>1.75</v>
       </c>
       <c r="E640">
         <v>0.934</v>
       </c>
       <c r="F640">
         <v>0.009</v>
       </c>
       <c r="G640">
         <v>2.071</v>
       </c>
       <c r="H640">
         <v>0</v>
       </c>
       <c r="I640">
         <v>0.017</v>
       </c>
       <c r="J640">
-        <v>4.787</v>
+        <v>4.781</v>
       </c>
       <c r="K640">
         <v>35.485</v>
       </c>
       <c r="L640">
-        <v>54.708</v>
+        <v>54.715</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.071</v>
       </c>
       <c r="C641">
-        <v>10.466</v>
+        <v>10.455</v>
       </c>
       <c r="D641">
-        <v>1.52</v>
+        <v>1.514</v>
       </c>
       <c r="E641">
         <v>0.746</v>
       </c>
       <c r="F641">
         <v>0.009</v>
       </c>
       <c r="G641">
         <v>2.185</v>
       </c>
       <c r="H641">
         <v>0</v>
       </c>
       <c r="I641">
         <v>0.015</v>
       </c>
       <c r="J641">
-        <v>4.475</v>
+        <v>4.469</v>
       </c>
       <c r="K641">
         <v>39.974</v>
       </c>
       <c r="L641">
-        <v>54.986</v>
+        <v>54.969</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.061</v>
       </c>
       <c r="C642">
-        <v>8.521</v>
+        <v>8.505</v>
       </c>
       <c r="D642">
-        <v>1.293</v>
+        <v>1.288</v>
       </c>
       <c r="E642">
         <v>0.561</v>
       </c>
       <c r="F642">
         <v>0.009</v>
       </c>
       <c r="G642">
         <v>2.155</v>
       </c>
       <c r="H642">
         <v>0</v>
       </c>
       <c r="I642">
         <v>0.013</v>
       </c>
       <c r="J642">
-        <v>4.032</v>
+        <v>4.027</v>
       </c>
       <c r="K642">
         <v>48.625</v>
       </c>
       <c r="L642">
-        <v>61.239</v>
+        <v>61.218</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>0.061</v>
+        <v>0.071</v>
       </c>
       <c r="C643">
-        <v>8.487</v>
+        <v>8.442</v>
       </c>
       <c r="D643">
-        <v>0.898</v>
+        <v>0.894</v>
       </c>
       <c r="E643">
         <v>0.557</v>
       </c>
       <c r="F643">
         <v>0.003</v>
       </c>
       <c r="G643">
         <v>2.201</v>
       </c>
       <c r="H643">
         <v>0</v>
       </c>
       <c r="I643">
         <v>0.009</v>
       </c>
       <c r="J643">
-        <v>3.668</v>
+        <v>3.665</v>
       </c>
       <c r="K643">
         <v>57.944</v>
       </c>
       <c r="L643">
-        <v>70.16</v>
+        <v>70.122</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>0.072</v>
+        <v>0.067</v>
       </c>
       <c r="C644">
-        <v>8.425</v>
+        <v>8.377</v>
       </c>
       <c r="D644">
-        <v>0.77</v>
+        <v>0.768</v>
       </c>
       <c r="E644">
         <v>0.566</v>
       </c>
       <c r="F644">
         <v>0.006</v>
       </c>
       <c r="G644">
         <v>2.222</v>
       </c>
       <c r="H644">
         <v>0</v>
       </c>
       <c r="I644">
-        <v>0.007</v>
+        <v>0.008</v>
       </c>
       <c r="J644">
-        <v>3.573</v>
+        <v>3.57</v>
       </c>
       <c r="K644">
         <v>54.039</v>
       </c>
       <c r="L644">
-        <v>66.109</v>
+        <v>66.053</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>0.068</v>
+        <v>0.066</v>
       </c>
       <c r="C645">
-        <v>8.521</v>
+        <v>8.479</v>
       </c>
       <c r="D645">
-        <v>1.307</v>
+        <v>1.302</v>
       </c>
       <c r="E645">
         <v>0.59</v>
       </c>
       <c r="F645">
         <v>0</v>
       </c>
       <c r="G645">
         <v>2.091</v>
       </c>
       <c r="H645">
         <v>0</v>
       </c>
       <c r="I645">
         <v>0.013</v>
       </c>
       <c r="J645">
-        <v>4</v>
+        <v>3.996</v>
       </c>
       <c r="K645">
         <v>47.994</v>
       </c>
       <c r="L645">
-        <v>60.583</v>
+        <v>60.535</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>0.095</v>
       </c>
       <c r="C646">
-        <v>12.51</v>
+        <v>12.431</v>
       </c>
       <c r="D646">
-        <v>1.769</v>
+        <v>1.762</v>
       </c>
       <c r="E646">
         <v>0.86</v>
       </c>
       <c r="F646">
-        <v>-0.026</v>
+        <v>0.003</v>
       </c>
       <c r="G646">
-        <v>2.159</v>
+        <v>2.132</v>
       </c>
       <c r="H646">
         <v>0</v>
       </c>
       <c r="I646">
-        <v>0.017</v>
+        <v>0.018</v>
       </c>
       <c r="J646">
-        <v>4.778</v>
+        <v>4.775</v>
       </c>
       <c r="K646">
         <v>44.757</v>
       </c>
       <c r="L646">
-        <v>62.141</v>
+        <v>62.059</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0.124</v>
+      </c>
+      <c r="C647">
+        <v>18.7</v>
+      </c>
+      <c r="D647">
+        <v>2.005</v>
+      </c>
+      <c r="E647">
+        <v>1.198</v>
+      </c>
+      <c r="F647">
+        <v>0.02</v>
+      </c>
+      <c r="G647">
+        <v>2.022</v>
+      </c>
+      <c r="H647">
+        <v>0</v>
+      </c>
+      <c r="I647">
+        <v>0.02</v>
+      </c>
+      <c r="J647">
+        <v>5.265</v>
+      </c>
+      <c r="K647">
+        <v>41.927</v>
+      </c>
+      <c r="L647">
+        <v>66.016</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>