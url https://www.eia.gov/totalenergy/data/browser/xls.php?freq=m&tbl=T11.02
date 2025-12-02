--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>November 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: November 25, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: December 23, 2025</t>
   </si>
   <si>
     <t>Table 11.2 Carbon Dioxide Emissions From Energy Consumption: Residential Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Petroleum Residential Sector CO2 Emissions</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z644"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A644"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -18339,559 +18339,617 @@
       </c>
       <c r="F624">
         <v>0.17</v>
       </c>
       <c r="G624">
         <v>8.245</v>
       </c>
       <c r="H624">
         <v>43.674</v>
       </c>
       <c r="I624">
         <v>88.079</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625" t="s">
         <v>15</v>
       </c>
       <c r="C625">
         <v>51.195</v>
       </c>
       <c r="D625">
-        <v>4.689</v>
+        <v>4.692</v>
       </c>
       <c r="E625">
         <v>5.375</v>
       </c>
       <c r="F625">
         <v>0.139</v>
       </c>
       <c r="G625">
-        <v>10.203</v>
+        <v>10.206</v>
       </c>
       <c r="H625">
-        <v>58.489</v>
+        <v>58.229</v>
       </c>
       <c r="I625">
-        <v>119.888</v>
+        <v>119.631</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626" t="s">
         <v>15</v>
       </c>
       <c r="C626">
         <v>35.452</v>
       </c>
       <c r="D626">
-        <v>5.303</v>
+        <v>5.306</v>
       </c>
       <c r="E626">
-        <v>3.905</v>
+        <v>3.906</v>
       </c>
       <c r="F626">
         <v>0.07</v>
       </c>
       <c r="G626">
-        <v>9.278</v>
+        <v>9.281</v>
       </c>
       <c r="H626">
-        <v>37.699</v>
+        <v>37.327</v>
       </c>
       <c r="I626">
-        <v>82.429</v>
+        <v>82.06</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627" t="s">
         <v>15</v>
       </c>
       <c r="C627">
         <v>27.889</v>
       </c>
       <c r="D627">
-        <v>3.806</v>
+        <v>3.808</v>
       </c>
       <c r="E627">
         <v>3.504</v>
       </c>
       <c r="F627">
         <v>0.073</v>
       </c>
       <c r="G627">
-        <v>7.383</v>
+        <v>7.385</v>
       </c>
       <c r="H627">
-        <v>31.814</v>
+        <v>31.585</v>
       </c>
       <c r="I627">
-        <v>67.086</v>
+        <v>66.86</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628" t="s">
         <v>15</v>
       </c>
       <c r="C628">
         <v>17.408</v>
       </c>
       <c r="D628">
-        <v>2.47</v>
+        <v>2.471</v>
       </c>
       <c r="E628">
-        <v>2.365</v>
+        <v>2.366</v>
       </c>
       <c r="F628">
         <v>0.107</v>
       </c>
       <c r="G628">
-        <v>4.942</v>
+        <v>4.945</v>
       </c>
       <c r="H628">
-        <v>29.297</v>
+        <v>29.051</v>
       </c>
       <c r="I628">
-        <v>51.647</v>
+        <v>51.404</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629" t="s">
         <v>15</v>
       </c>
       <c r="C629">
         <v>9.442</v>
       </c>
       <c r="D629">
-        <v>2.137</v>
+        <v>2.138</v>
       </c>
       <c r="E629">
         <v>1.502</v>
       </c>
       <c r="F629">
         <v>0.109</v>
       </c>
       <c r="G629">
-        <v>3.748</v>
+        <v>3.749</v>
       </c>
       <c r="H629">
-        <v>36.518</v>
+        <v>36.285</v>
       </c>
       <c r="I629">
-        <v>49.709</v>
+        <v>49.476</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630" t="s">
         <v>15</v>
       </c>
       <c r="C630">
         <v>6.692</v>
       </c>
       <c r="D630">
-        <v>1.818</v>
+        <v>1.819</v>
       </c>
       <c r="E630">
         <v>0.972</v>
       </c>
       <c r="F630">
         <v>0.077</v>
       </c>
       <c r="G630">
-        <v>2.867</v>
+        <v>2.868</v>
       </c>
       <c r="H630">
-        <v>51.677</v>
+        <v>51.217</v>
       </c>
       <c r="I630">
-        <v>61.236</v>
+        <v>60.778</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631" t="s">
         <v>15</v>
       </c>
       <c r="C631">
-        <v>5.883</v>
+        <v>5.882</v>
       </c>
       <c r="D631">
-        <v>1.262</v>
+        <v>1.263</v>
       </c>
       <c r="E631">
         <v>0.918</v>
       </c>
       <c r="F631">
         <v>0.015</v>
       </c>
       <c r="G631">
         <v>2.196</v>
       </c>
       <c r="H631">
-        <v>66.104</v>
+        <v>65.457</v>
       </c>
       <c r="I631">
-        <v>74.182</v>
+        <v>73.536</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632" t="s">
         <v>15</v>
       </c>
       <c r="C632">
         <v>5.785</v>
       </c>
       <c r="D632">
-        <v>1.083</v>
+        <v>1.084</v>
       </c>
       <c r="E632">
         <v>0.945</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>2.029</v>
       </c>
       <c r="H632">
-        <v>62.704</v>
+        <v>62.297</v>
       </c>
       <c r="I632">
-        <v>70.517</v>
+        <v>70.11</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633" t="s">
         <v>15</v>
       </c>
       <c r="C633">
         <v>6.243</v>
       </c>
       <c r="D633">
-        <v>1.838</v>
+        <v>1.839</v>
       </c>
       <c r="E633">
-        <v>1.066</v>
+        <v>1.065</v>
       </c>
       <c r="F633">
         <v>0</v>
       </c>
       <c r="G633">
         <v>2.904</v>
       </c>
       <c r="H633">
-        <v>46.971</v>
+        <v>46.34</v>
       </c>
       <c r="I633">
-        <v>56.118</v>
+        <v>55.486</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634" t="s">
         <v>15</v>
       </c>
       <c r="C634">
         <v>10.647</v>
       </c>
       <c r="D634">
-        <v>2.487</v>
+        <v>2.488</v>
       </c>
       <c r="E634">
-        <v>1.891</v>
+        <v>1.89</v>
       </c>
       <c r="F634">
         <v>0.011</v>
       </c>
       <c r="G634">
-        <v>4.388</v>
+        <v>4.389</v>
       </c>
       <c r="H634">
-        <v>37.042</v>
+        <v>36.629</v>
       </c>
       <c r="I634">
-        <v>52.077</v>
+        <v>51.665</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635" t="s">
         <v>15</v>
       </c>
       <c r="C635">
         <v>22.628</v>
       </c>
       <c r="D635">
-        <v>2.83</v>
+        <v>2.832</v>
       </c>
       <c r="E635">
-        <v>3.161</v>
+        <v>3.16</v>
       </c>
       <c r="F635">
         <v>0.084</v>
       </c>
       <c r="G635">
         <v>6.075</v>
       </c>
       <c r="H635">
-        <v>34.925</v>
+        <v>34.309</v>
       </c>
       <c r="I635">
-        <v>63.628</v>
+        <v>63.013</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636" t="s">
         <v>15</v>
       </c>
       <c r="C636">
         <v>41.529</v>
       </c>
       <c r="D636">
-        <v>3.901</v>
+        <v>3.904</v>
       </c>
       <c r="E636">
-        <v>4.652</v>
+        <v>4.653</v>
       </c>
       <c r="F636">
         <v>0.111</v>
       </c>
       <c r="G636">
-        <v>8.664</v>
+        <v>8.667</v>
       </c>
       <c r="H636">
-        <v>47.121</v>
+        <v>46.709</v>
       </c>
       <c r="I636">
-        <v>97.314</v>
+        <v>96.905</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637" t="s">
         <v>15</v>
       </c>
       <c r="C637">
         <v>56.792</v>
       </c>
       <c r="D637">
-        <v>5.004</v>
+        <v>5.007</v>
       </c>
       <c r="E637">
-        <v>5.944</v>
+        <v>5.945</v>
       </c>
       <c r="F637">
         <v>0.227</v>
       </c>
       <c r="G637">
-        <v>11.176</v>
+        <v>11.18</v>
       </c>
       <c r="H637">
-        <v>62.272</v>
+        <v>62.074</v>
       </c>
       <c r="I637">
-        <v>130.239</v>
+        <v>130.045</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638" t="s">
         <v>15</v>
       </c>
       <c r="C638">
         <v>43.739</v>
       </c>
       <c r="D638">
-        <v>5.659</v>
+        <v>5.662</v>
       </c>
       <c r="E638">
-        <v>4.471</v>
+        <v>4.474</v>
       </c>
       <c r="F638">
         <v>0.208</v>
       </c>
       <c r="G638">
-        <v>10.338</v>
+        <v>10.344</v>
       </c>
       <c r="H638">
-        <v>46.362</v>
+        <v>46.247</v>
       </c>
       <c r="I638">
-        <v>100.44</v>
+        <v>100.33</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639" t="s">
         <v>15</v>
       </c>
       <c r="C639">
         <v>28.789</v>
       </c>
       <c r="D639">
-        <v>4.062</v>
+        <v>4.064</v>
       </c>
       <c r="E639">
-        <v>3.403</v>
+        <v>3.405</v>
       </c>
       <c r="F639">
         <v>0.146</v>
       </c>
       <c r="G639">
-        <v>7.611</v>
+        <v>7.615</v>
       </c>
       <c r="H639">
-        <v>34.67</v>
+        <v>34.629</v>
       </c>
       <c r="I639">
-        <v>71.07</v>
+        <v>71.033</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640" t="s">
         <v>15</v>
       </c>
       <c r="C640">
         <v>17.904</v>
       </c>
       <c r="D640">
-        <v>2.636</v>
+        <v>2.637</v>
       </c>
       <c r="E640">
-        <v>2.357</v>
+        <v>2.359</v>
       </c>
       <c r="F640">
         <v>0.056</v>
       </c>
       <c r="G640">
-        <v>5.049</v>
+        <v>5.052</v>
       </c>
       <c r="H640">
-        <v>31.138</v>
+        <v>30.883</v>
       </c>
       <c r="I640">
-        <v>54.091</v>
+        <v>53.839</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641" t="s">
         <v>15</v>
       </c>
       <c r="C641">
         <v>10.296</v>
       </c>
       <c r="D641">
-        <v>2.28</v>
+        <v>2.282</v>
       </c>
       <c r="E641">
         <v>1.626</v>
       </c>
       <c r="F641">
         <v>0.058</v>
       </c>
       <c r="G641">
-        <v>3.964</v>
+        <v>3.966</v>
       </c>
       <c r="H641">
-        <v>35.264</v>
+        <v>35.253</v>
       </c>
       <c r="I641">
-        <v>49.525</v>
+        <v>49.515</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642" t="s">
         <v>15</v>
       </c>
       <c r="C642">
-        <v>7.06</v>
+        <v>7.057</v>
       </c>
       <c r="D642">
-        <v>1.94</v>
+        <v>1.942</v>
       </c>
       <c r="E642">
-        <v>0.975</v>
+        <v>0.976</v>
       </c>
       <c r="F642">
         <v>0.06</v>
       </c>
       <c r="G642">
-        <v>2.976</v>
+        <v>2.977</v>
       </c>
       <c r="H642">
-        <v>51.067</v>
+        <v>51.007</v>
       </c>
       <c r="I642">
-        <v>61.102</v>
+        <v>61.042</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643" t="s">
+        <v>15</v>
+      </c>
+      <c r="C643">
+        <v>6.17</v>
+      </c>
+      <c r="D643">
+        <v>1.348</v>
+      </c>
+      <c r="E643">
+        <v>0.921</v>
+      </c>
+      <c r="F643">
+        <v>0.022</v>
+      </c>
+      <c r="G643">
+        <v>2.292</v>
+      </c>
+      <c r="H643">
+        <v>68.069</v>
+      </c>
+      <c r="I643">
+        <v>76.531</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644" t="s">
+        <v>15</v>
+      </c>
+      <c r="C644">
+        <v>5.635</v>
+      </c>
+      <c r="D644">
+        <v>1.157</v>
+      </c>
+      <c r="E644">
+        <v>0.956</v>
+      </c>
+      <c r="F644">
+        <v>0</v>
+      </c>
+      <c r="G644">
+        <v>2.113</v>
+      </c>
+      <c r="H644">
+        <v>59.582</v>
+      </c>
+      <c r="I644">
+        <v>67.33</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -20467,69 +20525,69 @@
       </c>
       <c r="E63">
         <v>29.711</v>
       </c>
       <c r="F63">
         <v>1.112</v>
       </c>
       <c r="G63">
         <v>65.492</v>
       </c>
       <c r="H63">
         <v>531.85</v>
       </c>
       <c r="I63">
         <v>844.777</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64" t="s">
         <v>15</v>
       </c>
       <c r="C64">
-        <v>240.769</v>
+        <v>240.768</v>
       </c>
       <c r="D64">
-        <v>33.624</v>
+        <v>33.643</v>
       </c>
       <c r="E64">
         <v>30.257</v>
       </c>
       <c r="F64">
         <v>0.795</v>
       </c>
       <c r="G64">
-        <v>64.677</v>
+        <v>64.695</v>
       </c>
       <c r="H64">
-        <v>537.113</v>
+        <v>532.137</v>
       </c>
       <c r="I64">
-        <v>842.559</v>
+        <v>837.6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>