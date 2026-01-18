--- v1 (2025-12-02)
+++ v2 (2026-01-18)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 11.2 Carbon Dioxide Emissions From Energy Consumption: Residential Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Petroleum Residential Sector CO2 Emissions</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -17988,968 +17988,997 @@
       </c>
       <c r="E612">
         <v>4.736</v>
       </c>
       <c r="F612">
         <v>0.057</v>
       </c>
       <c r="G612">
         <v>8.914</v>
       </c>
       <c r="H612">
         <v>53.501</v>
       </c>
       <c r="I612">
         <v>108.169</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613" t="s">
         <v>15</v>
       </c>
       <c r="C613">
-        <v>44.2</v>
+        <v>44.247</v>
       </c>
       <c r="D613">
         <v>4.835</v>
       </c>
       <c r="E613">
         <v>4.515</v>
       </c>
       <c r="F613">
         <v>0.254</v>
       </c>
       <c r="G613">
         <v>9.604</v>
       </c>
       <c r="H613">
-        <v>47.801</v>
+        <v>47.819</v>
       </c>
       <c r="I613">
-        <v>101.605</v>
+        <v>101.67</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614" t="s">
         <v>15</v>
       </c>
       <c r="C614">
-        <v>37.796</v>
+        <v>37.837</v>
       </c>
       <c r="D614">
         <v>5.467</v>
       </c>
       <c r="E614">
         <v>3.954</v>
       </c>
       <c r="F614">
         <v>0.156</v>
       </c>
       <c r="G614">
         <v>9.577</v>
       </c>
       <c r="H614">
-        <v>37.313</v>
+        <v>37.328</v>
       </c>
       <c r="I614">
-        <v>84.685</v>
+        <v>84.741</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615" t="s">
         <v>15</v>
       </c>
       <c r="C615">
-        <v>34.873</v>
+        <v>34.914</v>
       </c>
       <c r="D615">
         <v>3.924</v>
       </c>
       <c r="E615">
         <v>3.857</v>
       </c>
       <c r="F615">
         <v>0.033</v>
       </c>
       <c r="G615">
         <v>7.814</v>
       </c>
       <c r="H615">
-        <v>37.577</v>
+        <v>37.595</v>
       </c>
       <c r="I615">
-        <v>80.265</v>
+        <v>80.323</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616" t="s">
         <v>15</v>
       </c>
       <c r="C616">
-        <v>18.626</v>
+        <v>18.651</v>
       </c>
       <c r="D616">
         <v>2.547</v>
       </c>
       <c r="E616">
         <v>2.365</v>
       </c>
       <c r="F616">
         <v>0.086</v>
       </c>
       <c r="G616">
         <v>4.998</v>
       </c>
       <c r="H616">
-        <v>30.715</v>
+        <v>30.734</v>
       </c>
       <c r="I616">
-        <v>54.34</v>
+        <v>54.384</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617" t="s">
         <v>15</v>
       </c>
       <c r="C617">
-        <v>10.854</v>
+        <v>10.871</v>
       </c>
       <c r="D617">
         <v>2.203</v>
       </c>
       <c r="E617">
         <v>1.618</v>
       </c>
       <c r="F617">
         <v>0.131</v>
       </c>
       <c r="G617">
         <v>3.953</v>
       </c>
       <c r="H617">
-        <v>34.001</v>
+        <v>34.024</v>
       </c>
       <c r="I617">
-        <v>48.808</v>
+        <v>48.847</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618" t="s">
         <v>15</v>
       </c>
       <c r="C618">
-        <v>7.106</v>
+        <v>7.116</v>
       </c>
       <c r="D618">
         <v>1.875</v>
       </c>
       <c r="E618">
         <v>1.073</v>
       </c>
       <c r="F618">
         <v>0.046</v>
       </c>
       <c r="G618">
         <v>2.993</v>
       </c>
       <c r="H618">
-        <v>46.517</v>
+        <v>46.545</v>
       </c>
       <c r="I618">
-        <v>56.616</v>
+        <v>56.654</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619" t="s">
         <v>15</v>
       </c>
       <c r="C619">
-        <v>6.158</v>
+        <v>6.166</v>
       </c>
       <c r="D619">
         <v>1.301</v>
       </c>
       <c r="E619">
         <v>0.907</v>
       </c>
       <c r="F619">
         <v>0.113</v>
       </c>
       <c r="G619">
         <v>2.322</v>
       </c>
       <c r="H619">
-        <v>66.887</v>
+        <v>66.922</v>
       </c>
       <c r="I619">
-        <v>75.366</v>
+        <v>75.41</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620" t="s">
         <v>15</v>
       </c>
       <c r="C620">
-        <v>5.801</v>
+        <v>5.808</v>
       </c>
       <c r="D620">
         <v>1.117</v>
       </c>
       <c r="E620">
         <v>0.933</v>
       </c>
       <c r="F620">
         <v>0.005</v>
       </c>
       <c r="G620">
         <v>2.055</v>
       </c>
       <c r="H620">
-        <v>66.268</v>
+        <v>66.304</v>
       </c>
       <c r="I620">
-        <v>74.123</v>
+        <v>74.167</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621" t="s">
         <v>15</v>
       </c>
       <c r="C621">
-        <v>6.253</v>
+        <v>6.262</v>
       </c>
       <c r="D621">
         <v>1.895</v>
       </c>
       <c r="E621">
         <v>1.087</v>
       </c>
       <c r="F621">
         <v>0.098</v>
       </c>
       <c r="G621">
         <v>3.079</v>
       </c>
       <c r="H621">
-        <v>49.329</v>
+        <v>49.359</v>
       </c>
       <c r="I621">
-        <v>58.661</v>
+        <v>58.7</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622" t="s">
         <v>15</v>
       </c>
       <c r="C622">
-        <v>12.473</v>
+        <v>12.49</v>
       </c>
       <c r="D622">
         <v>2.564</v>
       </c>
       <c r="E622">
         <v>1.933</v>
       </c>
       <c r="F622">
         <v>0.01</v>
       </c>
       <c r="G622">
         <v>4.507</v>
       </c>
       <c r="H622">
-        <v>36.938</v>
+        <v>36.96</v>
       </c>
       <c r="I622">
-        <v>53.917</v>
+        <v>53.957</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623" t="s">
         <v>15</v>
       </c>
       <c r="C623">
-        <v>27.199</v>
+        <v>27.232</v>
       </c>
       <c r="D623">
         <v>2.918</v>
       </c>
       <c r="E623">
         <v>3.418</v>
       </c>
       <c r="F623">
         <v>0.009</v>
       </c>
       <c r="G623">
         <v>6.345</v>
       </c>
       <c r="H623">
-        <v>37.067</v>
+        <v>37.085</v>
       </c>
       <c r="I623">
-        <v>70.611</v>
+        <v>70.663</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624" t="s">
         <v>15</v>
       </c>
       <c r="C624">
-        <v>36.159</v>
+        <v>36.2</v>
       </c>
       <c r="D624">
         <v>4.023</v>
       </c>
       <c r="E624">
         <v>4.053</v>
       </c>
       <c r="F624">
         <v>0.17</v>
       </c>
       <c r="G624">
         <v>8.245</v>
       </c>
       <c r="H624">
-        <v>43.674</v>
+        <v>43.694</v>
       </c>
       <c r="I624">
-        <v>88.079</v>
+        <v>88.14</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625" t="s">
         <v>15</v>
       </c>
       <c r="C625">
-        <v>51.195</v>
+        <v>51.133</v>
       </c>
       <c r="D625">
         <v>4.692</v>
       </c>
       <c r="E625">
-        <v>5.375</v>
+        <v>5.374</v>
       </c>
       <c r="F625">
         <v>0.139</v>
       </c>
       <c r="G625">
         <v>10.206</v>
       </c>
       <c r="H625">
-        <v>58.229</v>
+        <v>58.29</v>
       </c>
       <c r="I625">
-        <v>119.631</v>
+        <v>119.628</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626" t="s">
         <v>15</v>
       </c>
       <c r="C626">
-        <v>35.452</v>
+        <v>35.41</v>
       </c>
       <c r="D626">
         <v>5.306</v>
       </c>
       <c r="E626">
         <v>3.906</v>
       </c>
       <c r="F626">
         <v>0.07</v>
       </c>
       <c r="G626">
         <v>9.281</v>
       </c>
       <c r="H626">
-        <v>37.327</v>
+        <v>37.365</v>
       </c>
       <c r="I626">
-        <v>82.06</v>
+        <v>82.056</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627" t="s">
         <v>15</v>
       </c>
       <c r="C627">
-        <v>27.889</v>
+        <v>27.858</v>
       </c>
       <c r="D627">
         <v>3.808</v>
       </c>
       <c r="E627">
-        <v>3.504</v>
+        <v>3.505</v>
       </c>
       <c r="F627">
         <v>0.073</v>
       </c>
       <c r="G627">
-        <v>7.385</v>
+        <v>7.386</v>
       </c>
       <c r="H627">
-        <v>31.585</v>
+        <v>31.618</v>
       </c>
       <c r="I627">
-        <v>66.86</v>
+        <v>66.862</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628" t="s">
         <v>15</v>
       </c>
       <c r="C628">
-        <v>17.408</v>
+        <v>17.391</v>
       </c>
       <c r="D628">
         <v>2.471</v>
       </c>
       <c r="E628">
-        <v>2.366</v>
+        <v>2.368</v>
       </c>
       <c r="F628">
         <v>0.107</v>
       </c>
       <c r="G628">
-        <v>4.945</v>
+        <v>4.947</v>
       </c>
       <c r="H628">
-        <v>29.051</v>
+        <v>29.082</v>
       </c>
       <c r="I628">
-        <v>51.404</v>
+        <v>51.42</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629" t="s">
         <v>15</v>
       </c>
       <c r="C629">
-        <v>9.442</v>
+        <v>9.433</v>
       </c>
       <c r="D629">
         <v>2.138</v>
       </c>
       <c r="E629">
-        <v>1.502</v>
+        <v>1.501</v>
       </c>
       <c r="F629">
         <v>0.109</v>
       </c>
       <c r="G629">
-        <v>3.749</v>
+        <v>3.747</v>
       </c>
       <c r="H629">
-        <v>36.285</v>
+        <v>36.325</v>
       </c>
       <c r="I629">
-        <v>49.476</v>
+        <v>49.506</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630" t="s">
         <v>15</v>
       </c>
       <c r="C630">
-        <v>6.692</v>
+        <v>6.685</v>
       </c>
       <c r="D630">
         <v>1.819</v>
       </c>
       <c r="E630">
         <v>0.972</v>
       </c>
       <c r="F630">
         <v>0.077</v>
       </c>
       <c r="G630">
         <v>2.868</v>
       </c>
       <c r="H630">
-        <v>51.217</v>
+        <v>51.271</v>
       </c>
       <c r="I630">
-        <v>60.778</v>
+        <v>60.824</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631" t="s">
         <v>15</v>
       </c>
       <c r="C631">
-        <v>5.882</v>
+        <v>5.876</v>
       </c>
       <c r="D631">
         <v>1.263</v>
       </c>
       <c r="E631">
-        <v>0.918</v>
+        <v>0.919</v>
       </c>
       <c r="F631">
         <v>0.015</v>
       </c>
       <c r="G631">
-        <v>2.196</v>
+        <v>2.197</v>
       </c>
       <c r="H631">
-        <v>65.457</v>
+        <v>65.527</v>
       </c>
       <c r="I631">
-        <v>73.536</v>
+        <v>73.599</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632" t="s">
         <v>15</v>
       </c>
       <c r="C632">
-        <v>5.785</v>
+        <v>5.778</v>
       </c>
       <c r="D632">
         <v>1.084</v>
       </c>
       <c r="E632">
         <v>0.945</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>2.029</v>
       </c>
       <c r="H632">
-        <v>62.297</v>
+        <v>62.362</v>
       </c>
       <c r="I632">
-        <v>70.11</v>
+        <v>70.17</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633" t="s">
         <v>15</v>
       </c>
       <c r="C633">
-        <v>6.243</v>
+        <v>6.236</v>
       </c>
       <c r="D633">
         <v>1.839</v>
       </c>
       <c r="E633">
-        <v>1.065</v>
+        <v>1.067</v>
       </c>
       <c r="F633">
         <v>0</v>
       </c>
       <c r="G633">
-        <v>2.904</v>
+        <v>2.906</v>
       </c>
       <c r="H633">
-        <v>46.34</v>
+        <v>46.387</v>
       </c>
       <c r="I633">
-        <v>55.486</v>
+        <v>55.528</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634" t="s">
         <v>15</v>
       </c>
       <c r="C634">
-        <v>10.647</v>
+        <v>10.635</v>
       </c>
       <c r="D634">
         <v>2.488</v>
       </c>
       <c r="E634">
         <v>1.89</v>
       </c>
       <c r="F634">
         <v>0.011</v>
       </c>
       <c r="G634">
-        <v>4.389</v>
+        <v>4.39</v>
       </c>
       <c r="H634">
-        <v>36.629</v>
+        <v>36.668</v>
       </c>
       <c r="I634">
-        <v>51.665</v>
+        <v>51.692</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635" t="s">
         <v>15</v>
       </c>
       <c r="C635">
-        <v>22.628</v>
+        <v>22.602</v>
       </c>
       <c r="D635">
         <v>2.832</v>
       </c>
       <c r="E635">
-        <v>3.16</v>
+        <v>3.158</v>
       </c>
       <c r="F635">
         <v>0.084</v>
       </c>
       <c r="G635">
-        <v>6.075</v>
+        <v>6.074</v>
       </c>
       <c r="H635">
-        <v>34.309</v>
+        <v>34.344</v>
       </c>
       <c r="I635">
-        <v>63.013</v>
+        <v>63.02</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636" t="s">
         <v>15</v>
       </c>
       <c r="C636">
-        <v>41.529</v>
+        <v>41.483</v>
       </c>
       <c r="D636">
         <v>3.904</v>
       </c>
       <c r="E636">
-        <v>4.653</v>
+        <v>4.652</v>
       </c>
       <c r="F636">
         <v>0.111</v>
       </c>
       <c r="G636">
-        <v>8.667</v>
+        <v>8.666</v>
       </c>
       <c r="H636">
-        <v>46.709</v>
+        <v>46.759</v>
       </c>
       <c r="I636">
-        <v>96.905</v>
+        <v>96.907</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637" t="s">
         <v>15</v>
       </c>
       <c r="C637">
-        <v>56.792</v>
+        <v>56.643</v>
       </c>
       <c r="D637">
         <v>5.007</v>
       </c>
       <c r="E637">
-        <v>5.945</v>
+        <v>5.943</v>
       </c>
       <c r="F637">
         <v>0.227</v>
       </c>
       <c r="G637">
-        <v>11.18</v>
+        <v>11.178</v>
       </c>
       <c r="H637">
-        <v>62.074</v>
+        <v>62.12</v>
       </c>
       <c r="I637">
-        <v>130.045</v>
+        <v>129.941</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638" t="s">
         <v>15</v>
       </c>
       <c r="C638">
-        <v>43.739</v>
+        <v>43.532</v>
       </c>
       <c r="D638">
         <v>5.662</v>
       </c>
       <c r="E638">
-        <v>4.474</v>
+        <v>4.471</v>
       </c>
       <c r="F638">
         <v>0.208</v>
       </c>
       <c r="G638">
-        <v>10.344</v>
+        <v>10.342</v>
       </c>
       <c r="H638">
-        <v>46.247</v>
+        <v>46.281</v>
       </c>
       <c r="I638">
-        <v>100.33</v>
+        <v>100.154</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639" t="s">
         <v>15</v>
       </c>
       <c r="C639">
-        <v>28.789</v>
+        <v>29.011</v>
       </c>
       <c r="D639">
         <v>4.064</v>
       </c>
       <c r="E639">
-        <v>3.405</v>
+        <v>3.403</v>
       </c>
       <c r="F639">
         <v>0.146</v>
       </c>
       <c r="G639">
-        <v>7.615</v>
+        <v>7.613</v>
       </c>
       <c r="H639">
-        <v>34.629</v>
+        <v>34.653</v>
       </c>
       <c r="I639">
-        <v>71.033</v>
+        <v>71.278</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640" t="s">
         <v>15</v>
       </c>
       <c r="C640">
-        <v>17.904</v>
+        <v>17.841</v>
       </c>
       <c r="D640">
         <v>2.637</v>
       </c>
       <c r="E640">
         <v>2.359</v>
       </c>
       <c r="F640">
         <v>0.056</v>
       </c>
       <c r="G640">
         <v>5.052</v>
       </c>
       <c r="H640">
-        <v>30.883</v>
+        <v>30.904</v>
       </c>
       <c r="I640">
-        <v>53.839</v>
+        <v>53.796</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641" t="s">
         <v>15</v>
       </c>
       <c r="C641">
-        <v>10.296</v>
+        <v>10.283</v>
       </c>
       <c r="D641">
         <v>2.282</v>
       </c>
       <c r="E641">
         <v>1.626</v>
       </c>
       <c r="F641">
         <v>0.058</v>
       </c>
       <c r="G641">
         <v>3.966</v>
       </c>
       <c r="H641">
-        <v>35.253</v>
+        <v>35.276</v>
       </c>
       <c r="I641">
-        <v>49.515</v>
+        <v>49.524</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642" t="s">
         <v>15</v>
       </c>
       <c r="C642">
-        <v>7.057</v>
+        <v>7.088</v>
       </c>
       <c r="D642">
         <v>1.942</v>
       </c>
       <c r="E642">
         <v>0.976</v>
       </c>
       <c r="F642">
         <v>0.06</v>
       </c>
       <c r="G642">
-        <v>2.977</v>
+        <v>2.978</v>
       </c>
       <c r="H642">
-        <v>51.007</v>
+        <v>51.04</v>
       </c>
       <c r="I642">
-        <v>61.042</v>
+        <v>61.106</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643" t="s">
         <v>15</v>
       </c>
       <c r="C643">
-        <v>6.17</v>
+        <v>6.008</v>
       </c>
       <c r="D643">
         <v>1.348</v>
       </c>
       <c r="E643">
         <v>0.921</v>
       </c>
       <c r="F643">
         <v>0.022</v>
       </c>
       <c r="G643">
         <v>2.292</v>
       </c>
       <c r="H643">
-        <v>68.069</v>
+        <v>68.114</v>
       </c>
       <c r="I643">
-        <v>76.531</v>
+        <v>76.413</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644" t="s">
         <v>15</v>
       </c>
       <c r="C644">
-        <v>5.635</v>
+        <v>5.767</v>
       </c>
       <c r="D644">
         <v>1.157</v>
       </c>
       <c r="E644">
         <v>0.956</v>
       </c>
       <c r="F644">
-        <v>0</v>
+        <v>0.042</v>
       </c>
       <c r="G644">
-        <v>2.113</v>
+        <v>2.155</v>
       </c>
       <c r="H644">
-        <v>59.582</v>
+        <v>59.62</v>
       </c>
       <c r="I644">
-        <v>67.33</v>
+        <v>67.542</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645" t="s">
+        <v>15</v>
+      </c>
+      <c r="C645">
+        <v>6.119</v>
+      </c>
+      <c r="D645">
+        <v>1.962</v>
+      </c>
+      <c r="E645">
+        <v>1.081</v>
+      </c>
+      <c r="F645">
+        <v>0.002</v>
+      </c>
+      <c r="G645">
+        <v>3.046</v>
+      </c>
+      <c r="H645">
+        <v>47.157</v>
+      </c>
+      <c r="I645">
+        <v>56.322</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -20496,98 +20525,98 @@
       </c>
       <c r="E62">
         <v>31.712</v>
       </c>
       <c r="F62">
         <v>0.62</v>
       </c>
       <c r="G62">
         <v>67.847</v>
       </c>
       <c r="H62">
         <v>591.261</v>
       </c>
       <c r="I62">
         <v>931.062</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63" t="s">
         <v>15</v>
       </c>
       <c r="C63">
-        <v>247.436</v>
+        <v>247.749</v>
       </c>
       <c r="D63">
         <v>34.669</v>
       </c>
       <c r="E63">
         <v>29.711</v>
       </c>
       <c r="F63">
         <v>1.112</v>
       </c>
       <c r="G63">
         <v>65.492</v>
       </c>
       <c r="H63">
-        <v>531.85</v>
+        <v>532.124</v>
       </c>
       <c r="I63">
-        <v>844.777</v>
+        <v>845.365</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64" t="s">
         <v>15</v>
       </c>
       <c r="C64">
-        <v>240.768</v>
+        <v>240.5</v>
       </c>
       <c r="D64">
         <v>33.643</v>
       </c>
       <c r="E64">
         <v>30.257</v>
       </c>
       <c r="F64">
         <v>0.795</v>
       </c>
       <c r="G64">
         <v>64.695</v>
       </c>
       <c r="H64">
-        <v>532.137</v>
+        <v>532.693</v>
       </c>
       <c r="I64">
-        <v>837.6</v>
+        <v>837.888</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>