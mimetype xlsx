--- v2 (2026-01-18)
+++ v3 (2026-03-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 11.2 Carbon Dioxide Emissions From Energy Consumption: Residential Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>HGL Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Kerosene Residential Sector CO2 Emissions</t>
   </si>
   <si>
     <t>Petroleum Residential Sector CO2 Emissions</t>
   </si>
@@ -474,54 +474,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="102.689" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="89.835" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="44.846" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="60.985" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
@@ -17988,997 +17988,1055 @@
       </c>
       <c r="E612">
         <v>4.736</v>
       </c>
       <c r="F612">
         <v>0.057</v>
       </c>
       <c r="G612">
         <v>8.914</v>
       </c>
       <c r="H612">
         <v>53.501</v>
       </c>
       <c r="I612">
         <v>108.169</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613" t="s">
         <v>15</v>
       </c>
       <c r="C613">
-        <v>44.247</v>
+        <v>44.257</v>
       </c>
       <c r="D613">
         <v>4.835</v>
       </c>
       <c r="E613">
         <v>4.515</v>
       </c>
       <c r="F613">
         <v>0.254</v>
       </c>
       <c r="G613">
         <v>9.604</v>
       </c>
       <c r="H613">
         <v>47.819</v>
       </c>
       <c r="I613">
-        <v>101.67</v>
+        <v>101.68</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614" t="s">
         <v>15</v>
       </c>
       <c r="C614">
-        <v>37.837</v>
+        <v>37.823</v>
       </c>
       <c r="D614">
         <v>5.467</v>
       </c>
       <c r="E614">
         <v>3.954</v>
       </c>
       <c r="F614">
         <v>0.156</v>
       </c>
       <c r="G614">
         <v>9.577</v>
       </c>
       <c r="H614">
         <v>37.328</v>
       </c>
       <c r="I614">
-        <v>84.741</v>
+        <v>84.728</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615" t="s">
         <v>15</v>
       </c>
       <c r="C615">
-        <v>34.914</v>
+        <v>34.918</v>
       </c>
       <c r="D615">
         <v>3.924</v>
       </c>
       <c r="E615">
         <v>3.857</v>
       </c>
       <c r="F615">
         <v>0.033</v>
       </c>
       <c r="G615">
         <v>7.814</v>
       </c>
       <c r="H615">
-        <v>37.595</v>
+        <v>37.594</v>
       </c>
       <c r="I615">
-        <v>80.323</v>
+        <v>80.327</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616" t="s">
         <v>15</v>
       </c>
       <c r="C616">
-        <v>18.651</v>
+        <v>18.653</v>
       </c>
       <c r="D616">
         <v>2.547</v>
       </c>
       <c r="E616">
         <v>2.365</v>
       </c>
       <c r="F616">
         <v>0.086</v>
       </c>
       <c r="G616">
         <v>4.998</v>
       </c>
       <c r="H616">
         <v>30.734</v>
       </c>
       <c r="I616">
-        <v>54.384</v>
+        <v>54.385</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617" t="s">
         <v>15</v>
       </c>
       <c r="C617">
-        <v>10.871</v>
+        <v>10.873</v>
       </c>
       <c r="D617">
         <v>2.203</v>
       </c>
       <c r="E617">
         <v>1.618</v>
       </c>
       <c r="F617">
         <v>0.131</v>
       </c>
       <c r="G617">
         <v>3.953</v>
       </c>
       <c r="H617">
         <v>34.024</v>
       </c>
       <c r="I617">
-        <v>48.847</v>
+        <v>48.849</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618" t="s">
         <v>15</v>
       </c>
       <c r="C618">
-        <v>7.116</v>
+        <v>7.112</v>
       </c>
       <c r="D618">
         <v>1.875</v>
       </c>
       <c r="E618">
         <v>1.073</v>
       </c>
       <c r="F618">
         <v>0.046</v>
       </c>
       <c r="G618">
         <v>2.993</v>
       </c>
       <c r="H618">
-        <v>46.545</v>
+        <v>46.546</v>
       </c>
       <c r="I618">
-        <v>56.654</v>
+        <v>56.651</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619" t="s">
         <v>15</v>
       </c>
       <c r="C619">
-        <v>6.166</v>
+        <v>6.164</v>
       </c>
       <c r="D619">
         <v>1.301</v>
       </c>
       <c r="E619">
         <v>0.907</v>
       </c>
       <c r="F619">
         <v>0.113</v>
       </c>
       <c r="G619">
         <v>2.322</v>
       </c>
       <c r="H619">
         <v>66.922</v>
       </c>
       <c r="I619">
-        <v>75.41</v>
+        <v>75.408</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620" t="s">
         <v>15</v>
       </c>
       <c r="C620">
-        <v>5.808</v>
+        <v>5.764</v>
       </c>
       <c r="D620">
         <v>1.117</v>
       </c>
       <c r="E620">
         <v>0.933</v>
       </c>
       <c r="F620">
         <v>0.005</v>
       </c>
       <c r="G620">
         <v>2.055</v>
       </c>
       <c r="H620">
         <v>66.304</v>
       </c>
       <c r="I620">
-        <v>74.167</v>
+        <v>74.122</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621" t="s">
         <v>15</v>
       </c>
       <c r="C621">
-        <v>6.262</v>
+        <v>6.266</v>
       </c>
       <c r="D621">
         <v>1.895</v>
       </c>
       <c r="E621">
         <v>1.087</v>
       </c>
       <c r="F621">
         <v>0.098</v>
       </c>
       <c r="G621">
         <v>3.079</v>
       </c>
       <c r="H621">
         <v>49.359</v>
       </c>
       <c r="I621">
-        <v>58.7</v>
+        <v>58.704</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622" t="s">
         <v>15</v>
       </c>
       <c r="C622">
-        <v>12.49</v>
+        <v>12.488</v>
       </c>
       <c r="D622">
         <v>2.564</v>
       </c>
       <c r="E622">
         <v>1.933</v>
       </c>
       <c r="F622">
         <v>0.01</v>
       </c>
       <c r="G622">
         <v>4.507</v>
       </c>
       <c r="H622">
         <v>36.96</v>
       </c>
       <c r="I622">
-        <v>53.957</v>
+        <v>53.954</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623" t="s">
         <v>15</v>
       </c>
       <c r="C623">
-        <v>27.232</v>
+        <v>27.222</v>
       </c>
       <c r="D623">
         <v>2.918</v>
       </c>
       <c r="E623">
         <v>3.418</v>
       </c>
       <c r="F623">
         <v>0.009</v>
       </c>
       <c r="G623">
         <v>6.345</v>
       </c>
       <c r="H623">
         <v>37.085</v>
       </c>
       <c r="I623">
-        <v>70.663</v>
+        <v>70.653</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624" t="s">
         <v>15</v>
       </c>
       <c r="C624">
-        <v>36.2</v>
+        <v>36.253</v>
       </c>
       <c r="D624">
         <v>4.023</v>
       </c>
       <c r="E624">
         <v>4.053</v>
       </c>
       <c r="F624">
         <v>0.17</v>
       </c>
       <c r="G624">
         <v>8.245</v>
       </c>
       <c r="H624">
         <v>43.694</v>
       </c>
       <c r="I624">
-        <v>88.14</v>
+        <v>88.192</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625" t="s">
         <v>15</v>
       </c>
       <c r="C625">
-        <v>51.133</v>
+        <v>51.206</v>
       </c>
       <c r="D625">
         <v>4.692</v>
       </c>
       <c r="E625">
-        <v>5.374</v>
+        <v>5.376</v>
       </c>
       <c r="F625">
-        <v>0.139</v>
+        <v>0.148</v>
       </c>
       <c r="G625">
-        <v>10.206</v>
+        <v>10.216</v>
       </c>
       <c r="H625">
-        <v>58.29</v>
+        <v>58.301</v>
       </c>
       <c r="I625">
-        <v>119.628</v>
+        <v>119.723</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626" t="s">
         <v>15</v>
       </c>
       <c r="C626">
-        <v>35.41</v>
+        <v>35.293</v>
       </c>
       <c r="D626">
         <v>5.306</v>
       </c>
       <c r="E626">
-        <v>3.906</v>
+        <v>3.907</v>
       </c>
       <c r="F626">
-        <v>0.07</v>
+        <v>0.074</v>
       </c>
       <c r="G626">
-        <v>9.281</v>
+        <v>9.286</v>
       </c>
       <c r="H626">
-        <v>37.365</v>
+        <v>37.367</v>
       </c>
       <c r="I626">
-        <v>82.056</v>
+        <v>81.947</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627" t="s">
         <v>15</v>
       </c>
       <c r="C627">
-        <v>27.858</v>
+        <v>27.895</v>
       </c>
       <c r="D627">
         <v>3.808</v>
       </c>
       <c r="E627">
-        <v>3.505</v>
+        <v>3.504</v>
       </c>
       <c r="F627">
-        <v>0.073</v>
+        <v>0.077</v>
       </c>
       <c r="G627">
-        <v>7.386</v>
+        <v>7.39</v>
       </c>
       <c r="H627">
-        <v>31.618</v>
+        <v>31.619</v>
       </c>
       <c r="I627">
-        <v>66.862</v>
+        <v>66.903</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628" t="s">
         <v>15</v>
       </c>
       <c r="C628">
-        <v>17.391</v>
+        <v>17.405</v>
       </c>
       <c r="D628">
         <v>2.471</v>
       </c>
       <c r="E628">
-        <v>2.368</v>
+        <v>2.366</v>
       </c>
       <c r="F628">
-        <v>0.107</v>
+        <v>0.114</v>
       </c>
       <c r="G628">
-        <v>4.947</v>
+        <v>4.951</v>
       </c>
       <c r="H628">
-        <v>29.082</v>
+        <v>29.083</v>
       </c>
       <c r="I628">
-        <v>51.42</v>
+        <v>51.438</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629" t="s">
         <v>15</v>
       </c>
       <c r="C629">
-        <v>9.433</v>
+        <v>9.444</v>
       </c>
       <c r="D629">
         <v>2.138</v>
       </c>
       <c r="E629">
-        <v>1.501</v>
+        <v>1.503</v>
       </c>
       <c r="F629">
-        <v>0.109</v>
+        <v>0.115</v>
       </c>
       <c r="G629">
-        <v>3.747</v>
+        <v>3.757</v>
       </c>
       <c r="H629">
-        <v>36.325</v>
+        <v>36.324</v>
       </c>
       <c r="I629">
-        <v>49.506</v>
+        <v>49.525</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630" t="s">
         <v>15</v>
       </c>
       <c r="C630">
-        <v>6.685</v>
+        <v>6.773</v>
       </c>
       <c r="D630">
         <v>1.819</v>
       </c>
       <c r="E630">
         <v>0.972</v>
       </c>
       <c r="F630">
-        <v>0.077</v>
+        <v>0.081</v>
       </c>
       <c r="G630">
-        <v>2.868</v>
+        <v>2.873</v>
       </c>
       <c r="H630">
-        <v>51.271</v>
+        <v>51.262</v>
       </c>
       <c r="I630">
-        <v>60.824</v>
+        <v>60.909</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631" t="s">
         <v>15</v>
       </c>
       <c r="C631">
-        <v>5.876</v>
+        <v>5.886</v>
       </c>
       <c r="D631">
         <v>1.263</v>
       </c>
       <c r="E631">
-        <v>0.919</v>
+        <v>0.918</v>
       </c>
       <c r="F631">
-        <v>0.015</v>
+        <v>0.016</v>
       </c>
       <c r="G631">
         <v>2.197</v>
       </c>
       <c r="H631">
-        <v>65.527</v>
+        <v>65.529</v>
       </c>
       <c r="I631">
-        <v>73.599</v>
+        <v>73.612</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632" t="s">
         <v>15</v>
       </c>
       <c r="C632">
-        <v>5.778</v>
+        <v>5.772</v>
       </c>
       <c r="D632">
         <v>1.084</v>
       </c>
       <c r="E632">
         <v>0.945</v>
       </c>
       <c r="F632">
         <v>0</v>
       </c>
       <c r="G632">
         <v>2.029</v>
       </c>
       <c r="H632">
-        <v>62.362</v>
+        <v>62.36</v>
       </c>
       <c r="I632">
-        <v>70.17</v>
+        <v>70.162</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633" t="s">
         <v>15</v>
       </c>
       <c r="C633">
-        <v>6.236</v>
+        <v>6.177</v>
       </c>
       <c r="D633">
         <v>1.839</v>
       </c>
       <c r="E633">
         <v>1.067</v>
       </c>
       <c r="F633">
         <v>0</v>
       </c>
       <c r="G633">
         <v>2.906</v>
       </c>
       <c r="H633">
-        <v>46.387</v>
+        <v>46.372</v>
       </c>
       <c r="I633">
-        <v>55.528</v>
+        <v>55.455</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634" t="s">
         <v>15</v>
       </c>
       <c r="C634">
-        <v>10.635</v>
+        <v>10.612</v>
       </c>
       <c r="D634">
         <v>2.488</v>
       </c>
       <c r="E634">
         <v>1.89</v>
       </c>
       <c r="F634">
         <v>0.011</v>
       </c>
       <c r="G634">
         <v>4.39</v>
       </c>
       <c r="H634">
-        <v>36.668</v>
+        <v>36.658</v>
       </c>
       <c r="I634">
-        <v>51.692</v>
+        <v>51.659</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635" t="s">
         <v>15</v>
       </c>
       <c r="C635">
-        <v>22.602</v>
+        <v>22.567</v>
       </c>
       <c r="D635">
         <v>2.832</v>
       </c>
       <c r="E635">
-        <v>3.158</v>
+        <v>3.159</v>
       </c>
       <c r="F635">
-        <v>0.084</v>
+        <v>0.089</v>
       </c>
       <c r="G635">
-        <v>6.074</v>
+        <v>6.08</v>
       </c>
       <c r="H635">
-        <v>34.344</v>
+        <v>34.341</v>
       </c>
       <c r="I635">
-        <v>63.02</v>
+        <v>62.988</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636" t="s">
         <v>15</v>
       </c>
       <c r="C636">
-        <v>41.483</v>
+        <v>41.524</v>
       </c>
       <c r="D636">
         <v>3.904</v>
       </c>
       <c r="E636">
-        <v>4.652</v>
+        <v>4.648</v>
       </c>
       <c r="F636">
-        <v>0.111</v>
+        <v>0.117</v>
       </c>
       <c r="G636">
-        <v>8.666</v>
+        <v>8.669</v>
       </c>
       <c r="H636">
-        <v>46.759</v>
+        <v>46.769</v>
       </c>
       <c r="I636">
-        <v>96.907</v>
+        <v>96.961</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637" t="s">
         <v>15</v>
       </c>
       <c r="C637">
-        <v>56.643</v>
+        <v>56.799</v>
       </c>
       <c r="D637">
-        <v>5.007</v>
+        <v>4.795</v>
       </c>
       <c r="E637">
         <v>5.943</v>
       </c>
       <c r="F637">
         <v>0.227</v>
       </c>
       <c r="G637">
-        <v>11.178</v>
+        <v>10.965</v>
       </c>
       <c r="H637">
-        <v>62.12</v>
+        <v>62.142</v>
       </c>
       <c r="I637">
-        <v>129.941</v>
+        <v>129.906</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638" t="s">
         <v>15</v>
       </c>
       <c r="C638">
-        <v>43.532</v>
+        <v>43.592</v>
       </c>
       <c r="D638">
-        <v>5.662</v>
+        <v>5.423</v>
       </c>
       <c r="E638">
-        <v>4.471</v>
+        <v>4.47</v>
       </c>
       <c r="F638">
         <v>0.208</v>
       </c>
       <c r="G638">
-        <v>10.342</v>
+        <v>10.101</v>
       </c>
       <c r="H638">
-        <v>46.281</v>
+        <v>46.297</v>
       </c>
       <c r="I638">
-        <v>100.154</v>
+        <v>99.991</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639" t="s">
         <v>15</v>
       </c>
       <c r="C639">
-        <v>29.011</v>
+        <v>28.882</v>
       </c>
       <c r="D639">
-        <v>4.064</v>
+        <v>3.892</v>
       </c>
       <c r="E639">
-        <v>3.403</v>
+        <v>3.404</v>
       </c>
       <c r="F639">
         <v>0.146</v>
       </c>
       <c r="G639">
-        <v>7.613</v>
+        <v>7.443</v>
       </c>
       <c r="H639">
-        <v>34.653</v>
+        <v>34.667</v>
       </c>
       <c r="I639">
-        <v>71.278</v>
+        <v>70.992</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640" t="s">
         <v>15</v>
       </c>
       <c r="C640">
-        <v>17.841</v>
+        <v>17.823</v>
       </c>
       <c r="D640">
-        <v>2.637</v>
+        <v>2.526</v>
       </c>
       <c r="E640">
-        <v>2.359</v>
+        <v>2.355</v>
       </c>
       <c r="F640">
         <v>0.056</v>
       </c>
       <c r="G640">
-        <v>5.052</v>
+        <v>4.937</v>
       </c>
       <c r="H640">
-        <v>30.904</v>
+        <v>30.917</v>
       </c>
       <c r="I640">
-        <v>53.796</v>
+        <v>53.677</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641" t="s">
         <v>15</v>
       </c>
       <c r="C641">
-        <v>10.283</v>
+        <v>10.31</v>
       </c>
       <c r="D641">
-        <v>2.282</v>
+        <v>2.185</v>
       </c>
       <c r="E641">
-        <v>1.626</v>
+        <v>1.624</v>
       </c>
       <c r="F641">
         <v>0.058</v>
       </c>
       <c r="G641">
-        <v>3.966</v>
+        <v>3.867</v>
       </c>
       <c r="H641">
-        <v>35.276</v>
+        <v>35.291</v>
       </c>
       <c r="I641">
-        <v>49.524</v>
+        <v>49.468</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642" t="s">
         <v>15</v>
       </c>
       <c r="C642">
-        <v>7.088</v>
+        <v>7.091</v>
       </c>
       <c r="D642">
-        <v>1.942</v>
+        <v>1.859</v>
       </c>
       <c r="E642">
         <v>0.976</v>
       </c>
       <c r="F642">
         <v>0.06</v>
       </c>
       <c r="G642">
-        <v>2.978</v>
+        <v>2.895</v>
       </c>
       <c r="H642">
-        <v>51.04</v>
+        <v>51.062</v>
       </c>
       <c r="I642">
-        <v>61.106</v>
+        <v>61.048</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643" t="s">
         <v>15</v>
       </c>
       <c r="C643">
-        <v>6.008</v>
+        <v>6.087</v>
       </c>
       <c r="D643">
-        <v>1.348</v>
+        <v>1.291</v>
       </c>
       <c r="E643">
         <v>0.921</v>
       </c>
       <c r="F643">
         <v>0.022</v>
       </c>
       <c r="G643">
-        <v>2.292</v>
+        <v>2.234</v>
       </c>
       <c r="H643">
-        <v>68.114</v>
+        <v>68.143</v>
       </c>
       <c r="I643">
-        <v>76.413</v>
+        <v>76.465</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644" t="s">
         <v>15</v>
       </c>
       <c r="C644">
-        <v>5.767</v>
+        <v>5.725</v>
       </c>
       <c r="D644">
-        <v>1.157</v>
+        <v>1.108</v>
       </c>
       <c r="E644">
-        <v>0.956</v>
+        <v>0.955</v>
       </c>
       <c r="F644">
         <v>0.042</v>
       </c>
       <c r="G644">
-        <v>2.155</v>
+        <v>2.105</v>
       </c>
       <c r="H644">
-        <v>59.62</v>
+        <v>59.647</v>
       </c>
       <c r="I644">
-        <v>67.542</v>
+        <v>67.477</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645" t="s">
         <v>15</v>
       </c>
       <c r="C645">
-        <v>6.119</v>
+        <v>6.165</v>
       </c>
       <c r="D645">
-        <v>1.962</v>
+        <v>1.879</v>
       </c>
       <c r="E645">
-        <v>1.081</v>
+        <v>1.082</v>
       </c>
       <c r="F645">
         <v>0.002</v>
       </c>
       <c r="G645">
-        <v>3.046</v>
+        <v>2.964</v>
       </c>
       <c r="H645">
-        <v>47.157</v>
+        <v>47.179</v>
       </c>
       <c r="I645">
-        <v>56.322</v>
+        <v>56.307</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646" t="s">
+        <v>15</v>
+      </c>
+      <c r="C646">
+        <v>11.849</v>
+      </c>
+      <c r="D646">
+        <v>2.543</v>
+      </c>
+      <c r="E646">
+        <v>2.047</v>
+      </c>
+      <c r="F646">
+        <v>0.021</v>
+      </c>
+      <c r="G646">
+        <v>4.611</v>
+      </c>
+      <c r="H646">
+        <v>38.111</v>
+      </c>
+      <c r="I646">
+        <v>54.571</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647" t="s">
+        <v>15</v>
+      </c>
+      <c r="C647">
+        <v>25.593</v>
+      </c>
+      <c r="D647">
+        <v>2.894</v>
+      </c>
+      <c r="E647">
+        <v>3.336</v>
+      </c>
+      <c r="F647">
+        <v>0.131</v>
+      </c>
+      <c r="G647">
+        <v>6.362</v>
+      </c>
+      <c r="H647">
+        <v>36.936</v>
+      </c>
+      <c r="I647">
+        <v>68.89</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -20563,60 +20621,60 @@
       </c>
       <c r="H63">
         <v>532.124</v>
       </c>
       <c r="I63">
         <v>845.365</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64" t="s">
         <v>15</v>
       </c>
       <c r="C64">
         <v>240.5</v>
       </c>
       <c r="D64">
         <v>33.643</v>
       </c>
       <c r="E64">
         <v>30.257</v>
       </c>
       <c r="F64">
-        <v>0.795</v>
+        <v>0.843</v>
       </c>
       <c r="G64">
-        <v>64.695</v>
+        <v>64.743</v>
       </c>
       <c r="H64">
         <v>532.693</v>
       </c>
       <c r="I64">
-        <v>837.888</v>
+        <v>837.935</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>