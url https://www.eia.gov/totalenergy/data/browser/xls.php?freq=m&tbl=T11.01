--- v0 (2025-10-29)
+++ v1 (2026-01-29)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 11.1 Carbon Dioxide Emissions From Energy Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal, Including Coal Coke Net Imports, CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, CO2 Emissions</t>
   </si>
   <si>
     <t>Aviation Gasoline CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil, Excluding Biodiesel, CO2 Emissions</t>
   </si>
   <si>
     <t>Hydrocarbon Gas Liquids CO2 Emissions</t>
   </si>
   <si>
     <t>Jet Fuel CO2 Emissions</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -28845,1497 +28845,1638 @@
       </c>
       <c r="K612">
         <v>4.388</v>
       </c>
       <c r="L612">
         <v>3.994</v>
       </c>
       <c r="M612">
         <v>9.062</v>
       </c>
       <c r="N612">
         <v>186.467</v>
       </c>
       <c r="O612">
         <v>452.894</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>71.168</v>
       </c>
       <c r="C613">
-        <v>179.862</v>
+        <v>182.54</v>
       </c>
       <c r="D613">
         <v>0.062</v>
       </c>
       <c r="E613">
         <v>51.871</v>
       </c>
       <c r="F613">
         <v>10.458</v>
       </c>
       <c r="G613">
         <v>19.396</v>
       </c>
       <c r="H613">
         <v>0.366</v>
       </c>
       <c r="I613">
         <v>0.803</v>
       </c>
       <c r="J613">
         <v>84.988</v>
       </c>
       <c r="K613">
         <v>2.447</v>
       </c>
       <c r="L613">
         <v>4.036</v>
       </c>
       <c r="M613">
         <v>8.857</v>
       </c>
       <c r="N613">
         <v>183.283</v>
       </c>
       <c r="O613">
-        <v>434.947</v>
+        <v>437.625</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>55.527</v>
       </c>
       <c r="C614">
-        <v>160.372</v>
+        <v>162.76</v>
       </c>
       <c r="D614">
         <v>0.103</v>
       </c>
       <c r="E614">
         <v>47.164</v>
       </c>
       <c r="F614">
         <v>9.047</v>
       </c>
       <c r="G614">
         <v>17.383</v>
       </c>
       <c r="H614">
         <v>0.224</v>
       </c>
       <c r="I614">
         <v>0.714</v>
       </c>
       <c r="J614">
         <v>80.858</v>
       </c>
       <c r="K614">
         <v>4.164</v>
       </c>
       <c r="L614">
         <v>5.063</v>
       </c>
       <c r="M614">
         <v>7.747</v>
       </c>
       <c r="N614">
         <v>172.466</v>
       </c>
       <c r="O614">
-        <v>388.938</v>
+        <v>391.325</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>59.198</v>
       </c>
       <c r="C615">
-        <v>164.065</v>
+        <v>166.491</v>
       </c>
       <c r="D615">
         <v>0.133</v>
       </c>
       <c r="E615">
         <v>53.701</v>
       </c>
       <c r="F615">
         <v>8.634</v>
       </c>
       <c r="G615">
         <v>20.479</v>
       </c>
       <c r="H615">
         <v>0.048</v>
       </c>
       <c r="I615">
         <v>0.417</v>
       </c>
       <c r="J615">
         <v>93.225</v>
       </c>
       <c r="K615">
         <v>5.497</v>
       </c>
       <c r="L615">
         <v>3.313</v>
       </c>
       <c r="M615">
         <v>9.114</v>
       </c>
       <c r="N615">
         <v>194.562</v>
       </c>
       <c r="O615">
-        <v>418.459</v>
+        <v>420.885</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>47.886</v>
       </c>
       <c r="C616">
-        <v>130.778</v>
+        <v>132.711</v>
       </c>
       <c r="D616">
         <v>0.099</v>
       </c>
       <c r="E616">
         <v>49.011</v>
       </c>
       <c r="F616">
         <v>7.364</v>
       </c>
       <c r="G616">
         <v>19.73</v>
       </c>
       <c r="H616">
         <v>0.124</v>
       </c>
       <c r="I616">
         <v>0.545</v>
       </c>
       <c r="J616">
         <v>89.059</v>
       </c>
       <c r="K616">
         <v>5.932</v>
       </c>
       <c r="L616">
         <v>2.511</v>
       </c>
       <c r="M616">
         <v>9.249</v>
       </c>
       <c r="N616">
         <v>183.623</v>
       </c>
       <c r="O616">
-        <v>362.9</v>
+        <v>364.833</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>52.48</v>
       </c>
       <c r="C617">
-        <v>124.834</v>
+        <v>126.675</v>
       </c>
       <c r="D617">
         <v>0.151</v>
       </c>
       <c r="E617">
         <v>51.108</v>
       </c>
       <c r="F617">
         <v>6.592</v>
       </c>
       <c r="G617">
         <v>21.199</v>
       </c>
       <c r="H617">
         <v>0.189</v>
       </c>
       <c r="I617">
         <v>0.675</v>
       </c>
       <c r="J617">
         <v>93.236</v>
       </c>
       <c r="K617">
         <v>4.298</v>
       </c>
       <c r="L617">
         <v>3.121</v>
       </c>
       <c r="M617">
         <v>9.767</v>
       </c>
       <c r="N617">
         <v>190.335</v>
       </c>
       <c r="O617">
-        <v>368.282</v>
+        <v>370.124</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>66.937</v>
       </c>
       <c r="C618">
-        <v>127.978</v>
+        <v>129.873</v>
       </c>
       <c r="D618">
         <v>0.15</v>
       </c>
       <c r="E618">
         <v>50.158</v>
       </c>
       <c r="F618">
         <v>6.2</v>
       </c>
       <c r="G618">
         <v>21.569</v>
       </c>
       <c r="H618">
         <v>0.066</v>
       </c>
       <c r="I618">
         <v>0.639</v>
       </c>
       <c r="J618">
         <v>93.049</v>
       </c>
       <c r="K618">
         <v>3.796</v>
       </c>
       <c r="L618">
         <v>3.859</v>
       </c>
       <c r="M618">
         <v>9.46</v>
       </c>
       <c r="N618">
         <v>188.946</v>
       </c>
       <c r="O618">
-        <v>384.475</v>
+        <v>386.369</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>86.282</v>
       </c>
       <c r="C619">
-        <v>144.635</v>
+        <v>146.79</v>
       </c>
       <c r="D619">
         <v>0.154</v>
       </c>
       <c r="E619">
         <v>46.804</v>
       </c>
       <c r="F619">
         <v>6.691</v>
       </c>
       <c r="G619">
         <v>22.257</v>
       </c>
       <c r="H619">
         <v>0.163</v>
       </c>
       <c r="I619">
         <v>0.656</v>
       </c>
       <c r="J619">
         <v>92.268</v>
       </c>
       <c r="K619">
         <v>2.26</v>
       </c>
       <c r="L619">
         <v>3.673</v>
       </c>
       <c r="M619">
         <v>10.151</v>
       </c>
       <c r="N619">
         <v>185.076</v>
       </c>
       <c r="O619">
-        <v>416.626</v>
+        <v>418.782</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>85.451</v>
       </c>
       <c r="C620">
-        <v>145.243</v>
+        <v>147.402</v>
       </c>
       <c r="D620">
         <v>0.162</v>
       </c>
       <c r="E620">
         <v>52.844</v>
       </c>
       <c r="F620">
         <v>6.402</v>
       </c>
       <c r="G620">
         <v>21.679</v>
       </c>
       <c r="H620">
         <v>0.008</v>
       </c>
       <c r="I620">
         <v>0.566</v>
       </c>
       <c r="J620">
         <v>94.802</v>
       </c>
       <c r="K620">
         <v>5.943</v>
       </c>
       <c r="L620">
         <v>4.69</v>
       </c>
       <c r="M620">
         <v>9.739</v>
       </c>
       <c r="N620">
         <v>196.836</v>
       </c>
       <c r="O620">
-        <v>428.165</v>
+        <v>430.324</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>67.838</v>
       </c>
       <c r="C621">
-        <v>128.966</v>
+        <v>130.87</v>
       </c>
       <c r="D621">
         <v>0.075</v>
       </c>
       <c r="E621">
         <v>48.717</v>
       </c>
       <c r="F621">
         <v>6.451</v>
       </c>
       <c r="G621">
         <v>20.782</v>
       </c>
       <c r="H621">
         <v>0.141</v>
       </c>
       <c r="I621">
         <v>0.496</v>
       </c>
       <c r="J621">
         <v>87.941</v>
       </c>
       <c r="K621">
         <v>7.286</v>
       </c>
       <c r="L621">
         <v>3.113</v>
       </c>
       <c r="M621">
         <v>9.128</v>
       </c>
       <c r="N621">
         <v>184.129</v>
       </c>
       <c r="O621">
-        <v>381.546</v>
+        <v>383.45</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>59.782</v>
       </c>
       <c r="C622">
-        <v>132.011</v>
+        <v>133.956</v>
       </c>
       <c r="D622">
         <v>0.179</v>
       </c>
       <c r="E622">
         <v>53.085</v>
       </c>
       <c r="F622">
         <v>7.962</v>
       </c>
       <c r="G622">
         <v>21.547</v>
       </c>
       <c r="H622">
         <v>0.014</v>
       </c>
       <c r="I622">
         <v>0.678</v>
       </c>
       <c r="J622">
         <v>93.252</v>
       </c>
       <c r="K622">
         <v>4.887</v>
       </c>
       <c r="L622">
         <v>3.937</v>
       </c>
       <c r="M622">
         <v>8.609</v>
       </c>
       <c r="N622">
         <v>194.15</v>
       </c>
       <c r="O622">
-        <v>386.577</v>
+        <v>388.521</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>59.958</v>
       </c>
       <c r="C623">
-        <v>153.017</v>
+        <v>155.284</v>
       </c>
       <c r="D623">
         <v>0.103</v>
       </c>
       <c r="E623">
         <v>50.009</v>
       </c>
       <c r="F623">
         <v>9.578</v>
       </c>
       <c r="G623">
         <v>19.947</v>
       </c>
       <c r="H623">
         <v>0.014</v>
       </c>
       <c r="I623">
         <v>0.348</v>
       </c>
       <c r="J623">
         <v>88.407</v>
       </c>
       <c r="K623">
         <v>7.777</v>
       </c>
       <c r="L623">
         <v>5.062</v>
       </c>
       <c r="M623">
         <v>8.843</v>
       </c>
       <c r="N623">
         <v>190.088</v>
       </c>
       <c r="O623">
-        <v>403.677</v>
+        <v>405.943</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>63.962</v>
       </c>
       <c r="C624">
-        <v>172.324</v>
+        <v>174.878</v>
       </c>
       <c r="D624">
         <v>0.093</v>
       </c>
       <c r="E624">
         <v>47.67</v>
       </c>
       <c r="F624">
         <v>10.624</v>
       </c>
       <c r="G624">
         <v>21.18</v>
       </c>
       <c r="H624">
         <v>0.245</v>
       </c>
       <c r="I624">
         <v>0.27</v>
       </c>
       <c r="J624">
         <v>90.359</v>
       </c>
       <c r="K624">
         <v>3.172</v>
       </c>
       <c r="L624">
         <v>4.767</v>
       </c>
       <c r="M624">
         <v>9.143</v>
       </c>
       <c r="N624">
         <v>187.522</v>
       </c>
       <c r="O624">
-        <v>424.441</v>
+        <v>426.996</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>83.286</v>
+        <v>83.389</v>
       </c>
       <c r="C625">
-        <v>202.435</v>
+        <v>205.352</v>
       </c>
       <c r="D625">
         <v>0.077</v>
       </c>
       <c r="E625">
         <v>50.464</v>
       </c>
       <c r="F625">
-        <v>11.963</v>
+        <v>11.962</v>
       </c>
       <c r="G625">
         <v>19.453</v>
       </c>
       <c r="H625">
         <v>0.201</v>
       </c>
       <c r="I625">
         <v>0.596</v>
       </c>
       <c r="J625">
         <v>85.309</v>
       </c>
       <c r="K625">
-        <v>4.342</v>
+        <v>4.343</v>
       </c>
       <c r="L625">
-        <v>4.072</v>
+        <v>4.074</v>
       </c>
       <c r="M625">
         <v>8.788</v>
       </c>
       <c r="N625">
-        <v>185.265</v>
+        <v>185.266</v>
       </c>
       <c r="O625">
-        <v>471.617</v>
+        <v>474.639</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>53.458</v>
+        <v>53.675</v>
       </c>
       <c r="C626">
-        <v>161.312</v>
+        <v>163.366</v>
       </c>
       <c r="D626">
         <v>0.147</v>
       </c>
       <c r="E626">
         <v>47.746</v>
       </c>
       <c r="F626">
-        <v>9.438</v>
+        <v>9.439</v>
       </c>
       <c r="G626">
         <v>18.433</v>
       </c>
       <c r="H626">
         <v>0.101</v>
       </c>
       <c r="I626">
         <v>0.468</v>
       </c>
       <c r="J626">
         <v>83.056</v>
       </c>
       <c r="K626">
         <v>2.572</v>
       </c>
       <c r="L626">
         <v>4.016</v>
       </c>
       <c r="M626">
         <v>7.978</v>
       </c>
       <c r="N626">
-        <v>173.953</v>
+        <v>173.954</v>
       </c>
       <c r="O626">
-        <v>389.314</v>
+        <v>391.586</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>46.774</v>
+        <v>47.045</v>
       </c>
       <c r="C627">
-        <v>151.833</v>
+        <v>153.867</v>
       </c>
       <c r="D627">
         <v>0.098</v>
       </c>
       <c r="E627">
         <v>48.28</v>
       </c>
       <c r="F627">
         <v>9.06</v>
       </c>
       <c r="G627">
         <v>20.962</v>
       </c>
       <c r="H627">
         <v>0.105</v>
       </c>
       <c r="I627">
         <v>0.533</v>
       </c>
       <c r="J627">
         <v>91.854</v>
       </c>
       <c r="K627">
-        <v>2.883</v>
+        <v>2.884</v>
       </c>
       <c r="L627">
         <v>4.38</v>
       </c>
       <c r="M627">
         <v>8.804</v>
       </c>
       <c r="N627">
         <v>186.961</v>
       </c>
       <c r="O627">
-        <v>386.199</v>
+        <v>388.504</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>44.347</v>
+        <v>44.44</v>
       </c>
       <c r="C628">
-        <v>129.861</v>
+        <v>131.746</v>
       </c>
       <c r="D628">
         <v>0.145</v>
       </c>
       <c r="E628">
         <v>47.83</v>
       </c>
       <c r="F628">
-        <v>7.391</v>
+        <v>7.392</v>
       </c>
       <c r="G628">
         <v>20.619</v>
       </c>
       <c r="H628">
         <v>0.154</v>
       </c>
       <c r="I628">
         <v>0.696</v>
       </c>
       <c r="J628">
         <v>88.469</v>
       </c>
       <c r="K628">
         <v>6.292</v>
       </c>
       <c r="L628">
         <v>4.561</v>
       </c>
       <c r="M628">
         <v>8.654</v>
       </c>
       <c r="N628">
-        <v>184.812</v>
+        <v>184.814</v>
       </c>
       <c r="O628">
-        <v>359.632</v>
+        <v>361.612</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>53.66</v>
+        <v>53.67</v>
       </c>
       <c r="C629">
-        <v>126.346</v>
+        <v>128.389</v>
       </c>
       <c r="D629">
         <v>0.125</v>
       </c>
       <c r="E629">
         <v>49.196</v>
       </c>
       <c r="F629">
-        <v>7.052</v>
+        <v>7.053</v>
       </c>
       <c r="G629">
         <v>22.112</v>
       </c>
       <c r="H629">
         <v>0.156</v>
       </c>
       <c r="I629">
         <v>0.549</v>
       </c>
       <c r="J629">
         <v>96.363</v>
       </c>
       <c r="K629">
-        <v>6.005</v>
+        <v>6.006</v>
       </c>
       <c r="L629">
-        <v>4.281</v>
+        <v>4.282</v>
       </c>
       <c r="M629">
         <v>9.566</v>
       </c>
       <c r="N629">
-        <v>195.406</v>
+        <v>195.408</v>
       </c>
       <c r="O629">
-        <v>376.045</v>
+        <v>378.099</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>68.056</v>
+        <v>68.155</v>
       </c>
       <c r="C630">
-        <v>131.766</v>
+        <v>133.437</v>
       </c>
       <c r="D630">
         <v>0.18</v>
       </c>
       <c r="E630">
         <v>46.224</v>
       </c>
       <c r="F630">
         <v>6.344</v>
       </c>
       <c r="G630">
         <v>21.778</v>
       </c>
       <c r="H630">
         <v>0.111</v>
       </c>
       <c r="I630">
         <v>0.618</v>
       </c>
       <c r="J630">
         <v>91.534</v>
       </c>
       <c r="K630">
         <v>3.815</v>
       </c>
       <c r="L630">
         <v>4.169</v>
       </c>
       <c r="M630">
         <v>9.364</v>
       </c>
       <c r="N630">
-        <v>184.136</v>
+        <v>184.137</v>
       </c>
       <c r="O630">
-        <v>384.57</v>
+        <v>386.34</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>79.49</v>
       </c>
       <c r="C631">
-        <v>148.888</v>
+        <v>150.78</v>
       </c>
       <c r="D631">
         <v>0.178</v>
       </c>
       <c r="E631">
         <v>48.266</v>
       </c>
       <c r="F631">
-        <v>6.188</v>
+        <v>6.189</v>
       </c>
       <c r="G631">
         <v>22.883</v>
       </c>
       <c r="H631">
         <v>0.022</v>
       </c>
       <c r="I631">
         <v>0.569</v>
       </c>
       <c r="J631">
         <v>95.667</v>
       </c>
       <c r="K631">
-        <v>6.35</v>
+        <v>6.351</v>
       </c>
       <c r="L631">
-        <v>4.289</v>
+        <v>4.288</v>
       </c>
       <c r="M631">
         <v>9.404</v>
       </c>
       <c r="N631">
         <v>193.817</v>
       </c>
       <c r="O631">
-        <v>422.827</v>
+        <v>424.719</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>77.394</v>
+        <v>77.346</v>
       </c>
       <c r="C632">
-        <v>147.219</v>
+        <v>149.641</v>
       </c>
       <c r="D632">
         <v>0.147</v>
       </c>
       <c r="E632">
         <v>50.773</v>
       </c>
       <c r="F632">
         <v>6.727</v>
       </c>
       <c r="G632">
         <v>22.649</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>0.686</v>
       </c>
       <c r="J632">
         <v>95.158</v>
       </c>
       <c r="K632">
         <v>4.285</v>
       </c>
       <c r="L632">
         <v>4.17</v>
       </c>
       <c r="M632">
         <v>9.525</v>
       </c>
       <c r="N632">
         <v>194.119</v>
       </c>
       <c r="O632">
-        <v>419.364</v>
+        <v>421.738</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>63.158</v>
+        <v>62.975</v>
       </c>
       <c r="C633">
-        <v>131.009</v>
+        <v>132.678</v>
       </c>
       <c r="D633">
         <v>0.152</v>
       </c>
       <c r="E633">
         <v>46.589</v>
       </c>
       <c r="F633">
-        <v>7.069</v>
+        <v>7.07</v>
       </c>
       <c r="G633">
         <v>20.597</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>0.552</v>
       </c>
       <c r="J633">
         <v>89.358</v>
       </c>
       <c r="K633">
         <v>3.873</v>
       </c>
       <c r="L633">
         <v>3.13</v>
       </c>
       <c r="M633">
         <v>8.72</v>
       </c>
       <c r="N633">
-        <v>180.039</v>
+        <v>180.04</v>
       </c>
       <c r="O633">
-        <v>374.817</v>
+        <v>376.305</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>56.181</v>
+        <v>55.958</v>
       </c>
       <c r="C634">
-        <v>131.678</v>
+        <v>133.629</v>
       </c>
       <c r="D634">
         <v>0.135</v>
       </c>
       <c r="E634">
         <v>54.016</v>
       </c>
       <c r="F634">
-        <v>8.428</v>
+        <v>8.429</v>
       </c>
       <c r="G634">
         <v>21.731</v>
       </c>
       <c r="H634">
         <v>0.015</v>
       </c>
       <c r="I634">
         <v>0.515</v>
       </c>
       <c r="J634">
         <v>92.945</v>
       </c>
       <c r="K634">
-        <v>3.762</v>
+        <v>3.763</v>
       </c>
       <c r="L634">
-        <v>4.613</v>
+        <v>4.612</v>
       </c>
       <c r="M634">
         <v>8.86</v>
       </c>
       <c r="N634">
-        <v>195.02</v>
+        <v>195.021</v>
       </c>
       <c r="O634">
-        <v>383.512</v>
+        <v>385.241</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>54.478</v>
+        <v>54.303</v>
       </c>
       <c r="C635">
-        <v>146.989</v>
+        <v>148.869</v>
       </c>
       <c r="D635">
         <v>0.115</v>
       </c>
       <c r="E635">
         <v>46.57</v>
       </c>
       <c r="F635">
-        <v>9.04</v>
+        <v>9.038</v>
       </c>
       <c r="G635">
         <v>20.505</v>
       </c>
       <c r="H635">
         <v>0.121</v>
       </c>
       <c r="I635">
         <v>0.342</v>
       </c>
       <c r="J635">
         <v>87.657</v>
       </c>
       <c r="K635">
-        <v>3.843</v>
+        <v>3.844</v>
       </c>
       <c r="L635">
         <v>4.342</v>
       </c>
       <c r="M635">
         <v>8.727</v>
       </c>
       <c r="N635">
         <v>181.259</v>
       </c>
       <c r="O635">
-        <v>383.338</v>
+        <v>385.043</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>70.772</v>
+        <v>70.784</v>
       </c>
       <c r="C636">
-        <v>182.139</v>
+        <v>184.961</v>
       </c>
       <c r="D636">
         <v>0.078</v>
       </c>
       <c r="E636">
         <v>48.966</v>
       </c>
       <c r="F636">
-        <v>11.543</v>
+        <v>11.541</v>
       </c>
       <c r="G636">
         <v>21.633</v>
       </c>
       <c r="H636">
         <v>0.159</v>
       </c>
       <c r="I636">
         <v>0.346</v>
       </c>
       <c r="J636">
         <v>90.132</v>
       </c>
       <c r="K636">
-        <v>2.581</v>
+        <v>2.582</v>
       </c>
       <c r="L636">
         <v>4.477</v>
       </c>
       <c r="M636">
         <v>8.754</v>
       </c>
       <c r="N636">
-        <v>188.67</v>
+        <v>188.669</v>
       </c>
       <c r="O636">
-        <v>442.212</v>
+        <v>445.046</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>89.297</v>
+        <v>89.46</v>
       </c>
       <c r="C637">
-        <v>213.269</v>
+        <v>212.929</v>
       </c>
       <c r="D637">
         <v>0.088</v>
       </c>
       <c r="E637">
         <v>53.242</v>
       </c>
       <c r="F637">
         <v>13.058</v>
       </c>
       <c r="G637">
         <v>20.571</v>
       </c>
       <c r="H637">
         <v>0.327</v>
       </c>
       <c r="I637">
         <v>0.473</v>
       </c>
       <c r="J637">
         <v>87.083</v>
       </c>
       <c r="K637">
-        <v>6.404</v>
+        <v>6.403</v>
       </c>
       <c r="L637">
         <v>5.217</v>
       </c>
       <c r="M637">
         <v>8.744</v>
       </c>
       <c r="N637">
-        <v>195.208</v>
+        <v>195.207</v>
       </c>
       <c r="O637">
-        <v>498.408</v>
+        <v>498.23</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>69.702</v>
+        <v>69.858</v>
       </c>
       <c r="C638">
-        <v>175.964</v>
+        <v>175.566</v>
       </c>
       <c r="D638">
         <v>0.128</v>
       </c>
       <c r="E638">
         <v>47.337</v>
       </c>
       <c r="F638">
-        <v>10.327</v>
+        <v>10.324</v>
       </c>
       <c r="G638">
         <v>17.645</v>
       </c>
       <c r="H638">
         <v>0.3</v>
       </c>
       <c r="I638">
         <v>0.358</v>
       </c>
       <c r="J638">
         <v>80.465</v>
       </c>
       <c r="K638">
         <v>2.245</v>
       </c>
       <c r="L638">
-        <v>4.176</v>
+        <v>4.177</v>
       </c>
       <c r="M638">
         <v>7.844</v>
       </c>
       <c r="N638">
-        <v>170.825</v>
+        <v>170.822</v>
       </c>
       <c r="O638">
-        <v>417.063</v>
+        <v>416.818</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>56.992</v>
+        <v>57.223</v>
       </c>
       <c r="C639">
-        <v>149.188</v>
+        <v>149.476</v>
       </c>
       <c r="D639">
         <v>0.11</v>
       </c>
       <c r="E639">
         <v>51.072</v>
       </c>
       <c r="F639">
         <v>9.041</v>
       </c>
       <c r="G639">
         <v>20.778</v>
       </c>
       <c r="H639">
         <v>0.211</v>
       </c>
       <c r="I639">
         <v>0.5</v>
       </c>
       <c r="J639">
         <v>90.065</v>
       </c>
       <c r="K639">
         <v>3.483</v>
       </c>
       <c r="L639">
         <v>4.317</v>
       </c>
       <c r="M639">
         <v>8.711</v>
       </c>
       <c r="N639">
         <v>188.288</v>
       </c>
       <c r="O639">
-        <v>395.101</v>
+        <v>395.62</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>52.717</v>
+        <v>52.479</v>
       </c>
       <c r="C640">
-        <v>129.218</v>
+        <v>128.748</v>
       </c>
       <c r="D640">
         <v>0.136</v>
       </c>
       <c r="E640">
-        <v>49.237</v>
+        <v>49.236</v>
       </c>
       <c r="F640">
-        <v>7.421</v>
+        <v>7.42</v>
       </c>
       <c r="G640">
         <v>21.676</v>
       </c>
       <c r="H640">
         <v>0.081</v>
       </c>
       <c r="I640">
         <v>0.65</v>
       </c>
       <c r="J640">
         <v>88.354</v>
       </c>
       <c r="K640">
         <v>4.741</v>
       </c>
       <c r="L640">
-        <v>4.146</v>
+        <v>4.145</v>
       </c>
       <c r="M640">
         <v>8.484</v>
       </c>
       <c r="N640">
-        <v>184.924</v>
+        <v>184.923</v>
       </c>
       <c r="O640">
-        <v>367.473</v>
+        <v>366.763</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>55.738</v>
+        <v>56.304</v>
       </c>
       <c r="C641">
-        <v>124.896</v>
+        <v>124.864</v>
       </c>
       <c r="D641">
         <v>0.142</v>
       </c>
       <c r="E641">
         <v>49.64</v>
       </c>
       <c r="F641">
-        <v>6.901</v>
+        <v>6.9</v>
       </c>
       <c r="G641">
         <v>22.39</v>
       </c>
       <c r="H641">
         <v>0.083</v>
       </c>
       <c r="I641">
         <v>0.639</v>
       </c>
       <c r="J641">
         <v>93.207</v>
       </c>
       <c r="K641">
-        <v>6.114</v>
+        <v>6.113</v>
       </c>
       <c r="L641">
-        <v>2.944</v>
+        <v>2.945</v>
       </c>
       <c r="M641">
         <v>9.243</v>
       </c>
       <c r="N641">
-        <v>191.303</v>
+        <v>191.301</v>
       </c>
       <c r="O641">
-        <v>372.571</v>
+        <v>373.103</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>71.473</v>
+        <v>71.9</v>
       </c>
       <c r="C642">
-        <v>131.068</v>
+        <v>130.87</v>
       </c>
       <c r="D642">
         <v>0.133</v>
       </c>
       <c r="E642">
         <v>50.314</v>
       </c>
       <c r="F642">
         <v>6.497</v>
       </c>
       <c r="G642">
         <v>22.692</v>
       </c>
       <c r="H642">
         <v>0.086</v>
       </c>
       <c r="I642">
         <v>0.562</v>
       </c>
       <c r="J642">
         <v>91.938</v>
       </c>
       <c r="K642">
         <v>4.531</v>
       </c>
       <c r="L642">
         <v>4.185</v>
       </c>
       <c r="M642">
         <v>9.285</v>
       </c>
       <c r="N642">
         <v>190.224</v>
       </c>
       <c r="O642">
-        <v>393.379</v>
+        <v>393.607</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>86.89</v>
+        <v>87.072</v>
       </c>
       <c r="C643">
-        <v>148.109</v>
+        <v>147.302</v>
       </c>
       <c r="D643">
         <v>0.18</v>
       </c>
       <c r="E643">
         <v>49.821</v>
       </c>
       <c r="F643">
         <v>6.807</v>
       </c>
       <c r="G643">
         <v>23.421</v>
       </c>
       <c r="H643">
         <v>0.032</v>
       </c>
       <c r="I643">
         <v>0.754</v>
       </c>
       <c r="J643">
         <v>93.896</v>
       </c>
       <c r="K643">
-        <v>5.381</v>
+        <v>5.379</v>
       </c>
       <c r="L643">
-        <v>5.075</v>
+        <v>5.074</v>
       </c>
       <c r="M643">
         <v>9.608</v>
       </c>
       <c r="N643">
-        <v>194.976</v>
+        <v>194.974</v>
       </c>
       <c r="O643">
-        <v>430.609</v>
+        <v>429.981</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>77.326</v>
+      </c>
+      <c r="C644">
+        <v>143.05</v>
+      </c>
+      <c r="D644">
+        <v>0.145</v>
+      </c>
+      <c r="E644">
+        <v>49.413</v>
+      </c>
+      <c r="F644">
+        <v>7.676</v>
+      </c>
+      <c r="G644">
+        <v>23.091</v>
+      </c>
+      <c r="H644">
+        <v>0.061</v>
+      </c>
+      <c r="I644">
+        <v>0.695</v>
+      </c>
+      <c r="J644">
+        <v>94.783</v>
+      </c>
+      <c r="K644">
+        <v>4.064</v>
+      </c>
+      <c r="L644">
+        <v>3.853</v>
+      </c>
+      <c r="M644">
+        <v>9.597</v>
+      </c>
+      <c r="N644">
+        <v>193.377</v>
+      </c>
+      <c r="O644">
+        <v>414.387</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>66.104</v>
+      </c>
+      <c r="C645">
+        <v>131.137</v>
+      </c>
+      <c r="D645">
+        <v>0.146</v>
+      </c>
+      <c r="E645">
+        <v>49.307</v>
+      </c>
+      <c r="F645">
+        <v>6.995</v>
+      </c>
+      <c r="G645">
+        <v>20.436</v>
+      </c>
+      <c r="H645">
+        <v>0.003</v>
+      </c>
+      <c r="I645">
+        <v>0.789</v>
+      </c>
+      <c r="J645">
+        <v>89.171</v>
+      </c>
+      <c r="K645">
+        <v>3.34</v>
+      </c>
+      <c r="L645">
+        <v>5.226</v>
+      </c>
+      <c r="M645">
+        <v>9.145</v>
+      </c>
+      <c r="N645">
+        <v>184.559</v>
+      </c>
+      <c r="O645">
+        <v>382.413</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>62.316</v>
+      </c>
+      <c r="C646">
+        <v>131.996</v>
+      </c>
+      <c r="D646">
+        <v>0.163</v>
+      </c>
+      <c r="E646">
+        <v>54.284</v>
+      </c>
+      <c r="F646">
+        <v>8.149</v>
+      </c>
+      <c r="G646">
+        <v>21.772</v>
+      </c>
+      <c r="H646">
+        <v>-0.25</v>
+      </c>
+      <c r="I646">
+        <v>0.789</v>
+      </c>
+      <c r="J646">
+        <v>92.074</v>
+      </c>
+      <c r="K646">
+        <v>2.766</v>
+      </c>
+      <c r="L646">
+        <v>4.34</v>
+      </c>
+      <c r="M646">
+        <v>8.687</v>
+      </c>
+      <c r="N646">
+        <v>192.773</v>
+      </c>
+      <c r="O646">
+        <v>387.719</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -32824,134 +32965,134 @@
       </c>
       <c r="K62">
         <v>57.62</v>
       </c>
       <c r="L62">
         <v>56.671</v>
       </c>
       <c r="M62">
         <v>111.158</v>
       </c>
       <c r="N62">
         <v>2251.413</v>
       </c>
       <c r="O62">
         <v>4945.217</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>776.47</v>
       </c>
       <c r="C63">
-        <v>1764.086</v>
+        <v>1790.229</v>
       </c>
       <c r="D63">
         <v>1.464</v>
       </c>
       <c r="E63">
         <v>602.141</v>
       </c>
       <c r="F63">
         <v>96.003</v>
       </c>
       <c r="G63">
         <v>247.148</v>
       </c>
       <c r="H63">
         <v>1.601</v>
       </c>
       <c r="I63">
         <v>6.806</v>
       </c>
       <c r="J63">
         <v>1081.443</v>
       </c>
       <c r="K63">
         <v>57.459</v>
       </c>
       <c r="L63">
         <v>47.145</v>
       </c>
       <c r="M63">
         <v>109.806</v>
       </c>
       <c r="N63">
         <v>2251.016</v>
       </c>
       <c r="O63">
-        <v>4799.034</v>
+        <v>4825.177</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
-        <v>751.055</v>
+        <v>751.229</v>
       </c>
       <c r="C64">
-        <v>1791.475</v>
+        <v>1816.714</v>
       </c>
       <c r="D64">
         <v>1.575</v>
       </c>
       <c r="E64">
         <v>584.92</v>
       </c>
       <c r="F64">
         <v>100.243</v>
       </c>
       <c r="G64">
         <v>253.355</v>
       </c>
       <c r="H64">
         <v>1.144</v>
       </c>
       <c r="I64">
         <v>6.471</v>
       </c>
       <c r="J64">
         <v>1087.502</v>
       </c>
       <c r="K64">
-        <v>50.603</v>
+        <v>50.61</v>
       </c>
       <c r="L64">
         <v>50.501</v>
       </c>
       <c r="M64">
         <v>107.143</v>
       </c>
       <c r="N64">
-        <v>2243.458</v>
+        <v>2243.465</v>
       </c>
       <c r="O64">
-        <v>4793.449</v>
+        <v>4818.87</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>