--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>February 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: February 24, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: March 26, 2026</t>
   </si>
   <si>
     <t>Table 11.1 Carbon Dioxide Emissions From Energy Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Coal, Including Coal Coke Net Imports, CO2 Emissions</t>
   </si>
   <si>
     <t>Natural Gas, Excluding Supplemental Gaseous Fuels, CO2 Emissions</t>
   </si>
   <si>
     <t>Aviation Gasoline CO2 Emissions</t>
   </si>
   <si>
     <t>Distillate Fuel Oil, Excluding Biodiesel, CO2 Emissions</t>
   </si>
   <si>
     <t>Hydrocarbon Gas Liquids CO2 Emissions</t>
   </si>
   <si>
     <t>Jet Fuel CO2 Emissions</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z647"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A647"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="89.692" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
@@ -28845,1638 +28845,1685 @@
       </c>
       <c r="K612">
         <v>4.388</v>
       </c>
       <c r="L612">
         <v>3.994</v>
       </c>
       <c r="M612">
         <v>9.062</v>
       </c>
       <c r="N612">
         <v>186.467</v>
       </c>
       <c r="O612">
         <v>452.894</v>
       </c>
     </row>
     <row r="613" spans="1:26">
       <c r="A613" s="6">
         <v>44927.0</v>
       </c>
       <c r="B613">
         <v>71.168</v>
       </c>
       <c r="C613">
-        <v>182.54</v>
+        <v>179.869</v>
       </c>
       <c r="D613">
         <v>0.062</v>
       </c>
       <c r="E613">
         <v>51.871</v>
       </c>
       <c r="F613">
         <v>10.458</v>
       </c>
       <c r="G613">
         <v>19.396</v>
       </c>
       <c r="H613">
         <v>0.366</v>
       </c>
       <c r="I613">
         <v>0.803</v>
       </c>
       <c r="J613">
         <v>84.988</v>
       </c>
       <c r="K613">
         <v>2.447</v>
       </c>
       <c r="L613">
         <v>4.036</v>
       </c>
       <c r="M613">
         <v>8.857</v>
       </c>
       <c r="N613">
         <v>183.283</v>
       </c>
       <c r="O613">
-        <v>437.625</v>
+        <v>434.954</v>
       </c>
     </row>
     <row r="614" spans="1:26">
       <c r="A614" s="6">
         <v>44958.0</v>
       </c>
       <c r="B614">
         <v>55.527</v>
       </c>
       <c r="C614">
-        <v>162.76</v>
+        <v>160.329</v>
       </c>
       <c r="D614">
         <v>0.103</v>
       </c>
       <c r="E614">
         <v>47.164</v>
       </c>
       <c r="F614">
         <v>9.047</v>
       </c>
       <c r="G614">
         <v>17.383</v>
       </c>
       <c r="H614">
         <v>0.224</v>
       </c>
       <c r="I614">
         <v>0.714</v>
       </c>
       <c r="J614">
         <v>80.858</v>
       </c>
       <c r="K614">
         <v>4.164</v>
       </c>
       <c r="L614">
         <v>5.063</v>
       </c>
       <c r="M614">
         <v>7.747</v>
       </c>
       <c r="N614">
         <v>172.466</v>
       </c>
       <c r="O614">
-        <v>391.325</v>
+        <v>388.894</v>
       </c>
     </row>
     <row r="615" spans="1:26">
       <c r="A615" s="6">
         <v>44986.0</v>
       </c>
       <c r="B615">
         <v>59.198</v>
       </c>
       <c r="C615">
-        <v>166.491</v>
+        <v>164.029</v>
       </c>
       <c r="D615">
         <v>0.133</v>
       </c>
       <c r="E615">
         <v>53.701</v>
       </c>
       <c r="F615">
         <v>8.634</v>
       </c>
       <c r="G615">
         <v>20.479</v>
       </c>
       <c r="H615">
         <v>0.048</v>
       </c>
       <c r="I615">
         <v>0.417</v>
       </c>
       <c r="J615">
         <v>93.225</v>
       </c>
       <c r="K615">
         <v>5.497</v>
       </c>
       <c r="L615">
         <v>3.313</v>
       </c>
       <c r="M615">
         <v>9.114</v>
       </c>
       <c r="N615">
         <v>194.562</v>
       </c>
       <c r="O615">
-        <v>420.885</v>
+        <v>418.423</v>
       </c>
     </row>
     <row r="616" spans="1:26">
       <c r="A616" s="6">
         <v>45017.0</v>
       </c>
       <c r="B616">
         <v>47.886</v>
       </c>
       <c r="C616">
-        <v>132.711</v>
+        <v>130.77</v>
       </c>
       <c r="D616">
         <v>0.099</v>
       </c>
       <c r="E616">
         <v>49.011</v>
       </c>
       <c r="F616">
         <v>7.364</v>
       </c>
       <c r="G616">
         <v>19.73</v>
       </c>
       <c r="H616">
         <v>0.124</v>
       </c>
       <c r="I616">
         <v>0.545</v>
       </c>
       <c r="J616">
         <v>89.059</v>
       </c>
       <c r="K616">
         <v>5.932</v>
       </c>
       <c r="L616">
         <v>2.511</v>
       </c>
       <c r="M616">
         <v>9.249</v>
       </c>
       <c r="N616">
         <v>183.623</v>
       </c>
       <c r="O616">
-        <v>364.833</v>
+        <v>362.893</v>
       </c>
     </row>
     <row r="617" spans="1:26">
       <c r="A617" s="6">
         <v>45047.0</v>
       </c>
       <c r="B617">
         <v>52.48</v>
       </c>
       <c r="C617">
-        <v>126.675</v>
+        <v>124.788</v>
       </c>
       <c r="D617">
         <v>0.151</v>
       </c>
       <c r="E617">
         <v>51.108</v>
       </c>
       <c r="F617">
         <v>6.592</v>
       </c>
       <c r="G617">
         <v>21.199</v>
       </c>
       <c r="H617">
         <v>0.189</v>
       </c>
       <c r="I617">
         <v>0.675</v>
       </c>
       <c r="J617">
         <v>93.236</v>
       </c>
       <c r="K617">
         <v>4.298</v>
       </c>
       <c r="L617">
         <v>3.121</v>
       </c>
       <c r="M617">
         <v>9.767</v>
       </c>
       <c r="N617">
         <v>190.335</v>
       </c>
       <c r="O617">
-        <v>370.124</v>
+        <v>368.236</v>
       </c>
     </row>
     <row r="618" spans="1:26">
       <c r="A618" s="6">
         <v>45078.0</v>
       </c>
       <c r="B618">
         <v>66.937</v>
       </c>
       <c r="C618">
-        <v>129.873</v>
+        <v>127.883</v>
       </c>
       <c r="D618">
         <v>0.15</v>
       </c>
       <c r="E618">
         <v>50.158</v>
       </c>
       <c r="F618">
         <v>6.2</v>
       </c>
       <c r="G618">
         <v>21.569</v>
       </c>
       <c r="H618">
         <v>0.066</v>
       </c>
       <c r="I618">
         <v>0.639</v>
       </c>
       <c r="J618">
         <v>93.049</v>
       </c>
       <c r="K618">
         <v>3.796</v>
       </c>
       <c r="L618">
         <v>3.859</v>
       </c>
       <c r="M618">
         <v>9.46</v>
       </c>
       <c r="N618">
         <v>188.946</v>
       </c>
       <c r="O618">
-        <v>386.369</v>
+        <v>384.379</v>
       </c>
     </row>
     <row r="619" spans="1:26">
       <c r="A619" s="6">
         <v>45108.0</v>
       </c>
       <c r="B619">
         <v>86.282</v>
       </c>
       <c r="C619">
-        <v>146.79</v>
+        <v>144.571</v>
       </c>
       <c r="D619">
         <v>0.154</v>
       </c>
       <c r="E619">
         <v>46.804</v>
       </c>
       <c r="F619">
         <v>6.691</v>
       </c>
       <c r="G619">
         <v>22.257</v>
       </c>
       <c r="H619">
         <v>0.163</v>
       </c>
       <c r="I619">
         <v>0.656</v>
       </c>
       <c r="J619">
         <v>92.268</v>
       </c>
       <c r="K619">
         <v>2.26</v>
       </c>
       <c r="L619">
         <v>3.673</v>
       </c>
       <c r="M619">
         <v>10.151</v>
       </c>
       <c r="N619">
         <v>185.076</v>
       </c>
       <c r="O619">
-        <v>418.782</v>
+        <v>416.563</v>
       </c>
     </row>
     <row r="620" spans="1:26">
       <c r="A620" s="6">
         <v>45139.0</v>
       </c>
       <c r="B620">
         <v>85.451</v>
       </c>
       <c r="C620">
-        <v>147.402</v>
+        <v>145.128</v>
       </c>
       <c r="D620">
         <v>0.162</v>
       </c>
       <c r="E620">
         <v>52.844</v>
       </c>
       <c r="F620">
         <v>6.402</v>
       </c>
       <c r="G620">
         <v>21.679</v>
       </c>
       <c r="H620">
         <v>0.008</v>
       </c>
       <c r="I620">
         <v>0.566</v>
       </c>
       <c r="J620">
         <v>94.802</v>
       </c>
       <c r="K620">
         <v>5.943</v>
       </c>
       <c r="L620">
         <v>4.69</v>
       </c>
       <c r="M620">
         <v>9.739</v>
       </c>
       <c r="N620">
         <v>196.836</v>
       </c>
       <c r="O620">
-        <v>430.324</v>
+        <v>428.05</v>
       </c>
     </row>
     <row r="621" spans="1:26">
       <c r="A621" s="6">
         <v>45170.0</v>
       </c>
       <c r="B621">
         <v>67.838</v>
       </c>
       <c r="C621">
-        <v>130.87</v>
+        <v>128.945</v>
       </c>
       <c r="D621">
         <v>0.075</v>
       </c>
       <c r="E621">
         <v>48.717</v>
       </c>
       <c r="F621">
         <v>6.451</v>
       </c>
       <c r="G621">
         <v>20.782</v>
       </c>
       <c r="H621">
         <v>0.141</v>
       </c>
       <c r="I621">
         <v>0.496</v>
       </c>
       <c r="J621">
         <v>87.941</v>
       </c>
       <c r="K621">
         <v>7.286</v>
       </c>
       <c r="L621">
         <v>3.113</v>
       </c>
       <c r="M621">
         <v>9.128</v>
       </c>
       <c r="N621">
         <v>184.129</v>
       </c>
       <c r="O621">
-        <v>383.45</v>
+        <v>381.525</v>
       </c>
     </row>
     <row r="622" spans="1:26">
       <c r="A622" s="6">
         <v>45200.0</v>
       </c>
       <c r="B622">
         <v>59.782</v>
       </c>
       <c r="C622">
-        <v>133.956</v>
+        <v>131.974</v>
       </c>
       <c r="D622">
         <v>0.179</v>
       </c>
       <c r="E622">
         <v>53.085</v>
       </c>
       <c r="F622">
         <v>7.962</v>
       </c>
       <c r="G622">
         <v>21.547</v>
       </c>
       <c r="H622">
         <v>0.014</v>
       </c>
       <c r="I622">
         <v>0.678</v>
       </c>
       <c r="J622">
         <v>93.252</v>
       </c>
       <c r="K622">
         <v>4.887</v>
       </c>
       <c r="L622">
         <v>3.937</v>
       </c>
       <c r="M622">
         <v>8.609</v>
       </c>
       <c r="N622">
         <v>194.15</v>
       </c>
       <c r="O622">
-        <v>388.521</v>
+        <v>386.54</v>
       </c>
     </row>
     <row r="623" spans="1:26">
       <c r="A623" s="6">
         <v>45231.0</v>
       </c>
       <c r="B623">
         <v>59.958</v>
       </c>
       <c r="C623">
-        <v>155.284</v>
+        <v>152.965</v>
       </c>
       <c r="D623">
         <v>0.103</v>
       </c>
       <c r="E623">
         <v>50.009</v>
       </c>
       <c r="F623">
         <v>9.578</v>
       </c>
       <c r="G623">
         <v>19.947</v>
       </c>
       <c r="H623">
         <v>0.014</v>
       </c>
       <c r="I623">
         <v>0.348</v>
       </c>
       <c r="J623">
         <v>88.407</v>
       </c>
       <c r="K623">
         <v>7.777</v>
       </c>
       <c r="L623">
         <v>5.062</v>
       </c>
       <c r="M623">
         <v>8.843</v>
       </c>
       <c r="N623">
         <v>190.088</v>
       </c>
       <c r="O623">
-        <v>405.943</v>
+        <v>403.624</v>
       </c>
     </row>
     <row r="624" spans="1:26">
       <c r="A624" s="6">
         <v>45261.0</v>
       </c>
       <c r="B624">
         <v>63.962</v>
       </c>
       <c r="C624">
-        <v>174.878</v>
+        <v>172.41</v>
       </c>
       <c r="D624">
         <v>0.093</v>
       </c>
       <c r="E624">
         <v>47.67</v>
       </c>
       <c r="F624">
         <v>10.624</v>
       </c>
       <c r="G624">
         <v>21.18</v>
       </c>
       <c r="H624">
         <v>0.245</v>
       </c>
       <c r="I624">
         <v>0.27</v>
       </c>
       <c r="J624">
         <v>90.359</v>
       </c>
       <c r="K624">
         <v>3.172</v>
       </c>
       <c r="L624">
         <v>4.767</v>
       </c>
       <c r="M624">
         <v>9.143</v>
       </c>
       <c r="N624">
         <v>187.522</v>
       </c>
       <c r="O624">
-        <v>426.996</v>
+        <v>424.528</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>83.389</v>
       </c>
       <c r="C625">
-        <v>205.352</v>
+        <v>202.593</v>
       </c>
       <c r="D625">
         <v>0.077</v>
       </c>
       <c r="E625">
         <v>50.464</v>
       </c>
       <c r="F625">
-        <v>11.962</v>
+        <v>11.797</v>
       </c>
       <c r="G625">
         <v>19.453</v>
       </c>
       <c r="H625">
         <v>0.201</v>
       </c>
       <c r="I625">
         <v>0.596</v>
       </c>
       <c r="J625">
         <v>85.309</v>
       </c>
       <c r="K625">
         <v>4.343</v>
       </c>
       <c r="L625">
         <v>4.074</v>
       </c>
       <c r="M625">
         <v>8.788</v>
       </c>
       <c r="N625">
-        <v>185.266</v>
+        <v>185.101</v>
       </c>
       <c r="O625">
-        <v>474.639</v>
+        <v>471.715</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>53.675</v>
       </c>
       <c r="C626">
-        <v>163.366</v>
+        <v>160.903</v>
       </c>
       <c r="D626">
         <v>0.147</v>
       </c>
       <c r="E626">
         <v>47.746</v>
       </c>
       <c r="F626">
-        <v>9.439</v>
+        <v>9.328</v>
       </c>
       <c r="G626">
         <v>18.433</v>
       </c>
       <c r="H626">
         <v>0.101</v>
       </c>
       <c r="I626">
         <v>0.468</v>
       </c>
       <c r="J626">
         <v>83.056</v>
       </c>
       <c r="K626">
         <v>2.572</v>
       </c>
       <c r="L626">
         <v>4.016</v>
       </c>
       <c r="M626">
         <v>7.978</v>
       </c>
       <c r="N626">
-        <v>173.954</v>
+        <v>173.843</v>
       </c>
       <c r="O626">
-        <v>391.586</v>
+        <v>389.013</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>47.045</v>
       </c>
       <c r="C627">
-        <v>153.867</v>
+        <v>151.675</v>
       </c>
       <c r="D627">
         <v>0.098</v>
       </c>
       <c r="E627">
         <v>48.28</v>
       </c>
       <c r="F627">
-        <v>9.06</v>
+        <v>8.995</v>
       </c>
       <c r="G627">
         <v>20.962</v>
       </c>
       <c r="H627">
         <v>0.105</v>
       </c>
       <c r="I627">
         <v>0.533</v>
       </c>
       <c r="J627">
         <v>91.854</v>
       </c>
       <c r="K627">
         <v>2.884</v>
       </c>
       <c r="L627">
         <v>4.38</v>
       </c>
       <c r="M627">
         <v>8.804</v>
       </c>
       <c r="N627">
-        <v>186.961</v>
+        <v>186.896</v>
       </c>
       <c r="O627">
-        <v>388.504</v>
+        <v>386.247</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>44.44</v>
       </c>
       <c r="C628">
-        <v>131.746</v>
+        <v>129.763</v>
       </c>
       <c r="D628">
         <v>0.145</v>
       </c>
       <c r="E628">
         <v>47.83</v>
       </c>
       <c r="F628">
-        <v>7.392</v>
+        <v>7.318</v>
       </c>
       <c r="G628">
         <v>20.619</v>
       </c>
       <c r="H628">
         <v>0.154</v>
       </c>
       <c r="I628">
         <v>0.696</v>
       </c>
       <c r="J628">
         <v>88.469</v>
       </c>
       <c r="K628">
         <v>6.292</v>
       </c>
       <c r="L628">
         <v>4.561</v>
       </c>
       <c r="M628">
         <v>8.654</v>
       </c>
       <c r="N628">
-        <v>184.814</v>
+        <v>184.74</v>
       </c>
       <c r="O628">
-        <v>361.612</v>
+        <v>359.555</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>53.67</v>
       </c>
       <c r="C629">
-        <v>128.389</v>
+        <v>126.391</v>
       </c>
       <c r="D629">
         <v>0.125</v>
       </c>
       <c r="E629">
         <v>49.196</v>
       </c>
       <c r="F629">
-        <v>7.053</v>
+        <v>6.938</v>
       </c>
       <c r="G629">
         <v>22.112</v>
       </c>
       <c r="H629">
         <v>0.156</v>
       </c>
       <c r="I629">
         <v>0.549</v>
       </c>
       <c r="J629">
         <v>96.363</v>
       </c>
       <c r="K629">
         <v>6.006</v>
       </c>
       <c r="L629">
         <v>4.282</v>
       </c>
       <c r="M629">
         <v>9.566</v>
       </c>
       <c r="N629">
-        <v>195.408</v>
+        <v>195.293</v>
       </c>
       <c r="O629">
-        <v>378.099</v>
+        <v>375.985</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>68.155</v>
       </c>
       <c r="C630">
-        <v>133.437</v>
+        <v>131.489</v>
       </c>
       <c r="D630">
         <v>0.18</v>
       </c>
       <c r="E630">
         <v>46.224</v>
       </c>
       <c r="F630">
-        <v>6.344</v>
+        <v>6.209</v>
       </c>
       <c r="G630">
         <v>21.778</v>
       </c>
       <c r="H630">
         <v>0.111</v>
       </c>
       <c r="I630">
         <v>0.618</v>
       </c>
       <c r="J630">
         <v>91.534</v>
       </c>
       <c r="K630">
         <v>3.815</v>
       </c>
       <c r="L630">
         <v>4.169</v>
       </c>
       <c r="M630">
         <v>9.364</v>
       </c>
       <c r="N630">
-        <v>184.137</v>
+        <v>184.002</v>
       </c>
       <c r="O630">
-        <v>386.34</v>
+        <v>384.258</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>79.49</v>
       </c>
       <c r="C631">
-        <v>150.78</v>
+        <v>148.686</v>
       </c>
       <c r="D631">
         <v>0.178</v>
       </c>
       <c r="E631">
         <v>48.266</v>
       </c>
       <c r="F631">
-        <v>6.189</v>
+        <v>6.051</v>
       </c>
       <c r="G631">
         <v>22.883</v>
       </c>
       <c r="H631">
         <v>0.022</v>
       </c>
       <c r="I631">
         <v>0.569</v>
       </c>
       <c r="J631">
         <v>95.667</v>
       </c>
       <c r="K631">
         <v>6.351</v>
       </c>
       <c r="L631">
         <v>4.288</v>
       </c>
       <c r="M631">
         <v>9.404</v>
       </c>
       <c r="N631">
-        <v>193.817</v>
+        <v>193.68</v>
       </c>
       <c r="O631">
-        <v>424.719</v>
+        <v>422.488</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>77.346</v>
       </c>
       <c r="C632">
-        <v>149.641</v>
+        <v>147.445</v>
       </c>
       <c r="D632">
         <v>0.147</v>
       </c>
       <c r="E632">
         <v>50.773</v>
       </c>
       <c r="F632">
-        <v>6.727</v>
+        <v>6.564</v>
       </c>
       <c r="G632">
         <v>22.649</v>
       </c>
       <c r="H632">
         <v>0</v>
       </c>
       <c r="I632">
         <v>0.686</v>
       </c>
       <c r="J632">
         <v>95.158</v>
       </c>
       <c r="K632">
         <v>4.285</v>
       </c>
       <c r="L632">
         <v>4.17</v>
       </c>
       <c r="M632">
         <v>9.525</v>
       </c>
       <c r="N632">
-        <v>194.119</v>
+        <v>193.956</v>
       </c>
       <c r="O632">
-        <v>421.738</v>
+        <v>419.379</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>62.975</v>
       </c>
       <c r="C633">
-        <v>132.678</v>
+        <v>130.675</v>
       </c>
       <c r="D633">
         <v>0.152</v>
       </c>
       <c r="E633">
         <v>46.589</v>
       </c>
       <c r="F633">
-        <v>7.07</v>
+        <v>6.893</v>
       </c>
       <c r="G633">
         <v>20.597</v>
       </c>
       <c r="H633">
         <v>0</v>
       </c>
       <c r="I633">
         <v>0.552</v>
       </c>
       <c r="J633">
         <v>89.358</v>
       </c>
       <c r="K633">
         <v>3.873</v>
       </c>
       <c r="L633">
         <v>3.13</v>
       </c>
       <c r="M633">
         <v>8.72</v>
       </c>
       <c r="N633">
-        <v>180.04</v>
+        <v>179.863</v>
       </c>
       <c r="O633">
-        <v>376.305</v>
+        <v>374.125</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>55.958</v>
       </c>
       <c r="C634">
-        <v>133.629</v>
+        <v>131.428</v>
       </c>
       <c r="D634">
         <v>0.135</v>
       </c>
       <c r="E634">
         <v>54.016</v>
       </c>
       <c r="F634">
-        <v>8.429</v>
+        <v>8.216</v>
       </c>
       <c r="G634">
         <v>21.731</v>
       </c>
       <c r="H634">
         <v>0.015</v>
       </c>
       <c r="I634">
         <v>0.515</v>
       </c>
       <c r="J634">
         <v>92.945</v>
       </c>
       <c r="K634">
         <v>3.763</v>
       </c>
       <c r="L634">
         <v>4.612</v>
       </c>
       <c r="M634">
         <v>8.86</v>
       </c>
       <c r="N634">
-        <v>195.021</v>
+        <v>194.808</v>
       </c>
       <c r="O634">
-        <v>385.241</v>
+        <v>382.826</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>54.303</v>
       </c>
       <c r="C635">
-        <v>148.869</v>
+        <v>146.703</v>
       </c>
       <c r="D635">
         <v>0.115</v>
       </c>
       <c r="E635">
         <v>46.57</v>
       </c>
       <c r="F635">
-        <v>9.038</v>
+        <v>8.921</v>
       </c>
       <c r="G635">
         <v>20.505</v>
       </c>
       <c r="H635">
         <v>0.121</v>
       </c>
       <c r="I635">
         <v>0.342</v>
       </c>
       <c r="J635">
         <v>87.657</v>
       </c>
       <c r="K635">
         <v>3.844</v>
       </c>
       <c r="L635">
         <v>4.342</v>
       </c>
       <c r="M635">
         <v>8.727</v>
       </c>
       <c r="N635">
-        <v>181.259</v>
+        <v>181.142</v>
       </c>
       <c r="O635">
-        <v>385.043</v>
+        <v>382.759</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>70.784</v>
       </c>
       <c r="C636">
-        <v>184.961</v>
+        <v>182.372</v>
       </c>
       <c r="D636">
         <v>0.078</v>
       </c>
       <c r="E636">
         <v>48.966</v>
       </c>
       <c r="F636">
-        <v>11.541</v>
+        <v>11.378</v>
       </c>
       <c r="G636">
         <v>21.633</v>
       </c>
       <c r="H636">
         <v>0.159</v>
       </c>
       <c r="I636">
         <v>0.346</v>
       </c>
       <c r="J636">
         <v>90.132</v>
       </c>
       <c r="K636">
         <v>2.582</v>
       </c>
       <c r="L636">
         <v>4.477</v>
       </c>
       <c r="M636">
         <v>8.754</v>
       </c>
       <c r="N636">
-        <v>188.669</v>
+        <v>188.506</v>
       </c>
       <c r="O636">
-        <v>445.046</v>
+        <v>442.294</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>89.46</v>
       </c>
       <c r="C637">
-        <v>212.929</v>
+        <v>212.941</v>
       </c>
       <c r="D637">
         <v>0.088</v>
       </c>
       <c r="E637">
         <v>53.242</v>
       </c>
       <c r="F637">
-        <v>13.058</v>
+        <v>12.865</v>
       </c>
       <c r="G637">
         <v>20.571</v>
       </c>
       <c r="H637">
         <v>0.327</v>
       </c>
       <c r="I637">
         <v>0.473</v>
       </c>
       <c r="J637">
         <v>87.083</v>
       </c>
       <c r="K637">
         <v>6.403</v>
       </c>
       <c r="L637">
         <v>5.217</v>
       </c>
       <c r="M637">
         <v>8.744</v>
       </c>
       <c r="N637">
-        <v>195.207</v>
+        <v>195.014</v>
       </c>
       <c r="O637">
-        <v>498.23</v>
+        <v>498.048</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>69.858</v>
       </c>
       <c r="C638">
-        <v>175.566</v>
+        <v>175.382</v>
       </c>
       <c r="D638">
         <v>0.128</v>
       </c>
       <c r="E638">
         <v>47.337</v>
       </c>
       <c r="F638">
-        <v>10.324</v>
+        <v>10.169</v>
       </c>
       <c r="G638">
         <v>17.645</v>
       </c>
       <c r="H638">
         <v>0.3</v>
       </c>
       <c r="I638">
         <v>0.358</v>
       </c>
       <c r="J638">
         <v>80.465</v>
       </c>
       <c r="K638">
         <v>2.245</v>
       </c>
       <c r="L638">
         <v>4.177</v>
       </c>
       <c r="M638">
         <v>7.844</v>
       </c>
       <c r="N638">
-        <v>170.822</v>
+        <v>170.666</v>
       </c>
       <c r="O638">
-        <v>416.818</v>
+        <v>416.479</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>57.223</v>
       </c>
       <c r="C639">
-        <v>149.476</v>
+        <v>148.992</v>
       </c>
       <c r="D639">
         <v>0.11</v>
       </c>
       <c r="E639">
         <v>51.072</v>
       </c>
       <c r="F639">
-        <v>9.041</v>
+        <v>8.933</v>
       </c>
       <c r="G639">
         <v>20.778</v>
       </c>
       <c r="H639">
         <v>0.211</v>
       </c>
       <c r="I639">
         <v>0.5</v>
       </c>
       <c r="J639">
         <v>90.065</v>
       </c>
       <c r="K639">
         <v>3.483</v>
       </c>
       <c r="L639">
         <v>4.317</v>
       </c>
       <c r="M639">
         <v>8.711</v>
       </c>
       <c r="N639">
-        <v>188.288</v>
+        <v>188.18</v>
       </c>
       <c r="O639">
-        <v>395.62</v>
+        <v>395.028</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>52.479</v>
       </c>
       <c r="C640">
-        <v>128.748</v>
+        <v>128.57</v>
       </c>
       <c r="D640">
         <v>0.136</v>
       </c>
       <c r="E640">
         <v>49.236</v>
       </c>
       <c r="F640">
-        <v>7.42</v>
+        <v>7.338</v>
       </c>
       <c r="G640">
         <v>21.676</v>
       </c>
       <c r="H640">
         <v>0.081</v>
       </c>
       <c r="I640">
         <v>0.65</v>
       </c>
       <c r="J640">
         <v>88.354</v>
       </c>
       <c r="K640">
         <v>4.741</v>
       </c>
       <c r="L640">
         <v>4.145</v>
       </c>
       <c r="M640">
         <v>8.484</v>
       </c>
       <c r="N640">
-        <v>184.923</v>
+        <v>184.841</v>
       </c>
       <c r="O640">
-        <v>366.763</v>
+        <v>366.503</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>56.304</v>
       </c>
       <c r="C641">
-        <v>124.864</v>
+        <v>124.76</v>
       </c>
       <c r="D641">
         <v>0.142</v>
       </c>
       <c r="E641">
         <v>49.64</v>
       </c>
       <c r="F641">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
       <c r="G641">
         <v>22.39</v>
       </c>
       <c r="H641">
         <v>0.083</v>
       </c>
       <c r="I641">
         <v>0.639</v>
       </c>
       <c r="J641">
         <v>93.207</v>
       </c>
       <c r="K641">
         <v>6.113</v>
       </c>
       <c r="L641">
         <v>2.945</v>
       </c>
       <c r="M641">
         <v>9.243</v>
       </c>
       <c r="N641">
-        <v>191.301</v>
+        <v>191.201</v>
       </c>
       <c r="O641">
-        <v>373.103</v>
+        <v>372.899</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>71.9</v>
       </c>
       <c r="C642">
-        <v>130.87</v>
+        <v>130.78</v>
       </c>
       <c r="D642">
         <v>0.133</v>
       </c>
       <c r="E642">
         <v>50.314</v>
       </c>
       <c r="F642">
-        <v>6.497</v>
+        <v>6.364</v>
       </c>
       <c r="G642">
         <v>22.692</v>
       </c>
       <c r="H642">
         <v>0.086</v>
       </c>
       <c r="I642">
         <v>0.562</v>
       </c>
       <c r="J642">
         <v>91.938</v>
       </c>
       <c r="K642">
         <v>4.531</v>
       </c>
       <c r="L642">
         <v>4.185</v>
       </c>
       <c r="M642">
         <v>9.285</v>
       </c>
       <c r="N642">
-        <v>190.224</v>
+        <v>190.092</v>
       </c>
       <c r="O642">
-        <v>393.607</v>
+        <v>393.385</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>87.072</v>
+        <v>87.484</v>
       </c>
       <c r="C643">
-        <v>147.302</v>
+        <v>147.474</v>
       </c>
       <c r="D643">
         <v>0.18</v>
       </c>
       <c r="E643">
         <v>49.821</v>
       </c>
       <c r="F643">
-        <v>6.807</v>
+        <v>6.636</v>
       </c>
       <c r="G643">
         <v>23.421</v>
       </c>
       <c r="H643">
         <v>0.032</v>
       </c>
       <c r="I643">
         <v>0.754</v>
       </c>
       <c r="J643">
         <v>93.896</v>
       </c>
       <c r="K643">
         <v>5.379</v>
       </c>
       <c r="L643">
         <v>5.074</v>
       </c>
       <c r="M643">
         <v>9.608</v>
       </c>
       <c r="N643">
-        <v>194.974</v>
+        <v>194.803</v>
       </c>
       <c r="O643">
-        <v>429.981</v>
+        <v>430.395</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
-        <v>77.326</v>
+        <v>77.766</v>
       </c>
       <c r="C644">
-        <v>143.05</v>
+        <v>143.007</v>
       </c>
       <c r="D644">
         <v>0.145</v>
       </c>
       <c r="E644">
         <v>49.413</v>
       </c>
       <c r="F644">
-        <v>7.676</v>
+        <v>7.442</v>
       </c>
       <c r="G644">
         <v>23.091</v>
       </c>
       <c r="H644">
         <v>0.061</v>
       </c>
       <c r="I644">
         <v>0.695</v>
       </c>
       <c r="J644">
         <v>94.783</v>
       </c>
       <c r="K644">
         <v>4.064</v>
       </c>
       <c r="L644">
         <v>3.853</v>
       </c>
       <c r="M644">
         <v>9.597</v>
       </c>
       <c r="N644">
-        <v>193.377</v>
+        <v>193.143</v>
       </c>
       <c r="O644">
-        <v>414.387</v>
+        <v>414.55</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
-        <v>66.104</v>
+        <v>66.498</v>
       </c>
       <c r="C645">
-        <v>131.137</v>
+        <v>131.26</v>
       </c>
       <c r="D645">
         <v>0.146</v>
       </c>
       <c r="E645">
         <v>49.307</v>
       </c>
       <c r="F645">
-        <v>6.995</v>
+        <v>6.821</v>
       </c>
       <c r="G645">
         <v>20.436</v>
       </c>
       <c r="H645">
         <v>0.003</v>
       </c>
       <c r="I645">
         <v>0.789</v>
       </c>
       <c r="J645">
         <v>89.171</v>
       </c>
       <c r="K645">
         <v>3.34</v>
       </c>
       <c r="L645">
         <v>5.226</v>
       </c>
       <c r="M645">
         <v>9.145</v>
       </c>
       <c r="N645">
-        <v>184.559</v>
+        <v>184.385</v>
       </c>
       <c r="O645">
-        <v>382.413</v>
+        <v>382.755</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>62.316</v>
       </c>
       <c r="C646">
-        <v>131.996</v>
+        <v>132.2</v>
       </c>
       <c r="D646">
         <v>0.163</v>
       </c>
       <c r="E646">
-        <v>54.284</v>
+        <v>53.415</v>
       </c>
       <c r="F646">
-        <v>8.149</v>
+        <v>8.066</v>
       </c>
       <c r="G646">
-        <v>21.772</v>
+        <v>22.669</v>
       </c>
       <c r="H646">
-        <v>-0.25</v>
+        <v>0.03</v>
       </c>
       <c r="I646">
-        <v>0.789</v>
+        <v>0.667</v>
       </c>
       <c r="J646">
-        <v>92.074</v>
+        <v>90.942</v>
       </c>
       <c r="K646">
-        <v>2.766</v>
+        <v>3.817</v>
       </c>
       <c r="L646">
-        <v>4.34</v>
+        <v>4.528</v>
       </c>
       <c r="M646">
-        <v>8.687</v>
+        <v>8.601</v>
       </c>
       <c r="N646">
-        <v>192.773</v>
+        <v>192.897</v>
       </c>
       <c r="O646">
-        <v>387.719</v>
+        <v>388.047</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>62.161</v>
+      </c>
+      <c r="C647">
+        <v>150.188</v>
+      </c>
+      <c r="D647">
+        <v>0.13</v>
+      </c>
+      <c r="E647">
+        <v>48.21</v>
+      </c>
+      <c r="F647">
+        <v>8.978</v>
+      </c>
+      <c r="G647">
+        <v>20.569</v>
+      </c>
+      <c r="H647">
+        <v>0.189</v>
+      </c>
+      <c r="I647">
+        <v>0.688</v>
+      </c>
+      <c r="J647">
+        <v>86.243</v>
+      </c>
+      <c r="K647">
+        <v>2.302</v>
+      </c>
+      <c r="L647">
+        <v>5</v>
+      </c>
+      <c r="M647">
+        <v>8.474</v>
+      </c>
+      <c r="N647">
+        <v>180.782</v>
+      </c>
+      <c r="O647">
+        <v>393.744</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -32965,134 +33012,134 @@
       </c>
       <c r="K62">
         <v>57.62</v>
       </c>
       <c r="L62">
         <v>56.671</v>
       </c>
       <c r="M62">
         <v>111.158</v>
       </c>
       <c r="N62">
         <v>2251.413</v>
       </c>
       <c r="O62">
         <v>4945.217</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="7">
         <v>2023</v>
       </c>
       <c r="B63">
         <v>776.47</v>
       </c>
       <c r="C63">
-        <v>1790.229</v>
+        <v>1763.661</v>
       </c>
       <c r="D63">
         <v>1.464</v>
       </c>
       <c r="E63">
         <v>602.141</v>
       </c>
       <c r="F63">
         <v>96.003</v>
       </c>
       <c r="G63">
         <v>247.148</v>
       </c>
       <c r="H63">
         <v>1.601</v>
       </c>
       <c r="I63">
         <v>6.806</v>
       </c>
       <c r="J63">
         <v>1081.443</v>
       </c>
       <c r="K63">
         <v>57.459</v>
       </c>
       <c r="L63">
         <v>47.145</v>
       </c>
       <c r="M63">
         <v>109.806</v>
       </c>
       <c r="N63">
         <v>2251.016</v>
       </c>
       <c r="O63">
-        <v>4825.177</v>
+        <v>4798.609</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
         <v>751.229</v>
       </c>
       <c r="C64">
-        <v>1816.714</v>
+        <v>1790.121</v>
       </c>
       <c r="D64">
         <v>1.575</v>
       </c>
       <c r="E64">
         <v>584.92</v>
       </c>
       <c r="F64">
-        <v>100.243</v>
+        <v>98.61</v>
       </c>
       <c r="G64">
         <v>253.355</v>
       </c>
       <c r="H64">
         <v>1.144</v>
       </c>
       <c r="I64">
         <v>6.471</v>
       </c>
       <c r="J64">
         <v>1087.502</v>
       </c>
       <c r="K64">
         <v>50.61</v>
       </c>
       <c r="L64">
         <v>50.501</v>
       </c>
       <c r="M64">
         <v>107.143</v>
       </c>
       <c r="N64">
-        <v>2243.465</v>
+        <v>2241.831</v>
       </c>
       <c r="O64">
-        <v>4818.87</v>
+        <v>4790.644</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>