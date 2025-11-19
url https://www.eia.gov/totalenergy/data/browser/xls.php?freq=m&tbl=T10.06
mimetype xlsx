--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 10.6  Solar Electricity Net Generation</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Residential Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Commercial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Industrial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Utility-Scale Solar Electricity Net Generation: Commercial Sector</t>
   </si>
   <si>
     <t>Utility-Scale Solar Electricity Net Generation: Industrial Sector</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z510"/>
+  <dimension ref="A1:Z511"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A510"/>
+      <selection activeCell="A13" sqref="A13:A511"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -16527,50 +16527,82 @@
         <v>6425.154</v>
       </c>
       <c r="C510">
         <v>2568.727</v>
       </c>
       <c r="D510">
         <v>531.92</v>
       </c>
       <c r="E510">
         <v>9525.802</v>
       </c>
       <c r="F510">
         <v>74.329</v>
       </c>
       <c r="G510">
         <v>68.562</v>
       </c>
       <c r="H510">
         <v>31468.501</v>
       </c>
       <c r="I510">
         <v>31611.392</v>
       </c>
       <c r="J510">
         <v>41137.194</v>
+      </c>
+    </row>
+    <row r="511" spans="1:26">
+      <c r="A511" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B511">
+        <v>6750.908</v>
+      </c>
+      <c r="C511">
+        <v>2672.948</v>
+      </c>
+      <c r="D511">
+        <v>549.049</v>
+      </c>
+      <c r="E511">
+        <v>9972.905</v>
+      </c>
+      <c r="F511">
+        <v>77.914</v>
+      </c>
+      <c r="G511">
+        <v>78.699</v>
+      </c>
+      <c r="H511">
+        <v>32962.197</v>
+      </c>
+      <c r="I511">
+        <v>33118.809</v>
+      </c>
+      <c r="J511">
+        <v>43091.714</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>