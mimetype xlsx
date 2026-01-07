--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 10.6  Solar Electricity Net Generation</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Residential Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Commercial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Industrial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Utility-Scale Solar Electricity Net Generation: Commercial Sector</t>
   </si>
   <si>
     <t>Utility-Scale Solar Electricity Net Generation: Industrial Sector</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z511"/>
+  <dimension ref="A1:Z513"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A511"/>
+      <selection activeCell="A13" sqref="A13:A513"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -15958,651 +15958,715 @@
       </c>
       <c r="E492">
         <v>4493.921</v>
       </c>
       <c r="F492">
         <v>25.448</v>
       </c>
       <c r="G492">
         <v>16.899</v>
       </c>
       <c r="H492">
         <v>9070.16</v>
       </c>
       <c r="I492">
         <v>9112.507</v>
       </c>
       <c r="J492">
         <v>13606.428</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" s="6">
         <v>45292.0</v>
       </c>
       <c r="B493">
-        <v>3281.351</v>
+        <v>3240.161</v>
       </c>
       <c r="C493">
-        <v>1255.811</v>
+        <v>1218.102</v>
       </c>
       <c r="D493">
-        <v>266.625</v>
+        <v>267.512</v>
       </c>
       <c r="E493">
-        <v>4803.787</v>
+        <v>4725.775</v>
       </c>
       <c r="F493">
-        <v>33.163</v>
+        <v>22.788</v>
       </c>
       <c r="G493">
-        <v>25.448</v>
+        <v>22.819</v>
       </c>
       <c r="H493">
-        <v>9680.992</v>
+        <v>9537.255</v>
       </c>
       <c r="I493">
-        <v>9739.604</v>
+        <v>9582.862</v>
       </c>
       <c r="J493">
-        <v>14543.391</v>
+        <v>14308.637</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" s="6">
         <v>45323.0</v>
       </c>
       <c r="B494">
-        <v>3696.393</v>
+        <v>3659.499</v>
       </c>
       <c r="C494">
-        <v>1432.995</v>
+        <v>1386.266</v>
       </c>
       <c r="D494">
-        <v>295.168</v>
+        <v>296.239</v>
       </c>
       <c r="E494">
-        <v>5424.557</v>
+        <v>5342.003</v>
       </c>
       <c r="F494">
-        <v>46.067</v>
+        <v>33.584</v>
       </c>
       <c r="G494">
-        <v>32.606</v>
+        <v>32.329</v>
       </c>
       <c r="H494">
-        <v>12410.458</v>
+        <v>12474.066</v>
       </c>
       <c r="I494">
-        <v>12489.13</v>
+        <v>12539.979</v>
       </c>
       <c r="J494">
-        <v>17913.688</v>
+        <v>17881.982</v>
       </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" s="6">
         <v>45352.0</v>
       </c>
       <c r="B495">
-        <v>4853.615</v>
+        <v>4885.497</v>
       </c>
       <c r="C495">
-        <v>1880.664</v>
+        <v>1821.245</v>
       </c>
       <c r="D495">
-        <v>404.512</v>
+        <v>405.767</v>
       </c>
       <c r="E495">
-        <v>7138.79</v>
+        <v>7112.509</v>
       </c>
       <c r="F495">
-        <v>58.118</v>
+        <v>48.24</v>
       </c>
       <c r="G495">
-        <v>40.775</v>
+        <v>42.979</v>
       </c>
       <c r="H495">
-        <v>15741.447</v>
+        <v>15927.891</v>
       </c>
       <c r="I495">
-        <v>15840.339</v>
+        <v>16019.11</v>
       </c>
       <c r="J495">
-        <v>22979.13</v>
+        <v>23131.619</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" s="6">
         <v>45383.0</v>
       </c>
       <c r="B496">
-        <v>5385.124</v>
+        <v>5385.384</v>
       </c>
       <c r="C496">
-        <v>2070.216</v>
+        <v>2006.743</v>
       </c>
       <c r="D496">
-        <v>438.431</v>
+        <v>439.846</v>
       </c>
       <c r="E496">
-        <v>7893.771</v>
+        <v>7831.972</v>
       </c>
       <c r="F496">
-        <v>66.711</v>
+        <v>56.329</v>
       </c>
       <c r="G496">
-        <v>48.151</v>
+        <v>51.892</v>
       </c>
       <c r="H496">
-        <v>18986.215</v>
+        <v>19132.858</v>
       </c>
       <c r="I496">
-        <v>19101.077</v>
+        <v>19241.078</v>
       </c>
       <c r="J496">
-        <v>26994.848</v>
+        <v>27073.05</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" s="6">
         <v>45413.0</v>
       </c>
       <c r="B497">
-        <v>5846.544</v>
+        <v>5845.406</v>
       </c>
       <c r="C497">
-        <v>2283.689</v>
+        <v>2215.623</v>
       </c>
       <c r="D497">
-        <v>476.147</v>
+        <v>477.695</v>
       </c>
       <c r="E497">
-        <v>8606.38</v>
+        <v>8538.725</v>
       </c>
       <c r="F497">
-        <v>75.099</v>
+        <v>64.305</v>
       </c>
       <c r="G497">
-        <v>54.654</v>
+        <v>62.194</v>
       </c>
       <c r="H497">
-        <v>22079.364</v>
+        <v>22244.898</v>
       </c>
       <c r="I497">
-        <v>22209.117</v>
+        <v>22371.397</v>
       </c>
       <c r="J497">
-        <v>30815.498</v>
+        <v>30910.121</v>
       </c>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" s="6">
         <v>45444.0</v>
       </c>
       <c r="B498">
-        <v>5864.064</v>
+        <v>5862.782</v>
       </c>
       <c r="C498">
-        <v>2282.392</v>
+        <v>2213.337</v>
       </c>
       <c r="D498">
-        <v>474.634</v>
+        <v>476.434</v>
       </c>
       <c r="E498">
-        <v>8621.09</v>
+        <v>8552.553</v>
       </c>
       <c r="F498">
-        <v>78.782</v>
+        <v>66.784</v>
       </c>
       <c r="G498">
-        <v>59.069</v>
+        <v>62.374</v>
       </c>
       <c r="H498">
-        <v>24155.786</v>
+        <v>24329.854</v>
       </c>
       <c r="I498">
-        <v>24293.637</v>
+        <v>24459.012</v>
       </c>
       <c r="J498">
-        <v>32914.728</v>
+        <v>33011.565</v>
       </c>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" s="6">
         <v>45474.0</v>
       </c>
       <c r="B499">
-        <v>5992.963</v>
+        <v>5991.451</v>
       </c>
       <c r="C499">
-        <v>2370.195</v>
+        <v>2296.919</v>
       </c>
       <c r="D499">
-        <v>488.133</v>
+        <v>489.974</v>
       </c>
       <c r="E499">
-        <v>8851.291</v>
+        <v>8778.345</v>
       </c>
       <c r="F499">
-        <v>74</v>
+        <v>63.353</v>
       </c>
       <c r="G499">
-        <v>59.037</v>
+        <v>60.984</v>
       </c>
       <c r="H499">
-        <v>24067.436</v>
+        <v>24359.43</v>
       </c>
       <c r="I499">
-        <v>24200.473</v>
+        <v>24483.767</v>
       </c>
       <c r="J499">
-        <v>33051.764</v>
+        <v>33262.112</v>
       </c>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" s="6">
         <v>45505.0</v>
       </c>
       <c r="B500">
-        <v>5743.041</v>
+        <v>5735.437</v>
       </c>
       <c r="C500">
-        <v>2272.77</v>
+        <v>2203.799</v>
       </c>
       <c r="D500">
-        <v>472.016</v>
+        <v>473.104</v>
       </c>
       <c r="E500">
-        <v>8487.828</v>
+        <v>8412.339</v>
       </c>
       <c r="F500">
-        <v>73.901</v>
+        <v>60.937</v>
       </c>
       <c r="G500">
-        <v>58.159</v>
+        <v>58.698</v>
       </c>
       <c r="H500">
-        <v>23923.273</v>
+        <v>24208.837</v>
       </c>
       <c r="I500">
-        <v>24055.332</v>
+        <v>24328.472</v>
       </c>
       <c r="J500">
-        <v>32543.16</v>
+        <v>32740.811</v>
       </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" s="6">
         <v>45536.0</v>
       </c>
       <c r="B501">
-        <v>5113.723</v>
+        <v>5107.907</v>
       </c>
       <c r="C501">
-        <v>2037.442</v>
+        <v>1969.346</v>
       </c>
       <c r="D501">
-        <v>433.113</v>
+        <v>433.279</v>
       </c>
       <c r="E501">
-        <v>7584.278</v>
+        <v>7510.532</v>
       </c>
       <c r="F501">
-        <v>61.908</v>
+        <v>48.451</v>
       </c>
       <c r="G501">
-        <v>48.058</v>
+        <v>51.77</v>
       </c>
       <c r="H501">
-        <v>20153.888</v>
+        <v>20438.016</v>
       </c>
       <c r="I501">
-        <v>20263.854</v>
+        <v>20538.237</v>
       </c>
       <c r="J501">
-        <v>27848.133</v>
+        <v>28048.769</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" s="6">
         <v>45566.0</v>
       </c>
       <c r="B502">
-        <v>4643.363</v>
+        <v>4637.609</v>
       </c>
       <c r="C502">
-        <v>1764.191</v>
+        <v>1709.078</v>
       </c>
       <c r="D502">
-        <v>389.438</v>
+        <v>389.524</v>
       </c>
       <c r="E502">
-        <v>6796.992</v>
+        <v>6736.212</v>
       </c>
       <c r="F502">
-        <v>60.036</v>
+        <v>45.84</v>
       </c>
       <c r="G502">
-        <v>45.213</v>
+        <v>43.636</v>
       </c>
       <c r="H502">
-        <v>19419.56</v>
+        <v>19738.252</v>
       </c>
       <c r="I502">
-        <v>19524.808</v>
+        <v>19827.728</v>
       </c>
       <c r="J502">
-        <v>26321.801</v>
+        <v>26563.94</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" s="6">
         <v>45597.0</v>
       </c>
       <c r="B503">
-        <v>3757.87</v>
+        <v>3753.7</v>
       </c>
       <c r="C503">
-        <v>1376.091</v>
+        <v>1336.19</v>
       </c>
       <c r="D503">
-        <v>302.686</v>
+        <v>302.801</v>
       </c>
       <c r="E503">
-        <v>5436.647</v>
+        <v>5392.69</v>
       </c>
       <c r="F503">
-        <v>38.933</v>
+        <v>30.6</v>
       </c>
       <c r="G503">
-        <v>31.355</v>
+        <v>31.148</v>
       </c>
       <c r="H503">
-        <v>13808.052</v>
+        <v>13779.575</v>
       </c>
       <c r="I503">
-        <v>13878.34</v>
+        <v>13841.323</v>
       </c>
       <c r="J503">
-        <v>19314.987</v>
+        <v>19234.013</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" s="6">
         <v>45627.0</v>
       </c>
       <c r="B504">
-        <v>3433.259</v>
+        <v>3441.701</v>
       </c>
       <c r="C504">
-        <v>1280.647</v>
+        <v>1275.683</v>
       </c>
       <c r="D504">
-        <v>270.237</v>
+        <v>267.01</v>
       </c>
       <c r="E504">
-        <v>4984.143</v>
+        <v>4984.393</v>
       </c>
       <c r="F504">
-        <v>35.353</v>
+        <v>24.659</v>
       </c>
       <c r="G504">
-        <v>28.022</v>
+        <v>24.873</v>
       </c>
       <c r="H504">
-        <v>12878.687</v>
+        <v>12551.415</v>
       </c>
       <c r="I504">
-        <v>12942.062</v>
+        <v>12600.947</v>
       </c>
       <c r="J504">
-        <v>17926.205</v>
+        <v>17585.341</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" s="6">
         <v>45658.0</v>
       </c>
       <c r="B505">
-        <v>3692.609</v>
+        <v>3703.166</v>
       </c>
       <c r="C505">
-        <v>1397.73</v>
+        <v>1408.709</v>
       </c>
       <c r="D505">
-        <v>289.582</v>
+        <v>285.475</v>
       </c>
       <c r="E505">
-        <v>5379.921</v>
+        <v>5397.351</v>
       </c>
       <c r="F505">
-        <v>39.175</v>
+        <v>37.612</v>
       </c>
       <c r="G505">
-        <v>31.054</v>
+        <v>34.739</v>
       </c>
       <c r="H505">
-        <v>15285.228</v>
+        <v>15355.791</v>
       </c>
       <c r="I505">
-        <v>15355.457</v>
+        <v>15428.142</v>
       </c>
       <c r="J505">
-        <v>20735.378</v>
+        <v>20825.493</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" s="6">
         <v>45689.0</v>
       </c>
       <c r="B506">
-        <v>3988.929</v>
+        <v>3966.301</v>
       </c>
       <c r="C506">
-        <v>1550.379</v>
+        <v>1534.121</v>
       </c>
       <c r="D506">
-        <v>313.649</v>
+        <v>305.302</v>
       </c>
       <c r="E506">
-        <v>5852.957</v>
+        <v>5805.724</v>
       </c>
       <c r="F506">
-        <v>38.962</v>
+        <v>38.387</v>
       </c>
       <c r="G506">
-        <v>35.366</v>
+        <v>36.193</v>
       </c>
       <c r="H506">
-        <v>16299.977</v>
+        <v>16346.892</v>
       </c>
       <c r="I506">
-        <v>16374.304</v>
+        <v>16421.472</v>
       </c>
       <c r="J506">
-        <v>22227.262</v>
+        <v>22227.196</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" s="6">
         <v>45717.0</v>
       </c>
       <c r="B507">
-        <v>5503.035</v>
+        <v>5455.042</v>
       </c>
       <c r="C507">
-        <v>2118.464</v>
+        <v>2073.551</v>
       </c>
       <c r="D507">
-        <v>447.71</v>
+        <v>432.702</v>
       </c>
       <c r="E507">
-        <v>8069.208</v>
+        <v>7961.294</v>
       </c>
       <c r="F507">
-        <v>57.459</v>
+        <v>57.211</v>
       </c>
       <c r="G507">
-        <v>50.036</v>
+        <v>50.242</v>
       </c>
       <c r="H507">
-        <v>22959.904</v>
+        <v>23053.813</v>
       </c>
       <c r="I507">
-        <v>23067.398</v>
+        <v>23161.266</v>
       </c>
       <c r="J507">
-        <v>31136.606</v>
+        <v>31122.561</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" s="6">
         <v>45748.0</v>
       </c>
       <c r="B508">
-        <v>6000.802</v>
+        <v>5966.036</v>
       </c>
       <c r="C508">
-        <v>2345.603</v>
+        <v>2323</v>
       </c>
       <c r="D508">
-        <v>481.454</v>
+        <v>469.152</v>
       </c>
       <c r="E508">
-        <v>8827.859</v>
+        <v>8758.188</v>
       </c>
       <c r="F508">
-        <v>65.188</v>
+        <v>62.677</v>
       </c>
       <c r="G508">
-        <v>58.126</v>
+        <v>57.713</v>
       </c>
       <c r="H508">
-        <v>26488.347</v>
+        <v>26549.19</v>
       </c>
       <c r="I508">
-        <v>26611.662</v>
+        <v>26669.579</v>
       </c>
       <c r="J508">
-        <v>35439.52</v>
+        <v>35427.767</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="6">
         <v>45778.0</v>
       </c>
       <c r="B509">
-        <v>6304.107</v>
+        <v>6267.261</v>
       </c>
       <c r="C509">
-        <v>2536.86</v>
+        <v>2526.328</v>
       </c>
       <c r="D509">
-        <v>528.37</v>
+        <v>515.735</v>
       </c>
       <c r="E509">
-        <v>9369.337</v>
+        <v>9309.324</v>
       </c>
       <c r="F509">
-        <v>68.13</v>
+        <v>65.727</v>
       </c>
       <c r="G509">
-        <v>64.341</v>
+        <v>63.236</v>
       </c>
       <c r="H509">
-        <v>29463.637</v>
+        <v>29493.997</v>
       </c>
       <c r="I509">
-        <v>29596.107</v>
+        <v>29622.961</v>
       </c>
       <c r="J509">
-        <v>38965.444</v>
+        <v>38932.284</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="6">
         <v>45809.0</v>
       </c>
       <c r="B510">
-        <v>6425.154</v>
+        <v>6378.234</v>
       </c>
       <c r="C510">
-        <v>2568.727</v>
+        <v>2532.194</v>
       </c>
       <c r="D510">
-        <v>531.92</v>
+        <v>514.665</v>
       </c>
       <c r="E510">
-        <v>9525.802</v>
+        <v>9425.092</v>
       </c>
       <c r="F510">
-        <v>74.329</v>
+        <v>72.243</v>
       </c>
       <c r="G510">
-        <v>68.562</v>
+        <v>67.869</v>
       </c>
       <c r="H510">
-        <v>31468.501</v>
+        <v>31602.867</v>
       </c>
       <c r="I510">
-        <v>31611.392</v>
+        <v>31742.979</v>
       </c>
       <c r="J510">
-        <v>41137.194</v>
+        <v>41168.071</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="6">
         <v>45839.0</v>
       </c>
       <c r="B511">
-        <v>6750.908</v>
+        <v>6688.543</v>
       </c>
       <c r="C511">
-        <v>2672.948</v>
+        <v>2636.933</v>
       </c>
       <c r="D511">
-        <v>549.049</v>
+        <v>532.411</v>
       </c>
       <c r="E511">
-        <v>9972.905</v>
+        <v>9857.887</v>
       </c>
       <c r="F511">
-        <v>77.914</v>
+        <v>76.409</v>
       </c>
       <c r="G511">
-        <v>78.699</v>
+        <v>77.926</v>
       </c>
       <c r="H511">
-        <v>32962.197</v>
+        <v>33019.99</v>
       </c>
       <c r="I511">
-        <v>33118.809</v>
+        <v>33174.326</v>
       </c>
       <c r="J511">
-        <v>43091.714</v>
+        <v>43032.213</v>
+      </c>
+    </row>
+    <row r="512" spans="1:26">
+      <c r="A512" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B512">
+        <v>6272.859</v>
+      </c>
+      <c r="C512">
+        <v>2530.302</v>
+      </c>
+      <c r="D512">
+        <v>515.734</v>
+      </c>
+      <c r="E512">
+        <v>9318.895</v>
+      </c>
+      <c r="F512">
+        <v>73.338</v>
+      </c>
+      <c r="G512">
+        <v>72.302</v>
+      </c>
+      <c r="H512">
+        <v>31355.338</v>
+      </c>
+      <c r="I512">
+        <v>31500.977</v>
+      </c>
+      <c r="J512">
+        <v>40819.872</v>
+      </c>
+    </row>
+    <row r="513" spans="1:26">
+      <c r="A513" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B513">
+        <v>5722.63</v>
+      </c>
+      <c r="C513">
+        <v>2276.805</v>
+      </c>
+      <c r="D513">
+        <v>465.934</v>
+      </c>
+      <c r="E513">
+        <v>8465.369</v>
+      </c>
+      <c r="F513">
+        <v>65.103</v>
+      </c>
+      <c r="G513">
+        <v>115.512</v>
+      </c>
+      <c r="H513">
+        <v>27775.683</v>
+      </c>
+      <c r="I513">
+        <v>27956.298</v>
+      </c>
+      <c r="J513">
+        <v>36421.667</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -17983,75 +18047,75 @@
       </c>
       <c r="E52">
         <v>73406.353</v>
       </c>
       <c r="F52">
         <v>614.985</v>
       </c>
       <c r="G52">
         <v>325.662</v>
       </c>
       <c r="H52">
         <v>164589.701</v>
       </c>
       <c r="I52">
         <v>165530.349</v>
       </c>
       <c r="J52">
         <v>238936.701</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="7">
         <v>2024</v>
       </c>
       <c r="B53">
-        <v>57611.311</v>
+        <v>57546.533</v>
       </c>
       <c r="C53">
-        <v>22307.104</v>
+        <v>21652.33</v>
       </c>
       <c r="D53">
-        <v>4711.14</v>
+        <v>4719.186</v>
       </c>
       <c r="E53">
-        <v>84629.555</v>
+        <v>83918.049</v>
       </c>
       <c r="F53">
-        <v>702.069</v>
+        <v>565.871</v>
       </c>
       <c r="G53">
-        <v>530.547</v>
+        <v>545.696</v>
       </c>
       <c r="H53">
-        <v>217305.159</v>
+        <v>218722.347</v>
       </c>
       <c r="I53">
-        <v>218537.775</v>
+        <v>219833.913</v>
       </c>
       <c r="J53">
-        <v>303167.331</v>
+        <v>303751.962</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>