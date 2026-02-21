--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.6  Solar Electricity Net Generation</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Residential Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Commercial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Industrial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Photovoltaic Generation: Total (All Sectors)</t>
   </si>
   <si>
     <t>Utility-Scale Solar Electricity Net Generation: Commercial Sector</t>
   </si>
   <si>
     <t>Utility-Scale Solar Electricity Net Generation: Industrial Sector</t>
   </si>
@@ -480,54 +480,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z513"/>
+  <dimension ref="A1:Z514"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A513"/>
+      <selection activeCell="A13" sqref="A13:A514"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="66.27" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="70.554" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="75.981" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
@@ -16623,50 +16623,82 @@
         <v>5722.63</v>
       </c>
       <c r="C513">
         <v>2276.805</v>
       </c>
       <c r="D513">
         <v>465.934</v>
       </c>
       <c r="E513">
         <v>8465.369</v>
       </c>
       <c r="F513">
         <v>65.103</v>
       </c>
       <c r="G513">
         <v>115.512</v>
       </c>
       <c r="H513">
         <v>27775.683</v>
       </c>
       <c r="I513">
         <v>27956.298</v>
       </c>
       <c r="J513">
         <v>36421.667</v>
+      </c>
+    </row>
+    <row r="514" spans="1:26">
+      <c r="A514" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B514">
+        <v>5197.872</v>
+      </c>
+      <c r="C514">
+        <v>1968.6</v>
+      </c>
+      <c r="D514">
+        <v>421.56</v>
+      </c>
+      <c r="E514">
+        <v>7588.032</v>
+      </c>
+      <c r="F514">
+        <v>55.969</v>
+      </c>
+      <c r="G514">
+        <v>101.985</v>
+      </c>
+      <c r="H514">
+        <v>24281.049</v>
+      </c>
+      <c r="I514">
+        <v>24439.003</v>
+      </c>
+      <c r="J514">
+        <v>32027.035</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>