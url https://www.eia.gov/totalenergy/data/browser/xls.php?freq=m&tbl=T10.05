--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 10.5  Solar Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Heat: Total</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Residential Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Commercial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Industrial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Total</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption: Total</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z510"/>
+  <dimension ref="A1:Z511"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A510"/>
+      <selection activeCell="A13" sqref="A13:A511"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="78.124" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -19535,50 +19535,88 @@
         <v>8.764</v>
       </c>
       <c r="E510">
         <v>1.815</v>
       </c>
       <c r="F510">
         <v>32.502</v>
       </c>
       <c r="G510">
         <v>38.765</v>
       </c>
       <c r="H510">
         <v>0.254</v>
       </c>
       <c r="I510">
         <v>0.234</v>
       </c>
       <c r="J510">
         <v>107.371</v>
       </c>
       <c r="K510">
         <v>107.858</v>
       </c>
       <c r="L510">
         <v>146.623</v>
+      </c>
+    </row>
+    <row r="511" spans="1:26">
+      <c r="A511" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B511">
+        <v>6.43</v>
+      </c>
+      <c r="C511">
+        <v>23.034</v>
+      </c>
+      <c r="D511">
+        <v>9.12</v>
+      </c>
+      <c r="E511">
+        <v>1.873</v>
+      </c>
+      <c r="F511">
+        <v>34.028</v>
+      </c>
+      <c r="G511">
+        <v>40.457</v>
+      </c>
+      <c r="H511">
+        <v>0.266</v>
+      </c>
+      <c r="I511">
+        <v>0.269</v>
+      </c>
+      <c r="J511">
+        <v>112.467</v>
+      </c>
+      <c r="K511">
+        <v>113.001</v>
+      </c>
+      <c r="L511">
+        <v>153.459</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>