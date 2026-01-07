--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 10.5  Solar Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Heat: Total</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Residential Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Commercial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Industrial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Total</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption: Total</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z511"/>
+  <dimension ref="A1:Z513"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A511"/>
+      <selection activeCell="A13" sqref="A13:A513"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="78.124" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -18861,762 +18861,838 @@
       </c>
       <c r="H492">
         <v>0.087</v>
       </c>
       <c r="I492">
         <v>0.058</v>
       </c>
       <c r="J492">
         <v>30.947</v>
       </c>
       <c r="K492">
         <v>31.092</v>
       </c>
       <c r="L492">
         <v>50.292</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" s="6">
         <v>45292.0</v>
       </c>
       <c r="B493">
         <v>3.624</v>
       </c>
       <c r="C493">
-        <v>11.196</v>
+        <v>11.055</v>
       </c>
       <c r="D493">
-        <v>4.285</v>
+        <v>4.156</v>
       </c>
       <c r="E493">
-        <v>0.91</v>
+        <v>0.913</v>
       </c>
       <c r="F493">
-        <v>16.391</v>
+        <v>16.124</v>
       </c>
       <c r="G493">
-        <v>20.015</v>
+        <v>19.748</v>
       </c>
       <c r="H493">
-        <v>0.113</v>
+        <v>0.078</v>
       </c>
       <c r="I493">
-        <v>0.087</v>
+        <v>0.078</v>
       </c>
       <c r="J493">
-        <v>33.032</v>
+        <v>32.541</v>
       </c>
       <c r="K493">
-        <v>33.232</v>
+        <v>32.697</v>
       </c>
       <c r="L493">
-        <v>53.246</v>
+        <v>52.445</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" s="6">
         <v>45323.0</v>
       </c>
       <c r="B494">
         <v>4.092</v>
       </c>
       <c r="C494">
-        <v>12.612</v>
+        <v>12.486</v>
       </c>
       <c r="D494">
-        <v>4.889</v>
+        <v>4.73</v>
       </c>
       <c r="E494">
-        <v>1.007</v>
+        <v>1.011</v>
       </c>
       <c r="F494">
-        <v>18.509</v>
+        <v>18.227</v>
       </c>
       <c r="G494">
-        <v>22.601</v>
+        <v>22.319</v>
       </c>
       <c r="H494">
-        <v>0.157</v>
+        <v>0.115</v>
       </c>
       <c r="I494">
-        <v>0.111</v>
+        <v>0.11</v>
       </c>
       <c r="J494">
-        <v>42.344</v>
+        <v>42.562</v>
       </c>
       <c r="K494">
-        <v>42.613</v>
+        <v>42.786</v>
       </c>
       <c r="L494">
-        <v>65.214</v>
+        <v>65.106</v>
       </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" s="6">
         <v>45352.0</v>
       </c>
       <c r="B495">
         <v>5.386</v>
       </c>
       <c r="C495">
-        <v>16.561</v>
+        <v>16.669</v>
       </c>
       <c r="D495">
-        <v>6.417</v>
+        <v>6.214</v>
       </c>
       <c r="E495">
-        <v>1.38</v>
+        <v>1.384</v>
       </c>
       <c r="F495">
-        <v>24.358</v>
+        <v>24.268</v>
       </c>
       <c r="G495">
-        <v>29.743</v>
+        <v>29.653</v>
       </c>
       <c r="H495">
-        <v>0.198</v>
+        <v>0.165</v>
       </c>
       <c r="I495">
-        <v>0.139</v>
+        <v>0.147</v>
       </c>
       <c r="J495">
-        <v>53.71</v>
+        <v>54.346</v>
       </c>
       <c r="K495">
-        <v>54.047</v>
+        <v>54.657</v>
       </c>
       <c r="L495">
-        <v>83.79</v>
+        <v>84.311</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" s="6">
         <v>45383.0</v>
       </c>
       <c r="B496">
         <v>5.955</v>
       </c>
       <c r="C496">
-        <v>18.374</v>
+        <v>18.375</v>
       </c>
       <c r="D496">
-        <v>7.064</v>
+        <v>6.847</v>
       </c>
       <c r="E496">
-        <v>1.496</v>
+        <v>1.501</v>
       </c>
       <c r="F496">
-        <v>26.934</v>
+        <v>26.723</v>
       </c>
       <c r="G496">
-        <v>32.889</v>
+        <v>32.678</v>
       </c>
       <c r="H496">
-        <v>0.228</v>
+        <v>0.192</v>
       </c>
       <c r="I496">
-        <v>0.164</v>
+        <v>0.177</v>
       </c>
       <c r="J496">
-        <v>64.781</v>
+        <v>65.281</v>
       </c>
       <c r="K496">
-        <v>65.173</v>
+        <v>65.651</v>
       </c>
       <c r="L496">
-        <v>98.061</v>
+        <v>98.328</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" s="6">
         <v>45413.0</v>
       </c>
       <c r="B497">
         <v>6.493</v>
       </c>
       <c r="C497">
-        <v>19.948</v>
+        <v>19.945</v>
       </c>
       <c r="D497">
-        <v>7.792</v>
+        <v>7.56</v>
       </c>
       <c r="E497">
-        <v>1.625</v>
+        <v>1.63</v>
       </c>
       <c r="F497">
-        <v>29.365</v>
+        <v>29.134</v>
       </c>
       <c r="G497">
-        <v>35.858</v>
+        <v>35.627</v>
       </c>
       <c r="H497">
-        <v>0.256</v>
+        <v>0.219</v>
       </c>
       <c r="I497">
-        <v>0.186</v>
+        <v>0.212</v>
       </c>
       <c r="J497">
-        <v>75.335</v>
+        <v>75.9</v>
       </c>
       <c r="K497">
-        <v>75.778</v>
+        <v>76.331</v>
       </c>
       <c r="L497">
-        <v>111.635</v>
+        <v>111.958</v>
       </c>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" s="6">
         <v>45444.0</v>
       </c>
       <c r="B498">
         <v>6.504</v>
       </c>
       <c r="C498">
-        <v>20.008</v>
+        <v>20.004</v>
       </c>
       <c r="D498">
-        <v>7.788</v>
+        <v>7.552</v>
       </c>
       <c r="E498">
-        <v>1.619</v>
+        <v>1.626</v>
       </c>
       <c r="F498">
-        <v>29.415</v>
+        <v>29.181</v>
       </c>
       <c r="G498">
-        <v>35.919</v>
+        <v>35.685</v>
       </c>
       <c r="H498">
-        <v>0.269</v>
+        <v>0.228</v>
       </c>
       <c r="I498">
-        <v>0.202</v>
+        <v>0.213</v>
       </c>
       <c r="J498">
-        <v>82.42</v>
+        <v>83.013</v>
       </c>
       <c r="K498">
-        <v>82.89</v>
+        <v>83.454</v>
       </c>
       <c r="L498">
-        <v>118.809</v>
+        <v>119.139</v>
       </c>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" s="6">
         <v>45474.0</v>
       </c>
       <c r="B499">
         <v>6.677</v>
       </c>
       <c r="C499">
-        <v>20.448</v>
+        <v>20.443</v>
       </c>
       <c r="D499">
-        <v>8.087</v>
+        <v>7.837</v>
       </c>
       <c r="E499">
-        <v>1.666</v>
+        <v>1.672</v>
       </c>
       <c r="F499">
-        <v>30.201</v>
+        <v>29.952</v>
       </c>
       <c r="G499">
-        <v>36.878</v>
+        <v>36.629</v>
       </c>
       <c r="H499">
-        <v>0.252</v>
+        <v>0.216</v>
       </c>
       <c r="I499">
-        <v>0.201</v>
+        <v>0.208</v>
       </c>
       <c r="J499">
-        <v>82.118</v>
+        <v>83.114</v>
       </c>
       <c r="K499">
-        <v>82.572</v>
+        <v>83.539</v>
       </c>
       <c r="L499">
-        <v>119.45</v>
+        <v>120.168</v>
       </c>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" s="6">
         <v>45505.0</v>
       </c>
       <c r="B500">
         <v>6.403</v>
       </c>
       <c r="C500">
-        <v>19.595</v>
+        <v>19.569</v>
       </c>
       <c r="D500">
-        <v>7.755</v>
+        <v>7.519</v>
       </c>
       <c r="E500">
-        <v>1.611</v>
+        <v>1.614</v>
       </c>
       <c r="F500">
-        <v>28.96</v>
+        <v>28.703</v>
       </c>
       <c r="G500">
-        <v>35.364</v>
+        <v>35.106</v>
       </c>
       <c r="H500">
-        <v>0.252</v>
+        <v>0.208</v>
       </c>
       <c r="I500">
-        <v>0.198</v>
+        <v>0.2</v>
       </c>
       <c r="J500">
-        <v>81.626</v>
+        <v>82.601</v>
       </c>
       <c r="K500">
-        <v>82.077</v>
+        <v>83.009</v>
       </c>
       <c r="L500">
-        <v>117.44</v>
+        <v>118.115</v>
       </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" s="6">
         <v>45536.0</v>
       </c>
       <c r="B501">
         <v>5.722</v>
       </c>
       <c r="C501">
-        <v>17.448</v>
+        <v>17.428</v>
       </c>
       <c r="D501">
-        <v>6.952</v>
+        <v>6.719</v>
       </c>
       <c r="E501">
         <v>1.478</v>
       </c>
       <c r="F501">
-        <v>25.878</v>
+        <v>25.626</v>
       </c>
       <c r="G501">
-        <v>31.599</v>
+        <v>31.348</v>
       </c>
       <c r="H501">
-        <v>0.211</v>
+        <v>0.165</v>
       </c>
       <c r="I501">
-        <v>0.164</v>
+        <v>0.177</v>
       </c>
       <c r="J501">
-        <v>68.765</v>
+        <v>69.735</v>
       </c>
       <c r="K501">
-        <v>69.14</v>
+        <v>70.076</v>
       </c>
       <c r="L501">
-        <v>100.739</v>
+        <v>101.424</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" s="6">
         <v>45566.0</v>
       </c>
       <c r="B502">
         <v>5.128</v>
       </c>
       <c r="C502">
-        <v>15.843</v>
+        <v>15.824</v>
       </c>
       <c r="D502">
-        <v>6.019</v>
+        <v>5.831</v>
       </c>
       <c r="E502">
         <v>1.329</v>
       </c>
       <c r="F502">
-        <v>23.191</v>
+        <v>22.984</v>
       </c>
       <c r="G502">
-        <v>28.319</v>
+        <v>28.112</v>
       </c>
       <c r="H502">
-        <v>0.205</v>
+        <v>0.156</v>
       </c>
       <c r="I502">
-        <v>0.154</v>
+        <v>0.149</v>
       </c>
       <c r="J502">
-        <v>66.26</v>
+        <v>67.347</v>
       </c>
       <c r="K502">
-        <v>66.619</v>
+        <v>67.652</v>
       </c>
       <c r="L502">
-        <v>94.938</v>
+        <v>95.764</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" s="6">
         <v>45597.0</v>
       </c>
       <c r="B503">
         <v>4.101</v>
       </c>
       <c r="C503">
-        <v>12.822</v>
+        <v>12.808</v>
       </c>
       <c r="D503">
-        <v>4.695</v>
+        <v>4.559</v>
       </c>
       <c r="E503">
         <v>1.033</v>
       </c>
       <c r="F503">
-        <v>18.55</v>
+        <v>18.4</v>
       </c>
       <c r="G503">
-        <v>22.651</v>
+        <v>22.501</v>
       </c>
       <c r="H503">
-        <v>0.133</v>
+        <v>0.104</v>
       </c>
       <c r="I503">
-        <v>0.107</v>
+        <v>0.106</v>
       </c>
       <c r="J503">
-        <v>47.113</v>
+        <v>47.016</v>
       </c>
       <c r="K503">
-        <v>47.353</v>
+        <v>47.227</v>
       </c>
       <c r="L503">
-        <v>70.004</v>
+        <v>69.728</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" s="6">
         <v>45627.0</v>
       </c>
       <c r="B504">
         <v>3.76</v>
       </c>
       <c r="C504">
-        <v>11.714</v>
+        <v>11.743</v>
       </c>
       <c r="D504">
-        <v>4.37</v>
+        <v>4.353</v>
       </c>
       <c r="E504">
-        <v>0.922</v>
+        <v>0.911</v>
       </c>
       <c r="F504">
-        <v>17.006</v>
+        <v>17.007</v>
       </c>
       <c r="G504">
-        <v>20.766</v>
+        <v>20.767</v>
       </c>
       <c r="H504">
-        <v>0.121</v>
+        <v>0.084</v>
       </c>
       <c r="I504">
-        <v>0.096</v>
+        <v>0.085</v>
       </c>
       <c r="J504">
-        <v>43.942</v>
+        <v>42.825</v>
       </c>
       <c r="K504">
-        <v>44.158</v>
+        <v>42.994</v>
       </c>
       <c r="L504">
-        <v>64.924</v>
+        <v>63.761</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" s="6">
         <v>45658.0</v>
       </c>
       <c r="B505">
         <v>3.49</v>
       </c>
       <c r="C505">
-        <v>12.599</v>
+        <v>12.635</v>
       </c>
       <c r="D505">
-        <v>4.769</v>
+        <v>4.807</v>
       </c>
       <c r="E505">
-        <v>0.988</v>
+        <v>0.974</v>
       </c>
       <c r="F505">
-        <v>18.356</v>
+        <v>18.416</v>
       </c>
       <c r="G505">
-        <v>21.846</v>
+        <v>21.905</v>
       </c>
       <c r="H505">
-        <v>0.134</v>
+        <v>0.128</v>
       </c>
       <c r="I505">
-        <v>0.106</v>
+        <v>0.119</v>
       </c>
       <c r="J505">
-        <v>52.153</v>
+        <v>52.394</v>
       </c>
       <c r="K505">
-        <v>52.393</v>
+        <v>52.641</v>
       </c>
       <c r="L505">
-        <v>74.239</v>
+        <v>74.546</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" s="6">
         <v>45689.0</v>
       </c>
       <c r="B506">
         <v>3.941</v>
       </c>
       <c r="C506">
-        <v>13.61</v>
+        <v>13.533</v>
       </c>
       <c r="D506">
-        <v>5.29</v>
+        <v>5.234</v>
       </c>
       <c r="E506">
-        <v>1.07</v>
+        <v>1.042</v>
       </c>
       <c r="F506">
-        <v>19.97</v>
+        <v>19.809</v>
       </c>
       <c r="G506">
-        <v>23.911</v>
+        <v>23.75</v>
       </c>
       <c r="H506">
-        <v>0.133</v>
+        <v>0.131</v>
       </c>
       <c r="I506">
-        <v>0.121</v>
+        <v>0.123</v>
       </c>
       <c r="J506">
-        <v>55.616</v>
+        <v>55.776</v>
       </c>
       <c r="K506">
-        <v>55.869</v>
+        <v>56.03</v>
       </c>
       <c r="L506">
         <v>79.78</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" s="6">
         <v>45717.0</v>
       </c>
       <c r="B507">
         <v>5.186</v>
       </c>
       <c r="C507">
-        <v>18.776</v>
+        <v>18.613</v>
       </c>
       <c r="D507">
-        <v>7.228</v>
+        <v>7.075</v>
       </c>
       <c r="E507">
-        <v>1.528</v>
+        <v>1.476</v>
       </c>
       <c r="F507">
-        <v>27.532</v>
+        <v>27.164</v>
       </c>
       <c r="G507">
-        <v>32.718</v>
+        <v>32.35</v>
       </c>
       <c r="H507">
-        <v>0.196</v>
+        <v>0.195</v>
       </c>
       <c r="I507">
         <v>0.171</v>
       </c>
       <c r="J507">
-        <v>78.339</v>
+        <v>78.66</v>
       </c>
       <c r="K507">
-        <v>78.706</v>
+        <v>79.026</v>
       </c>
       <c r="L507">
-        <v>111.424</v>
+        <v>111.376</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" s="6">
         <v>45748.0</v>
       </c>
       <c r="B508">
         <v>5.734</v>
       </c>
       <c r="C508">
-        <v>20.475</v>
+        <v>20.356</v>
       </c>
       <c r="D508">
-        <v>8.003</v>
+        <v>7.926</v>
       </c>
       <c r="E508">
-        <v>1.643</v>
+        <v>1.601</v>
       </c>
       <c r="F508">
-        <v>30.121</v>
+        <v>29.883</v>
       </c>
       <c r="G508">
-        <v>35.855</v>
+        <v>35.617</v>
       </c>
       <c r="H508">
-        <v>0.222</v>
+        <v>0.214</v>
       </c>
       <c r="I508">
-        <v>0.198</v>
+        <v>0.197</v>
       </c>
       <c r="J508">
-        <v>90.378</v>
+        <v>90.586</v>
       </c>
       <c r="K508">
-        <v>90.799</v>
+        <v>90.997</v>
       </c>
       <c r="L508">
-        <v>126.654</v>
+        <v>126.614</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="6">
         <v>45778.0</v>
       </c>
       <c r="B509">
         <v>6.252</v>
       </c>
       <c r="C509">
-        <v>21.51</v>
+        <v>21.384</v>
       </c>
       <c r="D509">
-        <v>8.656</v>
+        <v>8.62</v>
       </c>
       <c r="E509">
-        <v>1.803</v>
+        <v>1.76</v>
       </c>
       <c r="F509">
-        <v>31.968</v>
+        <v>31.763</v>
       </c>
       <c r="G509">
-        <v>38.22</v>
+        <v>38.015</v>
       </c>
       <c r="H509">
-        <v>0.232</v>
+        <v>0.224</v>
       </c>
       <c r="I509">
-        <v>0.22</v>
+        <v>0.216</v>
       </c>
       <c r="J509">
-        <v>100.53</v>
+        <v>100.634</v>
       </c>
       <c r="K509">
-        <v>100.982</v>
+        <v>101.074</v>
       </c>
       <c r="L509">
-        <v>139.202</v>
+        <v>139.089</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="6">
         <v>45809.0</v>
       </c>
       <c r="B510">
         <v>6.263</v>
       </c>
       <c r="C510">
-        <v>21.923</v>
+        <v>21.763</v>
       </c>
       <c r="D510">
-        <v>8.764</v>
+        <v>8.64</v>
       </c>
       <c r="E510">
-        <v>1.815</v>
+        <v>1.756</v>
       </c>
       <c r="F510">
-        <v>32.502</v>
+        <v>32.158</v>
       </c>
       <c r="G510">
-        <v>38.765</v>
+        <v>38.421</v>
       </c>
       <c r="H510">
-        <v>0.254</v>
+        <v>0.246</v>
       </c>
       <c r="I510">
-        <v>0.234</v>
+        <v>0.232</v>
       </c>
       <c r="J510">
-        <v>107.371</v>
+        <v>107.829</v>
       </c>
       <c r="K510">
-        <v>107.858</v>
+        <v>108.307</v>
       </c>
       <c r="L510">
-        <v>146.623</v>
+        <v>146.728</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="6">
         <v>45839.0</v>
       </c>
       <c r="B511">
         <v>6.43</v>
       </c>
       <c r="C511">
-        <v>23.034</v>
+        <v>22.821</v>
       </c>
       <c r="D511">
-        <v>9.12</v>
+        <v>8.997</v>
       </c>
       <c r="E511">
-        <v>1.873</v>
+        <v>1.817</v>
       </c>
       <c r="F511">
-        <v>34.028</v>
+        <v>33.635</v>
       </c>
       <c r="G511">
-        <v>40.457</v>
+        <v>40.065</v>
       </c>
       <c r="H511">
+        <v>0.261</v>
+      </c>
+      <c r="I511">
         <v>0.266</v>
       </c>
-      <c r="I511">
-[...1 lines deleted...]
-      </c>
       <c r="J511">
-        <v>112.467</v>
+        <v>112.664</v>
       </c>
       <c r="K511">
-        <v>113.001</v>
+        <v>113.191</v>
       </c>
       <c r="L511">
-        <v>153.459</v>
+        <v>153.256</v>
+      </c>
+    </row>
+    <row r="512" spans="1:26">
+      <c r="A512" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B512">
+        <v>6.166</v>
+      </c>
+      <c r="C512">
+        <v>21.403</v>
+      </c>
+      <c r="D512">
+        <v>8.633</v>
+      </c>
+      <c r="E512">
+        <v>1.76</v>
+      </c>
+      <c r="F512">
+        <v>31.796</v>
+      </c>
+      <c r="G512">
+        <v>37.962</v>
+      </c>
+      <c r="H512">
+        <v>0.25</v>
+      </c>
+      <c r="I512">
+        <v>0.247</v>
+      </c>
+      <c r="J512">
+        <v>106.984</v>
+      </c>
+      <c r="K512">
+        <v>107.481</v>
+      </c>
+      <c r="L512">
+        <v>145.443</v>
+      </c>
+    </row>
+    <row r="513" spans="1:26">
+      <c r="A513" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B513">
+        <v>5.509</v>
+      </c>
+      <c r="C513">
+        <v>19.526</v>
+      </c>
+      <c r="D513">
+        <v>7.768</v>
+      </c>
+      <c r="E513">
+        <v>1.59</v>
+      </c>
+      <c r="F513">
+        <v>28.884</v>
+      </c>
+      <c r="G513">
+        <v>34.393</v>
+      </c>
+      <c r="H513">
+        <v>0.222</v>
+      </c>
+      <c r="I513">
+        <v>0.394</v>
+      </c>
+      <c r="J513">
+        <v>94.771</v>
+      </c>
+      <c r="K513">
+        <v>95.387</v>
+      </c>
+      <c r="L513">
+        <v>129.78</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -21254,78 +21330,78 @@
       </c>
       <c r="H52">
         <v>2.098</v>
       </c>
       <c r="I52">
         <v>1.111</v>
       </c>
       <c r="J52">
         <v>561.58</v>
       </c>
       <c r="K52">
         <v>564.79</v>
       </c>
       <c r="L52">
         <v>878.414</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="7">
         <v>2024</v>
       </c>
       <c r="B53">
         <v>63.845</v>
       </c>
       <c r="C53">
-        <v>196.57</v>
+        <v>196.349</v>
       </c>
       <c r="D53">
-        <v>76.112</v>
+        <v>73.878</v>
       </c>
       <c r="E53">
-        <v>16.074</v>
+        <v>16.102</v>
       </c>
       <c r="F53">
-        <v>288.756</v>
+        <v>286.328</v>
       </c>
       <c r="G53">
-        <v>352.601</v>
+        <v>350.173</v>
       </c>
       <c r="H53">
-        <v>2.395</v>
+        <v>1.931</v>
       </c>
       <c r="I53">
-        <v>1.81</v>
+        <v>1.862</v>
       </c>
       <c r="J53">
-        <v>741.445</v>
+        <v>746.281</v>
       </c>
       <c r="K53">
-        <v>745.651</v>
+        <v>750.073</v>
       </c>
       <c r="L53">
-        <v>1098.252</v>
+        <v>1100.246</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>