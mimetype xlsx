--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.5  Solar Energy Consumption</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Heat: Total</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Residential Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Commercial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Industrial Sector</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption for Electricity: Total</t>
   </si>
   <si>
     <t>Small-Scale Solar Energy Consumption: Total</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z513"/>
+  <dimension ref="A1:Z514"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A513"/>
+      <selection activeCell="A13" sqref="A13:A514"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="78.124" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="76.981" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="64.127" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="79.124" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -19649,50 +19649,88 @@
         <v>7.768</v>
       </c>
       <c r="E513">
         <v>1.59</v>
       </c>
       <c r="F513">
         <v>28.884</v>
       </c>
       <c r="G513">
         <v>34.393</v>
       </c>
       <c r="H513">
         <v>0.222</v>
       </c>
       <c r="I513">
         <v>0.394</v>
       </c>
       <c r="J513">
         <v>94.771</v>
       </c>
       <c r="K513">
         <v>95.387</v>
       </c>
       <c r="L513">
         <v>129.78</v>
+      </c>
+    </row>
+    <row r="514" spans="1:26">
+      <c r="A514" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B514">
+        <v>4.937</v>
+      </c>
+      <c r="C514">
+        <v>17.735</v>
+      </c>
+      <c r="D514">
+        <v>6.717</v>
+      </c>
+      <c r="E514">
+        <v>1.438</v>
+      </c>
+      <c r="F514">
+        <v>25.89</v>
+      </c>
+      <c r="G514">
+        <v>30.828</v>
+      </c>
+      <c r="H514">
+        <v>0.191</v>
+      </c>
+      <c r="I514">
+        <v>0.348</v>
+      </c>
+      <c r="J514">
+        <v>82.847</v>
+      </c>
+      <c r="K514">
+        <v>83.386</v>
+      </c>
+      <c r="L514">
+        <v>114.214</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>