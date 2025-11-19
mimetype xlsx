--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 10.4b Renewable Diesel Fuel Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Feedstock</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Losses and Co-products</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Production</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Imports</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Exports</t>
   </si>
   <si>
     <t>Renewable Diesel Fuels Net Imports</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z186"/>
+  <dimension ref="A1:Z187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A186"/>
+      <selection activeCell="A13" sqref="A13:A187"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -8281,50 +8281,94 @@
         <v>34.294</v>
       </c>
       <c r="G186">
         <v>81</v>
       </c>
       <c r="H186">
         <v>1523.681</v>
       </c>
       <c r="I186">
         <v>-1442.681</v>
       </c>
       <c r="J186">
         <v>6591.38</v>
       </c>
       <c r="K186">
         <v>1281.805</v>
       </c>
       <c r="L186">
         <v>3517.532</v>
       </c>
       <c r="M186">
         <v>147.736</v>
       </c>
       <c r="N186">
         <v>19.325</v>
+      </c>
+    </row>
+    <row r="187" spans="1:26">
+      <c r="A187" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B187" t="s">
+        <v>18</v>
+      </c>
+      <c r="C187" t="s">
+        <v>18</v>
+      </c>
+      <c r="D187">
+        <v>6224.008</v>
+      </c>
+      <c r="E187">
+        <v>261.408</v>
+      </c>
+      <c r="F187">
+        <v>34.195</v>
+      </c>
+      <c r="G187">
+        <v>230</v>
+      </c>
+      <c r="H187">
+        <v>1594.163</v>
+      </c>
+      <c r="I187">
+        <v>-1364.163</v>
+      </c>
+      <c r="J187">
+        <v>6406.629</v>
+      </c>
+      <c r="K187">
+        <v>-184.75</v>
+      </c>
+      <c r="L187">
+        <v>5044.595</v>
+      </c>
+      <c r="M187">
+        <v>211.873</v>
+      </c>
+      <c r="N187">
+        <v>27.715</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>