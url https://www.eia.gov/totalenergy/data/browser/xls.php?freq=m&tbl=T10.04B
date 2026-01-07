--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 10.4b Renewable Diesel Fuel Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Feedstock</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Losses and Co-products</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Production</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Imports</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Exports</t>
   </si>
   <si>
     <t>Renewable Diesel Fuels Net Imports</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z187"/>
+  <dimension ref="A1:Z189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A187"/>
+      <selection activeCell="A13" sqref="A13:A189"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -8325,50 +8325,138 @@
         <v>34.195</v>
       </c>
       <c r="G187">
         <v>230</v>
       </c>
       <c r="H187">
         <v>1594.163</v>
       </c>
       <c r="I187">
         <v>-1364.163</v>
       </c>
       <c r="J187">
         <v>6406.629</v>
       </c>
       <c r="K187">
         <v>-184.75</v>
       </c>
       <c r="L187">
         <v>5044.595</v>
       </c>
       <c r="M187">
         <v>211.873</v>
       </c>
       <c r="N187">
         <v>27.715</v>
+      </c>
+    </row>
+    <row r="188" spans="1:26">
+      <c r="A188" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B188" t="s">
+        <v>18</v>
+      </c>
+      <c r="C188" t="s">
+        <v>18</v>
+      </c>
+      <c r="D188">
+        <v>5669.788</v>
+      </c>
+      <c r="E188">
+        <v>238.131</v>
+      </c>
+      <c r="F188">
+        <v>31.15</v>
+      </c>
+      <c r="G188">
+        <v>441</v>
+      </c>
+      <c r="H188">
+        <v>1339.422</v>
+      </c>
+      <c r="I188">
+        <v>-898.422</v>
+      </c>
+      <c r="J188">
+        <v>5945.142</v>
+      </c>
+      <c r="K188">
+        <v>-461.488</v>
+      </c>
+      <c r="L188">
+        <v>5232.854</v>
+      </c>
+      <c r="M188">
+        <v>219.78</v>
+      </c>
+      <c r="N188">
+        <v>28.749</v>
+      </c>
+    </row>
+    <row r="189" spans="1:26">
+      <c r="A189" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B189" t="s">
+        <v>18</v>
+      </c>
+      <c r="C189" t="s">
+        <v>18</v>
+      </c>
+      <c r="D189">
+        <v>6464.234</v>
+      </c>
+      <c r="E189">
+        <v>271.498</v>
+      </c>
+      <c r="F189">
+        <v>35.515</v>
+      </c>
+      <c r="G189">
+        <v>347</v>
+      </c>
+      <c r="H189">
+        <v>1339.422</v>
+      </c>
+      <c r="I189">
+        <v>-992.422</v>
+      </c>
+      <c r="J189">
+        <v>6462.549</v>
+      </c>
+      <c r="K189">
+        <v>517.407</v>
+      </c>
+      <c r="L189">
+        <v>4954.405</v>
+      </c>
+      <c r="M189">
+        <v>208.085</v>
+      </c>
+      <c r="N189">
+        <v>27.22</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>