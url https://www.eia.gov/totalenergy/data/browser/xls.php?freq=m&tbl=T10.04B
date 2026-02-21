--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.4b Renewable Diesel Fuel Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Feedstock</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Losses and Co-products</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Production</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Imports</t>
   </si>
   <si>
     <t>Renewable Diesel Fuel Exports</t>
   </si>
   <si>
     <t>Renewable Diesel Fuels Net Imports</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z189"/>
+  <dimension ref="A1:Z190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A189"/>
+      <selection activeCell="A13" sqref="A13:A190"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="30.992" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="37.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -8394,69 +8394,113 @@
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" s="6">
         <v>45901.0</v>
       </c>
       <c r="B189" t="s">
         <v>18</v>
       </c>
       <c r="C189" t="s">
         <v>18</v>
       </c>
       <c r="D189">
         <v>6464.234</v>
       </c>
       <c r="E189">
         <v>271.498</v>
       </c>
       <c r="F189">
         <v>35.515</v>
       </c>
       <c r="G189">
         <v>347</v>
       </c>
       <c r="H189">
-        <v>1339.422</v>
+        <v>1542.853</v>
       </c>
       <c r="I189">
-        <v>-992.422</v>
+        <v>-1195.853</v>
       </c>
       <c r="J189">
         <v>6462.549</v>
       </c>
       <c r="K189">
         <v>517.407</v>
       </c>
       <c r="L189">
-        <v>4954.405</v>
+        <v>4750.974</v>
       </c>
       <c r="M189">
-        <v>208.085</v>
+        <v>199.541</v>
       </c>
       <c r="N189">
-        <v>27.22</v>
+        <v>26.102</v>
+      </c>
+    </row>
+    <row r="190" spans="1:26">
+      <c r="A190" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B190" t="s">
+        <v>18</v>
+      </c>
+      <c r="C190" t="s">
+        <v>18</v>
+      </c>
+      <c r="D190">
+        <v>6419.503</v>
+      </c>
+      <c r="E190">
+        <v>269.619</v>
+      </c>
+      <c r="F190">
+        <v>35.269</v>
+      </c>
+      <c r="G190">
+        <v>900</v>
+      </c>
+      <c r="H190">
+        <v>1542.853</v>
+      </c>
+      <c r="I190">
+        <v>-642.853</v>
+      </c>
+      <c r="J190">
+        <v>6388.036</v>
+      </c>
+      <c r="K190">
+        <v>-74.513</v>
+      </c>
+      <c r="L190">
+        <v>5851.163</v>
+      </c>
+      <c r="M190">
+        <v>245.749</v>
+      </c>
+      <c r="N190">
+        <v>32.146</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>