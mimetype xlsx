--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -14,107 +14,110 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 10.4a Biodiesel Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Biodiesel Feedstock</t>
   </si>
   <si>
     <t>Biodiesel Losses and Co-products</t>
   </si>
   <si>
     <t>Biodiesel Production</t>
   </si>
   <si>
     <t>Biodiesel Imports</t>
   </si>
   <si>
     <t>Biodiesel Exports</t>
   </si>
   <si>
     <t>Biodiesel Net Imports</t>
   </si>
   <si>
     <t>Biodiesel Stocks</t>
   </si>
   <si>
     <t>Biodiesel Stock Change</t>
   </si>
   <si>
     <t>Biodiesel Consumption</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
   </si>
   <si>
     <t>(Thousand Barrels)</t>
   </si>
   <si>
     <t>(Million Gallons)</t>
   </si>
   <si>
     <t>Not Available</t>
+  </si>
+  <si>
+    <t>No Data Reported</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -483,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z306"/>
+  <dimension ref="A1:Z309"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A306"/>
+      <selection activeCell="A13" sqref="A13:A309"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -13558,50 +13561,182 @@
         <v>12.598</v>
       </c>
       <c r="G306">
         <v>14</v>
       </c>
       <c r="H306">
         <v>253.763</v>
       </c>
       <c r="I306">
         <v>-239.763</v>
       </c>
       <c r="J306">
         <v>2646.929</v>
       </c>
       <c r="K306">
         <v>-60.581</v>
       </c>
       <c r="L306">
         <v>2171.662</v>
       </c>
       <c r="M306">
         <v>91.21</v>
       </c>
       <c r="N306">
         <v>11.638</v>
+      </c>
+    </row>
+    <row r="307" spans="1:26">
+      <c r="A307" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B307">
+        <v>13.54</v>
+      </c>
+      <c r="C307">
+        <v>0.184</v>
+      </c>
+      <c r="D307">
+        <v>2492.124</v>
+      </c>
+      <c r="E307">
+        <v>104.669</v>
+      </c>
+      <c r="F307">
+        <v>13.355</v>
+      </c>
+      <c r="G307" t="s">
+        <v>19</v>
+      </c>
+      <c r="H307">
+        <v>305.654</v>
+      </c>
+      <c r="I307">
+        <v>-305.654</v>
+      </c>
+      <c r="J307">
+        <v>2762.114</v>
+      </c>
+      <c r="K307">
+        <v>115.185</v>
+      </c>
+      <c r="L307">
+        <v>2071.285</v>
+      </c>
+      <c r="M307">
+        <v>86.994</v>
+      </c>
+      <c r="N307">
+        <v>11.1</v>
+      </c>
+    </row>
+    <row r="308" spans="1:26">
+      <c r="A308" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B308">
+        <v>14.03</v>
+      </c>
+      <c r="C308">
+        <v>0.191</v>
+      </c>
+      <c r="D308">
+        <v>2582.334</v>
+      </c>
+      <c r="E308">
+        <v>108.458</v>
+      </c>
+      <c r="F308">
+        <v>13.839</v>
+      </c>
+      <c r="G308" t="s">
+        <v>19</v>
+      </c>
+      <c r="H308">
+        <v>253.253</v>
+      </c>
+      <c r="I308">
+        <v>-253.253</v>
+      </c>
+      <c r="J308">
+        <v>3242.195</v>
+      </c>
+      <c r="K308">
+        <v>480.082</v>
+      </c>
+      <c r="L308">
+        <v>1848.999</v>
+      </c>
+      <c r="M308">
+        <v>77.658</v>
+      </c>
+      <c r="N308">
+        <v>9.909</v>
+      </c>
+    </row>
+    <row r="309" spans="1:26">
+      <c r="A309" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B309">
+        <v>13.409</v>
+      </c>
+      <c r="C309">
+        <v>0.183</v>
+      </c>
+      <c r="D309">
+        <v>2467.996</v>
+      </c>
+      <c r="E309">
+        <v>103.656</v>
+      </c>
+      <c r="F309">
+        <v>13.226</v>
+      </c>
+      <c r="G309">
+        <v>1</v>
+      </c>
+      <c r="H309">
+        <v>253.253</v>
+      </c>
+      <c r="I309">
+        <v>-252.253</v>
+      </c>
+      <c r="J309">
+        <v>3124.524</v>
+      </c>
+      <c r="K309">
+        <v>-117.671</v>
+      </c>
+      <c r="L309">
+        <v>2333.414</v>
+      </c>
+      <c r="M309">
+        <v>98.003</v>
+      </c>
+      <c r="N309">
+        <v>12.505</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -13641,51 +13776,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>11</v>
       </c>