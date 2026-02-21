--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.4a Biodiesel Overview</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Biodiesel Feedstock</t>
   </si>
   <si>
     <t>Biodiesel Losses and Co-products</t>
   </si>
   <si>
     <t>Biodiesel Production</t>
   </si>
   <si>
     <t>Biodiesel Imports</t>
   </si>
   <si>
     <t>Biodiesel Exports</t>
   </si>
   <si>
     <t>Biodiesel Net Imports</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z309"/>
+  <dimension ref="A1:Z310"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A309"/>
+      <selection activeCell="A13" sqref="A13:A310"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="20.138" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -13674,69 +13674,113 @@
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="6">
         <v>45901.0</v>
       </c>
       <c r="B309">
         <v>13.409</v>
       </c>
       <c r="C309">
         <v>0.183</v>
       </c>
       <c r="D309">
         <v>2467.996</v>
       </c>
       <c r="E309">
         <v>103.656</v>
       </c>
       <c r="F309">
         <v>13.226</v>
       </c>
       <c r="G309">
         <v>1</v>
       </c>
       <c r="H309">
-        <v>253.253</v>
+        <v>175.847</v>
       </c>
       <c r="I309">
-        <v>-252.253</v>
+        <v>-174.847</v>
       </c>
       <c r="J309">
         <v>3124.524</v>
       </c>
       <c r="K309">
         <v>-117.671</v>
       </c>
       <c r="L309">
-        <v>2333.414</v>
+        <v>2410.82</v>
       </c>
       <c r="M309">
-        <v>98.003</v>
+        <v>101.254</v>
       </c>
       <c r="N309">
-        <v>12.505</v>
+        <v>12.92</v>
+      </c>
+    </row>
+    <row r="310" spans="1:26">
+      <c r="A310" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B310">
+        <v>12.881</v>
+      </c>
+      <c r="C310">
+        <v>0.175</v>
+      </c>
+      <c r="D310">
+        <v>2370.907</v>
+      </c>
+      <c r="E310">
+        <v>99.578</v>
+      </c>
+      <c r="F310">
+        <v>12.706</v>
+      </c>
+      <c r="G310">
+        <v>176</v>
+      </c>
+      <c r="H310">
+        <v>175.847</v>
+      </c>
+      <c r="I310">
+        <v>0.153</v>
+      </c>
+      <c r="J310">
+        <v>3454.407</v>
+      </c>
+      <c r="K310">
+        <v>329.883</v>
+      </c>
+      <c r="L310">
+        <v>2041.177</v>
+      </c>
+      <c r="M310">
+        <v>85.729</v>
+      </c>
+      <c r="N310">
+        <v>10.939</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>