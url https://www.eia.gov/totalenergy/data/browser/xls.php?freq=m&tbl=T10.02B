--- v0 (2025-12-22)
+++ v1 (2026-02-08)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>November 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: November 25, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: December 23, 2025</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.2b Renewable Energy Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wind Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Waste Energy Consumed by the Industrial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z644"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A644"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22469,302 +22469,372 @@
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>0.229</v>
       </c>
       <c r="C637">
         <v>0.357</v>
       </c>
       <c r="D637">
         <v>1.093</v>
       </c>
       <c r="E637">
         <v>0.052</v>
       </c>
       <c r="F637">
         <v>111.87</v>
       </c>
       <c r="G637">
         <v>13.645</v>
       </c>
       <c r="H637">
         <v>1.597</v>
       </c>
       <c r="I637">
-        <v>74.036</v>
+        <v>72.055</v>
       </c>
       <c r="J637">
-        <v>201.148</v>
+        <v>199.167</v>
       </c>
       <c r="K637">
-        <v>202.878</v>
+        <v>200.897</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.215</v>
       </c>
       <c r="C638">
         <v>0.322</v>
       </c>
       <c r="D638">
         <v>1.165</v>
       </c>
       <c r="E638">
         <v>0.045</v>
       </c>
       <c r="F638">
         <v>100.576</v>
       </c>
       <c r="G638">
         <v>12.443</v>
       </c>
       <c r="H638">
         <v>1.484</v>
       </c>
       <c r="I638">
-        <v>67.003</v>
+        <v>65.211</v>
       </c>
       <c r="J638">
-        <v>181.506</v>
+        <v>179.714</v>
       </c>
       <c r="K638">
-        <v>183.254</v>
+        <v>181.461</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>0.261</v>
       </c>
       <c r="C639">
         <v>0.357</v>
       </c>
       <c r="D639">
         <v>1.648</v>
       </c>
       <c r="E639">
         <v>0.062</v>
       </c>
       <c r="F639">
         <v>111.747</v>
       </c>
       <c r="G639">
         <v>13.761</v>
       </c>
       <c r="H639">
         <v>1.629</v>
       </c>
       <c r="I639">
-        <v>72.143</v>
+        <v>70.214</v>
       </c>
       <c r="J639">
-        <v>199.281</v>
+        <v>197.352</v>
       </c>
       <c r="K639">
-        <v>201.608</v>
+        <v>199.679</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.234</v>
       </c>
       <c r="C640">
         <v>0.345</v>
       </c>
       <c r="D640">
         <v>1.798</v>
       </c>
       <c r="E640">
         <v>0.054</v>
       </c>
       <c r="F640">
         <v>104.372</v>
       </c>
       <c r="G640">
         <v>13.205</v>
       </c>
       <c r="H640">
         <v>1.662</v>
       </c>
       <c r="I640">
-        <v>67.657</v>
+        <v>65.848</v>
       </c>
       <c r="J640">
-        <v>186.895</v>
+        <v>185.087</v>
       </c>
       <c r="K640">
-        <v>189.327</v>
+        <v>187.518</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.265</v>
       </c>
       <c r="C641">
         <v>0.357</v>
       </c>
       <c r="D641">
         <v>1.975</v>
       </c>
       <c r="E641">
         <v>0.047</v>
       </c>
       <c r="F641">
         <v>108.341</v>
       </c>
       <c r="G641">
         <v>12.992</v>
       </c>
       <c r="H641">
         <v>1.65</v>
       </c>
       <c r="I641">
-        <v>70.808</v>
+        <v>68.914</v>
       </c>
       <c r="J641">
-        <v>193.791</v>
+        <v>191.897</v>
       </c>
       <c r="K641">
-        <v>196.435</v>
+        <v>194.541</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>0.24</v>
       </c>
       <c r="C642">
         <v>0.345</v>
       </c>
       <c r="D642">
         <v>1.988</v>
       </c>
       <c r="E642">
         <v>0.047</v>
       </c>
       <c r="F642">
         <v>107.2</v>
       </c>
       <c r="G642">
         <v>11.537</v>
       </c>
       <c r="H642">
         <v>1.705</v>
       </c>
       <c r="I642">
-        <v>71.331</v>
+        <v>69.423</v>
       </c>
       <c r="J642">
-        <v>191.772</v>
+        <v>189.864</v>
       </c>
       <c r="K642">
-        <v>194.391</v>
+        <v>192.484</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0.231</v>
       </c>
       <c r="C643">
         <v>0.357</v>
       </c>
       <c r="D643">
         <v>2.082</v>
       </c>
       <c r="E643">
         <v>0.04</v>
       </c>
       <c r="F643">
         <v>112.618</v>
       </c>
       <c r="G643">
         <v>12.196</v>
       </c>
       <c r="H643">
         <v>1.732</v>
       </c>
       <c r="I643">
-        <v>73.839</v>
+        <v>71.864</v>
       </c>
       <c r="J643">
-        <v>200.384</v>
+        <v>198.409</v>
       </c>
       <c r="K643">
-        <v>203.095</v>
+        <v>201.12</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0.216</v>
       </c>
       <c r="C644">
         <v>0.357</v>
       </c>
       <c r="D644">
         <v>2.006</v>
       </c>
       <c r="E644">
         <v>0.034</v>
       </c>
       <c r="F644">
         <v>111.821</v>
       </c>
       <c r="G644">
         <v>12.231</v>
       </c>
       <c r="H644">
-        <v>1.754</v>
+        <v>1.72</v>
       </c>
       <c r="I644">
-        <v>73.919</v>
+        <v>71.942</v>
       </c>
       <c r="J644">
-        <v>199.725</v>
+        <v>197.714</v>
       </c>
       <c r="K644">
-        <v>202.338</v>
+        <v>200.328</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>0.186</v>
+      </c>
+      <c r="C645">
+        <v>0.345</v>
+      </c>
+      <c r="D645">
+        <v>1.984</v>
+      </c>
+      <c r="E645">
+        <v>0.029</v>
+      </c>
+      <c r="F645">
+        <v>108.005</v>
+      </c>
+      <c r="G645">
+        <v>11.84</v>
+      </c>
+      <c r="H645">
+        <v>1.632</v>
+      </c>
+      <c r="I645">
+        <v>67.602</v>
+      </c>
+      <c r="J645">
+        <v>189.079</v>
+      </c>
+      <c r="K645">
+        <v>191.623</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>0.188</v>
+      </c>
+      <c r="C646">
+        <v>0.357</v>
+      </c>
+      <c r="D646">
+        <v>1.786</v>
+      </c>
+      <c r="E646">
+        <v>0.043</v>
+      </c>
+      <c r="F646">
+        <v>108.213</v>
+      </c>
+      <c r="G646">
+        <v>13.616</v>
+      </c>
+      <c r="H646">
+        <v>1.796</v>
+      </c>
+      <c r="I646">
+        <v>73.175</v>
+      </c>
+      <c r="J646">
+        <v>196.801</v>
+      </c>
+      <c r="K646">
+        <v>199.175</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>