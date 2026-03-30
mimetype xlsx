--- v1 (2026-02-08)
+++ v2 (2026-03-30)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>January 2026 Monthly Energy Review</t>
+    <t>March 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: January 27, 2026</t>
+    <t>Release Date: March 26, 2026</t>
   </si>
   <si>
-    <t>Next Update: February 24, 2026</t>
+    <t>Next Update: April 24, 2026</t>
   </si>
   <si>
     <t>Table 10.2b Renewable Energy Consumption:  Industrial Sector</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wind Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Industrial Sector</t>
   </si>
   <si>
     <t>Waste Energy Consumed by the Industrial Sector</t>
   </si>
@@ -483,54 +483,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z646"/>
+  <dimension ref="A1:Z648"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A646"/>
+      <selection activeCell="A13" sqref="A13:A648"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -22448,423 +22448,493 @@
       </c>
       <c r="F636">
         <v>115.803</v>
       </c>
       <c r="G636">
         <v>13.558</v>
       </c>
       <c r="H636">
         <v>1.634</v>
       </c>
       <c r="I636">
         <v>75.536</v>
       </c>
       <c r="J636">
         <v>206.532</v>
       </c>
       <c r="K636">
         <v>208.158</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>0.229</v>
+        <v>0.228</v>
       </c>
       <c r="C637">
         <v>0.357</v>
       </c>
       <c r="D637">
-        <v>1.093</v>
+        <v>1.097</v>
       </c>
       <c r="E637">
         <v>0.052</v>
       </c>
       <c r="F637">
         <v>111.87</v>
       </c>
       <c r="G637">
         <v>13.645</v>
       </c>
       <c r="H637">
         <v>1.597</v>
       </c>
       <c r="I637">
         <v>72.055</v>
       </c>
       <c r="J637">
         <v>199.167</v>
       </c>
       <c r="K637">
-        <v>200.897</v>
+        <v>200.9</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>0.215</v>
       </c>
       <c r="C638">
         <v>0.322</v>
       </c>
       <c r="D638">
-        <v>1.165</v>
+        <v>1.169</v>
       </c>
       <c r="E638">
         <v>0.045</v>
       </c>
       <c r="F638">
         <v>100.576</v>
       </c>
       <c r="G638">
         <v>12.443</v>
       </c>
       <c r="H638">
         <v>1.484</v>
       </c>
       <c r="I638">
         <v>65.211</v>
       </c>
       <c r="J638">
         <v>179.714</v>
       </c>
       <c r="K638">
-        <v>181.461</v>
+        <v>181.465</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>0.261</v>
+        <v>0.26</v>
       </c>
       <c r="C639">
         <v>0.357</v>
       </c>
       <c r="D639">
-        <v>1.648</v>
+        <v>1.655</v>
       </c>
       <c r="E639">
         <v>0.062</v>
       </c>
       <c r="F639">
         <v>111.747</v>
       </c>
       <c r="G639">
         <v>13.761</v>
       </c>
       <c r="H639">
         <v>1.629</v>
       </c>
       <c r="I639">
         <v>70.214</v>
       </c>
       <c r="J639">
         <v>197.352</v>
       </c>
       <c r="K639">
-        <v>199.679</v>
+        <v>199.685</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>0.234</v>
       </c>
       <c r="C640">
         <v>0.345</v>
       </c>
       <c r="D640">
-        <v>1.798</v>
+        <v>1.806</v>
       </c>
       <c r="E640">
         <v>0.054</v>
       </c>
       <c r="F640">
         <v>104.372</v>
       </c>
       <c r="G640">
         <v>13.205</v>
       </c>
       <c r="H640">
         <v>1.662</v>
       </c>
       <c r="I640">
         <v>65.848</v>
       </c>
       <c r="J640">
         <v>185.087</v>
       </c>
       <c r="K640">
-        <v>187.518</v>
+        <v>187.526</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>0.265</v>
       </c>
       <c r="C641">
         <v>0.357</v>
       </c>
       <c r="D641">
-        <v>1.975</v>
+        <v>1.984</v>
       </c>
       <c r="E641">
         <v>0.047</v>
       </c>
       <c r="F641">
         <v>108.341</v>
       </c>
       <c r="G641">
         <v>12.992</v>
       </c>
       <c r="H641">
         <v>1.65</v>
       </c>
       <c r="I641">
         <v>68.914</v>
       </c>
       <c r="J641">
         <v>191.897</v>
       </c>
       <c r="K641">
-        <v>194.541</v>
+        <v>194.55</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>0.24</v>
+        <v>0.239</v>
       </c>
       <c r="C642">
         <v>0.345</v>
       </c>
       <c r="D642">
-        <v>1.988</v>
+        <v>2.382</v>
       </c>
       <c r="E642">
         <v>0.047</v>
       </c>
       <c r="F642">
         <v>107.2</v>
       </c>
       <c r="G642">
         <v>11.537</v>
       </c>
       <c r="H642">
         <v>1.705</v>
       </c>
       <c r="I642">
         <v>69.423</v>
       </c>
       <c r="J642">
         <v>189.864</v>
       </c>
       <c r="K642">
-        <v>192.484</v>
+        <v>192.877</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>0.231</v>
       </c>
       <c r="C643">
         <v>0.357</v>
       </c>
       <c r="D643">
-        <v>2.082</v>
+        <v>2.488</v>
       </c>
       <c r="E643">
         <v>0.04</v>
       </c>
       <c r="F643">
         <v>112.618</v>
       </c>
       <c r="G643">
         <v>12.196</v>
       </c>
       <c r="H643">
         <v>1.732</v>
       </c>
       <c r="I643">
         <v>71.864</v>
       </c>
       <c r="J643">
         <v>198.409</v>
       </c>
       <c r="K643">
-        <v>201.12</v>
+        <v>201.526</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>0.216</v>
       </c>
       <c r="C644">
         <v>0.357</v>
       </c>
       <c r="D644">
-        <v>2.006</v>
+        <v>2.386</v>
       </c>
       <c r="E644">
         <v>0.034</v>
       </c>
       <c r="F644">
-        <v>111.821</v>
+        <v>111.818</v>
       </c>
       <c r="G644">
         <v>12.231</v>
       </c>
       <c r="H644">
         <v>1.72</v>
       </c>
       <c r="I644">
         <v>71.942</v>
       </c>
       <c r="J644">
-        <v>197.714</v>
+        <v>197.711</v>
       </c>
       <c r="K644">
-        <v>200.328</v>
+        <v>200.704</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>0.186</v>
       </c>
       <c r="C645">
         <v>0.345</v>
       </c>
       <c r="D645">
-        <v>1.984</v>
+        <v>2.31</v>
       </c>
       <c r="E645">
         <v>0.029</v>
       </c>
       <c r="F645">
-        <v>108.005</v>
+        <v>108.013</v>
       </c>
       <c r="G645">
         <v>11.84</v>
       </c>
       <c r="H645">
         <v>1.632</v>
       </c>
       <c r="I645">
         <v>67.602</v>
       </c>
       <c r="J645">
-        <v>189.079</v>
+        <v>189.087</v>
       </c>
       <c r="K645">
-        <v>191.623</v>
+        <v>191.957</v>
       </c>
     </row>
     <row r="646" spans="1:26">
       <c r="A646" s="6">
         <v>45931.0</v>
       </c>
       <c r="B646">
         <v>0.188</v>
       </c>
       <c r="C646">
         <v>0.357</v>
       </c>
       <c r="D646">
-        <v>1.786</v>
+        <v>2.066</v>
       </c>
       <c r="E646">
         <v>0.043</v>
       </c>
       <c r="F646">
         <v>108.213</v>
       </c>
       <c r="G646">
         <v>13.616</v>
       </c>
       <c r="H646">
-        <v>1.796</v>
+        <v>1.746</v>
       </c>
       <c r="I646">
         <v>73.175</v>
       </c>
       <c r="J646">
-        <v>196.801</v>
+        <v>196.75</v>
       </c>
       <c r="K646">
-        <v>199.175</v>
+        <v>199.404</v>
+      </c>
+    </row>
+    <row r="647" spans="1:26">
+      <c r="A647" s="6">
+        <v>45962.0</v>
+      </c>
+      <c r="B647">
+        <v>0.198</v>
+      </c>
+      <c r="C647">
+        <v>0.345</v>
+      </c>
+      <c r="D647">
+        <v>1.586</v>
+      </c>
+      <c r="E647">
+        <v>0.05</v>
+      </c>
+      <c r="F647">
+        <v>106.239</v>
+      </c>
+      <c r="G647">
+        <v>12.964</v>
+      </c>
+      <c r="H647">
+        <v>1.579</v>
+      </c>
+      <c r="I647">
+        <v>71.913</v>
+      </c>
+      <c r="J647">
+        <v>192.695</v>
+      </c>
+      <c r="K647">
+        <v>194.874</v>
+      </c>
+    </row>
+    <row r="648" spans="1:26">
+      <c r="A648" s="6">
+        <v>45992.0</v>
+      </c>
+      <c r="B648">
+        <v>0.211</v>
+      </c>
+      <c r="C648">
+        <v>0.357</v>
+      </c>
+      <c r="D648">
+        <v>1.398</v>
+      </c>
+      <c r="E648">
+        <v>0.059</v>
+      </c>
+      <c r="F648">
+        <v>108.941</v>
+      </c>
+      <c r="G648">
+        <v>13.722</v>
+      </c>
+      <c r="H648">
+        <v>1.737</v>
+      </c>
+      <c r="I648">
+        <v>74.793</v>
+      </c>
+      <c r="J648">
+        <v>199.193</v>
+      </c>
+      <c r="K648">
+        <v>201.218</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z88"/>
+  <dimension ref="A1:Z89"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A88"/>
+      <selection activeCell="A13" sqref="A13:A89"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="78.267" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="59.843" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
@@ -25595,50 +25665,85 @@
         <v>4.2</v>
       </c>
       <c r="D88">
         <v>17.964</v>
       </c>
       <c r="E88">
         <v>0.339</v>
       </c>
       <c r="F88">
         <v>1328.239</v>
       </c>
       <c r="G88">
         <v>156.324</v>
       </c>
       <c r="H88">
         <v>19.761</v>
       </c>
       <c r="I88">
         <v>853.944</v>
       </c>
       <c r="J88">
         <v>2358.267</v>
       </c>
       <c r="K88">
         <v>2383.535</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26">
+      <c r="A89" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B89">
+        <v>2.671</v>
+      </c>
+      <c r="C89">
+        <v>4.2</v>
+      </c>
+      <c r="D89">
+        <v>22.328</v>
+      </c>
+      <c r="E89">
+        <v>0.562</v>
+      </c>
+      <c r="F89">
+        <v>1299.946</v>
+      </c>
+      <c r="G89">
+        <v>154.153</v>
+      </c>
+      <c r="H89">
+        <v>19.873</v>
+      </c>
+      <c r="I89">
+        <v>842.954</v>
+      </c>
+      <c r="J89">
+        <v>2316.925</v>
+      </c>
+      <c r="K89">
+        <v>2346.686</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>