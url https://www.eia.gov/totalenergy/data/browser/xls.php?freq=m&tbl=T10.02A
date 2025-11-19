--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 10.2a Renewable Energy Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Renewable Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28354,50 +28354,94 @@
         <v>0.093</v>
       </c>
       <c r="G642">
         <v>1.619</v>
       </c>
       <c r="H642">
         <v>9.018</v>
       </c>
       <c r="I642">
         <v>0.03</v>
       </c>
       <c r="J642">
         <v>6.182</v>
       </c>
       <c r="K642">
         <v>5.182</v>
       </c>
       <c r="L642">
         <v>2.39</v>
       </c>
       <c r="M642">
         <v>13.754</v>
       </c>
       <c r="N642">
         <v>24.515</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>3.363</v>
+      </c>
+      <c r="C643">
+        <v>29.464</v>
+      </c>
+      <c r="D643">
+        <v>31.061</v>
+      </c>
+      <c r="E643">
+        <v>63.888</v>
+      </c>
+      <c r="F643" t="s">
+        <v>22</v>
+      </c>
+      <c r="G643">
+        <v>1.673</v>
+      </c>
+      <c r="H643">
+        <v>9.386</v>
+      </c>
+      <c r="I643">
+        <v>0.027</v>
+      </c>
+      <c r="J643">
+        <v>6.317</v>
+      </c>
+      <c r="K643">
+        <v>5.548</v>
+      </c>
+      <c r="L643">
+        <v>2.428</v>
+      </c>
+      <c r="M643">
+        <v>14.293</v>
+      </c>
+      <c r="N643">
+        <v>25.465</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>