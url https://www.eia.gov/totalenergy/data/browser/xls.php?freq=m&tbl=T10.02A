--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 10.2a Renewable Energy Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Renewable Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -495,54 +495,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27572,876 +27572,964 @@
       </c>
       <c r="J624">
         <v>6.147</v>
       </c>
       <c r="K624">
         <v>6.528</v>
       </c>
       <c r="L624">
         <v>2.295</v>
       </c>
       <c r="M624">
         <v>14.97</v>
       </c>
       <c r="N624">
         <v>20.784</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
         <v>3.354</v>
       </c>
       <c r="C625">
-        <v>14.82</v>
+        <v>14.679</v>
       </c>
       <c r="D625">
         <v>30.341</v>
       </c>
       <c r="E625">
-        <v>48.515</v>
+        <v>48.374</v>
       </c>
       <c r="F625">
-        <v>0.094</v>
+        <v>0.102</v>
       </c>
       <c r="G625">
         <v>1.669</v>
       </c>
       <c r="H625">
-        <v>4.398</v>
+        <v>4.234</v>
       </c>
       <c r="I625">
-        <v>0.037</v>
+        <v>0.034</v>
       </c>
       <c r="J625">
         <v>6.201</v>
       </c>
       <c r="K625">
-        <v>6.222</v>
+        <v>6.37</v>
       </c>
       <c r="L625">
         <v>2.121</v>
       </c>
       <c r="M625">
-        <v>14.544</v>
+        <v>14.692</v>
       </c>
       <c r="N625">
-        <v>20.741</v>
+        <v>20.732</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
         <v>3.138</v>
       </c>
       <c r="C626">
-        <v>16.704</v>
+        <v>16.578</v>
       </c>
       <c r="D626">
         <v>28.383</v>
       </c>
       <c r="E626">
-        <v>48.225</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>48.1</v>
+      </c>
+      <c r="F626">
+        <v>0.097</v>
       </c>
       <c r="G626">
         <v>1.561</v>
       </c>
       <c r="H626">
-        <v>5.047</v>
+        <v>4.845</v>
       </c>
       <c r="I626">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
       <c r="J626">
         <v>5.616</v>
       </c>
       <c r="K626">
-        <v>5.637</v>
+        <v>5.801</v>
       </c>
       <c r="L626">
         <v>2.172</v>
       </c>
       <c r="M626">
-        <v>13.425</v>
+        <v>13.59</v>
       </c>
       <c r="N626">
-        <v>20.154</v>
+        <v>20.127</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
         <v>3.354</v>
       </c>
       <c r="C627">
-        <v>21.946</v>
+        <v>22.055</v>
       </c>
       <c r="D627">
         <v>30.341</v>
       </c>
       <c r="E627">
-        <v>55.641</v>
+        <v>55.75</v>
       </c>
       <c r="F627">
-        <v>0.093</v>
+        <v>0.106</v>
       </c>
       <c r="G627">
         <v>1.669</v>
       </c>
       <c r="H627">
-        <v>6.615</v>
+        <v>6.379</v>
       </c>
       <c r="I627">
-        <v>0.048</v>
+        <v>0.047</v>
       </c>
       <c r="J627">
         <v>5.915</v>
       </c>
       <c r="K627">
-        <v>5.751</v>
+        <v>5.992</v>
       </c>
       <c r="L627">
         <v>2.323</v>
       </c>
       <c r="M627">
-        <v>13.989</v>
+        <v>14.23</v>
       </c>
       <c r="N627">
-        <v>22.415</v>
+        <v>22.43</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
         <v>3.246</v>
       </c>
       <c r="C628">
-        <v>24.329</v>
+        <v>24.33</v>
       </c>
       <c r="D628">
         <v>29.362</v>
       </c>
       <c r="E628">
-        <v>56.937</v>
+        <v>56.938</v>
       </c>
       <c r="F628">
-        <v>0.077</v>
+        <v>0.104</v>
       </c>
       <c r="G628">
         <v>1.615</v>
       </c>
       <c r="H628">
-        <v>7.291</v>
+        <v>7.039</v>
       </c>
       <c r="I628">
-        <v>0.058</v>
+        <v>0.056</v>
       </c>
       <c r="J628">
         <v>5.703</v>
       </c>
       <c r="K628">
-        <v>5.595</v>
+        <v>5.801</v>
       </c>
       <c r="L628">
         <v>2.147</v>
       </c>
       <c r="M628">
-        <v>13.446</v>
+        <v>13.652</v>
       </c>
       <c r="N628">
-        <v>22.488</v>
+        <v>22.466</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
         <v>3.354</v>
       </c>
       <c r="C629">
-        <v>26.441</v>
+        <v>26.437</v>
       </c>
       <c r="D629">
         <v>30.341</v>
       </c>
       <c r="E629">
-        <v>60.136</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>60.132</v>
+      </c>
+      <c r="F629">
+        <v>0.108</v>
       </c>
       <c r="G629">
         <v>1.669</v>
       </c>
       <c r="H629">
-        <v>8.048</v>
+        <v>7.779</v>
       </c>
       <c r="I629">
-        <v>0.049</v>
+        <v>0.044</v>
       </c>
       <c r="J629">
         <v>5.997</v>
       </c>
       <c r="K629">
-        <v>5.931</v>
+        <v>6.306</v>
       </c>
       <c r="L629">
         <v>2.493</v>
       </c>
       <c r="M629">
-        <v>14.421</v>
+        <v>14.796</v>
       </c>
       <c r="N629">
-        <v>24.281</v>
+        <v>24.396</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
         <v>3.246</v>
       </c>
       <c r="C630">
-        <v>26.512</v>
+        <v>26.508</v>
       </c>
       <c r="D630">
         <v>29.362</v>
       </c>
       <c r="E630">
-        <v>59.12</v>
+        <v>59.116</v>
       </c>
       <c r="F630">
-        <v>0.101</v>
+        <v>0.079</v>
       </c>
       <c r="G630">
         <v>1.615</v>
       </c>
       <c r="H630">
-        <v>8.056</v>
+        <v>7.78</v>
       </c>
       <c r="I630">
-        <v>0.048</v>
+        <v>0.04</v>
       </c>
       <c r="J630">
         <v>5.918</v>
       </c>
       <c r="K630">
-        <v>5.713</v>
+        <v>5.964</v>
       </c>
       <c r="L630">
         <v>2.303</v>
       </c>
       <c r="M630">
-        <v>13.934</v>
+        <v>14.185</v>
       </c>
       <c r="N630">
-        <v>23.753</v>
+        <v>23.699</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
         <v>3.354</v>
       </c>
       <c r="C631">
-        <v>27.125</v>
+        <v>27.12</v>
       </c>
       <c r="D631">
         <v>30.341</v>
       </c>
       <c r="E631">
-        <v>60.82</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>60.815</v>
+      </c>
+      <c r="F631">
+        <v>0.082</v>
       </c>
       <c r="G631">
         <v>1.669</v>
       </c>
       <c r="H631">
-        <v>8.34</v>
+        <v>8.053</v>
       </c>
       <c r="I631">
-        <v>0.038</v>
+        <v>0.028</v>
       </c>
       <c r="J631">
         <v>6.246</v>
       </c>
       <c r="K631">
-        <v>5.987</v>
+        <v>6.194</v>
       </c>
       <c r="L631">
         <v>2.455</v>
       </c>
       <c r="M631">
-        <v>14.688</v>
+        <v>14.895</v>
       </c>
       <c r="N631">
-        <v>24.829</v>
+        <v>24.727</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
         <v>3.354</v>
       </c>
       <c r="C632">
-        <v>25.998</v>
+        <v>25.973</v>
       </c>
       <c r="D632">
         <v>30.341</v>
       </c>
       <c r="E632">
-        <v>59.693</v>
+        <v>59.667</v>
       </c>
       <c r="F632">
-        <v>0.089</v>
+        <v>0.08</v>
       </c>
       <c r="G632">
         <v>1.669</v>
       </c>
       <c r="H632">
-        <v>8.007</v>
+        <v>7.727</v>
       </c>
       <c r="I632">
-        <v>0.033</v>
+        <v>0.028</v>
       </c>
       <c r="J632">
         <v>6.062</v>
       </c>
       <c r="K632">
-        <v>5.999</v>
+        <v>6.102</v>
       </c>
       <c r="L632">
         <v>2.402</v>
       </c>
       <c r="M632">
-        <v>14.462</v>
+        <v>14.566</v>
       </c>
       <c r="N632">
-        <v>24.26</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>3.246</v>
       </c>
       <c r="C633">
-        <v>23.17</v>
+        <v>23.15</v>
       </c>
       <c r="D633">
         <v>29.362</v>
       </c>
       <c r="E633">
-        <v>55.778</v>
+        <v>55.758</v>
       </c>
       <c r="F633">
-        <v>0.063</v>
+        <v>0.067</v>
       </c>
       <c r="G633">
         <v>1.615</v>
       </c>
       <c r="H633">
-        <v>7.163</v>
+        <v>6.885</v>
       </c>
       <c r="I633">
-        <v>0.031</v>
+        <v>0.03</v>
       </c>
       <c r="J633">
         <v>5.945</v>
       </c>
       <c r="K633">
-        <v>5.27</v>
+        <v>5.713</v>
       </c>
       <c r="L633">
         <v>2.258</v>
       </c>
       <c r="M633">
-        <v>13.473</v>
+        <v>13.916</v>
       </c>
       <c r="N633">
-        <v>22.343</v>
+        <v>22.513</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
         <v>3.354</v>
       </c>
       <c r="C634">
-        <v>20.971</v>
+        <v>20.951</v>
       </c>
       <c r="D634">
         <v>30.341</v>
       </c>
       <c r="E634">
-        <v>54.666</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>54.646</v>
+      </c>
+      <c r="F634">
+        <v>0.072</v>
       </c>
       <c r="G634">
         <v>1.669</v>
       </c>
       <c r="H634">
-        <v>6.224</v>
+        <v>5.988</v>
       </c>
       <c r="I634">
-        <v>0.035</v>
+        <v>0.032</v>
       </c>
       <c r="J634">
         <v>6.012</v>
       </c>
       <c r="K634">
-        <v>5.683</v>
+        <v>5.944</v>
       </c>
       <c r="L634">
         <v>2.448</v>
       </c>
       <c r="M634">
-        <v>14.144</v>
+        <v>14.405</v>
       </c>
       <c r="N634">
-        <v>22.13</v>
+        <v>22.164</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
         <v>3.246</v>
       </c>
       <c r="C635">
-        <v>16.923</v>
+        <v>16.909</v>
       </c>
       <c r="D635">
         <v>29.362</v>
       </c>
       <c r="E635">
-        <v>49.531</v>
+        <v>49.517</v>
       </c>
       <c r="F635">
-        <v>0.082</v>
+        <v>0.077</v>
       </c>
       <c r="G635">
         <v>1.615</v>
       </c>
       <c r="H635">
-        <v>4.828</v>
+        <v>4.663</v>
       </c>
       <c r="I635">
-        <v>0.042</v>
+        <v>0.036</v>
       </c>
       <c r="J635">
         <v>5.923</v>
       </c>
       <c r="K635">
-        <v>5.755</v>
+        <v>5.919</v>
       </c>
       <c r="L635">
         <v>2.286</v>
       </c>
       <c r="M635">
-        <v>13.964</v>
+        <v>14.128</v>
       </c>
       <c r="N635">
-        <v>20.531</v>
+        <v>20.519</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
         <v>3.354</v>
       </c>
       <c r="C636">
-        <v>15.474</v>
+        <v>15.503</v>
       </c>
       <c r="D636">
         <v>30.341</v>
       </c>
       <c r="E636">
-        <v>49.169</v>
+        <v>49.198</v>
       </c>
       <c r="F636">
-        <v>0.1</v>
+        <v>0.086</v>
       </c>
       <c r="G636">
         <v>1.669</v>
       </c>
       <c r="H636">
-        <v>4.49</v>
+        <v>4.437</v>
       </c>
       <c r="I636">
-        <v>0.05</v>
+        <v>0.044</v>
       </c>
       <c r="J636">
         <v>6.143</v>
       </c>
       <c r="K636">
-        <v>5.862</v>
+        <v>6.05</v>
       </c>
       <c r="L636">
         <v>2.291</v>
       </c>
       <c r="M636">
-        <v>14.296</v>
+        <v>14.484</v>
       </c>
       <c r="N636">
-        <v>20.605</v>
+        <v>20.72</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>3.363</v>
       </c>
       <c r="C637">
-        <v>16.089</v>
+        <v>16.125</v>
       </c>
       <c r="D637">
         <v>31.061</v>
       </c>
       <c r="E637">
-        <v>50.513</v>
+        <v>50.549</v>
       </c>
       <c r="F637">
-        <v>0.1</v>
+        <v>0.107</v>
       </c>
       <c r="G637">
         <v>1.673</v>
       </c>
       <c r="H637">
-        <v>4.903</v>
+        <v>4.935</v>
       </c>
       <c r="I637">
-        <v>0.051</v>
+        <v>0.047</v>
       </c>
       <c r="J637">
         <v>6.159</v>
       </c>
       <c r="K637">
-        <v>5.55</v>
+        <v>5.879</v>
       </c>
       <c r="L637">
         <v>2.239</v>
       </c>
       <c r="M637">
-        <v>13.949</v>
+        <v>14.277</v>
       </c>
       <c r="N637">
-        <v>20.675</v>
+        <v>21.039</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>3.038</v>
       </c>
       <c r="C638">
-        <v>17.551</v>
+        <v>17.474</v>
       </c>
       <c r="D638">
         <v>28.055</v>
       </c>
       <c r="E638">
-        <v>48.644</v>
-[...2 lines deleted...]
-        <v>0.078</v>
+        <v>48.566</v>
+      </c>
+      <c r="F638" t="s">
+        <v>22</v>
       </c>
       <c r="G638">
         <v>1.511</v>
       </c>
       <c r="H638">
-        <v>5.423</v>
+        <v>5.365</v>
       </c>
       <c r="I638">
-        <v>0.041</v>
+        <v>0.038</v>
       </c>
       <c r="J638">
         <v>5.571</v>
       </c>
       <c r="K638">
-        <v>5.246</v>
+        <v>5.328</v>
       </c>
       <c r="L638">
         <v>2.08</v>
       </c>
       <c r="M638">
-        <v>12.897</v>
+        <v>12.979</v>
       </c>
       <c r="N638">
-        <v>19.95</v>
+        <v>19.981</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>3.363</v>
       </c>
       <c r="C639">
-        <v>23.962</v>
+        <v>23.798</v>
       </c>
       <c r="D639">
         <v>31.061</v>
       </c>
       <c r="E639">
-        <v>58.386</v>
+        <v>58.223</v>
       </c>
       <c r="F639" t="s">
         <v>22</v>
       </c>
       <c r="G639">
         <v>1.673</v>
       </c>
       <c r="H639">
-        <v>7.424</v>
+        <v>7.27</v>
       </c>
       <c r="I639">
-        <v>0.05</v>
+        <v>0.047</v>
       </c>
       <c r="J639">
         <v>6.036</v>
       </c>
       <c r="K639">
-        <v>5.786</v>
+        <v>5.87</v>
       </c>
       <c r="L639">
         <v>2.284</v>
       </c>
       <c r="M639">
-        <v>14.106</v>
+        <v>14.19</v>
       </c>
       <c r="N639">
-        <v>23.333</v>
+        <v>23.272</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>3.255</v>
       </c>
       <c r="C640">
-        <v>26.209</v>
+        <v>26.09</v>
       </c>
       <c r="D640">
         <v>30.059</v>
       </c>
       <c r="E640">
-        <v>59.523</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>59.404</v>
+      </c>
+      <c r="F640">
+        <v>0.113</v>
       </c>
       <c r="G640">
         <v>1.619</v>
       </c>
       <c r="H640">
-        <v>8.226</v>
+        <v>8.14</v>
       </c>
       <c r="I640">
-        <v>0.046</v>
+        <v>0.043</v>
       </c>
       <c r="J640">
         <v>5.753</v>
       </c>
       <c r="K640">
-        <v>5.573</v>
+        <v>5.615</v>
       </c>
       <c r="L640">
         <v>2.329</v>
       </c>
       <c r="M640">
-        <v>13.656</v>
+        <v>13.698</v>
       </c>
       <c r="N640">
-        <v>23.645</v>
+        <v>23.614</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>3.363</v>
       </c>
       <c r="C641">
-        <v>27.761</v>
+        <v>27.636</v>
       </c>
       <c r="D641">
         <v>31.061</v>
       </c>
       <c r="E641">
-        <v>62.186</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>62.06</v>
+      </c>
+      <c r="F641">
+        <v>0.109</v>
       </c>
       <c r="G641">
         <v>1.673</v>
       </c>
       <c r="H641">
-        <v>8.888</v>
+        <v>8.844</v>
       </c>
       <c r="I641">
-        <v>0.037</v>
+        <v>0.035</v>
       </c>
       <c r="J641">
         <v>6.008</v>
       </c>
       <c r="K641">
-        <v>5.174</v>
+        <v>5.211</v>
       </c>
       <c r="L641">
         <v>2.313</v>
       </c>
       <c r="M641">
-        <v>13.495</v>
+        <v>13.532</v>
       </c>
       <c r="N641">
-        <v>24.191</v>
+        <v>24.194</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>3.255</v>
       </c>
       <c r="C642">
-        <v>28.185</v>
+        <v>28.025</v>
       </c>
       <c r="D642">
         <v>30.059</v>
       </c>
       <c r="E642">
-        <v>61.499</v>
+        <v>61.339</v>
       </c>
       <c r="F642">
-        <v>0.093</v>
+        <v>0.1</v>
       </c>
       <c r="G642">
         <v>1.619</v>
       </c>
       <c r="H642">
-        <v>9.018</v>
+        <v>8.886</v>
       </c>
       <c r="I642">
-        <v>0.03</v>
+        <v>0.029</v>
       </c>
       <c r="J642">
         <v>6.182</v>
       </c>
       <c r="K642">
-        <v>5.182</v>
+        <v>5.474</v>
       </c>
       <c r="L642">
         <v>2.39</v>
       </c>
       <c r="M642">
-        <v>13.754</v>
+        <v>14.046</v>
       </c>
       <c r="N642">
-        <v>24.515</v>
+        <v>24.681</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>3.363</v>
       </c>
       <c r="C643">
-        <v>29.464</v>
+        <v>29.251</v>
       </c>
       <c r="D643">
         <v>31.061</v>
       </c>
       <c r="E643">
-        <v>63.888</v>
+        <v>63.675</v>
       </c>
       <c r="F643" t="s">
         <v>22</v>
       </c>
       <c r="G643">
         <v>1.673</v>
       </c>
       <c r="H643">
-        <v>9.386</v>
+        <v>9.258</v>
       </c>
       <c r="I643">
-        <v>0.027</v>
+        <v>0.026</v>
       </c>
       <c r="J643">
         <v>6.317</v>
       </c>
       <c r="K643">
-        <v>5.548</v>
+        <v>5.599</v>
       </c>
       <c r="L643">
         <v>2.428</v>
       </c>
       <c r="M643">
-        <v>14.293</v>
+        <v>14.344</v>
       </c>
       <c r="N643">
-        <v>25.465</v>
+        <v>25.39</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>3.363</v>
+      </c>
+      <c r="C644">
+        <v>27.569</v>
+      </c>
+      <c r="D644">
+        <v>31.061</v>
+      </c>
+      <c r="E644">
+        <v>61.993</v>
+      </c>
+      <c r="F644" t="s">
+        <v>22</v>
+      </c>
+      <c r="G644">
+        <v>1.673</v>
+      </c>
+      <c r="H644">
+        <v>8.884</v>
+      </c>
+      <c r="I644">
+        <v>0.026</v>
+      </c>
+      <c r="J644">
+        <v>6.213</v>
+      </c>
+      <c r="K644">
+        <v>5.583</v>
+      </c>
+      <c r="L644">
+        <v>2.412</v>
+      </c>
+      <c r="M644">
+        <v>14.208</v>
+      </c>
+      <c r="N644">
+        <v>24.889</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>3.255</v>
+      </c>
+      <c r="C645">
+        <v>25.035</v>
+      </c>
+      <c r="D645">
+        <v>30.059</v>
+      </c>
+      <c r="E645">
+        <v>58.349</v>
+      </c>
+      <c r="F645">
+        <v>0.067</v>
+      </c>
+      <c r="G645">
+        <v>1.619</v>
+      </c>
+      <c r="H645">
+        <v>7.991</v>
+      </c>
+      <c r="I645">
+        <v>0.025</v>
+      </c>
+      <c r="J645">
+        <v>6.036</v>
+      </c>
+      <c r="K645">
+        <v>5.53</v>
+      </c>
+      <c r="L645">
+        <v>2.209</v>
+      </c>
+      <c r="M645">
+        <v>13.775</v>
+      </c>
+      <c r="N645">
+        <v>23.477</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31873,84 +31961,84 @@
       </c>
       <c r="J87">
         <v>71.753</v>
       </c>
       <c r="K87">
         <v>72.479</v>
       </c>
       <c r="L87">
         <v>27.64</v>
       </c>
       <c r="M87">
         <v>171.872</v>
       </c>
       <c r="N87">
         <v>262.503</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
         <v>39.6</v>
       </c>
       <c r="C88">
-        <v>260.414</v>
+        <v>260.193</v>
       </c>
       <c r="D88">
         <v>358.217</v>
       </c>
       <c r="E88">
-        <v>658.232</v>
+        <v>658.011</v>
       </c>
       <c r="F88">
-        <v>1.032</v>
+        <v>1.06</v>
       </c>
       <c r="G88">
         <v>19.7</v>
       </c>
       <c r="H88">
-        <v>78.507</v>
+        <v>75.809</v>
       </c>
       <c r="I88">
-        <v>0.505</v>
+        <v>0.455</v>
       </c>
       <c r="J88">
         <v>71.682</v>
       </c>
       <c r="K88">
-        <v>69.404</v>
+        <v>72.158</v>
       </c>
       <c r="L88">
         <v>27.699</v>
       </c>
       <c r="M88">
-        <v>168.785</v>
+        <v>171.539</v>
       </c>
       <c r="N88">
-        <v>268.529</v>
+        <v>268.562</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>