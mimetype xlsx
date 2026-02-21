--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.2a Renewable Energy Consumption:  Residential and Commercial Sectors</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Solar Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Total Renewable Energy Consumed by the Residential Sector</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Geothermal Energy Consumed by the Commercial Sector</t>
   </si>
@@ -80,53 +80,50 @@
     <t>Wind Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Wood Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Waste Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Fuel Ethanol, Excluding Denaturant, Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Biomass Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>Total Renewable Energy Consumed by the Commercial Sector</t>
   </si>
   <si>
     <t>(Trillion Btu)</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>No Data Reported</t>
-  </si>
-[...1 lines deleted...]
-    <t>Not Meaningful</t>
   </si>
   <si>
     <t>Annual Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -495,54 +492,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="56.7" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="51.273" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="61.985" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="49.131" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="50.131" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="74.839" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="52.416" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28152,96 +28149,96 @@
         <v>2.239</v>
       </c>
       <c r="M637">
         <v>14.277</v>
       </c>
       <c r="N637">
         <v>21.039</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>3.038</v>
       </c>
       <c r="C638">
         <v>17.474</v>
       </c>
       <c r="D638">
         <v>28.055</v>
       </c>
       <c r="E638">
         <v>48.566</v>
       </c>
-      <c r="F638" t="s">
-        <v>22</v>
+      <c r="F638">
+        <v>0.087</v>
       </c>
       <c r="G638">
         <v>1.511</v>
       </c>
       <c r="H638">
         <v>5.365</v>
       </c>
       <c r="I638">
         <v>0.038</v>
       </c>
       <c r="J638">
         <v>5.571</v>
       </c>
       <c r="K638">
         <v>5.328</v>
       </c>
       <c r="L638">
         <v>2.08</v>
       </c>
       <c r="M638">
         <v>12.979</v>
       </c>
       <c r="N638">
         <v>19.981</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>3.363</v>
       </c>
       <c r="C639">
         <v>23.798</v>
       </c>
       <c r="D639">
         <v>31.061</v>
       </c>
       <c r="E639">
         <v>58.223</v>
       </c>
-      <c r="F639" t="s">
-        <v>22</v>
+      <c r="F639">
+        <v>0.092</v>
       </c>
       <c r="G639">
         <v>1.673</v>
       </c>
       <c r="H639">
         <v>7.27</v>
       </c>
       <c r="I639">
         <v>0.047</v>
       </c>
       <c r="J639">
         <v>6.036</v>
       </c>
       <c r="K639">
         <v>5.87</v>
       </c>
       <c r="L639">
         <v>2.284</v>
       </c>
       <c r="M639">
         <v>14.19</v>
       </c>
       <c r="N639">
         <v>23.272</v>
       </c>
@@ -28372,96 +28369,96 @@
         <v>2.39</v>
       </c>
       <c r="M642">
         <v>14.046</v>
       </c>
       <c r="N642">
         <v>24.681</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>3.363</v>
       </c>
       <c r="C643">
         <v>29.251</v>
       </c>
       <c r="D643">
         <v>31.061</v>
       </c>
       <c r="E643">
         <v>63.675</v>
       </c>
-      <c r="F643" t="s">
-        <v>22</v>
+      <c r="F643">
+        <v>0.089</v>
       </c>
       <c r="G643">
         <v>1.673</v>
       </c>
       <c r="H643">
         <v>9.258</v>
       </c>
       <c r="I643">
         <v>0.026</v>
       </c>
       <c r="J643">
         <v>6.317</v>
       </c>
       <c r="K643">
         <v>5.599</v>
       </c>
       <c r="L643">
         <v>2.428</v>
       </c>
       <c r="M643">
         <v>14.344</v>
       </c>
       <c r="N643">
         <v>25.39</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>3.363</v>
       </c>
       <c r="C644">
         <v>27.569</v>
       </c>
       <c r="D644">
         <v>31.061</v>
       </c>
       <c r="E644">
         <v>61.993</v>
       </c>
-      <c r="F644" t="s">
-        <v>22</v>
+      <c r="F644">
+        <v>0.098</v>
       </c>
       <c r="G644">
         <v>1.673</v>
       </c>
       <c r="H644">
         <v>8.884</v>
       </c>
       <c r="I644">
         <v>0.026</v>
       </c>
       <c r="J644">
         <v>6.213</v>
       </c>
       <c r="K644">
         <v>5.583</v>
       </c>
       <c r="L644">
         <v>2.412</v>
       </c>
       <c r="M644">
         <v>14.208</v>
       </c>
       <c r="N644">
         <v>24.889</v>
       </c>
@@ -28479,57 +28476,101 @@
       <c r="D645">
         <v>30.059</v>
       </c>
       <c r="E645">
         <v>58.349</v>
       </c>
       <c r="F645">
         <v>0.067</v>
       </c>
       <c r="G645">
         <v>1.619</v>
       </c>
       <c r="H645">
         <v>7.991</v>
       </c>
       <c r="I645">
         <v>0.025</v>
       </c>
       <c r="J645">
         <v>6.036</v>
       </c>
       <c r="K645">
         <v>5.53</v>
       </c>
       <c r="L645">
-        <v>2.209</v>
+        <v>2.287</v>
       </c>
       <c r="M645">
-        <v>13.775</v>
+        <v>13.853</v>
       </c>
       <c r="N645">
-        <v>23.477</v>
+        <v>23.556</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>3.363</v>
+      </c>
+      <c r="C646">
+        <v>22.673</v>
+      </c>
+      <c r="D646">
+        <v>31.061</v>
+      </c>
+      <c r="E646">
+        <v>57.097</v>
+      </c>
+      <c r="F646">
+        <v>0.076</v>
+      </c>
+      <c r="G646">
+        <v>1.673</v>
+      </c>
+      <c r="H646">
+        <v>6.908</v>
+      </c>
+      <c r="I646">
+        <v>0.048</v>
+      </c>
+      <c r="J646">
+        <v>6.073</v>
+      </c>
+      <c r="K646">
+        <v>5.526</v>
+      </c>
+      <c r="L646">
+        <v>2.518</v>
+      </c>
+      <c r="M646">
+        <v>14.117</v>
+      </c>
+      <c r="N646">
+        <v>22.822</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -28569,51 +28610,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>13</v>
       </c>