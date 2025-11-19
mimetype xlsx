--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 10.1 Renewable Energy Production and Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood Energy Production</t>
   </si>
   <si>
     <t>Biofuels Production</t>
   </si>
   <si>
     <t>Total Biomass Energy Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumption</t>
   </si>
   <si>
     <t>Geothermal Energy Consumption</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28348,50 +28348,94 @@
         <v>74.977</v>
       </c>
       <c r="G642">
         <v>9.541</v>
       </c>
       <c r="H642">
         <v>146.623</v>
       </c>
       <c r="I642">
         <v>122.325</v>
       </c>
       <c r="J642">
         <v>157.473</v>
       </c>
       <c r="K642">
         <v>28.697</v>
       </c>
       <c r="L642">
         <v>211.051</v>
       </c>
       <c r="M642">
         <v>397.221</v>
       </c>
       <c r="N642">
         <v>750.687</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>176.528</v>
+      </c>
+      <c r="C643">
+        <v>244.771</v>
+      </c>
+      <c r="D643">
+        <v>451.088</v>
+      </c>
+      <c r="E643">
+        <v>791.48</v>
+      </c>
+      <c r="F643">
+        <v>68.537</v>
+      </c>
+      <c r="G643">
+        <v>9.788</v>
+      </c>
+      <c r="H643">
+        <v>153.459</v>
+      </c>
+      <c r="I643">
+        <v>108.608</v>
+      </c>
+      <c r="J643">
+        <v>164.641</v>
+      </c>
+      <c r="K643">
+        <v>29.788</v>
+      </c>
+      <c r="L643">
+        <v>221.779</v>
+      </c>
+      <c r="M643">
+        <v>416.208</v>
+      </c>
+      <c r="N643">
+        <v>756.6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>