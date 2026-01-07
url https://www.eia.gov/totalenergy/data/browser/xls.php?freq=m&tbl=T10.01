--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 10.1 Renewable Energy Production and Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood Energy Production</t>
   </si>
   <si>
     <t>Biofuels Production</t>
   </si>
   <si>
     <t>Total Biomass Energy Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumption</t>
   </si>
   <si>
     <t>Geothermal Energy Consumption</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -27563,879 +27563,967 @@
       </c>
       <c r="I624">
         <v>129.787</v>
       </c>
       <c r="J624">
         <v>169.436</v>
       </c>
       <c r="K624">
         <v>35.337</v>
       </c>
       <c r="L624">
         <v>235.15</v>
       </c>
       <c r="M624">
         <v>439.923</v>
       </c>
       <c r="N624">
         <v>695.342</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>173.879</v>
+        <v>173.893</v>
       </c>
       <c r="C625">
         <v>226.382</v>
       </c>
       <c r="D625">
-        <v>434.368</v>
+        <v>434.799</v>
       </c>
       <c r="E625">
-        <v>691.87</v>
+        <v>689.644</v>
       </c>
       <c r="F625">
-        <v>74.846</v>
+        <v>73.542</v>
       </c>
       <c r="G625">
-        <v>10.227</v>
+        <v>10.152</v>
       </c>
       <c r="H625">
-        <v>53.246</v>
+        <v>52.445</v>
       </c>
       <c r="I625">
-        <v>119.183</v>
+        <v>118.706</v>
       </c>
       <c r="J625">
-        <v>165.82</v>
+        <v>165.834</v>
       </c>
       <c r="K625">
-        <v>34.108</v>
+        <v>34.524</v>
       </c>
       <c r="L625">
         <v>211.949</v>
       </c>
       <c r="M625">
-        <v>411.877</v>
+        <v>412.307</v>
       </c>
       <c r="N625">
-        <v>669.378</v>
+        <v>667.152</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>161.752</v>
+        <v>167.015</v>
       </c>
       <c r="C626">
         <v>227.367</v>
       </c>
       <c r="D626">
-        <v>420.111</v>
+        <v>426.28</v>
       </c>
       <c r="E626">
-        <v>705.262</v>
+        <v>711.645</v>
       </c>
       <c r="F626">
-        <v>68.599</v>
+        <v>70.954</v>
       </c>
       <c r="G626">
-        <v>9.529</v>
+        <v>9.476</v>
       </c>
       <c r="H626">
-        <v>65.214</v>
+        <v>65.106</v>
       </c>
       <c r="I626">
-        <v>141.809</v>
+        <v>139.829</v>
       </c>
       <c r="J626">
-        <v>150.075</v>
+        <v>155.338</v>
       </c>
       <c r="K626">
-        <v>30.991</v>
+        <v>31.898</v>
       </c>
       <c r="L626">
         <v>223.418</v>
       </c>
       <c r="M626">
-        <v>404.484</v>
+        <v>410.653</v>
       </c>
       <c r="N626">
-        <v>689.635</v>
+        <v>696.018</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>174.963</v>
+        <v>175.005</v>
       </c>
       <c r="C627">
         <v>240.999</v>
       </c>
       <c r="D627">
-        <v>448.494</v>
+        <v>449.238</v>
       </c>
       <c r="E627">
-        <v>777.358</v>
+        <v>777.166</v>
       </c>
       <c r="F627">
-        <v>79.57</v>
+        <v>79.713</v>
       </c>
       <c r="G627">
-        <v>9.777</v>
+        <v>10.017</v>
       </c>
       <c r="H627">
-        <v>83.79</v>
+        <v>84.311</v>
       </c>
       <c r="I627">
-        <v>155.726</v>
+        <v>153.888</v>
       </c>
       <c r="J627">
-        <v>162.022</v>
+        <v>162.064</v>
       </c>
       <c r="K627">
-        <v>32.532</v>
+        <v>33.233</v>
       </c>
       <c r="L627">
         <v>232.197</v>
       </c>
       <c r="M627">
-        <v>426.751</v>
+        <v>427.495</v>
       </c>
       <c r="N627">
-        <v>755.615</v>
+        <v>755.423</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>168.182</v>
+        <v>167.218</v>
       </c>
       <c r="C628">
         <v>222.64</v>
       </c>
       <c r="D628">
-        <v>421.742</v>
+        <v>421.256</v>
       </c>
       <c r="E628">
-        <v>757.341</v>
+        <v>761.186</v>
       </c>
       <c r="F628">
-        <v>66.112</v>
+        <v>71.365</v>
       </c>
       <c r="G628">
-        <v>9.762</v>
+        <v>9.571</v>
       </c>
       <c r="H628">
-        <v>98.061</v>
+        <v>98.328</v>
       </c>
       <c r="I628">
-        <v>161.664</v>
+        <v>160.666</v>
       </c>
       <c r="J628">
-        <v>157.046</v>
+        <v>156.082</v>
       </c>
       <c r="K628">
-        <v>30.919</v>
+        <v>31.398</v>
       </c>
       <c r="L628">
         <v>221.534</v>
       </c>
       <c r="M628">
-        <v>409.499</v>
+        <v>409.014</v>
       </c>
       <c r="N628">
-        <v>745.099</v>
+        <v>748.944</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>173.913</v>
+        <v>170.597</v>
       </c>
       <c r="C629">
         <v>232.184</v>
       </c>
       <c r="D629">
-        <v>438.628</v>
+        <v>436.085</v>
       </c>
       <c r="E629">
-        <v>769.087</v>
+        <v>775.13</v>
       </c>
       <c r="F629">
-        <v>77.169</v>
+        <v>83.516</v>
       </c>
       <c r="G629">
-        <v>9.637</v>
+        <v>9.631</v>
       </c>
       <c r="H629">
-        <v>111.635</v>
+        <v>111.958</v>
       </c>
       <c r="I629">
-        <v>132.019</v>
+        <v>133.94</v>
       </c>
       <c r="J629">
-        <v>162.264</v>
+        <v>158.948</v>
       </c>
       <c r="K629">
-        <v>32.531</v>
+        <v>33.303</v>
       </c>
       <c r="L629">
         <v>242.164</v>
       </c>
       <c r="M629">
-        <v>436.958</v>
+        <v>434.415</v>
       </c>
       <c r="N629">
-        <v>767.418</v>
+        <v>773.461</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>166.21</v>
+        <v>169.622</v>
       </c>
       <c r="C630">
         <v>238.329</v>
       </c>
       <c r="D630">
-        <v>434.506</v>
+        <v>438.369</v>
       </c>
       <c r="E630">
-        <v>765.316</v>
+        <v>775.144</v>
       </c>
       <c r="F630">
-        <v>72.238</v>
+        <v>76.417</v>
       </c>
       <c r="G630">
-        <v>9.561</v>
+        <v>9.306</v>
       </c>
       <c r="H630">
-        <v>118.809</v>
+        <v>119.139</v>
       </c>
       <c r="I630">
-        <v>130.203</v>
+        <v>131.913</v>
       </c>
       <c r="J630">
-        <v>154.761</v>
+        <v>158.173</v>
       </c>
       <c r="K630">
-        <v>29.967</v>
+        <v>30.419</v>
       </c>
       <c r="L630">
         <v>234.788</v>
       </c>
       <c r="M630">
-        <v>419.516</v>
+        <v>423.38</v>
       </c>
       <c r="N630">
-        <v>750.327</v>
+        <v>760.155</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>171.952</v>
+        <v>173.997</v>
       </c>
       <c r="C631">
         <v>251.746</v>
       </c>
       <c r="D631">
-        <v>455.21</v>
+        <v>457.471</v>
       </c>
       <c r="E631">
-        <v>752.305</v>
+        <v>756.708</v>
       </c>
       <c r="F631">
-        <v>72.292</v>
+        <v>72.962</v>
       </c>
       <c r="G631">
-        <v>9.918</v>
+        <v>9.533</v>
       </c>
       <c r="H631">
-        <v>119.45</v>
+        <v>120.168</v>
       </c>
       <c r="I631">
-        <v>95.435</v>
+        <v>96.575</v>
       </c>
       <c r="J631">
-        <v>160.45</v>
+        <v>162.494</v>
       </c>
       <c r="K631">
-        <v>31.511</v>
+        <v>31.728</v>
       </c>
       <c r="L631">
         <v>252.42</v>
       </c>
       <c r="M631">
-        <v>444.381</v>
+        <v>446.642</v>
       </c>
       <c r="N631">
-        <v>741.477</v>
+        <v>745.879</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>178.203</v>
+        <v>176.984</v>
       </c>
       <c r="C632">
         <v>249.715</v>
       </c>
       <c r="D632">
-        <v>459.408</v>
+        <v>458.855</v>
       </c>
       <c r="E632">
-        <v>757.762</v>
+        <v>756.385</v>
       </c>
       <c r="F632">
-        <v>72.894</v>
+        <v>69.914</v>
       </c>
       <c r="G632">
-        <v>9.877</v>
+        <v>9.566</v>
       </c>
       <c r="H632">
-        <v>117.44</v>
+        <v>118.115</v>
       </c>
       <c r="I632">
-        <v>98.143</v>
+        <v>99.936</v>
       </c>
       <c r="J632">
-        <v>165.36</v>
+        <v>164.141</v>
       </c>
       <c r="K632">
-        <v>31.49</v>
+        <v>32.156</v>
       </c>
       <c r="L632">
         <v>241.787</v>
       </c>
       <c r="M632">
-        <v>438.638</v>
+        <v>438.084</v>
       </c>
       <c r="N632">
-        <v>736.992</v>
+        <v>735.615</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
-        <v>171.238</v>
+        <v>169.622</v>
       </c>
       <c r="C633">
         <v>235.629</v>
       </c>
       <c r="D633">
-        <v>436.54</v>
+        <v>435.823</v>
       </c>
       <c r="E633">
-        <v>702.635</v>
+        <v>700.397</v>
       </c>
       <c r="F633">
-        <v>56.864</v>
+        <v>54.289</v>
       </c>
       <c r="G633">
-        <v>9.561</v>
+        <v>9.304</v>
       </c>
       <c r="H633">
-        <v>100.739</v>
+        <v>101.424</v>
       </c>
       <c r="I633">
-        <v>98.932</v>
+        <v>99.557</v>
       </c>
       <c r="J633">
-        <v>159.698</v>
+        <v>158.082</v>
       </c>
       <c r="K633">
-        <v>29.673</v>
+        <v>30.573</v>
       </c>
       <c r="L633">
         <v>230.532</v>
       </c>
       <c r="M633">
-        <v>419.904</v>
+        <v>419.187</v>
       </c>
       <c r="N633">
-        <v>685.999</v>
+        <v>683.761</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>167.036</v>
+        <v>165.31</v>
       </c>
       <c r="C634">
         <v>244.894</v>
       </c>
       <c r="D634">
-        <v>443.668</v>
+        <v>442.432</v>
       </c>
       <c r="E634">
-        <v>738.724</v>
+        <v>735.345</v>
       </c>
       <c r="F634">
-        <v>53.982</v>
+        <v>52.382</v>
       </c>
       <c r="G634">
-        <v>9.473</v>
+        <v>9.681</v>
       </c>
       <c r="H634">
-        <v>94.938</v>
+        <v>95.764</v>
       </c>
       <c r="I634">
-        <v>136.664</v>
+        <v>135.086</v>
       </c>
       <c r="J634">
-        <v>155.214</v>
+        <v>153.489</v>
       </c>
       <c r="K634">
-        <v>31.738</v>
+        <v>32.228</v>
       </c>
       <c r="L634">
         <v>243.241</v>
       </c>
       <c r="M634">
-        <v>430.193</v>
+        <v>428.958</v>
       </c>
       <c r="N634">
-        <v>725.25</v>
+        <v>721.871</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>171.353</v>
+        <v>169.618</v>
       </c>
       <c r="C635">
         <v>250.509</v>
       </c>
       <c r="D635">
-        <v>453.182</v>
+        <v>452.505</v>
       </c>
       <c r="E635">
-        <v>734.803</v>
+        <v>725.928</v>
       </c>
       <c r="F635">
-        <v>62.357</v>
+        <v>57.06</v>
       </c>
       <c r="G635">
-        <v>9.502</v>
+        <v>9.7</v>
       </c>
       <c r="H635">
-        <v>70.004</v>
+        <v>69.728</v>
       </c>
       <c r="I635">
-        <v>139.757</v>
+        <v>136.934</v>
       </c>
       <c r="J635">
-        <v>159.841</v>
+        <v>158.106</v>
       </c>
       <c r="K635">
-        <v>31.32</v>
+        <v>32.378</v>
       </c>
       <c r="L635">
         <v>235.47</v>
       </c>
       <c r="M635">
-        <v>426.63</v>
+        <v>425.954</v>
       </c>
       <c r="N635">
-        <v>708.251</v>
+        <v>699.376</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>176.526</v>
+        <v>178.446</v>
       </c>
       <c r="C636">
         <v>254.8</v>
       </c>
       <c r="D636">
-        <v>463.213</v>
+        <v>466.293</v>
       </c>
       <c r="E636">
-        <v>745.484</v>
+        <v>741.701</v>
       </c>
       <c r="F636">
-        <v>69.551</v>
+        <v>66.647</v>
       </c>
       <c r="G636">
-        <v>10.145</v>
+        <v>10.132</v>
       </c>
       <c r="H636">
-        <v>64.924</v>
+        <v>63.761</v>
       </c>
       <c r="I636">
-        <v>137.651</v>
+        <v>134.867</v>
       </c>
       <c r="J636">
-        <v>165.204</v>
+        <v>167.125</v>
       </c>
       <c r="K636">
-        <v>31.887</v>
+        <v>33.047</v>
       </c>
       <c r="L636">
         <v>236.014</v>
       </c>
       <c r="M636">
-        <v>433.106</v>
+        <v>436.186</v>
       </c>
       <c r="N636">
-        <v>715.377</v>
+        <v>711.594</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
-        <v>176.781</v>
+        <v>176.556</v>
       </c>
       <c r="C637">
         <v>234.912</v>
       </c>
       <c r="D637">
-        <v>443.965</v>
+        <v>444.383</v>
       </c>
       <c r="E637">
-        <v>749.463</v>
+        <v>750.981</v>
       </c>
       <c r="F637">
-        <v>72.308</v>
+        <v>73.116</v>
       </c>
       <c r="G637">
-        <v>10.085</v>
+        <v>10.133</v>
       </c>
       <c r="H637">
-        <v>74.239</v>
+        <v>74.546</v>
       </c>
       <c r="I637">
-        <v>148.866</v>
+        <v>148.803</v>
       </c>
       <c r="J637">
-        <v>164.488</v>
+        <v>164.262</v>
       </c>
       <c r="K637">
-        <v>32.272</v>
+        <v>32.914</v>
       </c>
       <c r="L637">
         <v>210.481</v>
       </c>
       <c r="M637">
-        <v>407.241</v>
+        <v>407.658</v>
       </c>
       <c r="N637">
-        <v>712.739</v>
+        <v>714.256</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
-        <v>158.979</v>
+        <v>159.45</v>
       </c>
       <c r="C638">
         <v>214</v>
       </c>
       <c r="D638">
-        <v>402.491</v>
+        <v>403.385</v>
       </c>
       <c r="E638">
-        <v>691.849</v>
+        <v>693.266</v>
       </c>
       <c r="F638">
-        <v>65.958</v>
+        <v>66.674</v>
       </c>
       <c r="G638">
-        <v>9.12</v>
+        <v>9.142</v>
       </c>
       <c r="H638">
         <v>79.78</v>
       </c>
       <c r="I638">
-        <v>134.501</v>
+        <v>134.285</v>
       </c>
       <c r="J638">
-        <v>147.049</v>
+        <v>147.519</v>
       </c>
       <c r="K638">
-        <v>29.512</v>
+        <v>29.936</v>
       </c>
       <c r="L638">
         <v>200.515</v>
       </c>
       <c r="M638">
-        <v>377.076</v>
+        <v>377.97</v>
       </c>
       <c r="N638">
-        <v>666.435</v>
+        <v>667.851</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
-        <v>174.722</v>
+        <v>175.592</v>
       </c>
       <c r="C639">
         <v>233.74</v>
       </c>
       <c r="D639">
-        <v>440.62</v>
+        <v>442.05</v>
       </c>
       <c r="E639">
-        <v>810.548</v>
+        <v>812.838</v>
       </c>
       <c r="F639">
-        <v>75.18</v>
+        <v>76.613</v>
       </c>
       <c r="G639">
-        <v>10.364</v>
+        <v>10.128</v>
       </c>
       <c r="H639">
-        <v>111.424</v>
+        <v>111.376</v>
       </c>
       <c r="I639">
-        <v>172.96</v>
+        <v>172.67</v>
       </c>
       <c r="J639">
-        <v>161.897</v>
+        <v>162.767</v>
       </c>
       <c r="K639">
-        <v>32.158</v>
+        <v>32.718</v>
       </c>
       <c r="L639">
         <v>215.833</v>
       </c>
       <c r="M639">
-        <v>409.888</v>
+        <v>411.318</v>
       </c>
       <c r="N639">
-        <v>779.815</v>
+        <v>782.105</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
-        <v>160.922</v>
+        <v>161.489</v>
       </c>
       <c r="C640">
         <v>220.259</v>
       </c>
       <c r="D640">
-        <v>411.647</v>
+        <v>412.69</v>
       </c>
       <c r="E640">
-        <v>780.418</v>
+        <v>783.482</v>
       </c>
       <c r="F640">
-        <v>76.479</v>
+        <v>77.93</v>
       </c>
       <c r="G640">
-        <v>9.602</v>
+        <v>9.676</v>
       </c>
       <c r="H640">
-        <v>126.654</v>
+        <v>126.614</v>
       </c>
       <c r="I640">
-        <v>156.036</v>
+        <v>156.572</v>
       </c>
       <c r="J640">
-        <v>149.525</v>
+        <v>150.092</v>
       </c>
       <c r="K640">
-        <v>30.466</v>
+        <v>30.942</v>
       </c>
       <c r="L640">
         <v>213.366</v>
       </c>
       <c r="M640">
-        <v>393.357</v>
+        <v>394.401</v>
       </c>
       <c r="N640">
-        <v>762.128</v>
+        <v>765.192</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
-        <v>169.078</v>
+        <v>169.743</v>
       </c>
       <c r="C641">
         <v>235.449</v>
       </c>
       <c r="D641">
-        <v>434.551</v>
+        <v>435.814</v>
       </c>
       <c r="E641">
-        <v>791.141</v>
+        <v>793.521</v>
       </c>
       <c r="F641">
-        <v>82.003</v>
+        <v>83.111</v>
       </c>
       <c r="G641">
-        <v>9.46</v>
+        <v>9.669</v>
       </c>
       <c r="H641">
-        <v>139.202</v>
+        <v>139.089</v>
       </c>
       <c r="I641">
-        <v>125.925</v>
+        <v>125.838</v>
       </c>
       <c r="J641">
-        <v>157.272</v>
+        <v>157.938</v>
       </c>
       <c r="K641">
-        <v>30.024</v>
+        <v>30.622</v>
       </c>
       <c r="L641">
         <v>213.82</v>
       </c>
       <c r="M641">
-        <v>401.117</v>
+        <v>402.38</v>
       </c>
       <c r="N641">
-        <v>757.706</v>
+        <v>760.087</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
-        <v>169.326</v>
+        <v>169.184</v>
       </c>
       <c r="C642">
         <v>236.866</v>
       </c>
       <c r="D642">
-        <v>434.889</v>
+        <v>435.904</v>
       </c>
       <c r="E642">
-        <v>788.355</v>
+        <v>789.933</v>
       </c>
       <c r="F642">
-        <v>74.977</v>
+        <v>75.615</v>
       </c>
       <c r="G642">
-        <v>9.541</v>
+        <v>9.578</v>
       </c>
       <c r="H642">
-        <v>146.623</v>
+        <v>146.728</v>
       </c>
       <c r="I642">
-        <v>122.325</v>
+        <v>122.109</v>
       </c>
       <c r="J642">
-        <v>157.473</v>
+        <v>157.958</v>
       </c>
       <c r="K642">
-        <v>28.697</v>
+        <v>29.854</v>
       </c>
       <c r="L642">
         <v>211.051</v>
       </c>
       <c r="M642">
-        <v>397.221</v>
+        <v>398.864</v>
       </c>
       <c r="N642">
-        <v>750.687</v>
+        <v>752.893</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
-        <v>176.528</v>
+        <v>179.234</v>
       </c>
       <c r="C643">
         <v>244.771</v>
       </c>
       <c r="D643">
-        <v>451.088</v>
+        <v>454.48</v>
       </c>
       <c r="E643">
-        <v>791.48</v>
+        <v>794.256</v>
       </c>
       <c r="F643">
-        <v>68.537</v>
+        <v>68.186</v>
       </c>
       <c r="G643">
-        <v>9.788</v>
+        <v>9.778</v>
       </c>
       <c r="H643">
-        <v>153.459</v>
+        <v>153.256</v>
       </c>
       <c r="I643">
-        <v>108.608</v>
+        <v>108.556</v>
       </c>
       <c r="J643">
-        <v>164.641</v>
+        <v>165.445</v>
       </c>
       <c r="K643">
-        <v>29.788</v>
+        <v>30.475</v>
       </c>
       <c r="L643">
         <v>221.779</v>
       </c>
       <c r="M643">
-        <v>416.208</v>
+        <v>417.699</v>
       </c>
       <c r="N643">
-        <v>756.6</v>
+        <v>757.474</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>176.777</v>
+      </c>
+      <c r="C644">
+        <v>239.462</v>
+      </c>
+      <c r="D644">
+        <v>446.279</v>
+      </c>
+      <c r="E644">
+        <v>763.036</v>
+      </c>
+      <c r="F644">
+        <v>68.181</v>
+      </c>
+      <c r="G644">
+        <v>9.995</v>
+      </c>
+      <c r="H644">
+        <v>145.443</v>
+      </c>
+      <c r="I644">
+        <v>93.137</v>
+      </c>
+      <c r="J644">
+        <v>164.548</v>
+      </c>
+      <c r="K644">
+        <v>30.039</v>
+      </c>
+      <c r="L644">
+        <v>219.977</v>
+      </c>
+      <c r="M644">
+        <v>414.564</v>
+      </c>
+      <c r="N644">
+        <v>731.321</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>171.429</v>
+      </c>
+      <c r="C645">
+        <v>234.938</v>
+      </c>
+      <c r="D645">
+        <v>435.735</v>
+      </c>
+      <c r="E645">
+        <v>715.006</v>
+      </c>
+      <c r="F645">
+        <v>52.277</v>
+      </c>
+      <c r="G645">
+        <v>9.599</v>
+      </c>
+      <c r="H645">
+        <v>129.78</v>
+      </c>
+      <c r="I645">
+        <v>87.615</v>
+      </c>
+      <c r="J645">
+        <v>159.455</v>
+      </c>
+      <c r="K645">
+        <v>29.368</v>
+      </c>
+      <c r="L645">
+        <v>209.65</v>
+      </c>
+      <c r="M645">
+        <v>398.473</v>
+      </c>
+      <c r="N645">
+        <v>677.744</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -31864,87 +31952,87 @@
       </c>
       <c r="I87">
         <v>1436.934</v>
       </c>
       <c r="J87">
         <v>1969.046</v>
       </c>
       <c r="K87">
         <v>394.172</v>
       </c>
       <c r="L87">
         <v>2658.753</v>
       </c>
       <c r="M87">
         <v>5021.971</v>
       </c>
       <c r="N87">
         <v>8292.613</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="7">
         <v>2024</v>
       </c>
       <c r="B88">
-        <v>2055.205</v>
+        <v>2057.326</v>
       </c>
       <c r="C88">
         <v>2875.195</v>
       </c>
       <c r="D88">
-        <v>5309.068</v>
+        <v>5319.406</v>
       </c>
       <c r="E88">
-        <v>8897.95</v>
+        <v>8906.381</v>
       </c>
       <c r="F88">
-        <v>826.474</v>
+        <v>828.761</v>
       </c>
       <c r="G88">
-        <v>116.97</v>
+        <v>116.069</v>
       </c>
       <c r="H88">
-        <v>1098.252</v>
+        <v>1100.246</v>
       </c>
       <c r="I88">
-        <v>1547.186</v>
+        <v>1541.898</v>
       </c>
       <c r="J88">
-        <v>1917.755</v>
+        <v>1919.876</v>
       </c>
       <c r="K88">
-        <v>378.669</v>
+        <v>386.885</v>
       </c>
       <c r="L88">
         <v>2805.501</v>
       </c>
       <c r="M88">
-        <v>5101.924</v>
+        <v>5112.262</v>
       </c>
       <c r="N88">
-        <v>8690.806</v>
+        <v>8699.237</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>