--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 10.1 Renewable Energy Production and Consumption by Source</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Wood Energy Production</t>
   </si>
   <si>
     <t>Biofuels Production</t>
   </si>
   <si>
     <t>Total Biomass Energy Production</t>
   </si>
   <si>
     <t>Total Renewable Energy Production</t>
   </si>
   <si>
     <t>Hydroelectric Power Consumption</t>
   </si>
   <si>
     <t>Geothermal Energy Consumption</t>
   </si>
@@ -489,54 +489,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="24.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="31.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="25.422" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="26.708" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
@@ -28094,436 +28094,480 @@
       </c>
       <c r="J636">
         <v>167.125</v>
       </c>
       <c r="K636">
         <v>33.047</v>
       </c>
       <c r="L636">
         <v>236.014</v>
       </c>
       <c r="M636">
         <v>436.186</v>
       </c>
       <c r="N636">
         <v>711.594</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>176.556</v>
       </c>
       <c r="C637">
-        <v>234.912</v>
+        <v>232.931</v>
       </c>
       <c r="D637">
-        <v>444.383</v>
+        <v>442.401</v>
       </c>
       <c r="E637">
-        <v>750.981</v>
+        <v>749</v>
       </c>
       <c r="F637">
         <v>73.116</v>
       </c>
       <c r="G637">
         <v>10.133</v>
       </c>
       <c r="H637">
         <v>74.546</v>
       </c>
       <c r="I637">
         <v>148.803</v>
       </c>
       <c r="J637">
         <v>164.262</v>
       </c>
       <c r="K637">
         <v>32.914</v>
       </c>
       <c r="L637">
-        <v>210.481</v>
+        <v>208.5</v>
       </c>
       <c r="M637">
-        <v>407.658</v>
+        <v>405.677</v>
       </c>
       <c r="N637">
-        <v>714.256</v>
+        <v>712.275</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>159.45</v>
       </c>
       <c r="C638">
-        <v>214</v>
+        <v>212.207</v>
       </c>
       <c r="D638">
-        <v>403.385</v>
+        <v>401.592</v>
       </c>
       <c r="E638">
-        <v>693.266</v>
+        <v>691.474</v>
       </c>
       <c r="F638">
         <v>66.674</v>
       </c>
       <c r="G638">
         <v>9.142</v>
       </c>
       <c r="H638">
         <v>79.78</v>
       </c>
       <c r="I638">
         <v>134.285</v>
       </c>
       <c r="J638">
         <v>147.519</v>
       </c>
       <c r="K638">
         <v>29.936</v>
       </c>
       <c r="L638">
-        <v>200.515</v>
+        <v>198.723</v>
       </c>
       <c r="M638">
-        <v>377.97</v>
+        <v>376.178</v>
       </c>
       <c r="N638">
-        <v>667.851</v>
+        <v>666.059</v>
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>175.592</v>
       </c>
       <c r="C639">
-        <v>233.74</v>
+        <v>231.811</v>
       </c>
       <c r="D639">
-        <v>442.05</v>
+        <v>440.121</v>
       </c>
       <c r="E639">
-        <v>812.838</v>
+        <v>810.909</v>
       </c>
       <c r="F639">
         <v>76.613</v>
       </c>
       <c r="G639">
         <v>10.128</v>
       </c>
       <c r="H639">
         <v>111.376</v>
       </c>
       <c r="I639">
         <v>172.67</v>
       </c>
       <c r="J639">
         <v>162.767</v>
       </c>
       <c r="K639">
         <v>32.718</v>
       </c>
       <c r="L639">
-        <v>215.833</v>
+        <v>213.903</v>
       </c>
       <c r="M639">
-        <v>411.318</v>
+        <v>409.388</v>
       </c>
       <c r="N639">
-        <v>782.105</v>
+        <v>780.176</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>161.489</v>
       </c>
       <c r="C640">
-        <v>220.259</v>
+        <v>218.45</v>
       </c>
       <c r="D640">
-        <v>412.69</v>
+        <v>410.882</v>
       </c>
       <c r="E640">
-        <v>783.482</v>
+        <v>781.673</v>
       </c>
       <c r="F640">
         <v>77.93</v>
       </c>
       <c r="G640">
         <v>9.676</v>
       </c>
       <c r="H640">
         <v>126.614</v>
       </c>
       <c r="I640">
         <v>156.572</v>
       </c>
       <c r="J640">
         <v>150.092</v>
       </c>
       <c r="K640">
         <v>30.942</v>
       </c>
       <c r="L640">
-        <v>213.366</v>
+        <v>211.557</v>
       </c>
       <c r="M640">
-        <v>394.401</v>
+        <v>392.592</v>
       </c>
       <c r="N640">
-        <v>765.192</v>
+        <v>763.384</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>169.743</v>
       </c>
       <c r="C641">
-        <v>235.449</v>
+        <v>233.556</v>
       </c>
       <c r="D641">
-        <v>435.814</v>
+        <v>433.921</v>
       </c>
       <c r="E641">
-        <v>793.521</v>
+        <v>791.628</v>
       </c>
       <c r="F641">
         <v>83.111</v>
       </c>
       <c r="G641">
         <v>9.669</v>
       </c>
       <c r="H641">
         <v>139.089</v>
       </c>
       <c r="I641">
         <v>125.838</v>
       </c>
       <c r="J641">
         <v>157.938</v>
       </c>
       <c r="K641">
         <v>30.622</v>
       </c>
       <c r="L641">
-        <v>213.82</v>
+        <v>211.926</v>
       </c>
       <c r="M641">
-        <v>402.38</v>
+        <v>400.486</v>
       </c>
       <c r="N641">
-        <v>760.087</v>
+        <v>758.193</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>169.184</v>
       </c>
       <c r="C642">
-        <v>236.866</v>
+        <v>234.958</v>
       </c>
       <c r="D642">
-        <v>435.904</v>
+        <v>433.996</v>
       </c>
       <c r="E642">
-        <v>789.933</v>
+        <v>788.025</v>
       </c>
       <c r="F642">
         <v>75.615</v>
       </c>
       <c r="G642">
         <v>9.578</v>
       </c>
       <c r="H642">
         <v>146.728</v>
       </c>
       <c r="I642">
         <v>122.109</v>
       </c>
       <c r="J642">
         <v>157.958</v>
       </c>
       <c r="K642">
         <v>29.854</v>
       </c>
       <c r="L642">
-        <v>211.051</v>
+        <v>209.144</v>
       </c>
       <c r="M642">
-        <v>398.864</v>
+        <v>396.956</v>
       </c>
       <c r="N642">
-        <v>752.893</v>
+        <v>750.985</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>179.234</v>
       </c>
       <c r="C643">
-        <v>244.771</v>
+        <v>242.796</v>
       </c>
       <c r="D643">
-        <v>454.48</v>
+        <v>452.506</v>
       </c>
       <c r="E643">
-        <v>794.256</v>
+        <v>792.281</v>
       </c>
       <c r="F643">
         <v>68.186</v>
       </c>
       <c r="G643">
         <v>9.778</v>
       </c>
       <c r="H643">
         <v>153.256</v>
       </c>
       <c r="I643">
         <v>108.556</v>
       </c>
       <c r="J643">
         <v>165.445</v>
       </c>
       <c r="K643">
         <v>30.475</v>
       </c>
       <c r="L643">
-        <v>221.779</v>
+        <v>219.804</v>
       </c>
       <c r="M643">
-        <v>417.699</v>
+        <v>415.724</v>
       </c>
       <c r="N643">
-        <v>757.474</v>
+        <v>755.5</v>
       </c>
     </row>
     <row r="644" spans="1:26">
       <c r="A644" s="6">
         <v>45870.0</v>
       </c>
       <c r="B644">
         <v>176.777</v>
       </c>
       <c r="C644">
-        <v>239.462</v>
+        <v>237.485</v>
       </c>
       <c r="D644">
-        <v>446.279</v>
+        <v>444.302</v>
       </c>
       <c r="E644">
-        <v>763.036</v>
+        <v>761.059</v>
       </c>
       <c r="F644">
         <v>68.181</v>
       </c>
       <c r="G644">
         <v>9.995</v>
       </c>
       <c r="H644">
         <v>145.443</v>
       </c>
       <c r="I644">
         <v>93.137</v>
       </c>
       <c r="J644">
         <v>164.548</v>
       </c>
       <c r="K644">
         <v>30.039</v>
       </c>
       <c r="L644">
-        <v>219.977</v>
+        <v>218</v>
       </c>
       <c r="M644">
-        <v>414.564</v>
+        <v>412.588</v>
       </c>
       <c r="N644">
-        <v>731.321</v>
+        <v>729.345</v>
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>171.429</v>
       </c>
       <c r="C645">
-        <v>234.938</v>
+        <v>233.08</v>
       </c>
       <c r="D645">
-        <v>435.735</v>
+        <v>433.877</v>
       </c>
       <c r="E645">
-        <v>715.006</v>
+        <v>713.148</v>
       </c>
       <c r="F645">
         <v>52.277</v>
       </c>
       <c r="G645">
         <v>9.599</v>
       </c>
       <c r="H645">
         <v>129.78</v>
       </c>
       <c r="I645">
         <v>87.615</v>
       </c>
       <c r="J645">
         <v>159.455</v>
       </c>
       <c r="K645">
         <v>29.368</v>
       </c>
       <c r="L645">
-        <v>209.65</v>
+        <v>210.717</v>
       </c>
       <c r="M645">
-        <v>398.473</v>
+        <v>399.54</v>
       </c>
       <c r="N645">
-        <v>677.744</v>
+        <v>678.811</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>169.911</v>
+      </c>
+      <c r="C646">
+        <v>247.793</v>
+      </c>
+      <c r="D646">
+        <v>448.907</v>
+      </c>
+      <c r="E646">
+        <v>764.204</v>
+      </c>
+      <c r="F646">
+        <v>56.455</v>
+      </c>
+      <c r="G646">
+        <v>9.716</v>
+      </c>
+      <c r="H646">
+        <v>114.214</v>
+      </c>
+      <c r="I646">
+        <v>134.912</v>
+      </c>
+      <c r="J646">
+        <v>157.9</v>
+      </c>
+      <c r="K646">
+        <v>31.204</v>
+      </c>
+      <c r="L646">
+        <v>230.143</v>
+      </c>
+      <c r="M646">
+        <v>419.247</v>
+      </c>
+      <c r="N646">
+        <v>734.544</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>