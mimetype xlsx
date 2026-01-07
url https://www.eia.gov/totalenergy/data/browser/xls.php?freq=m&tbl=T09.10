--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 9.10 Natural Gas Prices</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Price, Wellhead</t>
   </si>
   <si>
     <t>Natural Gas Price, Citygate</t>
   </si>
   <si>
     <t>Natural Gas Price, Delivered to Consumers, Residential</t>
   </si>
   <si>
     <t>Percentage of Residential Sector Consumption for Which Price Data Are Available</t>
   </si>
   <si>
     <t>Natural Gas Price, Delivered to Consumers, Commercial</t>
   </si>
   <si>
     <t>Percentage of Commercial Sector Consumption for Which Price Data Are Available</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z606"/>
+  <dimension ref="A1:Z609"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A606"/>
+      <selection activeCell="A13" sqref="A13:A609"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="84.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="84.551" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -18964,127 +18964,127 @@
       <c r="D495">
         <v>9.19</v>
       </c>
       <c r="E495">
         <v>95.6</v>
       </c>
       <c r="F495">
         <v>7.08</v>
       </c>
       <c r="G495">
         <v>66.7</v>
       </c>
       <c r="H495">
         <v>3.02</v>
       </c>
       <c r="I495">
         <v>15.5</v>
       </c>
       <c r="J495" t="s">
         <v>19</v>
       </c>
       <c r="K495">
         <v>2.33</v>
       </c>
       <c r="L495">
-        <v>95.7</v>
+        <v>95.8</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" s="6">
         <v>42461.0</v>
       </c>
       <c r="B496" t="s">
         <v>19</v>
       </c>
       <c r="C496">
         <v>3.22</v>
       </c>
       <c r="D496">
         <v>9.65</v>
       </c>
       <c r="E496">
         <v>95.6</v>
       </c>
       <c r="F496">
         <v>6.98</v>
       </c>
       <c r="G496">
         <v>65</v>
       </c>
       <c r="H496">
         <v>3</v>
       </c>
       <c r="I496">
         <v>14.6</v>
       </c>
       <c r="J496" t="s">
         <v>19</v>
       </c>
       <c r="K496">
         <v>2.52</v>
       </c>
       <c r="L496">
-        <v>95.9</v>
+        <v>96</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" s="6">
         <v>42491.0</v>
       </c>
       <c r="B497" t="s">
         <v>19</v>
       </c>
       <c r="C497">
         <v>3.44</v>
       </c>
       <c r="D497">
         <v>11.62</v>
       </c>
       <c r="E497">
         <v>95.4</v>
       </c>
       <c r="F497">
         <v>7.32</v>
       </c>
       <c r="G497">
         <v>60.2</v>
       </c>
       <c r="H497">
         <v>2.9</v>
       </c>
       <c r="I497">
         <v>14.7</v>
       </c>
       <c r="J497" t="s">
         <v>19</v>
       </c>
       <c r="K497">
         <v>2.49</v>
       </c>
       <c r="L497">
-        <v>96</v>
+        <v>96.1</v>
       </c>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" s="6">
         <v>42522.0</v>
       </c>
       <c r="B498" t="s">
         <v>19</v>
       </c>
       <c r="C498">
         <v>3.84</v>
       </c>
       <c r="D498">
         <v>14.43</v>
       </c>
       <c r="E498">
         <v>95.7</v>
       </c>
       <c r="F498">
         <v>7.72</v>
       </c>
       <c r="G498">
         <v>58</v>
       </c>
       <c r="H498">
@@ -19230,89 +19230,89 @@
       <c r="D502">
         <v>13.74</v>
       </c>
       <c r="E502">
         <v>95.9</v>
       </c>
       <c r="F502">
         <v>7.96</v>
       </c>
       <c r="G502">
         <v>59.9</v>
       </c>
       <c r="H502">
         <v>3.87</v>
       </c>
       <c r="I502">
         <v>14.5</v>
       </c>
       <c r="J502" t="s">
         <v>19</v>
       </c>
       <c r="K502">
         <v>3.23</v>
       </c>
       <c r="L502">
-        <v>95.4</v>
+        <v>95.2</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" s="6">
         <v>42675.0</v>
       </c>
       <c r="B503" t="s">
         <v>19</v>
       </c>
       <c r="C503">
         <v>3.9</v>
       </c>
       <c r="D503">
         <v>10.77</v>
       </c>
       <c r="E503">
         <v>96</v>
       </c>
       <c r="F503">
         <v>7.67</v>
       </c>
       <c r="G503">
         <v>63.5</v>
       </c>
       <c r="H503">
         <v>3.86</v>
       </c>
       <c r="I503">
         <v>14.6</v>
       </c>
       <c r="J503" t="s">
         <v>19</v>
       </c>
       <c r="K503">
         <v>3.14</v>
       </c>
       <c r="L503">
-        <v>95.5</v>
+        <v>95.4</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" s="6">
         <v>42705.0</v>
       </c>
       <c r="B504" t="s">
         <v>19</v>
       </c>
       <c r="C504">
         <v>3.96</v>
       </c>
       <c r="D504">
         <v>9.06</v>
       </c>
       <c r="E504">
         <v>96</v>
       </c>
       <c r="F504">
         <v>7.27</v>
       </c>
       <c r="G504">
         <v>68.2</v>
       </c>
       <c r="H504">
@@ -20101,51 +20101,51 @@
       <c r="C525">
         <v>4.72</v>
       </c>
       <c r="D525">
         <v>17.23</v>
       </c>
       <c r="E525">
         <v>96.2</v>
       </c>
       <c r="F525">
         <v>8.57</v>
       </c>
       <c r="G525">
         <v>56.9</v>
       </c>
       <c r="H525">
         <v>3.75</v>
       </c>
       <c r="I525">
         <v>14</v>
       </c>
       <c r="J525" t="s">
         <v>19</v>
       </c>
       <c r="K525">
-        <v>3.23</v>
+        <v>3.22</v>
       </c>
       <c r="L525">
         <v>96.2</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" s="6">
         <v>43374.0</v>
       </c>
       <c r="B526" t="s">
         <v>19</v>
       </c>
       <c r="C526">
         <v>4.1</v>
       </c>
       <c r="D526">
         <v>12.22</v>
       </c>
       <c r="E526">
         <v>96.5</v>
       </c>
       <c r="F526">
         <v>7.69</v>
       </c>
       <c r="G526">
@@ -20367,51 +20367,51 @@
       <c r="C532">
         <v>3.72</v>
       </c>
       <c r="D532">
         <v>10.85</v>
       </c>
       <c r="E532">
         <v>95.6</v>
       </c>
       <c r="F532">
         <v>7.72</v>
       </c>
       <c r="G532">
         <v>64.1</v>
       </c>
       <c r="H532">
         <v>3.99</v>
       </c>
       <c r="I532">
         <v>13</v>
       </c>
       <c r="J532" t="s">
         <v>19</v>
       </c>
       <c r="K532">
-        <v>2.99</v>
+        <v>2.98</v>
       </c>
       <c r="L532">
         <v>96.2</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" s="6">
         <v>43586.0</v>
       </c>
       <c r="B533" t="s">
         <v>19</v>
       </c>
       <c r="C533">
         <v>3.66</v>
       </c>
       <c r="D533">
         <v>12.76</v>
       </c>
       <c r="E533">
         <v>95.7</v>
       </c>
       <c r="F533">
         <v>8.06</v>
       </c>
       <c r="G533">
@@ -20484,51 +20484,51 @@
       <c r="D535">
         <v>17.74</v>
       </c>
       <c r="E535">
         <v>95.9</v>
       </c>
       <c r="F535">
         <v>8.47</v>
       </c>
       <c r="G535">
         <v>56</v>
       </c>
       <c r="H535">
         <v>3.33</v>
       </c>
       <c r="I535">
         <v>13</v>
       </c>
       <c r="J535" t="s">
         <v>19</v>
       </c>
       <c r="K535">
         <v>2.63</v>
       </c>
       <c r="L535">
-        <v>96.6</v>
+        <v>96.7</v>
       </c>
     </row>
     <row r="536" spans="1:26">
       <c r="A536" s="6">
         <v>43678.0</v>
       </c>
       <c r="B536" t="s">
         <v>19</v>
       </c>
       <c r="C536">
         <v>4.15</v>
       </c>
       <c r="D536">
         <v>18.37</v>
       </c>
       <c r="E536">
         <v>96.1</v>
       </c>
       <c r="F536">
         <v>8.41</v>
       </c>
       <c r="G536">
         <v>55.6</v>
       </c>
       <c r="H536">
@@ -22533,700 +22533,814 @@
       <c r="C589">
         <v>4.78</v>
       </c>
       <c r="D589">
         <v>11.81</v>
       </c>
       <c r="E589">
         <v>96.7</v>
       </c>
       <c r="F589">
         <v>9.52</v>
       </c>
       <c r="G589">
         <v>70.9</v>
       </c>
       <c r="H589">
         <v>5.05</v>
       </c>
       <c r="I589">
         <v>14.1</v>
       </c>
       <c r="J589" t="s">
         <v>19</v>
       </c>
       <c r="K589">
-        <v>5.07</v>
+        <v>5.13</v>
       </c>
       <c r="L589">
-        <v>88</v>
+        <v>95.8</v>
       </c>
     </row>
     <row r="590" spans="1:26">
       <c r="A590" s="6">
         <v>45323.0</v>
       </c>
       <c r="B590" t="s">
         <v>19</v>
       </c>
       <c r="C590">
         <v>4.52</v>
       </c>
       <c r="D590">
         <v>13.17</v>
       </c>
       <c r="E590">
         <v>97.1</v>
       </c>
       <c r="F590">
         <v>10.08</v>
       </c>
       <c r="G590">
         <v>69.2</v>
       </c>
       <c r="H590">
         <v>4.8</v>
       </c>
       <c r="I590">
         <v>14.4</v>
       </c>
       <c r="J590" t="s">
         <v>19</v>
       </c>
       <c r="K590">
-        <v>3.01</v>
+        <v>3.03</v>
       </c>
       <c r="L590">
-        <v>89.2</v>
+        <v>96.2</v>
       </c>
     </row>
     <row r="591" spans="1:26">
       <c r="A591" s="6">
         <v>45352.0</v>
       </c>
       <c r="B591" t="s">
         <v>19</v>
       </c>
       <c r="C591">
         <v>4</v>
       </c>
       <c r="D591">
         <v>13.76</v>
       </c>
       <c r="E591">
         <v>97</v>
       </c>
       <c r="F591">
         <v>10.07</v>
       </c>
       <c r="G591">
         <v>67.8</v>
       </c>
       <c r="H591">
         <v>3.76</v>
       </c>
       <c r="I591">
         <v>14.3</v>
       </c>
       <c r="J591" t="s">
         <v>19</v>
       </c>
       <c r="K591">
         <v>2.29</v>
       </c>
       <c r="L591">
-        <v>88.5</v>
+        <v>96.3</v>
       </c>
     </row>
     <row r="592" spans="1:26">
       <c r="A592" s="6">
         <v>45383.0</v>
       </c>
       <c r="B592" t="s">
         <v>19</v>
       </c>
       <c r="C592">
         <v>3.38</v>
       </c>
       <c r="D592">
         <v>14.44</v>
       </c>
       <c r="E592">
         <v>96.6</v>
       </c>
       <c r="F592">
         <v>10.01</v>
       </c>
       <c r="G592">
         <v>63.7</v>
       </c>
       <c r="H592">
         <v>3.35</v>
       </c>
       <c r="I592">
         <v>13.8</v>
       </c>
       <c r="J592" t="s">
         <v>19</v>
       </c>
       <c r="K592">
         <v>2.12</v>
       </c>
       <c r="L592">
-        <v>86.8</v>
+        <v>95.5</v>
       </c>
     </row>
     <row r="593" spans="1:26">
       <c r="A593" s="6">
         <v>45413.0</v>
       </c>
       <c r="B593" t="s">
         <v>19</v>
       </c>
       <c r="C593">
         <v>3.68</v>
       </c>
       <c r="D593">
         <v>17.83</v>
       </c>
       <c r="E593">
         <v>96.6</v>
       </c>
       <c r="F593">
         <v>10.44</v>
       </c>
       <c r="G593">
         <v>58.4</v>
       </c>
       <c r="H593">
         <v>3.18</v>
       </c>
       <c r="I593">
         <v>13.7</v>
       </c>
       <c r="J593" t="s">
         <v>19</v>
       </c>
       <c r="K593">
-        <v>2.35</v>
+        <v>2.38</v>
       </c>
       <c r="L593">
-        <v>87.2</v>
+        <v>96.1</v>
       </c>
     </row>
     <row r="594" spans="1:26">
       <c r="A594" s="6">
         <v>45444.0</v>
       </c>
       <c r="B594" t="s">
         <v>19</v>
       </c>
       <c r="C594">
         <v>4.29</v>
       </c>
       <c r="D594">
         <v>20.93</v>
       </c>
       <c r="E594">
         <v>96.9</v>
       </c>
       <c r="F594">
         <v>10.81</v>
       </c>
       <c r="G594">
         <v>56.1</v>
       </c>
       <c r="H594">
         <v>3.7</v>
       </c>
       <c r="I594">
         <v>13.2</v>
       </c>
       <c r="J594" t="s">
         <v>19</v>
       </c>
       <c r="K594">
-        <v>2.79</v>
+        <v>2.78</v>
       </c>
       <c r="L594">
-        <v>87</v>
+        <v>96.3</v>
       </c>
     </row>
     <row r="595" spans="1:26">
       <c r="A595" s="6">
         <v>45474.0</v>
       </c>
       <c r="B595" t="s">
         <v>19</v>
       </c>
       <c r="C595">
         <v>4.53</v>
       </c>
       <c r="D595">
         <v>23</v>
       </c>
       <c r="E595">
         <v>96.9</v>
       </c>
       <c r="F595">
         <v>11.2</v>
       </c>
       <c r="G595">
         <v>53.6</v>
       </c>
       <c r="H595">
         <v>3.61</v>
       </c>
       <c r="I595">
         <v>13.6</v>
       </c>
       <c r="J595" t="s">
         <v>19</v>
       </c>
       <c r="K595">
-        <v>2.59</v>
+        <v>2.6</v>
       </c>
       <c r="L595">
-        <v>85.3</v>
+        <v>95.9</v>
       </c>
     </row>
     <row r="596" spans="1:26">
       <c r="A596" s="6">
         <v>45505.0</v>
       </c>
       <c r="B596" t="s">
         <v>19</v>
       </c>
       <c r="C596">
         <v>4.14</v>
       </c>
       <c r="D596">
         <v>23.47</v>
       </c>
       <c r="E596">
         <v>96.8</v>
       </c>
       <c r="F596">
         <v>10.86</v>
       </c>
       <c r="G596">
         <v>54</v>
       </c>
       <c r="H596">
         <v>3.1</v>
       </c>
       <c r="I596">
         <v>13.7</v>
       </c>
       <c r="J596" t="s">
         <v>19</v>
       </c>
       <c r="K596">
-        <v>2.31</v>
+        <v>2.34</v>
       </c>
       <c r="L596">
-        <v>85.1</v>
+        <v>95.2</v>
       </c>
     </row>
     <row r="597" spans="1:26">
       <c r="A597" s="6">
         <v>45536.0</v>
       </c>
       <c r="B597" t="s">
         <v>19</v>
       </c>
       <c r="C597">
         <v>4.21</v>
       </c>
       <c r="D597">
         <v>22.71</v>
       </c>
       <c r="E597">
         <v>97</v>
       </c>
       <c r="F597">
         <v>10.92</v>
       </c>
       <c r="G597">
         <v>53</v>
       </c>
       <c r="H597">
         <v>3.28</v>
       </c>
       <c r="I597">
         <v>13.4</v>
       </c>
       <c r="J597" t="s">
         <v>19</v>
       </c>
       <c r="K597">
-        <v>2.46</v>
+        <v>2.45</v>
       </c>
       <c r="L597">
-        <v>87.5</v>
+        <v>96.5</v>
       </c>
     </row>
     <row r="598" spans="1:26">
       <c r="A598" s="6">
         <v>45566.0</v>
       </c>
       <c r="B598" t="s">
         <v>19</v>
       </c>
       <c r="C598">
         <v>4.08</v>
       </c>
       <c r="D598">
         <v>18.63</v>
       </c>
       <c r="E598">
         <v>97.1</v>
       </c>
       <c r="F598">
         <v>10.52</v>
       </c>
       <c r="G598">
         <v>57.9</v>
       </c>
       <c r="H598">
         <v>3.81</v>
       </c>
       <c r="I598">
         <v>13.3</v>
       </c>
       <c r="J598" t="s">
         <v>19</v>
       </c>
       <c r="K598">
-        <v>2.71</v>
+        <v>2.7</v>
       </c>
       <c r="L598">
-        <v>87.9</v>
+        <v>96.4</v>
       </c>
     </row>
     <row r="599" spans="1:26">
       <c r="A599" s="6">
         <v>45597.0</v>
       </c>
       <c r="B599" t="s">
         <v>19</v>
       </c>
       <c r="C599">
         <v>3.99</v>
       </c>
       <c r="D599">
         <v>14.91</v>
       </c>
       <c r="E599">
         <v>97.3</v>
       </c>
       <c r="F599">
         <v>10.21</v>
       </c>
       <c r="G599">
         <v>63.2</v>
       </c>
       <c r="H599">
         <v>3.92</v>
       </c>
       <c r="I599">
         <v>13.7</v>
       </c>
       <c r="J599" t="s">
         <v>19</v>
       </c>
       <c r="K599">
         <v>2.75</v>
       </c>
       <c r="L599">
-        <v>88.2</v>
+        <v>96.9</v>
       </c>
     </row>
     <row r="600" spans="1:26">
       <c r="A600" s="6">
         <v>45627.0</v>
       </c>
       <c r="B600" t="s">
         <v>19</v>
       </c>
       <c r="C600">
         <v>4.4</v>
       </c>
       <c r="D600">
         <v>12.98</v>
       </c>
       <c r="E600">
         <v>97.2</v>
       </c>
       <c r="F600">
         <v>9.93</v>
       </c>
       <c r="G600">
         <v>68.2</v>
       </c>
       <c r="H600">
         <v>5.05</v>
       </c>
       <c r="I600">
         <v>14.3</v>
       </c>
       <c r="J600" t="s">
         <v>19</v>
       </c>
       <c r="K600">
-        <v>4.02</v>
+        <v>4.03</v>
       </c>
       <c r="L600">
-        <v>88.4</v>
+        <v>95.6</v>
       </c>
     </row>
     <row r="601" spans="1:26">
       <c r="A601" s="6">
         <v>45658.0</v>
       </c>
       <c r="B601" t="s">
         <v>19</v>
       </c>
       <c r="C601">
-        <v>4.88</v>
+        <v>4.86</v>
       </c>
       <c r="D601">
-        <v>12.32</v>
+        <v>12.42</v>
       </c>
       <c r="E601">
         <v>97.1</v>
       </c>
       <c r="F601">
-        <v>9.77</v>
+        <v>9.83</v>
       </c>
       <c r="G601">
         <v>71</v>
       </c>
       <c r="H601">
-        <v>5.83</v>
+        <v>5.84</v>
       </c>
       <c r="I601">
-        <v>14.2</v>
+        <v>14.3</v>
       </c>
       <c r="J601" t="s">
         <v>19</v>
       </c>
       <c r="K601">
-        <v>6.07</v>
+        <v>6.21</v>
       </c>
       <c r="L601">
-        <v>87.5</v>
+        <v>87.7</v>
       </c>
     </row>
     <row r="602" spans="1:26">
       <c r="A602" s="6">
         <v>45689.0</v>
       </c>
       <c r="B602" t="s">
         <v>19</v>
       </c>
       <c r="C602">
-        <v>4.83</v>
+        <v>4.84</v>
       </c>
       <c r="D602">
-        <v>12.92</v>
+        <v>12.95</v>
       </c>
       <c r="E602">
         <v>96.7</v>
       </c>
       <c r="F602">
-        <v>10.26</v>
+        <v>10.28</v>
       </c>
       <c r="G602">
         <v>70.4</v>
       </c>
       <c r="H602">
-        <v>5.74</v>
+        <v>5.73</v>
       </c>
       <c r="I602">
-        <v>14.4</v>
+        <v>14.5</v>
       </c>
       <c r="J602" t="s">
         <v>19</v>
       </c>
       <c r="K602">
         <v>5.06</v>
       </c>
       <c r="L602">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="603" spans="1:26">
       <c r="A603" s="6">
         <v>45717.0</v>
       </c>
       <c r="B603" t="s">
         <v>19</v>
       </c>
       <c r="C603">
         <v>4.88</v>
       </c>
       <c r="D603">
-        <v>14.54</v>
+        <v>14.61</v>
       </c>
       <c r="E603">
         <v>97.1</v>
       </c>
       <c r="F603">
-        <v>11.07</v>
+        <v>11.08</v>
       </c>
       <c r="G603">
         <v>67.5</v>
       </c>
       <c r="H603">
         <v>5.48</v>
       </c>
       <c r="I603">
         <v>14.7</v>
       </c>
       <c r="J603" t="s">
         <v>19</v>
       </c>
       <c r="K603">
         <v>4.35</v>
       </c>
       <c r="L603">
-        <v>88</v>
+        <v>88.3</v>
       </c>
     </row>
     <row r="604" spans="1:26">
       <c r="A604" s="6">
         <v>45748.0</v>
       </c>
       <c r="B604" t="s">
         <v>19</v>
       </c>
       <c r="C604">
-        <v>4.48</v>
+        <v>4.5</v>
       </c>
       <c r="D604">
-        <v>16.05</v>
+        <v>16.09</v>
       </c>
       <c r="E604">
         <v>96.9</v>
       </c>
       <c r="F604">
-        <v>11.39</v>
+        <v>11.46</v>
       </c>
       <c r="G604">
-        <v>63.6</v>
+        <v>63.8</v>
       </c>
       <c r="H604">
-        <v>5.1</v>
+        <v>5.08</v>
       </c>
       <c r="I604">
-        <v>13.6</v>
+        <v>13.7</v>
       </c>
       <c r="J604" t="s">
         <v>19</v>
       </c>
       <c r="K604">
         <v>3.72</v>
       </c>
       <c r="L604">
-        <v>85.8</v>
+        <v>86.3</v>
       </c>
     </row>
     <row r="605" spans="1:26">
       <c r="A605" s="6">
         <v>45778.0</v>
       </c>
       <c r="B605" t="s">
         <v>19</v>
       </c>
       <c r="C605">
-        <v>4.63</v>
+        <v>4.62</v>
       </c>
       <c r="D605">
-        <v>19.18</v>
+        <v>19.27</v>
       </c>
       <c r="E605">
         <v>96.7</v>
       </c>
       <c r="F605">
-        <v>11.76</v>
+        <v>11.83</v>
       </c>
       <c r="G605">
         <v>58.8</v>
       </c>
       <c r="H605">
-        <v>4.51</v>
+        <v>4.49</v>
       </c>
       <c r="I605">
-        <v>13</v>
+        <v>13.1</v>
       </c>
       <c r="J605" t="s">
         <v>19</v>
       </c>
       <c r="K605">
         <v>3.39</v>
       </c>
       <c r="L605">
-        <v>89</v>
+        <v>89.1</v>
       </c>
     </row>
     <row r="606" spans="1:26">
       <c r="A606" s="6">
         <v>45809.0</v>
       </c>
       <c r="B606" t="s">
         <v>19</v>
       </c>
       <c r="C606">
-        <v>4.79</v>
+        <v>4.81</v>
       </c>
       <c r="D606">
-        <v>23.15</v>
+        <v>23.23</v>
       </c>
       <c r="E606">
         <v>96.8</v>
       </c>
       <c r="F606">
-        <v>12.15</v>
+        <v>12.13</v>
       </c>
       <c r="G606">
-        <v>54.9</v>
+        <v>55.2</v>
       </c>
       <c r="H606">
         <v>4.46</v>
       </c>
       <c r="I606">
+        <v>13.6</v>
+      </c>
+      <c r="J606" t="s">
+        <v>19</v>
+      </c>
+      <c r="K606">
+        <v>3.45</v>
+      </c>
+      <c r="L606">
+        <v>86.4</v>
+      </c>
+    </row>
+    <row r="607" spans="1:26">
+      <c r="A607" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B607" t="s">
+        <v>19</v>
+      </c>
+      <c r="C607">
+        <v>5.16</v>
+      </c>
+      <c r="D607">
+        <v>25.48</v>
+      </c>
+      <c r="E607">
+        <v>97</v>
+      </c>
+      <c r="F607">
+        <v>12.71</v>
+      </c>
+      <c r="G607">
+        <v>53.4</v>
+      </c>
+      <c r="H607">
+        <v>4.41</v>
+      </c>
+      <c r="I607">
         <v>13.7</v>
       </c>
-      <c r="J606" t="s">
-[...6 lines deleted...]
-        <v>86.7</v>
+      <c r="J607" t="s">
+        <v>19</v>
+      </c>
+      <c r="K607">
+        <v>3.66</v>
+      </c>
+      <c r="L607">
+        <v>84.9</v>
+      </c>
+    </row>
+    <row r="608" spans="1:26">
+      <c r="A608" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B608" t="s">
+        <v>19</v>
+      </c>
+      <c r="C608">
+        <v>5.18</v>
+      </c>
+      <c r="D608">
+        <v>26.13</v>
+      </c>
+      <c r="E608">
+        <v>97</v>
+      </c>
+      <c r="F608">
+        <v>12.32</v>
+      </c>
+      <c r="G608">
+        <v>53</v>
+      </c>
+      <c r="H608">
+        <v>4.26</v>
+      </c>
+      <c r="I608">
+        <v>13.6</v>
+      </c>
+      <c r="J608" t="s">
+        <v>19</v>
+      </c>
+      <c r="K608">
+        <v>3.28</v>
+      </c>
+      <c r="L608">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="609" spans="1:26">
+      <c r="A609" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B609" t="s">
+        <v>19</v>
+      </c>
+      <c r="C609">
+        <v>5.11</v>
+      </c>
+      <c r="D609">
+        <v>24.56</v>
+      </c>
+      <c r="E609">
+        <v>97.2</v>
+      </c>
+      <c r="F609">
+        <v>12.19</v>
+      </c>
+      <c r="G609">
+        <v>53.1</v>
+      </c>
+      <c r="H609">
+        <v>4.21</v>
+      </c>
+      <c r="I609">
+        <v>13.2</v>
+      </c>
+      <c r="J609" t="s">
+        <v>19</v>
+      </c>
+      <c r="K609">
+        <v>3.14</v>
+      </c>
+      <c r="L609">
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -26218,54 +26332,54 @@
       <c r="C88">
         <v>4.26</v>
       </c>
       <c r="D88">
         <v>14.59</v>
       </c>
       <c r="E88">
         <v>96.9</v>
       </c>
       <c r="F88">
         <v>10.14</v>
       </c>
       <c r="G88">
         <v>64.1</v>
       </c>
       <c r="H88">
         <v>3.93</v>
       </c>
       <c r="I88">
         <v>13.8</v>
       </c>
       <c r="J88" t="s">
         <v>19</v>
       </c>
       <c r="K88">
-        <v>2.86</v>
+        <v>2.87</v>
       </c>
       <c r="L88">
-        <v>87.3</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>