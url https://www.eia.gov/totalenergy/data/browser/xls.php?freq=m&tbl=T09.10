--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 9.10 Natural Gas Prices</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Natural Gas Price, Wellhead</t>
   </si>
   <si>
     <t>Natural Gas Price, Citygate</t>
   </si>
   <si>
     <t>Natural Gas Price, Delivered to Consumers, Residential</t>
   </si>
   <si>
     <t>Percentage of Residential Sector Consumption for Which Price Data Are Available</t>
   </si>
   <si>
     <t>Natural Gas Price, Delivered to Consumers, Commercial</t>
   </si>
   <si>
     <t>Percentage of Commercial Sector Consumption for Which Price Data Are Available</t>
   </si>
@@ -486,54 +486,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z609"/>
+  <dimension ref="A1:Z610"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A609"/>
+      <selection activeCell="A13" sqref="A13:A610"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="58.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="36.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="85.551" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="84.551" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="84.551" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="42.704" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="43.846" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
@@ -23196,51 +23196,51 @@
       </c>
       <c r="I606">
         <v>13.6</v>
       </c>
       <c r="J606" t="s">
         <v>19</v>
       </c>
       <c r="K606">
         <v>3.45</v>
       </c>
       <c r="L606">
         <v>86.4</v>
       </c>
     </row>
     <row r="607" spans="1:26">
       <c r="A607" s="6">
         <v>45839.0</v>
       </c>
       <c r="B607" t="s">
         <v>19</v>
       </c>
       <c r="C607">
         <v>5.16</v>
       </c>
       <c r="D607">
-        <v>25.48</v>
+        <v>25.41</v>
       </c>
       <c r="E607">
         <v>97</v>
       </c>
       <c r="F607">
         <v>12.71</v>
       </c>
       <c r="G607">
         <v>53.4</v>
       </c>
       <c r="H607">
         <v>4.41</v>
       </c>
       <c r="I607">
         <v>13.7</v>
       </c>
       <c r="J607" t="s">
         <v>19</v>
       </c>
       <c r="K607">
         <v>3.66</v>
       </c>
       <c r="L607">
         <v>84.9</v>
       </c>
@@ -23297,50 +23297,88 @@
         <v>24.56</v>
       </c>
       <c r="E609">
         <v>97.2</v>
       </c>
       <c r="F609">
         <v>12.19</v>
       </c>
       <c r="G609">
         <v>53.1</v>
       </c>
       <c r="H609">
         <v>4.21</v>
       </c>
       <c r="I609">
         <v>13.2</v>
       </c>
       <c r="J609" t="s">
         <v>19</v>
       </c>
       <c r="K609">
         <v>3.14</v>
       </c>
       <c r="L609">
         <v>87</v>
+      </c>
+    </row>
+    <row r="610" spans="1:26">
+      <c r="A610" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B610" t="s">
+        <v>19</v>
+      </c>
+      <c r="C610">
+        <v>4.5</v>
+      </c>
+      <c r="D610">
+        <v>19.61</v>
+      </c>
+      <c r="E610">
+        <v>97.4</v>
+      </c>
+      <c r="F610">
+        <v>11.23</v>
+      </c>
+      <c r="G610">
+        <v>57.6</v>
+      </c>
+      <c r="H610">
+        <v>4.37</v>
+      </c>
+      <c r="I610">
+        <v>13.2</v>
+      </c>
+      <c r="J610" t="s">
+        <v>19</v>
+      </c>
+      <c r="K610">
+        <v>3.19</v>
+      </c>
+      <c r="L610">
+        <v>87.7</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>