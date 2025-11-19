--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -14,98 +14,95 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>September 2025 Monthly Energy Review</t>
+    <t>October 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: September 25, 2025</t>
+    <t>Release Date: October 28, 2025</t>
   </si>
   <si>
-    <t>Next Update: October 28, 2025</t>
+    <t>Next Update: November 25, 2025</t>
   </si>
   <si>
     <t>Table 9.9 Cost of Fossil-Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Cost of Coal Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Residual Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Distillate Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Costs of Petroleum Coke Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Costs of Total Petroleum Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Natural Gas Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Fossil Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>(Dollars per Million Btu, Including Taxes)</t>
   </si>
   <si>
     <t>Not Available</t>
-  </si>
-[...1 lines deleted...]
-    <t>Withheld</t>
   </si>
   <si>
     <t>Annual Average</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy mmmm"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
@@ -474,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z642"/>
+  <dimension ref="A1:Z643"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A642"/>
+      <selection activeCell="A13" sqref="A13:A643"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
@@ -13404,61 +13401,61 @@
         <v>1.82</v>
       </c>
       <c r="F505">
         <v>16.63</v>
       </c>
       <c r="G505">
         <v>7.02</v>
       </c>
       <c r="H505">
         <v>4.07</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" s="6">
         <v>41671.0</v>
       </c>
       <c r="B506">
         <v>2.32</v>
       </c>
       <c r="C506">
         <v>20.05</v>
       </c>
       <c r="D506">
         <v>23.97</v>
       </c>
-      <c r="E506" t="s">
-        <v>15</v>
+      <c r="E506">
+        <v>2.03</v>
       </c>
       <c r="F506">
         <v>16.38</v>
       </c>
       <c r="G506">
         <v>7.4</v>
       </c>
-      <c r="H506" t="s">
-        <v>15</v>
+      <c r="H506">
+        <v>4.11</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" s="6">
         <v>41699.0</v>
       </c>
       <c r="B507">
         <v>2.36</v>
       </c>
       <c r="C507">
         <v>20.61</v>
       </c>
       <c r="D507">
         <v>23.83</v>
       </c>
       <c r="E507">
         <v>2.02</v>
       </c>
       <c r="F507">
         <v>12.63</v>
       </c>
       <c r="G507">
         <v>6</v>
       </c>
       <c r="H507">
@@ -16951,50 +16948,76 @@
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>2.46</v>
       </c>
       <c r="C642">
         <v>15.04</v>
       </c>
       <c r="D642">
         <v>17.64</v>
       </c>
       <c r="E642">
         <v>3.09</v>
       </c>
       <c r="F642">
         <v>12.13</v>
       </c>
       <c r="G642">
         <v>3.34</v>
       </c>
       <c r="H642">
         <v>3.06</v>
+      </c>
+    </row>
+    <row r="643" spans="1:26">
+      <c r="A643" s="6">
+        <v>45839.0</v>
+      </c>
+      <c r="B643">
+        <v>2.4</v>
+      </c>
+      <c r="C643">
+        <v>16.16</v>
+      </c>
+      <c r="D643">
+        <v>18.39</v>
+      </c>
+      <c r="E643">
+        <v>2.88</v>
+      </c>
+      <c r="F643">
+        <v>11.95</v>
+      </c>
+      <c r="G643">
+        <v>3.52</v>
+      </c>
+      <c r="H643">
+        <v>3.19</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -17028,51 +17051,51 @@
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="3" t="str">
         <f>HYPERLINK("http://www.eia.gov/totalenergy/data/monthly/dataunits.php","Note: Information about data precision.")</f>
         <v>Note: Information about data precision.</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="5" t="s">
         <v>11</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="5"/>