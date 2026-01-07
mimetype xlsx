--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>October 2025 Monthly Energy Review</t>
+    <t>December 2025 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: October 28, 2025</t>
+    <t>Release Date: December 23, 2025</t>
   </si>
   <si>
-    <t>Next Update: November 25, 2025</t>
+    <t>Next Update: January 27, 2026</t>
   </si>
   <si>
     <t>Table 9.9 Cost of Fossil-Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Cost of Coal Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Residual Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Distillate Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Costs of Petroleum Coke Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Costs of Total Petroleum Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Natural Gas Receipts at Electric Generating Plants</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z643"/>
+  <dimension ref="A1:Z645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A643"/>
+      <selection activeCell="A13" sqref="A13:A645"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
@@ -16487,381 +16487,381 @@
       </c>
       <c r="C624">
         <v>20.25</v>
       </c>
       <c r="D624">
         <v>20.74</v>
       </c>
       <c r="E624">
         <v>3.39</v>
       </c>
       <c r="F624">
         <v>15.19</v>
       </c>
       <c r="G624">
         <v>3.28</v>
       </c>
       <c r="H624">
         <v>3.07</v>
       </c>
     </row>
     <row r="625" spans="1:26">
       <c r="A625" s="6">
         <v>45292.0</v>
       </c>
       <c r="B625">
-        <v>2.49</v>
+        <v>2.48</v>
       </c>
       <c r="C625">
         <v>18.22</v>
       </c>
       <c r="D625">
-        <v>19.71</v>
+        <v>19.64</v>
       </c>
       <c r="E625">
         <v>2.65</v>
       </c>
       <c r="F625">
-        <v>17.58</v>
+        <v>17.72</v>
       </c>
       <c r="G625">
-        <v>4.8</v>
+        <v>4.86</v>
       </c>
       <c r="H625">
-        <v>4.02</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="626" spans="1:26">
       <c r="A626" s="6">
         <v>45323.0</v>
       </c>
       <c r="B626">
-        <v>2.49</v>
+        <v>2.48</v>
       </c>
       <c r="C626">
         <v>18.94</v>
       </c>
       <c r="D626">
-        <v>20.81</v>
+        <v>20.84</v>
       </c>
       <c r="E626">
         <v>2.63</v>
       </c>
       <c r="F626">
-        <v>16.51</v>
+        <v>16.67</v>
       </c>
       <c r="G626">
-        <v>2.88</v>
+        <v>2.9</v>
       </c>
       <c r="H626">
-        <v>2.8</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="627" spans="1:26">
       <c r="A627" s="6">
         <v>45352.0</v>
       </c>
       <c r="B627">
-        <v>2.51</v>
+        <v>2.5</v>
       </c>
       <c r="C627">
         <v>19.67</v>
       </c>
       <c r="D627">
-        <v>20.66</v>
+        <v>20.6</v>
       </c>
       <c r="E627">
         <v>2.63</v>
       </c>
       <c r="F627">
-        <v>17.34</v>
+        <v>17.42</v>
       </c>
       <c r="G627">
-        <v>2.18</v>
+        <v>2.19</v>
       </c>
       <c r="H627">
-        <v>2.39</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="628" spans="1:26">
       <c r="A628" s="6">
         <v>45383.0</v>
       </c>
       <c r="B628">
-        <v>2.55</v>
+        <v>2.54</v>
       </c>
       <c r="C628">
         <v>19.24</v>
       </c>
       <c r="D628">
-        <v>20.7</v>
+        <v>20.84</v>
       </c>
       <c r="E628">
         <v>2.62</v>
       </c>
       <c r="F628">
-        <v>17.12</v>
+        <v>17.3</v>
       </c>
       <c r="G628">
         <v>2.05</v>
       </c>
       <c r="H628">
-        <v>2.32</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="629" spans="1:26">
       <c r="A629" s="6">
         <v>45413.0</v>
       </c>
       <c r="B629">
-        <v>2.57</v>
+        <v>2.56</v>
       </c>
       <c r="C629">
         <v>18.81</v>
       </c>
       <c r="D629">
-        <v>19.34</v>
+        <v>19.44</v>
       </c>
       <c r="E629">
         <v>2.86</v>
       </c>
       <c r="F629">
-        <v>14.97</v>
+        <v>15.18</v>
       </c>
       <c r="G629">
-        <v>2.26</v>
+        <v>2.29</v>
       </c>
       <c r="H629">
         <v>2.45</v>
       </c>
     </row>
     <row r="630" spans="1:26">
       <c r="A630" s="6">
         <v>45444.0</v>
       </c>
       <c r="B630">
-        <v>2.52</v>
+        <v>2.51</v>
       </c>
       <c r="C630">
         <v>17.68</v>
       </c>
       <c r="D630">
-        <v>18.44</v>
+        <v>18.62</v>
       </c>
       <c r="E630">
         <v>3.11</v>
       </c>
       <c r="F630">
-        <v>12.75</v>
+        <v>13.02</v>
       </c>
       <c r="G630">
-        <v>2.69</v>
+        <v>2.68</v>
       </c>
       <c r="H630">
         <v>2.69</v>
       </c>
     </row>
     <row r="631" spans="1:26">
       <c r="A631" s="6">
         <v>45474.0</v>
       </c>
       <c r="B631">
-        <v>2.48</v>
+        <v>2.47</v>
       </c>
       <c r="C631">
         <v>18.15</v>
       </c>
       <c r="D631">
-        <v>19.36</v>
+        <v>19.57</v>
       </c>
       <c r="E631">
         <v>3.23</v>
       </c>
       <c r="F631">
-        <v>11.17</v>
+        <v>11.42</v>
       </c>
       <c r="G631">
         <v>2.51</v>
       </c>
       <c r="H631">
         <v>2.55</v>
       </c>
     </row>
     <row r="632" spans="1:26">
       <c r="A632" s="6">
         <v>45505.0</v>
       </c>
       <c r="B632">
-        <v>2.45</v>
+        <v>2.44</v>
       </c>
       <c r="C632">
         <v>18.23</v>
       </c>
       <c r="D632">
-        <v>18.18</v>
+        <v>18.37</v>
       </c>
       <c r="E632">
         <v>3.08</v>
       </c>
       <c r="F632">
-        <v>12.73</v>
+        <v>12.94</v>
       </c>
       <c r="G632">
-        <v>2.23</v>
+        <v>2.25</v>
       </c>
       <c r="H632">
-        <v>2.36</v>
+        <v>2.37</v>
       </c>
     </row>
     <row r="633" spans="1:26">
       <c r="A633" s="6">
         <v>45536.0</v>
       </c>
       <c r="B633">
         <v>2.42</v>
       </c>
       <c r="C633">
         <v>17.08</v>
       </c>
       <c r="D633">
-        <v>17.71</v>
+        <v>17.79</v>
       </c>
       <c r="E633">
         <v>3.09</v>
       </c>
       <c r="F633">
-        <v>12.08</v>
+        <v>12.23</v>
       </c>
       <c r="G633">
         <v>2.37</v>
       </c>
       <c r="H633">
         <v>2.44</v>
       </c>
     </row>
     <row r="634" spans="1:26">
       <c r="A634" s="6">
         <v>45566.0</v>
       </c>
       <c r="B634">
-        <v>2.48</v>
+        <v>2.47</v>
       </c>
       <c r="C634">
         <v>15.76</v>
       </c>
       <c r="D634">
-        <v>17.18</v>
+        <v>17.32</v>
       </c>
       <c r="E634">
         <v>2.63</v>
       </c>
       <c r="F634">
-        <v>14.74</v>
+        <v>14.89</v>
       </c>
       <c r="G634">
-        <v>2.62</v>
+        <v>2.61</v>
       </c>
       <c r="H634">
         <v>2.63</v>
       </c>
     </row>
     <row r="635" spans="1:26">
       <c r="A635" s="6">
         <v>45597.0</v>
       </c>
       <c r="B635">
-        <v>2.43</v>
+        <v>2.42</v>
       </c>
       <c r="C635">
         <v>16.25</v>
       </c>
       <c r="D635">
-        <v>18.38</v>
+        <v>18.85</v>
       </c>
       <c r="E635">
         <v>2.64</v>
       </c>
       <c r="F635">
-        <v>14.59</v>
+        <v>14.9</v>
       </c>
       <c r="G635">
         <v>2.63</v>
       </c>
       <c r="H635">
         <v>2.62</v>
       </c>
     </row>
     <row r="636" spans="1:26">
       <c r="A636" s="6">
         <v>45627.0</v>
       </c>
       <c r="B636">
-        <v>2.41</v>
+        <v>2.4</v>
       </c>
       <c r="C636">
         <v>16.43</v>
       </c>
       <c r="D636">
-        <v>17.54</v>
+        <v>17.67</v>
       </c>
       <c r="E636">
         <v>2.66</v>
       </c>
       <c r="F636">
-        <v>14.37</v>
+        <v>14.6</v>
       </c>
       <c r="G636">
         <v>3.85</v>
       </c>
       <c r="H636">
-        <v>3.35</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="637" spans="1:26">
       <c r="A637" s="6">
         <v>45658.0</v>
       </c>
       <c r="B637">
         <v>2.41</v>
       </c>
       <c r="C637">
         <v>16.07</v>
       </c>
       <c r="D637">
-        <v>18.87</v>
+        <v>18.9</v>
       </c>
       <c r="E637">
         <v>2.81</v>
       </c>
       <c r="F637">
-        <v>14.09</v>
+        <v>14.11</v>
       </c>
       <c r="G637">
-        <v>5.75</v>
+        <v>5.87</v>
       </c>
       <c r="H637">
-        <v>4.6</v>
+        <v>4.68</v>
       </c>
     </row>
     <row r="638" spans="1:26">
       <c r="A638" s="6">
         <v>45689.0</v>
       </c>
       <c r="B638">
         <v>2.42</v>
       </c>
       <c r="C638">
         <v>17.06</v>
       </c>
       <c r="D638">
         <v>18.42</v>
       </c>
       <c r="E638">
         <v>2.9</v>
       </c>
       <c r="F638">
         <v>14.77</v>
       </c>
       <c r="G638">
         <v>4.81</v>
       </c>
       <c r="H638">
@@ -16869,155 +16869,207 @@
       </c>
     </row>
     <row r="639" spans="1:26">
       <c r="A639" s="6">
         <v>45717.0</v>
       </c>
       <c r="B639">
         <v>2.45</v>
       </c>
       <c r="C639">
         <v>15.83</v>
       </c>
       <c r="D639">
         <v>17.42</v>
       </c>
       <c r="E639">
         <v>2.99</v>
       </c>
       <c r="F639">
         <v>13.61</v>
       </c>
       <c r="G639">
         <v>4.17</v>
       </c>
       <c r="H639">
-        <v>3.5</v>
+        <v>3.49</v>
       </c>
     </row>
     <row r="640" spans="1:26">
       <c r="A640" s="6">
         <v>45748.0</v>
       </c>
       <c r="B640">
         <v>2.47</v>
       </c>
       <c r="C640">
         <v>15.6</v>
       </c>
       <c r="D640">
         <v>17.9</v>
       </c>
       <c r="E640">
         <v>2.54</v>
       </c>
       <c r="F640">
         <v>13.87</v>
       </c>
       <c r="G640">
-        <v>3.59</v>
+        <v>3.58</v>
       </c>
       <c r="H640">
         <v>3.18</v>
       </c>
     </row>
     <row r="641" spans="1:26">
       <c r="A641" s="6">
         <v>45778.0</v>
       </c>
       <c r="B641">
         <v>2.5</v>
       </c>
       <c r="C641">
         <v>15.05</v>
       </c>
       <c r="D641">
         <v>16.75</v>
       </c>
       <c r="E641">
         <v>2.55</v>
       </c>
       <c r="F641">
-        <v>12.49</v>
+        <v>12.5</v>
       </c>
       <c r="G641">
         <v>3.28</v>
       </c>
       <c r="H641">
         <v>3.03</v>
       </c>
     </row>
     <row r="642" spans="1:26">
       <c r="A642" s="6">
         <v>45809.0</v>
       </c>
       <c r="B642">
         <v>2.46</v>
       </c>
       <c r="C642">
         <v>15.04</v>
       </c>
       <c r="D642">
         <v>17.64</v>
       </c>
       <c r="E642">
         <v>3.09</v>
       </c>
       <c r="F642">
         <v>12.13</v>
       </c>
       <c r="G642">
         <v>3.34</v>
       </c>
       <c r="H642">
-        <v>3.06</v>
+        <v>3.05</v>
       </c>
     </row>
     <row r="643" spans="1:26">
       <c r="A643" s="6">
         <v>45839.0</v>
       </c>
       <c r="B643">
         <v>2.4</v>
       </c>
       <c r="C643">
         <v>16.16</v>
       </c>
       <c r="D643">
         <v>18.39</v>
       </c>
       <c r="E643">
         <v>2.88</v>
       </c>
       <c r="F643">
         <v>11.95</v>
       </c>
       <c r="G643">
         <v>3.52</v>
       </c>
       <c r="H643">
         <v>3.19</v>
+      </c>
+    </row>
+    <row r="644" spans="1:26">
+      <c r="A644" s="6">
+        <v>45870.0</v>
+      </c>
+      <c r="B644">
+        <v>2.41</v>
+      </c>
+      <c r="C644">
+        <v>16.12</v>
+      </c>
+      <c r="D644">
+        <v>17.81</v>
+      </c>
+      <c r="E644">
+        <v>2.9</v>
+      </c>
+      <c r="F644">
+        <v>13</v>
+      </c>
+      <c r="G644">
+        <v>3.17</v>
+      </c>
+      <c r="H644">
+        <v>2.96</v>
+      </c>
+    </row>
+    <row r="645" spans="1:26">
+      <c r="A645" s="6">
+        <v>45901.0</v>
+      </c>
+      <c r="B645">
+        <v>2.4</v>
+      </c>
+      <c r="C645">
+        <v>15.34</v>
+      </c>
+      <c r="D645">
+        <v>18.13</v>
+      </c>
+      <c r="E645">
+        <v>2.73</v>
+      </c>
+      <c r="F645">
+        <v>12.5</v>
+      </c>
+      <c r="G645">
+        <v>3.04</v>
+      </c>
+      <c r="H645">
+        <v>2.85</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
@@ -18430,69 +18482,69 @@
       </c>
       <c r="C63">
         <v>19.32</v>
       </c>
       <c r="D63">
         <v>22.09</v>
       </c>
       <c r="E63">
         <v>4.05</v>
       </c>
       <c r="F63">
         <v>15.98</v>
       </c>
       <c r="G63">
         <v>3.36</v>
       </c>
       <c r="H63">
         <v>3.12</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="7">
         <v>2024</v>
       </c>
       <c r="B64">
-        <v>2.48</v>
+        <v>2.47</v>
       </c>
       <c r="C64">
         <v>17.82</v>
       </c>
       <c r="D64">
-        <v>18.93</v>
+        <v>19.05</v>
       </c>
       <c r="E64">
         <v>2.96</v>
       </c>
       <c r="F64">
-        <v>14.48</v>
+        <v>14.7</v>
       </c>
       <c r="G64">
-        <v>2.75</v>
+        <v>2.76</v>
       </c>
       <c r="H64">
-        <v>2.72</v>
+        <v>2.73</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>