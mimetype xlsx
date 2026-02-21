--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -19,57 +19,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Data" sheetId="1" r:id="rId4"/>
     <sheet name="Annual Data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>U.S. Energy Information Administration</t>
   </si>
   <si>
-    <t>December 2025 Monthly Energy Review</t>
+    <t>January 2026 Monthly Energy Review</t>
   </si>
   <si>
-    <t>Release Date: December 23, 2025</t>
+    <t>Release Date: January 27, 2026</t>
   </si>
   <si>
-    <t>Next Update: January 27, 2026</t>
+    <t>Next Update: February 24, 2026</t>
   </si>
   <si>
     <t>Table 9.9 Cost of Fossil-Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Month</t>
   </si>
   <si>
     <t>Cost of Coal Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Residual Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Distillate Fuel Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Costs of Petroleum Coke Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Costs of Total Petroleum Receipts at Electric Generating Plants</t>
   </si>
   <si>
     <t>Cost of Natural Gas Receipts at Electric Generating Plants</t>
   </si>
@@ -471,54 +471,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eia.gov/totalenergy/data/monthly/dataunits.php" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z645"/>
+  <dimension ref="A1:Z646"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A13" sqref="A13:A645"/>
+      <selection activeCell="A13" sqref="A13:A646"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="88.55" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="55.558" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="65.27" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="67.412" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="68.412" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="63.127" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
@@ -17025,50 +17025,76 @@
       </c>
     </row>
     <row r="645" spans="1:26">
       <c r="A645" s="6">
         <v>45901.0</v>
       </c>
       <c r="B645">
         <v>2.4</v>
       </c>
       <c r="C645">
         <v>15.34</v>
       </c>
       <c r="D645">
         <v>18.13</v>
       </c>
       <c r="E645">
         <v>2.73</v>
       </c>
       <c r="F645">
         <v>12.5</v>
       </c>
       <c r="G645">
         <v>3.04</v>
       </c>
       <c r="H645">
+        <v>2.85</v>
+      </c>
+    </row>
+    <row r="646" spans="1:26">
+      <c r="A646" s="6">
+        <v>45931.0</v>
+      </c>
+      <c r="B646">
+        <v>2.38</v>
+      </c>
+      <c r="C646">
+        <v>15.67</v>
+      </c>
+      <c r="D646">
+        <v>18.1</v>
+      </c>
+      <c r="E646">
+        <v>2.66</v>
+      </c>
+      <c r="F646">
+        <v>11.61</v>
+      </c>
+      <c r="G646">
+        <v>3.08</v>
+      </c>
+      <c r="H646">
         <v>2.85</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId_hyperlink_1" tooltip="Note: Information about data precision." display="Note: Information about data precision."/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>